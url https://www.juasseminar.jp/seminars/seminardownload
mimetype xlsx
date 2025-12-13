--- v0 (2025-10-29)
+++ v1 (2025-12-13)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="juas_seminar" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'juas_seminar'!$A$1:$T$1</definedName>
   </definedNames>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="500">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="401">
   <si>
     <t>イベントID</t>
   </si>
   <si>
     <t>イベントタイトル</t>
   </si>
   <si>
     <t>講師名</t>
   </si>
   <si>
     <t>開催日付</t>
   </si>
   <si>
     <t>セミナー時刻</t>
   </si>
   <si>
     <t>会場名</t>
   </si>
   <si>
     <t>定員</t>
   </si>
   <si>
     <t>参加費</t>
   </si>
   <si>
@@ -76,1488 +76,1191 @@
   <si>
     <t>DXリテラシー詳細</t>
   </si>
   <si>
     <t>JUAS研修大分類（主）</t>
   </si>
   <si>
     <t>JUAS研修中分類（主）</t>
   </si>
   <si>
     <t>JUAS研修大分類（従）</t>
   </si>
   <si>
     <t>JUAS研修中分類（従）</t>
   </si>
   <si>
     <t>スキル</t>
   </si>
   <si>
     <t>レベル</t>
   </si>
   <si>
     <t>ITCA認定時間</t>
   </si>
   <si>
-    <t>変革リーダーシップ勉強会【会場】2025年7月～11月開催</t>
-[...5 lines deleted...]
-    <t>13:30-17:30会場、13:30-17:30会場、13:30-17:30会場、13:30-17:30会場、合宿研修（高島市）、合宿研修（高島市）、合宿研修（高島市）、13:30-17:30会場</t>
+    <t>ITサービスマネジメント入門＿2025年10月1日～2025年12月31日開催＊期間延長【動画】</t>
+  </si>
+  <si>
+    <t>谷 誠之</t>
+  </si>
+  <si>
+    <t>2025-10-01、2025-12-31</t>
+  </si>
+  <si>
+    <t>動画配信開始、動画配信終了</t>
+  </si>
+  <si>
+    <t>オンライン配信（指定会場はありません）</t>
+  </si>
+  <si>
+    <t>無制限</t>
+  </si>
+  <si>
+    <t>ＪＵＡＳ会員/ITC：23,650円 一般：30,250円（１名様あたり　消費税込み、テキスト込み）【受講権利枚数1枚】</t>
+  </si>
+  <si>
+    <t>IS戦略策定・IS戦略評価・IS企画・IS企画評価</t>
+  </si>
+  <si>
+    <t>IS戦略策定</t>
+  </si>
+  <si>
+    <t>ビジネスアーキテクト</t>
+  </si>
+  <si>
+    <t>業務改革</t>
+  </si>
+  <si>
+    <t>新事業策定・評価</t>
+  </si>
+  <si>
+    <t>専門スキル</t>
+  </si>
+  <si>
+    <t>初級</t>
+  </si>
+  <si>
+    <t>女性リーダー勉強会【朝活オンラインライブ＋会場２日】2025年11月～12月開催</t>
+  </si>
+  <si>
+    <t>2025-11-04、2025-11-11、2025-11-18、2025-11-25、2025-11-27、2025-11-28、2025-12-02、2025-12-09、2025-12-16</t>
+  </si>
+  <si>
+    <t>8:00-9:00オンライン、8:00-9:00オンライン、8:00-9:00オンライン、8:00-9:00オンライン、10:00-17:00会場（17:00-18:00交流会）、10:00-17:00会場、8:00-9:00オンライン、8:00-9:00オンライン、8:00-10:00オンライン</t>
   </si>
   <si>
     <t>JUAS（NBF東銀座スクエア）</t>
   </si>
   <si>
-    <t>ＪＵＡＳ会員/ITC：319,000円 一般：382,800円（１名様あたり　消費税込み、テキスト込み、合宿研修の現地までの交通費含まず）【受講権利枚数10枚】</t>
+    <t>ＪＵＡＳ会員/ITC：104,500円 一般：134,200円（１名様あたり　消費税込み、テキスト込み）【受講権利枚数3枚】</t>
+  </si>
+  <si>
+    <t>業務遂行スキル</t>
+  </si>
+  <si>
+    <t>業務遂行・コミュニケーション、業務遂行・マネジメント</t>
+  </si>
+  <si>
+    <t>ビジネススキル</t>
+  </si>
+  <si>
+    <t>チーム・リーダーシップ・指導力</t>
+  </si>
+  <si>
+    <t>ヒューマンスキル</t>
+  </si>
+  <si>
+    <t>【参加無料・アカデミー】■IPA×JUAS■AI・DXの流れを支えるために求められる人材育成とは【録画配信・12/1～12/31】</t>
+  </si>
+  <si>
+    <t>柴崎 美奈子</t>
+  </si>
+  <si>
+    <t>2025-12-01、2025-12-31</t>
+  </si>
+  <si>
+    <t>経営戦略・組織戦略・ガバナンス</t>
+  </si>
+  <si>
+    <t>中級</t>
+  </si>
+  <si>
+    <t>イノベーションの起こし方講座＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>中谷 英雄</t>
+  </si>
+  <si>
+    <t>2025-12-01、2026-01-31</t>
   </si>
   <si>
     <t>事業戦略策定・事業戦略評価</t>
   </si>
   <si>
-    <t>Mind(マインド・スタンス)：デザイン思考／アジャイルな働き方、Mind(マインド・スタンス)：新たな価値を生み出す基礎としてのマインド・スタンス</t>
-[...38 lines deleted...]
-    <t>無制限</t>
+    <t>事業戦略策定、事業戦略評価</t>
+  </si>
+  <si>
+    <t>Why(DXの背景)、Mind(マインド・スタンス)：デザイン思考／アジャイルな働き方</t>
+  </si>
+  <si>
+    <t>社会の変化、顧客価値の変化、競争環境の変化、顧客・ユーザーへの共感、常識にとらわれない発想、反復的なアプローチ</t>
+  </si>
+  <si>
+    <t>CDO入門＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>三谷 慶一郎</t>
+  </si>
+  <si>
+    <t>事業戦略策定・事業戦略評価、共通業務（契約管理、BCP、コンプライアンス、人的資産管理、人材育成、資産管理）・セキュリティ・システム監査</t>
+  </si>
+  <si>
+    <t>事業戦略策定、事業戦略評価、共通業務／事業継続計画BCP、共通業務／人的資源管理（人材育成）</t>
+  </si>
+  <si>
+    <t>Why(DXの背景)、Mind(マインド・スタンス)：新たな価値を生み出す基礎としてのマインド・スタンス</t>
+  </si>
+  <si>
+    <t>社会の変化、柔軟な意思決定</t>
+  </si>
+  <si>
+    <t>IT戦略・IT企画入門＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>井上 実</t>
+  </si>
+  <si>
+    <t>ITアーキテクト・システム企画・IT基盤</t>
+  </si>
+  <si>
+    <t>IT戦略策定・IT投資評価</t>
+  </si>
+  <si>
+    <t>新人・配転者向け</t>
+  </si>
+  <si>
+    <t>ITサービスマネジメント入門＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>基礎技術おさらいと具体的セキュリティ技術の把握（ネットワークセキュリティ技術基礎プリ講座） _2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>上山 勝也</t>
+  </si>
+  <si>
+    <t>IT基盤構築・維持・管理</t>
+  </si>
+  <si>
+    <t>What(DXで活用されるデータ・技術)：デジタル技術、How(データ・技術の活用)：留意点</t>
+  </si>
+  <si>
+    <t>ネットワーク、セキュリティ</t>
+  </si>
+  <si>
+    <t>セキュリティ</t>
+  </si>
+  <si>
+    <t>サイバーセキュリティ</t>
+  </si>
+  <si>
+    <t>IT基盤</t>
+  </si>
+  <si>
+    <t>ITプロジェクトマネジメント力強化講座＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>河尻 直己</t>
+  </si>
+  <si>
+    <t>IS戦略実行マネジメント・プロジェクトマネジメント</t>
+  </si>
+  <si>
+    <t>IT基盤構築・維持・管理、IS戦略実行マネジメント、プロジェクトマネジメント</t>
+  </si>
+  <si>
+    <t>プロジェクトマネジメント</t>
+  </si>
+  <si>
+    <t>WF型プロジェクトパフォーマンス分析講座＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>要件定義から運用</t>
+  </si>
+  <si>
+    <t>WF型要件定義・設計・開発・テスト</t>
+  </si>
+  <si>
+    <t>品質マネジメント</t>
+  </si>
+  <si>
+    <t>デジタル時代の品質マネジメント実践講座＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>UX・UIデザイン</t>
+  </si>
+  <si>
+    <t>生産管理システム基礎＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>本間  峰一</t>
+  </si>
+  <si>
+    <t>IS導入（構築）・IS保守</t>
+  </si>
+  <si>
+    <t>IS導入/アプリケーションの分析・設計、IS導入/アプリケーション開発</t>
+  </si>
+  <si>
+    <t>業種・業務知識</t>
+  </si>
+  <si>
+    <t>アーキテクチャー入門＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>天羽 正道</t>
+  </si>
+  <si>
+    <t>What(DXで活用されるデータ・技術)：デジタル技術</t>
+  </si>
+  <si>
+    <t>AI</t>
+  </si>
+  <si>
+    <t>ITアーキテクチャ</t>
+  </si>
+  <si>
+    <t>クラウドサービスの移行計画、運用計画の作り方＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>澤橋 松王</t>
+  </si>
+  <si>
+    <t>IS導入/インフラストラクチャ分析・設計、IS導入/インフラストラクチャ構築</t>
+  </si>
+  <si>
+    <t>クラウド</t>
+  </si>
+  <si>
+    <t>クラウド利活用</t>
+  </si>
+  <si>
+    <t>契約不適合責任とプロジェクトマネジメント義務＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>池田 聡</t>
+  </si>
+  <si>
+    <t>共通業務（契約管理、BCP、コンプライアンス、人的資産管理、人材育成、資産管理）・セキュリティ・システム監査</t>
+  </si>
+  <si>
+    <t>共通業務／契約管理</t>
+  </si>
+  <si>
+    <t>How(データ・技術の活用)：留意点</t>
+  </si>
+  <si>
+    <t>コンプライアンス</t>
+  </si>
+  <si>
+    <t>共通業務</t>
+  </si>
+  <si>
+    <t>契約・法務・コンプライアンス</t>
+  </si>
+  <si>
+    <t>知らないと危ないソフトウェアの著作権リスク_2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITエンジニアのための文章力徹底トレーニング講座＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>上田 志雄</t>
+  </si>
+  <si>
+    <t>業務遂行・コミュニケーション</t>
+  </si>
+  <si>
+    <t>ビジネス・コミュニケーション</t>
+  </si>
+  <si>
+    <t>システム担当者のための管理会計入門＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>南 俊基</t>
+  </si>
+  <si>
+    <t>Mind(マインド・スタンス)：デザイン思考／アジャイルな働き方</t>
+  </si>
+  <si>
+    <t>反復的なアプローチ</t>
+  </si>
+  <si>
+    <t>財務・税務・会計</t>
+  </si>
+  <si>
+    <t>ITパーソン必修「ビジネス数字力」向上研修_2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>上田 晃穂</t>
+  </si>
+  <si>
+    <t>ＪＵＡＳ会員/ITC：35,200円 一般：45,100円（１名様あたり　消費税込み、テキスト込み）【受講権利枚数1枚】</t>
+  </si>
+  <si>
+    <t>業務遂行・マネジメント</t>
+  </si>
+  <si>
+    <t>What(DXで活用されるデータ・技術)：データ</t>
+  </si>
+  <si>
+    <t>データを読む・説明する、データを扱う</t>
+  </si>
+  <si>
+    <t>思考法・問題解決</t>
+  </si>
+  <si>
+    <t>若手SEのためのロジカルシンキング入門＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>寺池 光弘</t>
+  </si>
+  <si>
+    <t>Mind(マインド・スタンス)：新たな価値を生み出す基礎としてのマインド・スタンス</t>
+  </si>
+  <si>
+    <t>柔軟な意思決定</t>
+  </si>
+  <si>
+    <t>ユーザー要求を要件に落とし込む～要求定義スキル向上シリーズ【事前学習＋オンラインライブ】2025年12月16日開催</t>
+  </si>
+  <si>
+    <t>足立 英治</t>
+  </si>
+  <si>
+    <t>2025-12-09、2025-12-10、2025-12-11、2025-12-12、2025-12-13、2025-12-14、2025-12-15、2025-12-16</t>
+  </si>
+  <si>
+    <t>事前学習公開開始、、、、、、、13:00-17:00ライブ配信</t>
+  </si>
+  <si>
+    <t>IS戦略策定・IS戦略評価・IS企画・IS企画評価、IS導入（構築）・IS保守</t>
+  </si>
+  <si>
+    <t>IS企画、IS導入/システム要件定義</t>
+  </si>
+  <si>
+    <t>顧客価値の変化、顧客・ユーザーへの共感</t>
+  </si>
+  <si>
+    <t>システム企画・要求定義</t>
+  </si>
+  <si>
+    <t>【参加無料・アカデミー】■IPA×JUAS■ウラノス・エコシステム、オープンデータスペーシズなどの国の政策の最前線を【録画配信・12/12～1/12】</t>
+  </si>
+  <si>
+    <t>松永 博充</t>
+  </si>
+  <si>
+    <t>2025-12-12、2026-01-12</t>
+  </si>
+  <si>
+    <t>IT部門のための製造業の業務知識と管理技術実践入門講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>八木 弘泰</t>
+  </si>
+  <si>
+    <t>2025-12-15、2026-01-16</t>
+  </si>
+  <si>
+    <t>9:00-16:00ライブ配信（前半）、9:00-16:00ライブ配信（後半）</t>
+  </si>
+  <si>
+    <t>ＪＵＡＳ会員/ITC：70,400円 一般：90,200円（１名様あたり　消費税込み、テキスト込み）【受講権利枚数2枚】</t>
+  </si>
+  <si>
+    <t>IS導入/アプリケーション開発</t>
+  </si>
+  <si>
+    <t>ハードウェア・ソフトウェア</t>
+  </si>
+  <si>
+    <t>マニュアルの電子化・動画活用講座【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>丸山 有彦</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>10:00-17:00</t>
+  </si>
+  <si>
+    <t>知らないと危ないソフトウェアの著作権リスク【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>9:00-16:00ライブ配信</t>
+  </si>
+  <si>
+    <t>【会員企業限定無料・アカデミー】AI Work Transformation～AI時代の働き方変革【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>國本 知里</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>13:00-14:00ライブ配信</t>
+  </si>
+  <si>
+    <t>Why(DXの背景)、How(データ・技術の活用)：活用方法・事例</t>
+  </si>
+  <si>
+    <t>社会の変化、データ・デジタル技術の活用事例</t>
+  </si>
+  <si>
+    <t>データ・AI活用・技術動向</t>
+  </si>
+  <si>
+    <t>AI・新技術　検証</t>
+  </si>
+  <si>
+    <t>IT技術　最新動向</t>
+  </si>
+  <si>
+    <t>【会員企業限定無料・アカデミー】開発部門におけるAI活用事例紹介【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>井尻 周作</t>
+  </si>
+  <si>
+    <t>16:00-17:00</t>
+  </si>
+  <si>
+    <t>IT利活用（ローコード、市民開発など）</t>
+  </si>
+  <si>
+    <t>NIST SP800-171の理解とサプライチェーンセキュリティリスクの基本【会場】</t>
+  </si>
+  <si>
+    <t>安田 良明</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>10:00-17:00会場</t>
+  </si>
+  <si>
+    <t>IS導入（構築）・IS保守、IS活用、IS運用、共通業務（契約管理、BCP、コンプライアンス、人的資産管理、人材育成、資産管理）・セキュリティ・システム監査</t>
+  </si>
+  <si>
+    <t>IS導入/インフラストラクチャ分析・設計、IS導入/インフラストラクチャ構築、IS活用、IS保守、IS運用、セキュリティ</t>
+  </si>
+  <si>
+    <t>経営陣に響く、伝わる！エグゼクティブ・サマリー 伝わる要約資料のストラクチャー【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>斉藤 学</t>
+  </si>
+  <si>
+    <t>高度課題解決型リーダーの育て方～現場で使える成功ノウハウ継承の秘策「ものがたり継承法」【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>吉野 均</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>共通業務／人的資源管理（人材育成）</t>
+  </si>
+  <si>
+    <t>ゼロトラスト・ アーキテクチャ入門【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>山下 克司</t>
+  </si>
+  <si>
+    <t>2025-12-24</t>
+  </si>
+  <si>
+    <t>クラウド非機能要件設計の考え方と具体的対策【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>思考の整理、レポート・提案書作成のための『図解表現入門講座』【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>RFP作成から調達先選定のプロセス体験講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>矢吹 哲也</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>IS導入/システム要件定義</t>
+  </si>
+  <si>
+    <t>社会の変化、顧客・ユーザーへの共感</t>
+  </si>
+  <si>
+    <t>IT部門のための基礎から始めないデータサイエンス入門【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>久保田 真人</t>
+  </si>
+  <si>
+    <t>IS戦略策定・IS戦略評価・IS企画・IS企画評価、IS活用、業務遂行スキル</t>
+  </si>
+  <si>
+    <t>IS戦略策定、IS企画、IS企画評価、IS活用、業務遂行・クリエイション</t>
+  </si>
+  <si>
+    <t>What(DXで活用されるデータ・技術)：データ、What(DXで活用されるデータ・技術)：デジタル技術、How(データ・技術の活用)：活用方法・事例、Mind(マインド・スタンス)：新たな価値を生み出す基礎としてのマインド・スタンス</t>
+  </si>
+  <si>
+    <t>社会におけるデータ、データを読む・説明する、データを扱う、データによって判断する、AI、ツール活用、事実に基づく判断</t>
+  </si>
+  <si>
+    <t>データサイエンス</t>
+  </si>
+  <si>
+    <t>IT投資効果の評価手法入門【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>國重 靖子</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>IS戦略策定、IS企画、IS企画評価、IS戦略評価</t>
+  </si>
+  <si>
+    <t>「仕様変更」「規模削減」などプロジェクトのあるある事例を用いた、即「PM交渉力強化講座」【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>9:00-17:00ライブ配信</t>
+  </si>
+  <si>
+    <t>IS戦略実行マネジメント・プロジェクトマネジメント、業務遂行スキル</t>
+  </si>
+  <si>
+    <t>プロジェクトマネジメント、業務遂行・コミュニケーション、業務遂行・マネジメント</t>
+  </si>
+  <si>
+    <t>アジャイル開発のQA戦略～チームで築く品質保証のポイント【会場】</t>
+  </si>
+  <si>
+    <t>大脇 斉</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>13:00-17:00会場</t>
+  </si>
+  <si>
+    <t>IS戦略実行マネジメント</t>
+  </si>
+  <si>
+    <t>顧客・ユーザーへの共感</t>
+  </si>
+  <si>
+    <t>アジャイル型開発</t>
+  </si>
+  <si>
+    <t>新技術による開発・保守</t>
+  </si>
+  <si>
+    <t>IT投資（ソフト・ハード）の会計と税務入門【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-01-23</t>
+  </si>
+  <si>
+    <t>共通業務／コンプライアンス</t>
+  </si>
+  <si>
+    <t>IT技術者のためのサプライチェーン・マネジメント（SCM）入門【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-01-27</t>
+  </si>
+  <si>
+    <t>13:00-17:00ライブ配信</t>
+  </si>
+  <si>
+    <t>事業戦略策定、共通業務／契約管理</t>
+  </si>
+  <si>
+    <t>Why(DXの背景)</t>
+  </si>
+  <si>
+    <t>競争環境の変化</t>
+  </si>
+  <si>
+    <t>USDM（抜け漏れのない要求仕様作成の表記法）による仕様化入門【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>古畑 慶次</t>
+  </si>
+  <si>
+    <t>半日オンライン速習！業務分析からデータ関連図（ER図）作成・データベース設計の基礎講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>矢沢 久雄</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>IS導入/業務プロセスの詳細設計、IS導入/アプリケーションの分析・設計</t>
+  </si>
+  <si>
+    <t>【参加無料・アカデミー】■IPA×JUAS■産業サイバーセキュリティの現状と課題【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>小宮 功</t>
+  </si>
+  <si>
+    <t>15:00-16:00ライブ配信</t>
+  </si>
+  <si>
+    <t>【JUASラボ・無料】東京海上日動システムズさんのアジャイル実践事例から、自社の取り組みを語り合おう【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>綾部翼 氏（東京海上日動システムズ株式会社）&lt;/br&gt;肥後ひかる 氏（東京海上日動システムズ株式会社）&lt;/br&gt;基幹系システムアジャイル適用研究プロジェクトメンバー</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>15:00-17:00 (受付開始 会場14:30、オンライン14:50)</t>
+  </si>
+  <si>
+    <t>IS企画</t>
+  </si>
+  <si>
+    <t>アジャイルプロジェクト管理</t>
+  </si>
+  <si>
+    <t>大規模システム再構築の勝利のセオリー【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>中山 嘉之</t>
+  </si>
+  <si>
+    <t>レガシーシステム再構築</t>
+  </si>
+  <si>
+    <t>ビジネス文章・技術文章の正しい書き方【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>イノベーションの起こし方講座＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>2026-02-01、2026-03-31</t>
+  </si>
+  <si>
+    <t>CDO入門＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>IT戦略・IT企画入門＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITサービスマネジメント入門＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>事例に学ぶ、デジタル時代の具体的変革アプローチ＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>基礎技術おさらいと具体的セキュリティ技術の把握（ネットワークセキュリティ技術基礎プリ講座） _2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITプロジェクトマネジメント力強化講座＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>WF型プロジェクトパフォーマンス分析講座＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>デジタル時代の品質マネジメント実践講座＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>生産管理システム基礎＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>アーキテクチャー入門＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>クラウドサービスの移行計画、運用計画の作り方＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>契約不適合責任とプロジェクトマネジメント義務＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>知らないと危ないソフトウェアの著作権リスク_2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITエンジニアのための文章力徹底トレーニング講座＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>システム担当者のための管理会計入門＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITパーソン必修「ビジネス数字力」向上研修_2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>若手SEのためのロジカルシンキング入門＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ユーザー企業が担う業務改善～システム導入だけでは得られない改善効果の獲得法～【会場】</t>
+  </si>
+  <si>
+    <t>広兼 修</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>事業戦略策定・事業戦略評価、IS活用、業務遂行スキル</t>
+  </si>
+  <si>
+    <t>事業戦略策定、IS活用、事業戦略評価、業務遂行・クリエイション</t>
+  </si>
+  <si>
+    <t>セキュリティ技術基礎【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>2026-02-04、2026-02-05</t>
+  </si>
+  <si>
+    <t>10:00-17:00、10:00-17:00</t>
+  </si>
+  <si>
+    <t>情報セキュリティ</t>
+  </si>
+  <si>
+    <t>IT部門のための業務活動から視る基幹システム構築の勘所【会場】</t>
+  </si>
+  <si>
+    <t>藤田 喜徳、山田 美代子</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>超上流工程、さらにその上の源流における作業とドキュメント【会場】</t>
+  </si>
+  <si>
+    <t>尾田 友志</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>事業戦略策定・事業戦略評価、IS戦略策定・IS戦略評価・IS企画・IS企画評価</t>
+  </si>
+  <si>
+    <t>事業戦略策定、IS戦略策定</t>
+  </si>
+  <si>
+    <t>ネットワーク技術入門講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-02-06、2026-02-19</t>
+  </si>
+  <si>
+    <t>IS導入/インフラストラクチャ構築</t>
+  </si>
+  <si>
+    <t>ネットワーク</t>
+  </si>
+  <si>
+    <t>図表化技法入門講座【録画視聴＋オンラインライブ】2026年2月16日開催</t>
+  </si>
+  <si>
+    <t>三輪 一郎</t>
+  </si>
+  <si>
+    <t>2026-02-09、2026-02-10、2026-02-11、2026-02-12、2026-02-13、2026-02-14、2026-02-15、2026-02-16</t>
+  </si>
+  <si>
+    <t>録画配信開始（～2月18日録画配信終了）、、、、、、、13:00-17:00ライブ配信</t>
+  </si>
+  <si>
+    <t>人事関連システムを担当するSEが知っておくべき業務知識講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>ゼロから作るAIエージェント講座【会場】</t>
+  </si>
+  <si>
+    <t>黒住 好忠</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>システム開発の外部委託に関するリスク回避のためにすべきこと、できること【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>共通業務／契約管理、システム監査</t>
+  </si>
+  <si>
+    <t>RFP作成入門－記述例をもとに学ぶRFP作成の勘所【会場】</t>
+  </si>
+  <si>
+    <t>斎藤 淳</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>IS戦略実行マネジメント・プロジェクトマネジメント、IS導入（構築）・IS保守</t>
+  </si>
+  <si>
+    <t>IS戦略実行マネジメント、プロジェクトマネジメント</t>
+  </si>
+  <si>
+    <t>フェーズごとの徹底的ケーススタディ疑似体験から学ぶ、プロジェクトマネージャーの勝利の方程式【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>IT部門のためのグループ会社管理(支援)の在り方研究【会場】</t>
+  </si>
+  <si>
+    <t>藤田 喜徳</t>
+  </si>
+  <si>
+    <t>資産管理・人的資産管理</t>
+  </si>
+  <si>
+    <t>教え方を磨く講座～ファシリテーションのコツ（応用編）【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>細谷 幸裕</t>
+  </si>
+  <si>
+    <t>UXデザイン入門～使いやすいシステム／サービスとするために必要なこと【会場】</t>
+  </si>
+  <si>
+    <t>柳生 大介</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
   </si>
   <si>
     <t>事業戦略策定</t>
   </si>
   <si>
-    <t>ビジネス・コミュニケーション</t>
-[...326 lines deleted...]
-    <t>業務遂行・コミュニケーション、業務遂行・マネジメント</t>
+    <t>保守性を高めるアプリケーション設計の勘所と留意点【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>IS導入/アプリケーションの分析・設計、IS保守</t>
+  </si>
+  <si>
+    <t>保守</t>
+  </si>
+  <si>
+    <t>失敗学から学ぶプロジェクト成功の極意【会場】</t>
+  </si>
+  <si>
+    <t>永谷 裕子、佐伯 徹</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>生産管理システム基礎知識入門（組立・加工製造業編）【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>設計の次は実践だ！SQL短期集中体験講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>13:00-16:00ライブ配信</t>
+  </si>
+  <si>
+    <t>ゼロトラスト・アーキテクチャとマイクロセグメンテーション入門【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>石橋 正彦</t>
+  </si>
+  <si>
+    <t>企業をより強くするIT投資計画の作り方【会場】</t>
+  </si>
+  <si>
+    <t>向 正道</t>
+  </si>
+  <si>
+    <t>2026-02-26</t>
+  </si>
+  <si>
+    <t>WBS作成の技術 【録画視聴＋会場】2026年3月9日開催</t>
+  </si>
+  <si>
+    <t>高橋 永哲、三輪 一郎</t>
+  </si>
+  <si>
+    <t>2026-02-27、2026-02-28、2026-03-01、2026-03-02、2026-03-03、2026-03-04、2026-03-05、2026-03-06、2026-03-07、2026-03-08、2026-03-09</t>
+  </si>
+  <si>
+    <t>録画配信開始（～3月11日録画配信終了）、、、、、、、、、、13:00-17:00会場</t>
+  </si>
+  <si>
+    <t>IT基盤構築・維持・管理、IS戦略実行マネジメント・プロジェクトマネジメント</t>
+  </si>
+  <si>
+    <t>デジタル時代のビジネス変革に貢献する、変革プロジェクトマネージャー育成コース【会場】</t>
+  </si>
+  <si>
+    <t>2026-02-27、2026-03-05、2026-03-06</t>
+  </si>
+  <si>
+    <t>10:00-17:00会場（終了後17:30まで交流会を行います）、10:00-17:00会場、10:00-17:00会場</t>
+  </si>
+  <si>
+    <t>変化への適応</t>
+  </si>
+  <si>
+    <t>部下の書いた文章のチェック方法－文章添削の定石とテクニック【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>DX時代の情報システム部門（組織・人）のあり方【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>共通業務／資産管理、共通業務／事業継続計画BCP、共通業務／コンプライアンス、共通業務／人的資源管理（人材育成）、共通業務／契約管理</t>
+  </si>
+  <si>
+    <t>部下指導・育成（成長支援）の考え方と実践で効果を上げている具体的方法【会場】</t>
+  </si>
+  <si>
+    <t>共通業務（契約管理、BCP、コンプライアンス、人的資産管理、人材育成、資産管理）・セキュリティ・システム監査、業務遂行スキル</t>
+  </si>
+  <si>
+    <t>共通業務／人的資源管理（人材育成）、業務遂行・マネジメント</t>
+  </si>
+  <si>
+    <t>コラボレーション</t>
+  </si>
+  <si>
+    <t>最新技術動向の概説とその情報源【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>舘田 潤</t>
+  </si>
+  <si>
+    <t>2026-03-04</t>
+  </si>
+  <si>
+    <t>見積交渉力強化講座【会場】</t>
+  </si>
+  <si>
+    <t>三宅 幸次郎</t>
+  </si>
+  <si>
+    <t>共通業務／資産管理、共通業務／契約管理</t>
+  </si>
+  <si>
+    <t>実務で使えるデータ分析入門【会場】</t>
+  </si>
+  <si>
+    <t>夏目 泰秀</t>
+  </si>
+  <si>
+    <t>IS活用</t>
+  </si>
+  <si>
+    <t>社会におけるデータ、データを読む・説明する、データを扱う、データによって判断する</t>
+  </si>
+  <si>
+    <t>ITプロジェクトにおけるレビューのあり方とレビュー計画のポイント【会場】</t>
+  </si>
+  <si>
+    <t>木村 利昭</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>プロジェクトマネジメント、IS導入/アプリケーション開発</t>
+  </si>
+  <si>
+    <t>基幹系システムの再構築方法論の研究【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>使用許諾契約・ライセンス契約とOSSの法律知識【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>尾城 亮輔</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>共通業務／コンプライアンス、共通業務／契約管理</t>
+  </si>
+  <si>
+    <t>若手を育てる教え方～早期戦力化と継続的な成長に向けて【会場】</t>
+  </si>
+  <si>
+    <t>2026-03-10</t>
+  </si>
+  <si>
+    <t>情報セキュリティマネジメントの全体像を知る～戦略策定できる人材育成を目指して～【会場】</t>
+  </si>
+  <si>
+    <t>2026-03-11</t>
+  </si>
+  <si>
+    <t>IS戦略策定・IS戦略評価・IS企画・IS企画評価、共通業務（契約管理、BCP、コンプライアンス、人的資産管理、人材育成、資産管理）・セキュリティ・システム監査</t>
+  </si>
+  <si>
+    <t>IS戦略策定、セキュリティ</t>
+  </si>
+  <si>
+    <t>セキュリティマネジメント</t>
+  </si>
+  <si>
+    <t>実例と即使えるテンプレートが豊富！ITプロジェクトマネジメント力強化講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>実践で学ぶLLMとRAGアプリ開発入門【会場】</t>
+  </si>
+  <si>
+    <t>堀米 俊弘</t>
+  </si>
+  <si>
+    <t>2026-03-11、2026-03-12</t>
+  </si>
+  <si>
+    <t>10:00-17:00会場、10:00-17:00会場</t>
+  </si>
+  <si>
+    <t>What(DXで活用されるデータ・技術)：デジタル技術、How(データ・技術の活用)：活用方法・事例</t>
+  </si>
+  <si>
+    <t>AI、ツール活用</t>
+  </si>
+  <si>
+    <t>12（申請中）</t>
+  </si>
+  <si>
+    <t>ヒューマンエラー防止！ミスがなくなる仕事術【会場】</t>
+  </si>
+  <si>
+    <t>鈴木 真理子</t>
+  </si>
+  <si>
+    <t>2026-03-12</t>
+  </si>
+  <si>
+    <t>これからのデータ利活用の原理原則～人とＩＴの共創に向けて【会場】</t>
+  </si>
+  <si>
+    <t>2026-03-13</t>
+  </si>
+  <si>
+    <t>データを読む・説明する、データによって判断する</t>
+  </si>
+  <si>
+    <t>プロジェクト・マネージャー（ＰＭ）育成の具体的仕組み・方法を考える【会場】</t>
+  </si>
+  <si>
+    <t>濱 久人</t>
+  </si>
+  <si>
+    <t>IT統制～負担軽減に向けた統制維持と効率的な監査対応とは【会場】</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>内部統制・監査</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> X（変革）の力を鍛える～業務改善・BPR入門【会場】</t>
+  </si>
+  <si>
+    <t>白鳥 健太郎</t>
+  </si>
+  <si>
+    <t>2026-03-19</t>
+  </si>
+  <si>
+    <t>事業戦略策定、IS戦略策定、IS活用、業務遂行・コミュニケーション</t>
+  </si>
+  <si>
+    <t>生成AIを使った提案書作成技法【会場】</t>
+  </si>
+  <si>
+    <t>AI、データ・デジタル技術の活用事例</t>
   </si>
   <si>
     <t>生成AIを使った要求定義技法と要件定義技法【会場】</t>
   </si>
   <si>
-    <t>尾田 友志</t>
-[...1040 lines deleted...]
-    <t>事業戦略策定、IS戦略策定、IS活用、業務遂行・コミュニケーション</t>
+    <t>2026-03-24</t>
+  </si>
+  <si>
+    <t>システム発注者・ITグループ会社必携ー2026年1月施行「改正下請法（取適法）」対応実務とリスク管理【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>近藤 學</t>
+  </si>
+  <si>
+    <t>2026-03-25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ Ｐゴシック"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1566,727 +1269,67 @@
     </fill>
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="761">
+  <cellXfs count="541">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="2" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...658 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
@@ -4158,54 +3201,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:T152"/>
+  <dimension ref="A1:T108"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="85" zoomScaleNormal="85" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="T152" sqref="T152"/>
+      <selection activeCell="T108" sqref="T108"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.796875" customWidth="true" style="5"/>
     <col min="2" max="2" width="77.09765625" customWidth="true" style="0"/>
     <col min="3" max="3" width="22.296875" customWidth="true" style="0"/>
     <col min="4" max="4" width="48.19921875" customWidth="true" style="3"/>
     <col min="5" max="5" width="49.296875" customWidth="true" style="0"/>
     <col min="6" max="6" width="32.3984375" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.09765625" customWidth="true" style="5"/>
     <col min="8" max="8" width="61.69921875" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.296875" customWidth="true" style="5"/>
     <col min="10" max="10" width="124" customWidth="true" style="3"/>
     <col min="11" max="11" width="88.796875" customWidth="true" style="3"/>
     <col min="12" max="12" width="88.796875" customWidth="true" style="3"/>
     <col min="13" max="13" width="88.796875" customWidth="true" style="3"/>
     <col min="14" max="14" width="19.8984375" customWidth="true" style="3"/>
     <col min="15" max="15" width="19.8984375" customWidth="true" style="3"/>
     <col min="16" max="16" width="19.8984375" customWidth="true" style="3"/>
     <col min="17" max="17" width="19.8984375" customWidth="true" style="3"/>
     <col min="18" max="18" width="19.8984375" customWidth="true" style="3"/>
     <col min="19" max="19" width="10.3984375" customWidth="true" style="5"/>
     <col min="20" max="20" width="13.296875" customWidth="true" style="5"/>
   </cols>
@@ -4252,8583 +3295,6107 @@
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="O1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="2" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" s="6">
-        <v>4125178</v>
+        <v>4325071</v>
       </c>
       <c r="B2" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C2" s="7"/>
+      <c r="C2" s="7" t="s">
+        <v>21</v>
+      </c>
       <c r="D2" s="8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E2" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F2" s="7" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>24</v>
+      </c>
+      <c r="G2" s="9" t="s">
+        <v>25</v>
       </c>
       <c r="H2" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I2" s="9">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J2" s="8" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-      <c r="M2" s="8" t="s">
         <v>27</v>
       </c>
+      <c r="K2" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="L2" s="8"/>
+      <c r="M2" s="8"/>
       <c r="N2" s="8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="O2" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="P2" s="8" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="Q2" s="8" t="s">
         <v>31</v>
       </c>
       <c r="R2" s="8" t="s">
         <v>32</v>
       </c>
       <c r="S2" s="9" t="s">
         <v>33</v>
       </c>
       <c r="T2" s="10">
-        <v>35</v>
+        <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" s="11">
-        <v>3825019</v>
+        <v>4125177</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>34</v>
       </c>
-      <c r="C3" s="12" t="s">
+      <c r="C3" s="12"/>
+      <c r="D3" s="13" t="s">
         <v>35</v>
       </c>
-      <c r="D3" s="13" t="s">
+      <c r="E3" s="12" t="s">
         <v>36</v>
       </c>
-      <c r="E3" s="12" t="s">
+      <c r="F3" s="12" t="s">
         <v>37</v>
       </c>
-      <c r="F3" s="12" t="s">
+      <c r="G3" s="14">
+        <v>20</v>
+      </c>
+      <c r="H3" s="12" t="s">
         <v>38</v>
       </c>
-      <c r="G3" s="14" t="s">
+      <c r="I3" s="14">
+        <v>3</v>
+      </c>
+      <c r="J3" s="13" t="s">
         <v>39</v>
-      </c>
-[...3 lines deleted...]
-        <v>25</v>
       </c>
       <c r="K3" s="13" t="s">
         <v>40</v>
       </c>
       <c r="L3" s="13"/>
       <c r="M3" s="13"/>
       <c r="N3" s="13" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="O3" s="13" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P3" s="13"/>
       <c r="Q3" s="13"/>
       <c r="R3" s="13" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="S3" s="14" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="T3" s="15"/>
+        <v>33</v>
+      </c>
+      <c r="T3" s="15">
+        <v>20</v>
+      </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" s="16">
-        <v>4325023</v>
+        <v>3825023</v>
       </c>
       <c r="B4" s="17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C4" s="17" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D4" s="18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E4" s="17" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F4" s="17" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G4" s="19" t="s">
-        <v>39</v>
-[...10 lines deleted...]
-      <c r="K4" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" s="17"/>
+      <c r="I4" s="19"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="18"/>
+      <c r="L4" s="18"/>
+      <c r="M4" s="18"/>
+      <c r="N4" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="O4" s="18" t="s">
         <v>47</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
       <c r="P4" s="18"/>
       <c r="Q4" s="18"/>
       <c r="R4" s="18" t="s">
         <v>32</v>
       </c>
       <c r="S4" s="19" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="T4" s="20"/>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" s="21">
-        <v>4325077</v>
+        <v>4325024</v>
       </c>
       <c r="B5" s="22" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" s="22" t="s">
         <v>50</v>
       </c>
-      <c r="C5" s="22" t="s">
+      <c r="D5" s="23" t="s">
         <v>51</v>
       </c>
-      <c r="D5" s="23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" s="22" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F5" s="22" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G5" s="24" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H5" s="22" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="I5" s="24">
         <v>1</v>
       </c>
       <c r="J5" s="23" t="s">
         <v>52</v>
       </c>
       <c r="K5" s="23" t="s">
         <v>53</v>
       </c>
       <c r="L5" s="23" t="s">
         <v>54</v>
       </c>
       <c r="M5" s="23" t="s">
         <v>55</v>
       </c>
       <c r="N5" s="23" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="O5" s="23" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="P5" s="23"/>
+      <c r="Q5" s="23"/>
       <c r="R5" s="23" t="s">
         <v>32</v>
       </c>
       <c r="S5" s="24" t="s">
         <v>33</v>
       </c>
       <c r="T5" s="25">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" s="26">
-        <v>4325067</v>
+        <v>4325078</v>
       </c>
       <c r="B6" s="27" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" s="27" t="s">
         <v>57</v>
       </c>
-      <c r="C6" s="27" t="s">
+      <c r="D6" s="28" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="F6" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="G6" s="29" t="s">
+        <v>25</v>
+      </c>
+      <c r="H6" s="27" t="s">
+        <v>26</v>
+      </c>
+      <c r="I6" s="29">
+        <v>1</v>
+      </c>
+      <c r="J6" s="28" t="s">
         <v>58</v>
       </c>
-      <c r="D6" s="28" t="s">
-[...17 lines deleted...]
-      <c r="J6" s="28" t="s">
+      <c r="K6" s="28" t="s">
         <v>59</v>
       </c>
-      <c r="K6" s="28" t="s">
+      <c r="L6" s="28" t="s">
         <v>60</v>
       </c>
-      <c r="L6" s="28"/>
-      <c r="M6" s="28"/>
+      <c r="M6" s="28" t="s">
+        <v>61</v>
+      </c>
       <c r="N6" s="28" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="O6" s="28" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="P6" s="28" t="s">
-        <v>63</v>
+        <v>29</v>
       </c>
       <c r="Q6" s="28" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="R6" s="28" t="s">
         <v>32</v>
       </c>
       <c r="S6" s="29" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T6" s="30">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" s="31">
-        <v>4325071</v>
+        <v>4325068</v>
       </c>
       <c r="B7" s="32" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C7" s="32" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="D7" s="33" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="E7" s="32" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F7" s="32" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G7" s="34" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H7" s="32" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="I7" s="34">
         <v>1</v>
       </c>
       <c r="J7" s="33" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="K7" s="33" t="s">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="L7" s="33"/>
       <c r="M7" s="33"/>
       <c r="N7" s="33" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="O7" s="33" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" s="33" t="s">
         <v>66</v>
       </c>
-      <c r="P7" s="33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q7" s="33" t="s">
-        <v>29</v>
+        <v>66</v>
       </c>
       <c r="R7" s="33" t="s">
         <v>32</v>
       </c>
       <c r="S7" s="34" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T7" s="35">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" s="36">
-        <v>4325047</v>
+        <v>4325072</v>
       </c>
       <c r="B8" s="37" t="s">
         <v>67</v>
       </c>
       <c r="C8" s="37" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="D8" s="38" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="E8" s="37" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F8" s="37" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G8" s="39" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H8" s="37" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="I8" s="39">
         <v>1</v>
       </c>
       <c r="J8" s="38" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="K8" s="38" t="s">
-        <v>69</v>
-[...6 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L8" s="38"/>
+      <c r="M8" s="38"/>
       <c r="N8" s="38" t="s">
-        <v>72</v>
+        <v>29</v>
       </c>
       <c r="O8" s="38" t="s">
-        <v>73</v>
+        <v>30</v>
       </c>
       <c r="P8" s="38" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="Q8" s="38" t="s">
-        <v>74</v>
+        <v>31</v>
       </c>
       <c r="R8" s="38" t="s">
         <v>32</v>
       </c>
       <c r="S8" s="39" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T8" s="40">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" s="41">
-        <v>4325011</v>
+        <v>4325048</v>
       </c>
       <c r="B9" s="42" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" s="42" t="s">
+        <v>69</v>
+      </c>
+      <c r="D9" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="E9" s="42" t="s">
+        <v>23</v>
+      </c>
+      <c r="F9" s="42" t="s">
+        <v>24</v>
+      </c>
+      <c r="G9" s="44" t="s">
+        <v>25</v>
+      </c>
+      <c r="H9" s="42" t="s">
+        <v>26</v>
+      </c>
+      <c r="I9" s="44">
+        <v>1</v>
+      </c>
+      <c r="J9" s="43" t="s">
+        <v>70</v>
+      </c>
+      <c r="K9" s="43" t="s">
+        <v>70</v>
+      </c>
+      <c r="L9" s="43" t="s">
+        <v>71</v>
+      </c>
+      <c r="M9" s="43" t="s">
+        <v>72</v>
+      </c>
+      <c r="N9" s="43" t="s">
+        <v>73</v>
+      </c>
+      <c r="O9" s="43" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" s="43" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q9" s="43" t="s">
         <v>75</v>
       </c>
-      <c r="C9" s="42" t="s">
-[...35 lines deleted...]
-      <c r="Q9" s="43"/>
       <c r="R9" s="43" t="s">
         <v>32</v>
       </c>
       <c r="S9" s="44" t="s">
         <v>33</v>
       </c>
       <c r="T9" s="45">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" s="46">
-        <v>4325035</v>
+        <v>4325012</v>
       </c>
       <c r="B10" s="47" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="C10" s="47" t="s">
-        <v>44</v>
+        <v>77</v>
       </c>
       <c r="D10" s="48" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="E10" s="47" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F10" s="47" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G10" s="49" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H10" s="47" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="I10" s="49">
         <v>1</v>
       </c>
       <c r="J10" s="48" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="K10" s="48" t="s">
         <v>79</v>
       </c>
       <c r="L10" s="48"/>
       <c r="M10" s="48"/>
       <c r="N10" s="48" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="O10" s="48" t="s">
-        <v>82</v>
-[...6 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="P10" s="48"/>
+      <c r="Q10" s="48"/>
       <c r="R10" s="48" t="s">
         <v>32</v>
       </c>
       <c r="S10" s="49" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T10" s="50">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" s="51">
-        <v>4325060</v>
+        <v>4325036</v>
       </c>
       <c r="B11" s="52" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C11" s="52" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="D11" s="53" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="E11" s="52" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F11" s="52" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G11" s="54" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H11" s="52" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="I11" s="54">
         <v>1</v>
       </c>
       <c r="J11" s="53" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="K11" s="53" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="L11" s="53"/>
       <c r="M11" s="53"/>
       <c r="N11" s="53" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="O11" s="53" t="s">
         <v>83</v>
       </c>
       <c r="P11" s="53" t="s">
-        <v>61</v>
+        <v>80</v>
       </c>
       <c r="Q11" s="53" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="R11" s="53" t="s">
         <v>32</v>
       </c>
       <c r="S11" s="54" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T11" s="55">
         <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" s="56">
-        <v>4325029</v>
+        <v>4325061</v>
       </c>
       <c r="B12" s="57" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C12" s="57" t="s">
-        <v>87</v>
+        <v>50</v>
       </c>
       <c r="D12" s="58" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="E12" s="57" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F12" s="57" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G12" s="59" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H12" s="57" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="I12" s="59">
         <v>1</v>
       </c>
       <c r="J12" s="58" t="s">
-        <v>88</v>
+        <v>78</v>
       </c>
       <c r="K12" s="58" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="L12" s="58"/>
       <c r="M12" s="58"/>
       <c r="N12" s="58" t="s">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="O12" s="58" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-      <c r="Q12" s="58"/>
+        <v>84</v>
+      </c>
+      <c r="P12" s="58" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q12" s="58" t="s">
+        <v>86</v>
+      </c>
       <c r="R12" s="58" t="s">
         <v>32</v>
       </c>
       <c r="S12" s="59" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T12" s="60">
         <v>4</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" s="61">
-        <v>4325053</v>
+        <v>4325030</v>
       </c>
       <c r="B13" s="62" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" s="62" t="s">
+        <v>88</v>
+      </c>
+      <c r="D13" s="63" t="s">
+        <v>51</v>
+      </c>
+      <c r="E13" s="62" t="s">
+        <v>23</v>
+      </c>
+      <c r="F13" s="62" t="s">
+        <v>24</v>
+      </c>
+      <c r="G13" s="64" t="s">
+        <v>25</v>
+      </c>
+      <c r="H13" s="62" t="s">
+        <v>26</v>
+      </c>
+      <c r="I13" s="64">
+        <v>1</v>
+      </c>
+      <c r="J13" s="63" t="s">
+        <v>89</v>
+      </c>
+      <c r="K13" s="63" t="s">
+        <v>90</v>
+      </c>
+      <c r="L13" s="63"/>
+      <c r="M13" s="63"/>
+      <c r="N13" s="63" t="s">
+        <v>41</v>
+      </c>
+      <c r="O13" s="63" t="s">
         <v>91</v>
-      </c>
-[...35 lines deleted...]
-        <v>95</v>
       </c>
       <c r="P13" s="63"/>
       <c r="Q13" s="63"/>
       <c r="R13" s="63" t="s">
         <v>32</v>
       </c>
       <c r="S13" s="64" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T13" s="65">
         <v>4</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" s="66">
-        <v>4325057</v>
+        <v>4325054</v>
       </c>
       <c r="B14" s="67" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" s="67" t="s">
+        <v>93</v>
+      </c>
+      <c r="D14" s="68" t="s">
+        <v>51</v>
+      </c>
+      <c r="E14" s="67" t="s">
+        <v>23</v>
+      </c>
+      <c r="F14" s="67" t="s">
+        <v>24</v>
+      </c>
+      <c r="G14" s="69" t="s">
+        <v>25</v>
+      </c>
+      <c r="H14" s="67" t="s">
+        <v>26</v>
+      </c>
+      <c r="I14" s="69">
+        <v>1</v>
+      </c>
+      <c r="J14" s="68" t="s">
+        <v>89</v>
+      </c>
+      <c r="K14" s="68"/>
+      <c r="L14" s="68" t="s">
+        <v>94</v>
+      </c>
+      <c r="M14" s="68" t="s">
+        <v>95</v>
+      </c>
+      <c r="N14" s="68" t="s">
+        <v>64</v>
+      </c>
+      <c r="O14" s="68" t="s">
         <v>96</v>
-      </c>
-[...37 lines deleted...]
-        <v>100</v>
       </c>
       <c r="P14" s="68"/>
       <c r="Q14" s="68"/>
       <c r="R14" s="68" t="s">
         <v>32</v>
       </c>
       <c r="S14" s="69" t="s">
         <v>33</v>
       </c>
       <c r="T14" s="70">
         <v>4</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="71">
-        <v>4325017</v>
+        <v>4325058</v>
       </c>
       <c r="B15" s="72" t="s">
+        <v>97</v>
+      </c>
+      <c r="C15" s="72" t="s">
+        <v>98</v>
+      </c>
+      <c r="D15" s="73" t="s">
+        <v>51</v>
+      </c>
+      <c r="E15" s="72" t="s">
+        <v>23</v>
+      </c>
+      <c r="F15" s="72" t="s">
+        <v>24</v>
+      </c>
+      <c r="G15" s="74" t="s">
+        <v>25</v>
+      </c>
+      <c r="H15" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="I15" s="74">
+        <v>1</v>
+      </c>
+      <c r="J15" s="73" t="s">
+        <v>89</v>
+      </c>
+      <c r="K15" s="73" t="s">
+        <v>99</v>
+      </c>
+      <c r="L15" s="73" t="s">
+        <v>94</v>
+      </c>
+      <c r="M15" s="73" t="s">
+        <v>100</v>
+      </c>
+      <c r="N15" s="73" t="s">
+        <v>64</v>
+      </c>
+      <c r="O15" s="73" t="s">
         <v>101</v>
-      </c>
-[...37 lines deleted...]
-        <v>108</v>
       </c>
       <c r="P15" s="73"/>
       <c r="Q15" s="73"/>
       <c r="R15" s="73" t="s">
         <v>32</v>
       </c>
       <c r="S15" s="74" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="T15" s="75">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="76">
-        <v>4325074</v>
+        <v>4325018</v>
       </c>
       <c r="B16" s="77" t="s">
+        <v>102</v>
+      </c>
+      <c r="C16" s="77" t="s">
+        <v>103</v>
+      </c>
+      <c r="D16" s="78" t="s">
+        <v>51</v>
+      </c>
+      <c r="E16" s="77" t="s">
+        <v>23</v>
+      </c>
+      <c r="F16" s="77" t="s">
+        <v>24</v>
+      </c>
+      <c r="G16" s="79" t="s">
+        <v>25</v>
+      </c>
+      <c r="H16" s="77" t="s">
+        <v>26</v>
+      </c>
+      <c r="I16" s="79">
+        <v>1</v>
+      </c>
+      <c r="J16" s="78" t="s">
+        <v>104</v>
+      </c>
+      <c r="K16" s="78" t="s">
+        <v>105</v>
+      </c>
+      <c r="L16" s="78" t="s">
+        <v>106</v>
+      </c>
+      <c r="M16" s="78" t="s">
+        <v>107</v>
+      </c>
+      <c r="N16" s="78" t="s">
+        <v>108</v>
+      </c>
+      <c r="O16" s="78" t="s">
         <v>109</v>
-      </c>
-[...37 lines deleted...]
-        <v>108</v>
       </c>
       <c r="P16" s="78"/>
       <c r="Q16" s="78"/>
       <c r="R16" s="78" t="s">
         <v>32</v>
       </c>
       <c r="S16" s="79" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T16" s="80">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" s="81">
-        <v>4325005</v>
+        <v>4325075</v>
       </c>
       <c r="B17" s="82" t="s">
         <v>110</v>
       </c>
       <c r="C17" s="82" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="D17" s="83" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="E17" s="82" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F17" s="82" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G17" s="84" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H17" s="82" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="I17" s="84">
         <v>1</v>
       </c>
       <c r="J17" s="83" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="K17" s="83" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-      <c r="M17" s="83"/>
+        <v>105</v>
+      </c>
+      <c r="L17" s="83" t="s">
+        <v>106</v>
+      </c>
+      <c r="M17" s="83" t="s">
+        <v>73</v>
+      </c>
       <c r="N17" s="83" t="s">
-        <v>30</v>
+        <v>108</v>
       </c>
       <c r="O17" s="83" t="s">
-        <v>41</v>
-[...6 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="P17" s="83"/>
+      <c r="Q17" s="83"/>
       <c r="R17" s="83" t="s">
         <v>32</v>
       </c>
       <c r="S17" s="84" t="s">
         <v>33</v>
       </c>
       <c r="T17" s="85">
         <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" s="86">
-        <v>4325041</v>
+        <v>4325006</v>
       </c>
       <c r="B18" s="87" t="s">
+        <v>111</v>
+      </c>
+      <c r="C18" s="87" t="s">
+        <v>112</v>
+      </c>
+      <c r="D18" s="88" t="s">
+        <v>51</v>
+      </c>
+      <c r="E18" s="87" t="s">
+        <v>23</v>
+      </c>
+      <c r="F18" s="87" t="s">
+        <v>24</v>
+      </c>
+      <c r="G18" s="89" t="s">
+        <v>25</v>
+      </c>
+      <c r="H18" s="87" t="s">
+        <v>26</v>
+      </c>
+      <c r="I18" s="89">
+        <v>1</v>
+      </c>
+      <c r="J18" s="88" t="s">
+        <v>39</v>
+      </c>
+      <c r="K18" s="88" t="s">
+        <v>113</v>
+      </c>
+      <c r="L18" s="88"/>
+      <c r="M18" s="88"/>
+      <c r="N18" s="88" t="s">
+        <v>41</v>
+      </c>
+      <c r="O18" s="88" t="s">
         <v>114</v>
       </c>
-      <c r="C18" s="87" t="s">
-[...37 lines deleted...]
-      <c r="Q18" s="88"/>
+      <c r="P18" s="88" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q18" s="88" t="s">
+        <v>66</v>
+      </c>
       <c r="R18" s="88" t="s">
         <v>32</v>
       </c>
       <c r="S18" s="89" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T18" s="90">
         <v>4</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" s="91">
-        <v>4325063</v>
+        <v>4325042</v>
       </c>
       <c r="B19" s="92" t="s">
+        <v>115</v>
+      </c>
+      <c r="C19" s="92" t="s">
+        <v>116</v>
+      </c>
+      <c r="D19" s="93" t="s">
+        <v>51</v>
+      </c>
+      <c r="E19" s="92" t="s">
+        <v>23</v>
+      </c>
+      <c r="F19" s="92" t="s">
+        <v>24</v>
+      </c>
+      <c r="G19" s="94" t="s">
+        <v>25</v>
+      </c>
+      <c r="H19" s="92" t="s">
+        <v>26</v>
+      </c>
+      <c r="I19" s="94">
+        <v>1</v>
+      </c>
+      <c r="J19" s="93" t="s">
+        <v>39</v>
+      </c>
+      <c r="K19" s="93"/>
+      <c r="L19" s="93" t="s">
+        <v>117</v>
+      </c>
+      <c r="M19" s="93" t="s">
+        <v>118</v>
+      </c>
+      <c r="N19" s="93" t="s">
+        <v>108</v>
+      </c>
+      <c r="O19" s="93" t="s">
         <v>119</v>
       </c>
-      <c r="C19" s="92" t="s">
-[...43 lines deleted...]
-      </c>
+      <c r="P19" s="93"/>
+      <c r="Q19" s="93"/>
       <c r="R19" s="93" t="s">
         <v>32</v>
       </c>
       <c r="S19" s="94" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T19" s="95">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" s="96">
-        <v>4125226</v>
+        <v>4325064</v>
       </c>
       <c r="B20" s="97" t="s">
+        <v>120</v>
+      </c>
+      <c r="C20" s="97" t="s">
+        <v>121</v>
+      </c>
+      <c r="D20" s="98" t="s">
+        <v>51</v>
+      </c>
+      <c r="E20" s="97" t="s">
+        <v>23</v>
+      </c>
+      <c r="F20" s="97" t="s">
+        <v>24</v>
+      </c>
+      <c r="G20" s="99" t="s">
+        <v>25</v>
+      </c>
+      <c r="H20" s="97" t="s">
+        <v>122</v>
+      </c>
+      <c r="I20" s="99">
+        <v>1</v>
+      </c>
+      <c r="J20" s="98" t="s">
+        <v>39</v>
+      </c>
+      <c r="K20" s="98" t="s">
+        <v>123</v>
+      </c>
+      <c r="L20" s="98" t="s">
+        <v>124</v>
+      </c>
+      <c r="M20" s="98" t="s">
+        <v>125</v>
+      </c>
+      <c r="N20" s="98" t="s">
+        <v>41</v>
+      </c>
+      <c r="O20" s="98" t="s">
         <v>126</v>
       </c>
-      <c r="C20" s="97"/>
-[...29 lines deleted...]
-      <c r="Q20" s="98"/>
+      <c r="P20" s="98" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q20" s="98" t="s">
+        <v>66</v>
+      </c>
       <c r="R20" s="98" t="s">
         <v>32</v>
       </c>
       <c r="S20" s="99" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="T20" s="100"/>
+        <v>33</v>
+      </c>
+      <c r="T20" s="100">
+        <v>6</v>
+      </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" s="101">
-        <v>3825020</v>
+        <v>4325080</v>
       </c>
       <c r="B21" s="102" t="s">
+        <v>127</v>
+      </c>
+      <c r="C21" s="102" t="s">
+        <v>128</v>
+      </c>
+      <c r="D21" s="103" t="s">
+        <v>51</v>
+      </c>
+      <c r="E21" s="102" t="s">
+        <v>23</v>
+      </c>
+      <c r="F21" s="102" t="s">
+        <v>24</v>
+      </c>
+      <c r="G21" s="104" t="s">
+        <v>25</v>
+      </c>
+      <c r="H21" s="102" t="s">
+        <v>26</v>
+      </c>
+      <c r="I21" s="104">
+        <v>1</v>
+      </c>
+      <c r="J21" s="103" t="s">
+        <v>39</v>
+      </c>
+      <c r="K21" s="103" t="s">
+        <v>113</v>
+      </c>
+      <c r="L21" s="103" t="s">
+        <v>129</v>
+      </c>
+      <c r="M21" s="103" t="s">
         <v>130</v>
       </c>
-      <c r="C21" s="102" t="s">
-[...19 lines deleted...]
-      <c r="M21" s="103"/>
       <c r="N21" s="103" t="s">
-        <v>133</v>
+        <v>41</v>
       </c>
       <c r="O21" s="103" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="P21" s="103"/>
+        <v>114</v>
+      </c>
+      <c r="P21" s="103" t="s">
+        <v>66</v>
+      </c>
       <c r="Q21" s="103"/>
       <c r="R21" s="103" t="s">
         <v>32</v>
       </c>
       <c r="S21" s="104" t="s">
         <v>33</v>
       </c>
-      <c r="T21" s="105"/>
+      <c r="T21" s="105">
+        <v>3</v>
+      </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="106">
-        <v>4125067</v>
+        <v>4125043</v>
       </c>
       <c r="B22" s="107" t="s">
+        <v>131</v>
+      </c>
+      <c r="C22" s="107" t="s">
+        <v>132</v>
+      </c>
+      <c r="D22" s="108" t="s">
+        <v>133</v>
+      </c>
+      <c r="E22" s="107" t="s">
+        <v>134</v>
+      </c>
+      <c r="F22" s="107" t="s">
+        <v>24</v>
+      </c>
+      <c r="G22" s="109">
+        <v>25</v>
+      </c>
+      <c r="H22" s="107" t="s">
+        <v>26</v>
+      </c>
+      <c r="I22" s="109">
+        <v>1</v>
+      </c>
+      <c r="J22" s="108" t="s">
         <v>135</v>
       </c>
-      <c r="C22" s="107" t="s">
+      <c r="K22" s="108" t="s">
         <v>136</v>
       </c>
-      <c r="D22" s="108" t="s">
+      <c r="L22" s="108" t="s">
+        <v>54</v>
+      </c>
+      <c r="M22" s="108" t="s">
         <v>137</v>
       </c>
-      <c r="E22" s="107" t="s">
+      <c r="N22" s="108" t="s">
+        <v>64</v>
+      </c>
+      <c r="O22" s="108" t="s">
         <v>138</v>
       </c>
-      <c r="F22" s="107" t="s">
-[...30 lines deleted...]
-      </c>
+      <c r="P22" s="108"/>
+      <c r="Q22" s="108"/>
       <c r="R22" s="108" t="s">
         <v>32</v>
       </c>
       <c r="S22" s="109" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T22" s="110">
-        <v>18</v>
+        <v>4</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" s="111">
-        <v>4125172</v>
+        <v>3825024</v>
       </c>
       <c r="B23" s="112" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C23" s="112" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D23" s="113" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="E23" s="112" t="s">
-        <v>145</v>
+        <v>23</v>
       </c>
       <c r="F23" s="112" t="s">
-        <v>23</v>
-[...15 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="G23" s="114" t="s">
+        <v>25</v>
+      </c>
+      <c r="H23" s="112"/>
+      <c r="I23" s="114"/>
+      <c r="J23" s="113"/>
+      <c r="K23" s="113"/>
       <c r="L23" s="113"/>
       <c r="M23" s="113"/>
       <c r="N23" s="113" t="s">
-        <v>30</v>
+        <v>64</v>
       </c>
       <c r="O23" s="113" t="s">
-        <v>125</v>
+        <v>96</v>
       </c>
       <c r="P23" s="113"/>
       <c r="Q23" s="113"/>
       <c r="R23" s="113" t="s">
-        <v>146</v>
+        <v>32</v>
       </c>
       <c r="S23" s="114" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="T23" s="115"/>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="116">
-        <v>4125177</v>
+        <v>4125190</v>
       </c>
       <c r="B24" s="117" t="s">
+        <v>142</v>
+      </c>
+      <c r="C24" s="117" t="s">
+        <v>143</v>
+      </c>
+      <c r="D24" s="118" t="s">
+        <v>144</v>
+      </c>
+      <c r="E24" s="117" t="s">
+        <v>145</v>
+      </c>
+      <c r="F24" s="117" t="s">
+        <v>24</v>
+      </c>
+      <c r="G24" s="119">
+        <v>25</v>
+      </c>
+      <c r="H24" s="117" t="s">
+        <v>146</v>
+      </c>
+      <c r="I24" s="119">
+        <v>2</v>
+      </c>
+      <c r="J24" s="118" t="s">
+        <v>89</v>
+      </c>
+      <c r="K24" s="118" t="s">
         <v>147</v>
       </c>
-      <c r="C24" s="117"/>
-      <c r="D24" s="118" t="s">
+      <c r="L24" s="118" t="s">
+        <v>94</v>
+      </c>
+      <c r="M24" s="118" t="s">
         <v>148</v>
       </c>
-      <c r="E24" s="117" t="s">
-[...21 lines deleted...]
-      <c r="M24" s="118"/>
       <c r="N24" s="118" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="O24" s="118" t="s">
-        <v>31</v>
+        <v>91</v>
       </c>
       <c r="P24" s="118"/>
       <c r="Q24" s="118"/>
       <c r="R24" s="118" t="s">
-        <v>146</v>
+        <v>32</v>
       </c>
       <c r="S24" s="119" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T24" s="120">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" s="121">
-        <v>4125238</v>
+        <v>4125231</v>
       </c>
       <c r="B25" s="122" t="s">
+        <v>149</v>
+      </c>
+      <c r="C25" s="122" t="s">
+        <v>150</v>
+      </c>
+      <c r="D25" s="123" t="s">
         <v>151</v>
       </c>
-      <c r="C25" s="122" t="s">
+      <c r="E25" s="122" t="s">
         <v>152</v>
       </c>
-      <c r="D25" s="123" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F25" s="122" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="G25" s="124">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="H25" s="122" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I25" s="124">
         <v>1</v>
       </c>
       <c r="J25" s="123" t="s">
-        <v>88</v>
+        <v>39</v>
       </c>
       <c r="K25" s="123" t="s">
-        <v>154</v>
-[...6 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="L25" s="123"/>
+      <c r="M25" s="123"/>
       <c r="N25" s="123" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="O25" s="123" t="s">
-        <v>155</v>
-[...6 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="P25" s="123"/>
+      <c r="Q25" s="123"/>
       <c r="R25" s="123" t="s">
         <v>32</v>
       </c>
       <c r="S25" s="124" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="T25" s="125">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" s="126">
-        <v>4125135</v>
+        <v>4125076</v>
       </c>
       <c r="B26" s="127" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="C26" s="127"/>
+        <v>153</v>
+      </c>
+      <c r="C26" s="127" t="s">
+        <v>103</v>
+      </c>
       <c r="D26" s="128" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="E26" s="127" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="F26" s="127" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G26" s="129">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H26" s="127" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I26" s="129">
         <v>1</v>
       </c>
       <c r="J26" s="128" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="K26" s="128" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="M26" s="128"/>
+        <v>105</v>
+      </c>
+      <c r="L26" s="128" t="s">
+        <v>106</v>
+      </c>
+      <c r="M26" s="128" t="s">
+        <v>107</v>
+      </c>
       <c r="N26" s="128" t="s">
-        <v>30</v>
+        <v>108</v>
       </c>
       <c r="O26" s="128" t="s">
-        <v>31</v>
+        <v>109</v>
       </c>
       <c r="P26" s="128"/>
       <c r="Q26" s="128"/>
       <c r="R26" s="128" t="s">
-        <v>146</v>
+        <v>32</v>
       </c>
       <c r="S26" s="129" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T26" s="130">
-        <v>11.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" s="131">
-        <v>4125021</v>
+        <v>3825010</v>
       </c>
       <c r="B27" s="132" t="s">
+        <v>156</v>
+      </c>
+      <c r="C27" s="132" t="s">
+        <v>157</v>
+      </c>
+      <c r="D27" s="133" t="s">
+        <v>158</v>
+      </c>
+      <c r="E27" s="132" t="s">
+        <v>159</v>
+      </c>
+      <c r="F27" s="132" t="s">
+        <v>24</v>
+      </c>
+      <c r="G27" s="134" t="s">
+        <v>25</v>
+      </c>
+      <c r="H27" s="132"/>
+      <c r="I27" s="134"/>
+      <c r="J27" s="133"/>
+      <c r="K27" s="133"/>
+      <c r="L27" s="133" t="s">
         <v>160</v>
       </c>
-      <c r="C27" s="132" t="s">
+      <c r="M27" s="133" t="s">
         <v>161</v>
       </c>
-      <c r="D27" s="133" t="s">
+      <c r="N27" s="133" t="s">
         <v>162</v>
       </c>
-      <c r="E27" s="132" t="s">
+      <c r="O27" s="133" t="s">
         <v>163</v>
       </c>
-      <c r="F27" s="132" t="s">
-[...5 lines deleted...]
-      <c r="H27" s="132" t="s">
+      <c r="P27" s="133" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q27" s="133" t="s">
         <v>164</v>
       </c>
-      <c r="I27" s="134">
-[...21 lines deleted...]
-      <c r="Q27" s="133"/>
       <c r="R27" s="133" t="s">
         <v>32</v>
       </c>
       <c r="S27" s="134" t="s">
         <v>33</v>
       </c>
-      <c r="T27" s="135">
-[...1 lines deleted...]
-      </c>
+      <c r="T27" s="135"/>
     </row>
     <row r="28" spans="1:20">
       <c r="A28" s="136">
-        <v>4125127</v>
+        <v>3825017</v>
       </c>
       <c r="B28" s="137" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C28" s="137" t="s">
-        <v>44</v>
+        <v>166</v>
       </c>
       <c r="D28" s="138" t="s">
-        <v>169</v>
+        <v>158</v>
       </c>
       <c r="E28" s="137" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="F28" s="137" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G28" s="139">
-        <v>25</v>
-[...12 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="H28" s="137"/>
+      <c r="I28" s="139"/>
+      <c r="J28" s="138"/>
+      <c r="K28" s="138"/>
       <c r="L28" s="138"/>
       <c r="M28" s="138"/>
       <c r="N28" s="138" t="s">
-        <v>79</v>
+        <v>162</v>
       </c>
       <c r="O28" s="138" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-      <c r="Q28" s="138"/>
+        <v>163</v>
+      </c>
+      <c r="P28" s="138" t="s">
+        <v>162</v>
+      </c>
+      <c r="Q28" s="138" t="s">
+        <v>168</v>
+      </c>
       <c r="R28" s="138" t="s">
         <v>32</v>
       </c>
       <c r="S28" s="139" t="s">
         <v>33</v>
       </c>
-      <c r="T28" s="140">
-[...1 lines deleted...]
-      </c>
+      <c r="T28" s="140"/>
     </row>
     <row r="29" spans="1:20">
       <c r="A29" s="141">
-        <v>4125039</v>
+        <v>4125235</v>
       </c>
       <c r="B29" s="142" t="s">
+        <v>169</v>
+      </c>
+      <c r="C29" s="142" t="s">
+        <v>170</v>
+      </c>
+      <c r="D29" s="143" t="s">
+        <v>171</v>
+      </c>
+      <c r="E29" s="142" t="s">
         <v>172</v>
       </c>
-      <c r="C29" s="142" t="s">
+      <c r="F29" s="142" t="s">
+        <v>37</v>
+      </c>
+      <c r="G29" s="144">
+        <v>25</v>
+      </c>
+      <c r="H29" s="142" t="s">
+        <v>122</v>
+      </c>
+      <c r="I29" s="144">
+        <v>1</v>
+      </c>
+      <c r="J29" s="143" t="s">
         <v>173</v>
       </c>
-      <c r="D29" s="143" t="s">
+      <c r="K29" s="143" t="s">
         <v>174</v>
       </c>
-      <c r="E29" s="142" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="L29" s="143" t="s">
-        <v>176</v>
+        <v>106</v>
       </c>
       <c r="M29" s="143" t="s">
-        <v>177</v>
+        <v>73</v>
       </c>
       <c r="N29" s="143" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="O29" s="143" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="P29" s="143"/>
       <c r="Q29" s="143"/>
       <c r="R29" s="143" t="s">
-        <v>146</v>
+        <v>32</v>
       </c>
       <c r="S29" s="144" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T29" s="145">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:20">
       <c r="A30" s="146">
-        <v>4125029</v>
+        <v>4125056</v>
       </c>
       <c r="B30" s="147" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C30" s="147" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="D30" s="148" t="s">
-        <v>180</v>
+        <v>171</v>
       </c>
       <c r="E30" s="147" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="F30" s="147" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G30" s="149">
         <v>25</v>
       </c>
       <c r="H30" s="147" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I30" s="149">
         <v>1</v>
       </c>
       <c r="J30" s="148" t="s">
-        <v>181</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="K30" s="148"/>
       <c r="L30" s="148"/>
       <c r="M30" s="148"/>
       <c r="N30" s="148" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="O30" s="148" t="s">
-        <v>63</v>
-[...6 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="P30" s="148"/>
+      <c r="Q30" s="148"/>
       <c r="R30" s="148" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="S30" s="149" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T30" s="150">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:20">
       <c r="A31" s="151">
-        <v>4125069</v>
+        <v>4125146</v>
       </c>
       <c r="B31" s="152" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="C31" s="152" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="D31" s="153" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="E31" s="152" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="F31" s="152" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G31" s="154">
         <v>25</v>
       </c>
       <c r="H31" s="152" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I31" s="154">
         <v>1</v>
       </c>
       <c r="J31" s="153" t="s">
-        <v>186</v>
+        <v>104</v>
       </c>
       <c r="K31" s="153" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="L31" s="153"/>
       <c r="M31" s="153"/>
       <c r="N31" s="153" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="O31" s="153" t="s">
-        <v>155</v>
+        <v>42</v>
       </c>
       <c r="P31" s="153"/>
       <c r="Q31" s="153"/>
       <c r="R31" s="153" t="s">
         <v>32</v>
       </c>
       <c r="S31" s="154" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="T31" s="155">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:20">
       <c r="A32" s="156">
-        <v>4125145</v>
+        <v>4125251</v>
       </c>
       <c r="B32" s="157" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="C32" s="157" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="D32" s="158" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="E32" s="157" t="s">
-        <v>190</v>
+        <v>155</v>
       </c>
       <c r="F32" s="157" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G32" s="159">
         <v>25</v>
       </c>
       <c r="H32" s="157" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I32" s="159">
         <v>1</v>
       </c>
       <c r="J32" s="158" t="s">
-        <v>103</v>
+        <v>70</v>
       </c>
       <c r="K32" s="158" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="M32" s="158"/>
+        <v>70</v>
+      </c>
+      <c r="L32" s="158" t="s">
+        <v>106</v>
+      </c>
+      <c r="M32" s="158" t="s">
+        <v>73</v>
+      </c>
       <c r="N32" s="158" t="s">
-        <v>30</v>
+        <v>64</v>
       </c>
       <c r="O32" s="158" t="s">
-        <v>31</v>
+        <v>96</v>
       </c>
       <c r="P32" s="158"/>
       <c r="Q32" s="158"/>
       <c r="R32" s="158" t="s">
-        <v>146</v>
+        <v>32</v>
       </c>
       <c r="S32" s="159" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="T32" s="160">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:20">
       <c r="A33" s="161">
-        <v>4125068</v>
+        <v>4125150</v>
       </c>
       <c r="B33" s="162" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="C33" s="162" t="s">
-        <v>136</v>
+        <v>182</v>
       </c>
       <c r="D33" s="163" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="E33" s="162" t="s">
-        <v>190</v>
+        <v>155</v>
       </c>
       <c r="F33" s="162" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G33" s="164">
         <v>25</v>
       </c>
       <c r="H33" s="162" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I33" s="164">
         <v>1</v>
       </c>
       <c r="J33" s="163" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="K33" s="163" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-      <c r="M33" s="163"/>
+        <v>70</v>
+      </c>
+      <c r="L33" s="163" t="s">
+        <v>94</v>
+      </c>
+      <c r="M33" s="163" t="s">
+        <v>100</v>
+      </c>
       <c r="N33" s="163" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="O33" s="163" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-      <c r="Q33" s="163"/>
+        <v>75</v>
+      </c>
+      <c r="P33" s="163" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q33" s="163" t="s">
+        <v>101</v>
+      </c>
       <c r="R33" s="163" t="s">
         <v>32</v>
       </c>
       <c r="S33" s="164" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="T33" s="165">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:20">
       <c r="A34" s="166">
-        <v>4125241</v>
+        <v>4125051</v>
       </c>
       <c r="B34" s="167" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="C34" s="167" t="s">
-        <v>194</v>
+        <v>150</v>
       </c>
       <c r="D34" s="168" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="E34" s="167" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="F34" s="167" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="G34" s="169">
         <v>25</v>
       </c>
       <c r="H34" s="167" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I34" s="169">
         <v>1</v>
       </c>
       <c r="J34" s="168" t="s">
-        <v>181</v>
+        <v>39</v>
       </c>
       <c r="K34" s="168" t="s">
-        <v>181</v>
+        <v>113</v>
       </c>
       <c r="L34" s="168"/>
       <c r="M34" s="168"/>
       <c r="N34" s="168" t="s">
-        <v>81</v>
+        <v>41</v>
       </c>
       <c r="O34" s="168" t="s">
-        <v>182</v>
-[...6 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="P34" s="168"/>
+      <c r="Q34" s="168"/>
       <c r="R34" s="168" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="S34" s="169" t="s">
         <v>33</v>
       </c>
       <c r="T34" s="170">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:20">
       <c r="A35" s="171">
-        <v>4125077</v>
+        <v>4125070</v>
       </c>
       <c r="B35" s="172" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="C35" s="172" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="D35" s="173" t="s">
+        <v>190</v>
+      </c>
+      <c r="E35" s="172" t="s">
+        <v>155</v>
+      </c>
+      <c r="F35" s="172" t="s">
+        <v>24</v>
+      </c>
+      <c r="G35" s="174">
+        <v>25</v>
+      </c>
+      <c r="H35" s="172" t="s">
+        <v>122</v>
+      </c>
+      <c r="I35" s="174">
+        <v>1</v>
+      </c>
+      <c r="J35" s="173" t="s">
+        <v>135</v>
+      </c>
+      <c r="K35" s="173" t="s">
+        <v>191</v>
+      </c>
+      <c r="L35" s="173" t="s">
+        <v>54</v>
+      </c>
+      <c r="M35" s="173" t="s">
         <v>192</v>
       </c>
-      <c r="E35" s="172" t="s">
-[...21 lines deleted...]
-      <c r="M35" s="173"/>
       <c r="N35" s="173" t="s">
-        <v>30</v>
+        <v>64</v>
       </c>
       <c r="O35" s="173" t="s">
-        <v>41</v>
+        <v>138</v>
       </c>
       <c r="P35" s="173"/>
       <c r="Q35" s="173"/>
       <c r="R35" s="173" t="s">
-        <v>146</v>
+        <v>32</v>
       </c>
       <c r="S35" s="174" t="s">
         <v>33</v>
       </c>
       <c r="T35" s="175">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:20">
       <c r="A36" s="176">
-        <v>4125028</v>
+        <v>4125033</v>
       </c>
       <c r="B36" s="177" t="s">
+        <v>193</v>
+      </c>
+      <c r="C36" s="177" t="s">
+        <v>194</v>
+      </c>
+      <c r="D36" s="178" t="s">
+        <v>190</v>
+      </c>
+      <c r="E36" s="177" t="s">
+        <v>155</v>
+      </c>
+      <c r="F36" s="177" t="s">
+        <v>24</v>
+      </c>
+      <c r="G36" s="179">
+        <v>25</v>
+      </c>
+      <c r="H36" s="177" t="s">
+        <v>122</v>
+      </c>
+      <c r="I36" s="179">
+        <v>1</v>
+      </c>
+      <c r="J36" s="178" t="s">
+        <v>195</v>
+      </c>
+      <c r="K36" s="178" t="s">
+        <v>196</v>
+      </c>
+      <c r="L36" s="178" t="s">
+        <v>197</v>
+      </c>
+      <c r="M36" s="178" t="s">
         <v>198</v>
       </c>
-      <c r="C36" s="177" t="s">
+      <c r="N36" s="178" t="s">
+        <v>162</v>
+      </c>
+      <c r="O36" s="178" t="s">
         <v>199</v>
-      </c>
-[...34 lines deleted...]
-        <v>31</v>
       </c>
       <c r="P36" s="178"/>
       <c r="Q36" s="178"/>
       <c r="R36" s="178" t="s">
-        <v>146</v>
+        <v>32</v>
       </c>
       <c r="S36" s="179" t="s">
         <v>33</v>
       </c>
       <c r="T36" s="180">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:20">
       <c r="A37" s="181">
-        <v>4125143</v>
+        <v>4125167</v>
       </c>
       <c r="B37" s="182" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="C37" s="182" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D37" s="183" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E37" s="182" t="s">
-        <v>190</v>
+        <v>155</v>
       </c>
       <c r="F37" s="182" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G37" s="184">
         <v>25</v>
       </c>
       <c r="H37" s="182" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I37" s="184">
         <v>1</v>
       </c>
       <c r="J37" s="183" t="s">
-        <v>88</v>
+        <v>27</v>
       </c>
       <c r="K37" s="183" t="s">
-        <v>206</v>
-[...6 lines deleted...]
-      </c>
+        <v>203</v>
+      </c>
+      <c r="L37" s="183"/>
+      <c r="M37" s="183"/>
       <c r="N37" s="183" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="O37" s="183" t="s">
-        <v>74</v>
-[...6 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="P37" s="183"/>
+      <c r="Q37" s="183"/>
       <c r="R37" s="183" t="s">
         <v>32</v>
       </c>
       <c r="S37" s="184" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T37" s="185">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:20">
       <c r="A38" s="186">
-        <v>4125083</v>
+        <v>4125114</v>
       </c>
       <c r="B38" s="187" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C38" s="187" t="s">
-        <v>102</v>
+        <v>77</v>
       </c>
       <c r="D38" s="188" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="E38" s="187" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="F38" s="187" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G38" s="189">
         <v>25</v>
       </c>
       <c r="H38" s="187" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I38" s="189">
         <v>1</v>
       </c>
       <c r="J38" s="188" t="s">
-        <v>103</v>
+        <v>206</v>
       </c>
       <c r="K38" s="188" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="L38" s="188"/>
       <c r="M38" s="188"/>
       <c r="N38" s="188" t="s">
-        <v>107</v>
+        <v>41</v>
       </c>
       <c r="O38" s="188" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="P38" s="188"/>
       <c r="Q38" s="188"/>
       <c r="R38" s="188" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="S38" s="189" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="T38" s="190">
-        <v>5.5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="39" spans="1:20">
       <c r="A39" s="191">
-        <v>4125054</v>
+        <v>4125256</v>
       </c>
       <c r="B39" s="192" t="s">
+        <v>208</v>
+      </c>
+      <c r="C39" s="192" t="s">
+        <v>209</v>
+      </c>
+      <c r="D39" s="193" t="s">
+        <v>210</v>
+      </c>
+      <c r="E39" s="192" t="s">
+        <v>211</v>
+      </c>
+      <c r="F39" s="192" t="s">
+        <v>37</v>
+      </c>
+      <c r="G39" s="194">
+        <v>25</v>
+      </c>
+      <c r="H39" s="192" t="s">
+        <v>26</v>
+      </c>
+      <c r="I39" s="194">
+        <v>1</v>
+      </c>
+      <c r="J39" s="193" t="s">
+        <v>78</v>
+      </c>
+      <c r="K39" s="193" t="s">
         <v>212</v>
       </c>
-      <c r="C39" s="192" t="s">
+      <c r="L39" s="193" t="s">
+        <v>117</v>
+      </c>
+      <c r="M39" s="193" t="s">
         <v>213</v>
       </c>
-      <c r="D39" s="193" t="s">
+      <c r="N39" s="193" t="s">
+        <v>82</v>
+      </c>
+      <c r="O39" s="193" t="s">
         <v>214</v>
       </c>
-      <c r="E39" s="192" t="s">
-[...17 lines deleted...]
-      <c r="K39" s="193" t="s">
+      <c r="P39" s="193" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q39" s="193" t="s">
         <v>215</v>
       </c>
-      <c r="L39" s="193"/>
-[...12 lines deleted...]
-      </c>
       <c r="R39" s="193" t="s">
         <v>32</v>
       </c>
       <c r="S39" s="194" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T39" s="195">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="40" spans="1:20">
       <c r="A40" s="196">
-        <v>4125132</v>
+        <v>4125091</v>
       </c>
       <c r="B40" s="197" t="s">
         <v>216</v>
       </c>
       <c r="C40" s="197" t="s">
+        <v>116</v>
+      </c>
+      <c r="D40" s="198" t="s">
         <v>217</v>
       </c>
-      <c r="D40" s="198" t="s">
+      <c r="E40" s="197" t="s">
+        <v>155</v>
+      </c>
+      <c r="F40" s="197" t="s">
+        <v>24</v>
+      </c>
+      <c r="G40" s="199">
+        <v>25</v>
+      </c>
+      <c r="H40" s="197" t="s">
+        <v>122</v>
+      </c>
+      <c r="I40" s="199">
+        <v>1</v>
+      </c>
+      <c r="J40" s="198" t="s">
+        <v>104</v>
+      </c>
+      <c r="K40" s="198" t="s">
         <v>218</v>
-      </c>
-[...19 lines deleted...]
-        <v>219</v>
       </c>
       <c r="L40" s="198"/>
       <c r="M40" s="198"/>
       <c r="N40" s="198" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="O40" s="198" t="s">
-        <v>66</v>
-[...6 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="P40" s="198"/>
+      <c r="Q40" s="198"/>
       <c r="R40" s="198" t="s">
         <v>32</v>
       </c>
       <c r="S40" s="199" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T40" s="200">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:20">
       <c r="A41" s="201">
-        <v>4125153</v>
+        <v>4125258</v>
       </c>
       <c r="B41" s="202" t="s">
+        <v>219</v>
+      </c>
+      <c r="C41" s="202" t="s">
+        <v>88</v>
+      </c>
+      <c r="D41" s="203" t="s">
         <v>220</v>
       </c>
-      <c r="C41" s="202" t="s">
+      <c r="E41" s="202" t="s">
         <v>221</v>
       </c>
-      <c r="D41" s="203" t="s">
+      <c r="F41" s="202" t="s">
+        <v>24</v>
+      </c>
+      <c r="G41" s="204">
+        <v>25</v>
+      </c>
+      <c r="H41" s="202" t="s">
+        <v>26</v>
+      </c>
+      <c r="I41" s="204">
+        <v>1</v>
+      </c>
+      <c r="J41" s="203" t="s">
+        <v>58</v>
+      </c>
+      <c r="K41" s="203" t="s">
         <v>222</v>
       </c>
-      <c r="E41" s="202" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="L41" s="203" t="s">
-        <v>105</v>
+        <v>223</v>
       </c>
       <c r="M41" s="203" t="s">
-        <v>106</v>
+        <v>224</v>
       </c>
       <c r="N41" s="203" t="s">
-        <v>133</v>
+        <v>41</v>
       </c>
       <c r="O41" s="203" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-      <c r="Q41" s="203"/>
+        <v>91</v>
+      </c>
+      <c r="P41" s="203" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q41" s="203" t="s">
+        <v>66</v>
+      </c>
       <c r="R41" s="203" t="s">
         <v>32</v>
       </c>
       <c r="S41" s="204" t="s">
         <v>33</v>
       </c>
       <c r="T41" s="205">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="42" spans="1:20">
       <c r="A42" s="206">
-        <v>4125237</v>
+        <v>4125130</v>
       </c>
       <c r="B42" s="207" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C42" s="207" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D42" s="208" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="E42" s="207" t="s">
-        <v>225</v>
+        <v>155</v>
       </c>
       <c r="F42" s="207" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G42" s="209">
         <v>25</v>
       </c>
       <c r="H42" s="207" t="s">
-        <v>46</v>
+        <v>122</v>
       </c>
       <c r="I42" s="209">
         <v>1</v>
       </c>
       <c r="J42" s="208" t="s">
-        <v>103</v>
+        <v>89</v>
       </c>
       <c r="K42" s="208" t="s">
-        <v>72</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="L42" s="208"/>
+      <c r="M42" s="208"/>
       <c r="N42" s="208" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="O42" s="208" t="s">
-        <v>73</v>
+        <v>138</v>
       </c>
       <c r="P42" s="208"/>
       <c r="Q42" s="208"/>
       <c r="R42" s="208" t="s">
         <v>32</v>
       </c>
       <c r="S42" s="209" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="T42" s="210">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:20">
       <c r="A43" s="211">
-        <v>3825018</v>
+        <v>4125099</v>
       </c>
       <c r="B43" s="212" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C43" s="212" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D43" s="213" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E43" s="212" t="s">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="F43" s="212" t="s">
-        <v>38</v>
-[...7 lines deleted...]
-      <c r="K43" s="213"/>
+        <v>24</v>
+      </c>
+      <c r="G43" s="214">
+        <v>25</v>
+      </c>
+      <c r="H43" s="212" t="s">
+        <v>26</v>
+      </c>
+      <c r="I43" s="214">
+        <v>1</v>
+      </c>
+      <c r="J43" s="213" t="s">
+        <v>89</v>
+      </c>
+      <c r="K43" s="213" t="s">
+        <v>230</v>
+      </c>
       <c r="L43" s="213"/>
       <c r="M43" s="213"/>
       <c r="N43" s="213" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="O43" s="213" t="s">
-        <v>56</v>
+        <v>75</v>
       </c>
       <c r="P43" s="213"/>
       <c r="Q43" s="213"/>
       <c r="R43" s="213" t="s">
         <v>32</v>
       </c>
       <c r="S43" s="214" t="s">
         <v>33</v>
       </c>
-      <c r="T43" s="215"/>
+      <c r="T43" s="215">
+        <v>4</v>
+      </c>
     </row>
     <row r="44" spans="1:20">
       <c r="A44" s="216">
-        <v>4125101</v>
+        <v>3825022</v>
       </c>
       <c r="B44" s="217" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C44" s="217" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D44" s="218" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="E44" s="217" t="s">
-        <v>190</v>
+        <v>233</v>
       </c>
       <c r="F44" s="217" t="s">
-        <v>38</v>
-[...9 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="G44" s="219" t="s">
+        <v>25</v>
+      </c>
+      <c r="H44" s="217"/>
+      <c r="I44" s="219"/>
       <c r="J44" s="218" t="s">
-        <v>233</v>
+        <v>104</v>
       </c>
       <c r="K44" s="218" t="s">
-        <v>234</v>
+        <v>73</v>
       </c>
       <c r="L44" s="218"/>
       <c r="M44" s="218"/>
       <c r="N44" s="218" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="O44" s="218" t="s">
         <v>74</v>
       </c>
-      <c r="P44" s="218" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="P44" s="218"/>
+      <c r="Q44" s="218"/>
       <c r="R44" s="218" t="s">
         <v>32</v>
       </c>
       <c r="S44" s="219" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="T44" s="220"/>
     </row>
     <row r="45" spans="1:20">
       <c r="A45" s="221">
-        <v>4325024</v>
+        <v>4725007</v>
       </c>
       <c r="B45" s="222" t="s">
+        <v>234</v>
+      </c>
+      <c r="C45" s="222" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D45" s="223" t="s">
         <v>236</v>
       </c>
       <c r="E45" s="222" t="s">
+        <v>237</v>
+      </c>
+      <c r="F45" s="222" t="s">
         <v>37</v>
       </c>
-      <c r="F45" s="222" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G45" s="224">
+        <v>70</v>
+      </c>
+      <c r="H45" s="222"/>
+      <c r="I45" s="224"/>
       <c r="J45" s="223" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="K45" s="223" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="L45" s="223" t="s">
+        <v>238</v>
+      </c>
+      <c r="L45" s="223"/>
+      <c r="M45" s="223"/>
+      <c r="N45" s="223" t="s">
+        <v>80</v>
+      </c>
+      <c r="O45" s="223" t="s">
+        <v>239</v>
+      </c>
+      <c r="P45" s="223" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q45" s="223" t="s">
+        <v>214</v>
+      </c>
+      <c r="R45" s="223" t="s">
+        <v>32</v>
+      </c>
+      <c r="S45" s="224" t="s">
         <v>48</v>
       </c>
-      <c r="M45" s="223" t="s">
-[...18 lines deleted...]
-      </c>
+      <c r="T45" s="225"/>
     </row>
     <row r="46" spans="1:20">
       <c r="A46" s="226">
-        <v>4325078</v>
+        <v>4125103</v>
       </c>
       <c r="B46" s="227" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="C46" s="227" t="s">
-        <v>51</v>
+        <v>241</v>
       </c>
       <c r="D46" s="228" t="s">
         <v>236</v>
       </c>
       <c r="E46" s="227" t="s">
-        <v>37</v>
+        <v>155</v>
       </c>
       <c r="F46" s="227" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>24</v>
+      </c>
+      <c r="G46" s="229">
+        <v>25</v>
       </c>
       <c r="H46" s="227" t="s">
-        <v>46</v>
+        <v>122</v>
       </c>
       <c r="I46" s="229">
         <v>1</v>
       </c>
       <c r="J46" s="228" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="K46" s="228" t="s">
-        <v>53</v>
-[...6 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="L46" s="228"/>
+      <c r="M46" s="228"/>
       <c r="N46" s="228" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="O46" s="228" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>242</v>
+      </c>
+      <c r="P46" s="228"/>
+      <c r="Q46" s="228"/>
       <c r="R46" s="228" t="s">
         <v>32</v>
       </c>
       <c r="S46" s="229" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="T46" s="230">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:20">
       <c r="A47" s="231">
-        <v>4325068</v>
+        <v>4125192</v>
       </c>
       <c r="B47" s="232" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="C47" s="232" t="s">
-        <v>58</v>
+        <v>150</v>
       </c>
       <c r="D47" s="233" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="E47" s="232" t="s">
+        <v>152</v>
+      </c>
+      <c r="F47" s="232" t="s">
         <v>37</v>
       </c>
-      <c r="F47" s="232" t="s">
-[...2 lines deleted...]
-      <c r="G47" s="234" t="s">
+      <c r="G47" s="234">
+        <v>25</v>
+      </c>
+      <c r="H47" s="232" t="s">
+        <v>122</v>
+      </c>
+      <c r="I47" s="234">
+        <v>1</v>
+      </c>
+      <c r="J47" s="233" t="s">
         <v>39</v>
       </c>
-      <c r="H47" s="232" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K47" s="233" t="s">
-        <v>60</v>
+        <v>113</v>
       </c>
       <c r="L47" s="233"/>
       <c r="M47" s="233"/>
       <c r="N47" s="233" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="O47" s="233" t="s">
-        <v>62</v>
-[...6 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="P47" s="233"/>
+      <c r="Q47" s="233"/>
       <c r="R47" s="233" t="s">
         <v>32</v>
       </c>
       <c r="S47" s="234" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T47" s="235">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:20">
       <c r="A48" s="236">
-        <v>4325072</v>
+        <v>4325025</v>
       </c>
       <c r="B48" s="237" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="C48" s="237" t="s">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="D48" s="238" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="E48" s="237" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F48" s="237" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G48" s="239" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H48" s="237" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="I48" s="239">
         <v>1</v>
       </c>
       <c r="J48" s="238" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="K48" s="238" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-      <c r="M48" s="238"/>
+        <v>53</v>
+      </c>
+      <c r="L48" s="238" t="s">
+        <v>54</v>
+      </c>
+      <c r="M48" s="238" t="s">
+        <v>55</v>
+      </c>
       <c r="N48" s="238" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="O48" s="238" t="s">
-        <v>66</v>
-[...6 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="P48" s="238"/>
+      <c r="Q48" s="238"/>
       <c r="R48" s="238" t="s">
         <v>32</v>
       </c>
       <c r="S48" s="239" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T48" s="240">
         <v>4</v>
       </c>
     </row>
     <row r="49" spans="1:20">
       <c r="A49" s="241">
-        <v>4325048</v>
+        <v>4325079</v>
       </c>
       <c r="B49" s="242" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="C49" s="242" t="s">
-        <v>68</v>
+        <v>57</v>
       </c>
       <c r="D49" s="243" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="E49" s="242" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F49" s="242" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G49" s="244" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H49" s="242" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="I49" s="244">
         <v>1</v>
       </c>
       <c r="J49" s="243" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="K49" s="243" t="s">
-        <v>69</v>
+        <v>59</v>
       </c>
       <c r="L49" s="243" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="M49" s="243" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="N49" s="243" t="s">
-        <v>72</v>
+        <v>29</v>
       </c>
       <c r="O49" s="243" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="P49" s="243" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="Q49" s="243" t="s">
-        <v>74</v>
+        <v>31</v>
       </c>
       <c r="R49" s="243" t="s">
         <v>32</v>
       </c>
       <c r="S49" s="244" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T49" s="245">
         <v>4</v>
       </c>
     </row>
     <row r="50" spans="1:20">
       <c r="A50" s="246">
-        <v>4325012</v>
+        <v>4325069</v>
       </c>
       <c r="B50" s="247" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="C50" s="247" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="D50" s="248" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="E50" s="247" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F50" s="247" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G50" s="249" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H50" s="247" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="I50" s="249">
         <v>1</v>
       </c>
       <c r="J50" s="248" t="s">
-        <v>77</v>
+        <v>27</v>
       </c>
       <c r="K50" s="248" t="s">
-        <v>78</v>
+        <v>28</v>
       </c>
       <c r="L50" s="248"/>
       <c r="M50" s="248"/>
       <c r="N50" s="248" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="O50" s="248" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-      <c r="Q50" s="248"/>
+        <v>65</v>
+      </c>
+      <c r="P50" s="248" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q50" s="248" t="s">
+        <v>66</v>
+      </c>
       <c r="R50" s="248" t="s">
         <v>32</v>
       </c>
       <c r="S50" s="249" t="s">
         <v>33</v>
       </c>
       <c r="T50" s="250">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="51" spans="1:20">
       <c r="A51" s="251">
-        <v>4325036</v>
+        <v>4325073</v>
       </c>
       <c r="B51" s="252" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="C51" s="252" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="D51" s="253" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="E51" s="252" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F51" s="252" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G51" s="254" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H51" s="252" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="I51" s="254">
         <v>1</v>
       </c>
       <c r="J51" s="253" t="s">
-        <v>77</v>
+        <v>27</v>
       </c>
       <c r="K51" s="253" t="s">
-        <v>79</v>
+        <v>28</v>
       </c>
       <c r="L51" s="253"/>
       <c r="M51" s="253"/>
       <c r="N51" s="253" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="O51" s="253" t="s">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="P51" s="253" t="s">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="Q51" s="253" t="s">
-        <v>83</v>
+        <v>31</v>
       </c>
       <c r="R51" s="253" t="s">
         <v>32</v>
       </c>
       <c r="S51" s="254" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T51" s="255">
         <v>4</v>
       </c>
     </row>
     <row r="52" spans="1:20">
       <c r="A52" s="256">
-        <v>4325061</v>
+        <v>4325082</v>
       </c>
       <c r="B52" s="257" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="C52" s="257" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="D52" s="258" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="E52" s="257" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F52" s="257" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G52" s="259" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H52" s="257" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="I52" s="259">
         <v>1</v>
       </c>
       <c r="J52" s="258" t="s">
-        <v>77</v>
+        <v>27</v>
       </c>
       <c r="K52" s="258" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-      <c r="M52" s="258"/>
+        <v>28</v>
+      </c>
+      <c r="L52" s="258" t="s">
+        <v>223</v>
+      </c>
+      <c r="M52" s="258" t="s">
+        <v>224</v>
+      </c>
       <c r="N52" s="258" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="O52" s="258" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="P52" s="258" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="Q52" s="258" t="s">
-        <v>85</v>
+        <v>30</v>
       </c>
       <c r="R52" s="258" t="s">
         <v>32</v>
       </c>
       <c r="S52" s="259" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T52" s="260">
         <v>4</v>
       </c>
     </row>
     <row r="53" spans="1:20">
       <c r="A53" s="261">
-        <v>4325030</v>
+        <v>4325049</v>
       </c>
       <c r="B53" s="262" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="C53" s="262" t="s">
-        <v>87</v>
+        <v>69</v>
       </c>
       <c r="D53" s="263" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="E53" s="262" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F53" s="262" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G53" s="264" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H53" s="262" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="I53" s="264">
         <v>1</v>
       </c>
       <c r="J53" s="263" t="s">
-        <v>88</v>
+        <v>70</v>
       </c>
       <c r="K53" s="263" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-      <c r="M53" s="263"/>
+        <v>70</v>
+      </c>
+      <c r="L53" s="263" t="s">
+        <v>71</v>
+      </c>
+      <c r="M53" s="263" t="s">
+        <v>72</v>
+      </c>
       <c r="N53" s="263" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="O53" s="263" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-      <c r="Q53" s="263"/>
+        <v>74</v>
+      </c>
+      <c r="P53" s="263" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q53" s="263" t="s">
+        <v>75</v>
+      </c>
       <c r="R53" s="263" t="s">
         <v>32</v>
       </c>
       <c r="S53" s="264" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T53" s="265">
         <v>4</v>
       </c>
     </row>
     <row r="54" spans="1:20">
       <c r="A54" s="266">
-        <v>4325054</v>
+        <v>4325013</v>
       </c>
       <c r="B54" s="267" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="C54" s="267" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="D54" s="268" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="E54" s="267" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F54" s="267" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G54" s="269" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H54" s="267" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="I54" s="269">
         <v>1</v>
       </c>
       <c r="J54" s="268" t="s">
-        <v>88</v>
-[...7 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="K54" s="268" t="s">
+        <v>79</v>
+      </c>
+      <c r="L54" s="268"/>
+      <c r="M54" s="268"/>
       <c r="N54" s="268" t="s">
-        <v>61</v>
+        <v>80</v>
       </c>
       <c r="O54" s="268" t="s">
-        <v>95</v>
+        <v>80</v>
       </c>
       <c r="P54" s="268"/>
       <c r="Q54" s="268"/>
       <c r="R54" s="268" t="s">
         <v>32</v>
       </c>
       <c r="S54" s="269" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T54" s="270">
         <v>4</v>
       </c>
     </row>
     <row r="55" spans="1:20">
       <c r="A55" s="271">
-        <v>4325058</v>
+        <v>4325037</v>
       </c>
       <c r="B55" s="272" t="s">
+        <v>253</v>
+      </c>
+      <c r="C55" s="272" t="s">
+        <v>50</v>
+      </c>
+      <c r="D55" s="273" t="s">
         <v>246</v>
       </c>
-      <c r="C55" s="272" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E55" s="272" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F55" s="272" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G55" s="274" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H55" s="272" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="I55" s="274">
         <v>1</v>
       </c>
       <c r="J55" s="273" t="s">
-        <v>88</v>
+        <v>78</v>
       </c>
       <c r="K55" s="273" t="s">
-        <v>98</v>
-[...6 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="L55" s="273"/>
+      <c r="M55" s="273"/>
       <c r="N55" s="273" t="s">
-        <v>61</v>
+        <v>82</v>
       </c>
       <c r="O55" s="273" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-      <c r="Q55" s="273"/>
+        <v>83</v>
+      </c>
+      <c r="P55" s="273" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q55" s="273" t="s">
+        <v>84</v>
+      </c>
       <c r="R55" s="273" t="s">
         <v>32</v>
       </c>
       <c r="S55" s="274" t="s">
         <v>33</v>
       </c>
       <c r="T55" s="275">
         <v>4</v>
       </c>
     </row>
     <row r="56" spans="1:20">
       <c r="A56" s="276">
-        <v>4325018</v>
+        <v>4325062</v>
       </c>
       <c r="B56" s="277" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="C56" s="277" t="s">
-        <v>102</v>
+        <v>50</v>
       </c>
       <c r="D56" s="278" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="E56" s="277" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F56" s="277" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G56" s="279" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H56" s="277" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="I56" s="279">
         <v>1</v>
       </c>
       <c r="J56" s="278" t="s">
-        <v>103</v>
+        <v>78</v>
       </c>
       <c r="K56" s="278" t="s">
-        <v>104</v>
-[...6 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="L56" s="278"/>
+      <c r="M56" s="278"/>
       <c r="N56" s="278" t="s">
-        <v>107</v>
+        <v>80</v>
       </c>
       <c r="O56" s="278" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-      <c r="Q56" s="278"/>
+        <v>84</v>
+      </c>
+      <c r="P56" s="278" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q56" s="278" t="s">
+        <v>86</v>
+      </c>
       <c r="R56" s="278" t="s">
         <v>32</v>
       </c>
       <c r="S56" s="279" t="s">
         <v>33</v>
       </c>
       <c r="T56" s="280">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="57" spans="1:20">
       <c r="A57" s="281">
-        <v>4325075</v>
+        <v>4325031</v>
       </c>
       <c r="B57" s="282" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="C57" s="282" t="s">
-        <v>102</v>
+        <v>88</v>
       </c>
       <c r="D57" s="283" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="E57" s="282" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F57" s="282" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G57" s="284" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H57" s="282" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="I57" s="284">
         <v>1</v>
       </c>
       <c r="J57" s="283" t="s">
-        <v>103</v>
+        <v>89</v>
       </c>
       <c r="K57" s="283" t="s">
-        <v>104</v>
-[...6 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="L57" s="283"/>
+      <c r="M57" s="283"/>
       <c r="N57" s="283" t="s">
-        <v>107</v>
+        <v>41</v>
       </c>
       <c r="O57" s="283" t="s">
-        <v>108</v>
+        <v>91</v>
       </c>
       <c r="P57" s="283"/>
       <c r="Q57" s="283"/>
       <c r="R57" s="283" t="s">
         <v>32</v>
       </c>
       <c r="S57" s="284" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T57" s="285">
         <v>4</v>
       </c>
     </row>
     <row r="58" spans="1:20">
       <c r="A58" s="286">
-        <v>4325006</v>
+        <v>4325055</v>
       </c>
       <c r="B58" s="287" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
       <c r="C58" s="287" t="s">
-        <v>111</v>
+        <v>93</v>
       </c>
       <c r="D58" s="288" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="E58" s="287" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F58" s="287" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G58" s="289" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H58" s="287" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="I58" s="289">
         <v>1</v>
       </c>
       <c r="J58" s="288" t="s">
-        <v>112</v>
-[...5 lines deleted...]
-      <c r="M58" s="288"/>
+        <v>89</v>
+      </c>
+      <c r="K58" s="288"/>
+      <c r="L58" s="288" t="s">
+        <v>94</v>
+      </c>
+      <c r="M58" s="288" t="s">
+        <v>95</v>
+      </c>
       <c r="N58" s="288" t="s">
-        <v>30</v>
+        <v>64</v>
       </c>
       <c r="O58" s="288" t="s">
-        <v>41</v>
-[...6 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="P58" s="288"/>
+      <c r="Q58" s="288"/>
       <c r="R58" s="288" t="s">
         <v>32</v>
       </c>
       <c r="S58" s="289" t="s">
         <v>33</v>
       </c>
       <c r="T58" s="290">
         <v>4</v>
       </c>
     </row>
     <row r="59" spans="1:20">
       <c r="A59" s="291">
-        <v>4325042</v>
+        <v>4325059</v>
       </c>
       <c r="B59" s="292" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="C59" s="292" t="s">
-        <v>115</v>
+        <v>98</v>
       </c>
       <c r="D59" s="293" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="E59" s="292" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F59" s="292" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G59" s="294" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H59" s="292" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="I59" s="294">
         <v>1</v>
       </c>
       <c r="J59" s="293" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="K59" s="293"/>
+        <v>89</v>
+      </c>
+      <c r="K59" s="293" t="s">
+        <v>99</v>
+      </c>
       <c r="L59" s="293" t="s">
-        <v>116</v>
+        <v>94</v>
       </c>
       <c r="M59" s="293" t="s">
-        <v>117</v>
+        <v>100</v>
       </c>
       <c r="N59" s="293" t="s">
-        <v>107</v>
+        <v>64</v>
       </c>
       <c r="O59" s="293" t="s">
-        <v>118</v>
+        <v>101</v>
       </c>
       <c r="P59" s="293"/>
       <c r="Q59" s="293"/>
       <c r="R59" s="293" t="s">
         <v>32</v>
       </c>
       <c r="S59" s="294" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T59" s="295">
         <v>4</v>
       </c>
     </row>
     <row r="60" spans="1:20">
       <c r="A60" s="296">
-        <v>4325064</v>
+        <v>4325019</v>
       </c>
       <c r="B60" s="297" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="C60" s="297" t="s">
-        <v>120</v>
+        <v>103</v>
       </c>
       <c r="D60" s="298" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="E60" s="297" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F60" s="297" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G60" s="299" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H60" s="297" t="s">
-        <v>121</v>
+        <v>26</v>
       </c>
       <c r="I60" s="299">
         <v>1</v>
       </c>
       <c r="J60" s="298" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="K60" s="298" t="s">
-        <v>122</v>
+        <v>105</v>
       </c>
       <c r="L60" s="298" t="s">
-        <v>123</v>
+        <v>106</v>
       </c>
       <c r="M60" s="298" t="s">
-        <v>124</v>
+        <v>107</v>
       </c>
       <c r="N60" s="298" t="s">
-        <v>30</v>
+        <v>108</v>
       </c>
       <c r="O60" s="298" t="s">
-        <v>125</v>
-[...6 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="P60" s="298"/>
+      <c r="Q60" s="298"/>
       <c r="R60" s="298" t="s">
         <v>32</v>
       </c>
       <c r="S60" s="299" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T60" s="300">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="61" spans="1:20">
       <c r="A61" s="301">
-        <v>4325080</v>
+        <v>4325076</v>
       </c>
       <c r="B61" s="302" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="C61" s="302" t="s">
-        <v>253</v>
+        <v>103</v>
       </c>
       <c r="D61" s="303" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="E61" s="302" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F61" s="302" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G61" s="304" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H61" s="302" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="I61" s="304">
         <v>1</v>
       </c>
       <c r="J61" s="303" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="K61" s="303" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="L61" s="303" t="s">
-        <v>176</v>
+        <v>106</v>
       </c>
       <c r="M61" s="303" t="s">
-        <v>254</v>
+        <v>73</v>
       </c>
       <c r="N61" s="303" t="s">
-        <v>30</v>
+        <v>108</v>
       </c>
       <c r="O61" s="303" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="P61" s="303"/>
       <c r="Q61" s="303"/>
       <c r="R61" s="303" t="s">
         <v>32</v>
       </c>
       <c r="S61" s="304" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T61" s="305">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="62" spans="1:20">
       <c r="A62" s="306">
-        <v>4125041</v>
+        <v>4325007</v>
       </c>
       <c r="B62" s="307" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="C62" s="307" t="s">
-        <v>173</v>
+        <v>112</v>
       </c>
       <c r="D62" s="308" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="E62" s="307" t="s">
-        <v>257</v>
+        <v>23</v>
       </c>
       <c r="F62" s="307" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G62" s="309">
+        <v>24</v>
+      </c>
+      <c r="G62" s="309" t="s">
         <v>25</v>
       </c>
       <c r="H62" s="307" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="I62" s="309">
         <v>1</v>
       </c>
       <c r="J62" s="308" t="s">
-        <v>258</v>
+        <v>39</v>
       </c>
       <c r="K62" s="308" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="L62" s="308" t="s">
+        <v>113</v>
+      </c>
+      <c r="L62" s="308"/>
+      <c r="M62" s="308"/>
+      <c r="N62" s="308" t="s">
+        <v>41</v>
+      </c>
+      <c r="O62" s="308" t="s">
+        <v>114</v>
+      </c>
+      <c r="P62" s="308" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q62" s="308" t="s">
+        <v>66</v>
+      </c>
+      <c r="R62" s="308" t="s">
+        <v>32</v>
+      </c>
+      <c r="S62" s="309" t="s">
         <v>48</v>
-      </c>
-[...15 lines deleted...]
-        <v>42</v>
       </c>
       <c r="T62" s="310">
         <v>4</v>
       </c>
     </row>
     <row r="63" spans="1:20">
       <c r="A63" s="311">
-        <v>4125162</v>
+        <v>4325043</v>
       </c>
       <c r="B63" s="312" t="s">
         <v>261</v>
       </c>
       <c r="C63" s="312" t="s">
-        <v>262</v>
+        <v>116</v>
       </c>
       <c r="D63" s="313" t="s">
-        <v>263</v>
+        <v>246</v>
       </c>
       <c r="E63" s="312" t="s">
-        <v>190</v>
+        <v>23</v>
       </c>
       <c r="F63" s="312" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G63" s="314">
+        <v>24</v>
+      </c>
+      <c r="G63" s="314" t="s">
         <v>25</v>
       </c>
       <c r="H63" s="312" t="s">
-        <v>121</v>
+        <v>26</v>
       </c>
       <c r="I63" s="314">
         <v>1</v>
       </c>
       <c r="J63" s="313" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="K63" s="313"/>
       <c r="L63" s="313" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="M63" s="313" t="s">
-        <v>106</v>
+        <v>118</v>
       </c>
       <c r="N63" s="313" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="O63" s="313" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
       <c r="P63" s="313"/>
       <c r="Q63" s="313"/>
       <c r="R63" s="313" t="s">
         <v>32</v>
       </c>
       <c r="S63" s="314" t="s">
         <v>33</v>
       </c>
       <c r="T63" s="315">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="64" spans="1:20">
       <c r="A64" s="316">
-        <v>4125247</v>
+        <v>4325065</v>
       </c>
       <c r="B64" s="317" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="C64" s="317" t="s">
-        <v>265</v>
+        <v>121</v>
       </c>
       <c r="D64" s="318" t="s">
-        <v>266</v>
+        <v>246</v>
       </c>
       <c r="E64" s="317" t="s">
-        <v>145</v>
+        <v>23</v>
       </c>
       <c r="F64" s="317" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G64" s="319">
+        <v>24</v>
+      </c>
+      <c r="G64" s="319" t="s">
         <v>25</v>
       </c>
       <c r="H64" s="317" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I64" s="319">
         <v>1</v>
       </c>
       <c r="J64" s="318" t="s">
-        <v>267</v>
+        <v>39</v>
       </c>
       <c r="K64" s="318" t="s">
-        <v>267</v>
+        <v>123</v>
       </c>
       <c r="L64" s="318" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="M64" s="318" t="s">
-        <v>268</v>
+        <v>125</v>
       </c>
       <c r="N64" s="318" t="s">
-        <v>133</v>
+        <v>41</v>
       </c>
       <c r="O64" s="318" t="s">
-        <v>269</v>
+        <v>126</v>
       </c>
       <c r="P64" s="318" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="Q64" s="318" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="R64" s="318" t="s">
         <v>32</v>
       </c>
       <c r="S64" s="319" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T64" s="320">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:20">
       <c r="A65" s="321">
-        <v>4125243</v>
+        <v>4325081</v>
       </c>
       <c r="B65" s="322" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="C65" s="322" t="s">
-        <v>87</v>
+        <v>128</v>
       </c>
       <c r="D65" s="323" t="s">
-        <v>271</v>
+        <v>246</v>
       </c>
       <c r="E65" s="322" t="s">
-        <v>225</v>
+        <v>23</v>
       </c>
       <c r="F65" s="322" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G65" s="324">
+        <v>24</v>
+      </c>
+      <c r="G65" s="324" t="s">
         <v>25</v>
       </c>
       <c r="H65" s="322" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="I65" s="324">
         <v>1</v>
       </c>
       <c r="J65" s="323" t="s">
-        <v>88</v>
+        <v>39</v>
       </c>
       <c r="K65" s="323" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-      <c r="M65" s="323"/>
+        <v>113</v>
+      </c>
+      <c r="L65" s="323" t="s">
+        <v>129</v>
+      </c>
+      <c r="M65" s="323" t="s">
+        <v>130</v>
+      </c>
       <c r="N65" s="323" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="O65" s="323" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="P65" s="323"/>
+        <v>114</v>
+      </c>
+      <c r="P65" s="323" t="s">
+        <v>66</v>
+      </c>
       <c r="Q65" s="323"/>
       <c r="R65" s="323" t="s">
         <v>32</v>
       </c>
       <c r="S65" s="324" t="s">
         <v>33</v>
       </c>
       <c r="T65" s="325">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="66" spans="1:20">
       <c r="A66" s="326">
-        <v>4125252</v>
+        <v>4125058</v>
       </c>
       <c r="B66" s="327" t="s">
-        <v>272</v>
+        <v>264</v>
       </c>
       <c r="C66" s="327" t="s">
-        <v>273</v>
+        <v>265</v>
       </c>
       <c r="D66" s="328" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="E66" s="327" t="s">
-        <v>274</v>
+        <v>172</v>
       </c>
       <c r="F66" s="327" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="G66" s="329">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H66" s="327" t="s">
-        <v>46</v>
+        <v>122</v>
       </c>
       <c r="I66" s="329">
         <v>1</v>
       </c>
       <c r="J66" s="328" t="s">
-        <v>112</v>
+        <v>267</v>
       </c>
       <c r="K66" s="328" t="s">
-        <v>122</v>
+        <v>268</v>
       </c>
       <c r="L66" s="328"/>
       <c r="M66" s="328"/>
       <c r="N66" s="328" t="s">
+        <v>29</v>
+      </c>
+      <c r="O66" s="328" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="P66" s="328"/>
       <c r="Q66" s="328"/>
       <c r="R66" s="328" t="s">
-        <v>146</v>
+        <v>32</v>
       </c>
       <c r="S66" s="329" t="s">
         <v>33</v>
       </c>
       <c r="T66" s="330">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:20">
       <c r="A67" s="331">
-        <v>4125156</v>
+        <v>4125064</v>
       </c>
       <c r="B67" s="332" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="C67" s="332" t="s">
-        <v>276</v>
+        <v>170</v>
       </c>
       <c r="D67" s="333" t="s">
-        <v>277</v>
+        <v>270</v>
       </c>
       <c r="E67" s="332" t="s">
-        <v>145</v>
+        <v>271</v>
       </c>
       <c r="F67" s="332" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="G67" s="334">
         <v>25</v>
       </c>
       <c r="H67" s="332" t="s">
-        <v>121</v>
+        <v>146</v>
       </c>
       <c r="I67" s="334">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J67" s="333" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K67" s="333" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-      <c r="M67" s="333"/>
+        <v>73</v>
+      </c>
+      <c r="L67" s="333" t="s">
+        <v>106</v>
+      </c>
+      <c r="M67" s="333" t="s">
+        <v>73</v>
+      </c>
       <c r="N67" s="333" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="O67" s="333" t="s">
-        <v>118</v>
+        <v>272</v>
       </c>
       <c r="P67" s="333"/>
       <c r="Q67" s="333"/>
       <c r="R67" s="333" t="s">
         <v>32</v>
       </c>
       <c r="S67" s="334" t="s">
         <v>33</v>
       </c>
       <c r="T67" s="335">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:20">
       <c r="A68" s="336">
-        <v>4125043</v>
+        <v>4125180</v>
       </c>
       <c r="B68" s="337" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
       <c r="C68" s="337" t="s">
-        <v>173</v>
+        <v>274</v>
       </c>
       <c r="D68" s="338" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="E68" s="337" t="s">
-        <v>257</v>
+        <v>172</v>
       </c>
       <c r="F68" s="337" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G68" s="339">
         <v>25</v>
       </c>
       <c r="H68" s="337" t="s">
-        <v>46</v>
+        <v>122</v>
       </c>
       <c r="I68" s="339">
         <v>1</v>
       </c>
       <c r="J68" s="338" t="s">
-        <v>258</v>
-[...9 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="K68" s="338"/>
+      <c r="L68" s="338"/>
+      <c r="M68" s="338"/>
       <c r="N68" s="338" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="O68" s="338" t="s">
-        <v>155</v>
+        <v>91</v>
       </c>
       <c r="P68" s="338"/>
       <c r="Q68" s="338"/>
       <c r="R68" s="338" t="s">
         <v>32</v>
       </c>
       <c r="S68" s="339" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T68" s="340">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:20">
       <c r="A69" s="341">
-        <v>4725006</v>
+        <v>4125016</v>
       </c>
       <c r="B69" s="342" t="s">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="C69" s="342"/>
+        <v>276</v>
+      </c>
+      <c r="C69" s="342" t="s">
+        <v>277</v>
+      </c>
       <c r="D69" s="343" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="E69" s="342" t="s">
-        <v>283</v>
+        <v>172</v>
       </c>
       <c r="F69" s="342" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="G69" s="344">
-        <v>50</v>
-[...2 lines deleted...]
-      <c r="I69" s="344"/>
+        <v>25</v>
+      </c>
+      <c r="H69" s="342" t="s">
+        <v>122</v>
+      </c>
+      <c r="I69" s="344">
+        <v>1</v>
+      </c>
       <c r="J69" s="343" t="s">
-        <v>88</v>
+        <v>279</v>
       </c>
       <c r="K69" s="343" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-      <c r="M69" s="343"/>
+        <v>280</v>
+      </c>
+      <c r="L69" s="343" t="s">
+        <v>117</v>
+      </c>
+      <c r="M69" s="343" t="s">
+        <v>213</v>
+      </c>
       <c r="N69" s="343" t="s">
-        <v>133</v>
+        <v>64</v>
       </c>
       <c r="O69" s="343" t="s">
-        <v>134</v>
-[...6 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="P69" s="343"/>
+      <c r="Q69" s="343"/>
       <c r="R69" s="343" t="s">
         <v>32</v>
       </c>
       <c r="S69" s="344" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="T69" s="345"/>
+        <v>48</v>
+      </c>
+      <c r="T69" s="345">
+        <v>6</v>
+      </c>
     </row>
     <row r="70" spans="1:20">
       <c r="A70" s="346">
-        <v>4125060</v>
+        <v>4125141</v>
       </c>
       <c r="B70" s="347" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="C70" s="347" t="s">
-        <v>286</v>
+        <v>69</v>
       </c>
       <c r="D70" s="348" t="s">
         <v>282</v>
       </c>
       <c r="E70" s="347" t="s">
-        <v>190</v>
+        <v>145</v>
       </c>
       <c r="F70" s="347" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G70" s="349">
         <v>25</v>
       </c>
       <c r="H70" s="347" t="s">
-        <v>121</v>
+        <v>146</v>
       </c>
       <c r="I70" s="349">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J70" s="348" t="s">
-        <v>287</v>
+        <v>89</v>
       </c>
       <c r="K70" s="348" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="L70" s="348" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="M70" s="348" t="s">
-        <v>72</v>
+        <v>284</v>
       </c>
       <c r="N70" s="348" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="O70" s="348" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="P70" s="348"/>
       <c r="Q70" s="348"/>
       <c r="R70" s="348" t="s">
         <v>32</v>
       </c>
       <c r="S70" s="349" t="s">
         <v>33</v>
       </c>
       <c r="T70" s="350">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:20">
       <c r="A71" s="351">
-        <v>4125046</v>
+        <v>4125194</v>
       </c>
       <c r="B71" s="352" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="C71" s="352" t="s">
-        <v>253</v>
+        <v>286</v>
       </c>
       <c r="D71" s="353" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="E71" s="352" t="s">
-        <v>190</v>
+        <v>288</v>
       </c>
       <c r="F71" s="352" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G71" s="354">
         <v>25</v>
       </c>
       <c r="H71" s="352" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I71" s="354">
         <v>1</v>
       </c>
       <c r="J71" s="353" t="s">
-        <v>112</v>
+        <v>39</v>
       </c>
       <c r="K71" s="353" t="s">
-        <v>150</v>
+        <v>113</v>
       </c>
       <c r="L71" s="353"/>
       <c r="M71" s="353"/>
       <c r="N71" s="353" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="O71" s="353" t="s">
-        <v>41</v>
+        <v>114</v>
       </c>
       <c r="P71" s="353"/>
       <c r="Q71" s="353"/>
       <c r="R71" s="353" t="s">
-        <v>146</v>
+        <v>43</v>
       </c>
       <c r="S71" s="354" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T71" s="355">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:20">
       <c r="A72" s="356">
-        <v>4125105</v>
+        <v>4125253</v>
       </c>
       <c r="B72" s="357" t="s">
+        <v>289</v>
+      </c>
+      <c r="C72" s="357" t="s">
+        <v>277</v>
+      </c>
+      <c r="D72" s="358" t="s">
         <v>290</v>
       </c>
-      <c r="C72" s="357" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E72" s="357" t="s">
-        <v>225</v>
+        <v>155</v>
       </c>
       <c r="F72" s="357" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G72" s="359">
         <v>25</v>
       </c>
       <c r="H72" s="357" t="s">
-        <v>46</v>
+        <v>122</v>
       </c>
       <c r="I72" s="359">
         <v>1</v>
       </c>
       <c r="J72" s="358" t="s">
-        <v>88</v>
+        <v>104</v>
       </c>
       <c r="K72" s="358" t="s">
-        <v>98</v>
-[...6 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="L72" s="358"/>
+      <c r="M72" s="358"/>
       <c r="N72" s="358" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="O72" s="358" t="s">
-        <v>100</v>
-[...6 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="P72" s="358"/>
+      <c r="Q72" s="358"/>
       <c r="R72" s="358" t="s">
         <v>32</v>
       </c>
       <c r="S72" s="359" t="s">
         <v>33</v>
       </c>
       <c r="T72" s="360">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:20">
       <c r="A73" s="361">
-        <v>4125174</v>
+        <v>4125259</v>
       </c>
       <c r="B73" s="362" t="s">
+        <v>291</v>
+      </c>
+      <c r="C73" s="362" t="s">
+        <v>292</v>
+      </c>
+      <c r="D73" s="363" t="s">
         <v>293</v>
       </c>
-      <c r="C73" s="362" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E73" s="362" t="s">
-        <v>145</v>
+        <v>172</v>
       </c>
       <c r="F73" s="362" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="G73" s="364">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="H73" s="362" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I73" s="364">
         <v>1</v>
       </c>
       <c r="J73" s="363" t="s">
-        <v>77</v>
+        <v>89</v>
       </c>
       <c r="K73" s="363" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-      <c r="M73" s="363"/>
+        <v>147</v>
+      </c>
+      <c r="L73" s="363" t="s">
+        <v>94</v>
+      </c>
+      <c r="M73" s="363" t="s">
+        <v>95</v>
+      </c>
       <c r="N73" s="363" t="s">
-        <v>79</v>
+        <v>162</v>
       </c>
       <c r="O73" s="363" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-      <c r="Q73" s="363"/>
+        <v>163</v>
+      </c>
+      <c r="P73" s="363" t="s">
+        <v>162</v>
+      </c>
+      <c r="Q73" s="363" t="s">
+        <v>168</v>
+      </c>
       <c r="R73" s="363" t="s">
         <v>32</v>
       </c>
       <c r="S73" s="364" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="T73" s="365">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:20">
       <c r="A74" s="366">
-        <v>4125244</v>
+        <v>4125095</v>
       </c>
       <c r="B74" s="367" t="s">
+        <v>294</v>
+      </c>
+      <c r="C74" s="367" t="s">
+        <v>103</v>
+      </c>
+      <c r="D74" s="368" t="s">
         <v>295</v>
       </c>
-      <c r="C74" s="367" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E74" s="367" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="F74" s="367" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="G74" s="369">
         <v>25</v>
       </c>
       <c r="H74" s="367" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I74" s="369">
         <v>1</v>
       </c>
       <c r="J74" s="368" t="s">
-        <v>77</v>
+        <v>104</v>
       </c>
       <c r="K74" s="368" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-      <c r="M74" s="368"/>
+        <v>296</v>
+      </c>
+      <c r="L74" s="368" t="s">
+        <v>106</v>
+      </c>
+      <c r="M74" s="368" t="s">
+        <v>107</v>
+      </c>
       <c r="N74" s="368" t="s">
-        <v>30</v>
+        <v>108</v>
       </c>
       <c r="O74" s="368" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="P74" s="368"/>
       <c r="Q74" s="368"/>
       <c r="R74" s="368" t="s">
         <v>32</v>
       </c>
       <c r="S74" s="369" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T74" s="370">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:20">
       <c r="A75" s="371">
-        <v>4125024</v>
+        <v>4125264</v>
       </c>
       <c r="B75" s="372" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C75" s="372" t="s">
-        <v>111</v>
+        <v>298</v>
       </c>
       <c r="D75" s="373" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E75" s="372" t="s">
-        <v>297</v>
+        <v>172</v>
       </c>
       <c r="F75" s="372" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G75" s="374">
         <v>25</v>
       </c>
       <c r="H75" s="372" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I75" s="374">
         <v>1</v>
       </c>
       <c r="J75" s="373" t="s">
-        <v>112</v>
+        <v>300</v>
       </c>
       <c r="K75" s="373" t="s">
-        <v>113</v>
+        <v>301</v>
       </c>
       <c r="L75" s="373"/>
       <c r="M75" s="373"/>
       <c r="N75" s="373" t="s">
-        <v>30</v>
+        <v>64</v>
       </c>
       <c r="O75" s="373" t="s">
-        <v>41</v>
+        <v>138</v>
       </c>
       <c r="P75" s="373"/>
       <c r="Q75" s="373"/>
       <c r="R75" s="373" t="s">
-        <v>146</v>
+        <v>32</v>
       </c>
       <c r="S75" s="374" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="T75" s="375">
-        <v>6.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:20">
       <c r="A76" s="376">
-        <v>4125190</v>
+        <v>4125120</v>
       </c>
       <c r="B76" s="377" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C76" s="377" t="s">
+        <v>77</v>
+      </c>
+      <c r="D76" s="378" t="s">
         <v>299</v>
       </c>
-      <c r="D76" s="378" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E76" s="377" t="s">
-        <v>301</v>
+        <v>205</v>
       </c>
       <c r="F76" s="377" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G76" s="379">
         <v>25</v>
       </c>
       <c r="H76" s="377" t="s">
-        <v>171</v>
+        <v>122</v>
       </c>
       <c r="I76" s="379">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J76" s="378" t="s">
-        <v>88</v>
+        <v>206</v>
       </c>
       <c r="K76" s="378" t="s">
-        <v>302</v>
-[...4 lines deleted...]
-      <c r="M76" s="378" t="s">
         <v>207</v>
       </c>
+      <c r="L76" s="378"/>
+      <c r="M76" s="378"/>
       <c r="N76" s="378" t="s">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="O76" s="378" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="P76" s="378"/>
       <c r="Q76" s="378"/>
       <c r="R76" s="378" t="s">
         <v>32</v>
       </c>
       <c r="S76" s="379" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T76" s="380">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="77" spans="1:20">
       <c r="A77" s="381">
-        <v>4125231</v>
+        <v>4125158</v>
       </c>
       <c r="B77" s="382" t="s">
         <v>303</v>
       </c>
       <c r="C77" s="382" t="s">
-        <v>196</v>
+        <v>304</v>
       </c>
       <c r="D77" s="383" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="E77" s="382" t="s">
-        <v>197</v>
+        <v>172</v>
       </c>
       <c r="F77" s="382" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="G77" s="384">
         <v>25</v>
       </c>
       <c r="H77" s="382" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I77" s="384">
         <v>1</v>
       </c>
       <c r="J77" s="383" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="K77" s="383" t="s">
-        <v>113</v>
+        <v>218</v>
       </c>
       <c r="L77" s="383"/>
       <c r="M77" s="383"/>
       <c r="N77" s="383" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O77" s="383" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-      <c r="Q77" s="383"/>
+        <v>47</v>
+      </c>
+      <c r="P77" s="383" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q77" s="383" t="s">
+        <v>305</v>
+      </c>
       <c r="R77" s="383" t="s">
         <v>32</v>
       </c>
       <c r="S77" s="384" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="T77" s="385">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:20">
       <c r="A78" s="386">
-        <v>4125076</v>
+        <v>4125097</v>
       </c>
       <c r="B78" s="387" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C78" s="387" t="s">
-        <v>102</v>
+        <v>307</v>
       </c>
       <c r="D78" s="388" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
       <c r="E78" s="387" t="s">
-        <v>190</v>
+        <v>155</v>
       </c>
       <c r="F78" s="387" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G78" s="389">
         <v>25</v>
       </c>
       <c r="H78" s="387" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I78" s="389">
         <v>1</v>
       </c>
       <c r="J78" s="388" t="s">
-        <v>103</v>
-[...9 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="K78" s="388"/>
+      <c r="L78" s="388"/>
+      <c r="M78" s="388"/>
       <c r="N78" s="388" t="s">
-        <v>107</v>
+        <v>41</v>
       </c>
       <c r="O78" s="388" t="s">
-        <v>108</v>
+        <v>42</v>
       </c>
       <c r="P78" s="388"/>
       <c r="Q78" s="388"/>
       <c r="R78" s="388" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="S78" s="389" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T78" s="390">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:20">
       <c r="A79" s="391">
-        <v>3825010</v>
+        <v>4125112</v>
       </c>
       <c r="B79" s="392" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C79" s="392" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D79" s="393" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E79" s="392" t="s">
-        <v>310</v>
+        <v>172</v>
       </c>
       <c r="F79" s="392" t="s">
-        <v>38</v>
-[...7 lines deleted...]
-      <c r="K79" s="393"/>
+        <v>37</v>
+      </c>
+      <c r="G79" s="394">
+        <v>25</v>
+      </c>
+      <c r="H79" s="392" t="s">
+        <v>122</v>
+      </c>
+      <c r="I79" s="394">
+        <v>1</v>
+      </c>
+      <c r="J79" s="393" t="s">
+        <v>27</v>
+      </c>
+      <c r="K79" s="393" t="s">
+        <v>311</v>
+      </c>
       <c r="L79" s="393" t="s">
-        <v>311</v>
+        <v>117</v>
       </c>
       <c r="M79" s="393" t="s">
-        <v>312</v>
+        <v>213</v>
       </c>
       <c r="N79" s="393" t="s">
-        <v>133</v>
+        <v>41</v>
       </c>
       <c r="O79" s="393" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="P79" s="393" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="Q79" s="393" t="s">
-        <v>313</v>
+        <v>86</v>
       </c>
       <c r="R79" s="393" t="s">
         <v>32</v>
       </c>
       <c r="S79" s="394" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="T79" s="395"/>
+        <v>33</v>
+      </c>
+      <c r="T79" s="395">
+        <v>6</v>
+      </c>
     </row>
     <row r="80" spans="1:20">
       <c r="A80" s="396">
-        <v>3825017</v>
+        <v>4125022</v>
       </c>
       <c r="B80" s="397" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="C80" s="397" t="s">
-        <v>315</v>
+        <v>93</v>
       </c>
       <c r="D80" s="398" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E80" s="397" t="s">
-        <v>316</v>
+        <v>155</v>
       </c>
       <c r="F80" s="397" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G80" s="399">
-        <v>100</v>
-[...4 lines deleted...]
-      <c r="K80" s="398"/>
+        <v>25</v>
+      </c>
+      <c r="H80" s="397" t="s">
+        <v>122</v>
+      </c>
+      <c r="I80" s="399">
+        <v>1</v>
+      </c>
+      <c r="J80" s="398" t="s">
+        <v>89</v>
+      </c>
+      <c r="K80" s="398" t="s">
+        <v>313</v>
+      </c>
       <c r="L80" s="398"/>
       <c r="M80" s="398"/>
       <c r="N80" s="398" t="s">
-        <v>133</v>
+        <v>82</v>
       </c>
       <c r="O80" s="398" t="s">
-        <v>134</v>
-[...6 lines deleted...]
-      </c>
+        <v>314</v>
+      </c>
+      <c r="P80" s="398"/>
+      <c r="Q80" s="398"/>
       <c r="R80" s="398" t="s">
         <v>32</v>
       </c>
       <c r="S80" s="399" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="T80" s="400"/>
+        <v>48</v>
+      </c>
+      <c r="T80" s="400">
+        <v>6</v>
+      </c>
     </row>
     <row r="81" spans="1:20">
       <c r="A81" s="401">
-        <v>4125138</v>
+        <v>4125267</v>
       </c>
       <c r="B81" s="402" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="C81" s="402" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="D81" s="403" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="E81" s="402" t="s">
-        <v>190</v>
+        <v>172</v>
       </c>
       <c r="F81" s="402" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G81" s="404">
         <v>25</v>
       </c>
       <c r="H81" s="402" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I81" s="404">
         <v>1</v>
       </c>
       <c r="J81" s="403" t="s">
-        <v>88</v>
+        <v>78</v>
       </c>
       <c r="K81" s="403" t="s">
-        <v>206</v>
-[...6 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="L81" s="403"/>
+      <c r="M81" s="403"/>
       <c r="N81" s="403" t="s">
-        <v>107</v>
+        <v>80</v>
       </c>
       <c r="O81" s="403" t="s">
-        <v>118</v>
+        <v>80</v>
       </c>
       <c r="P81" s="403"/>
       <c r="Q81" s="403"/>
       <c r="R81" s="403" t="s">
         <v>32</v>
       </c>
       <c r="S81" s="404" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="T81" s="405">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:20">
       <c r="A82" s="406">
-        <v>4125235</v>
+        <v>4125072</v>
       </c>
       <c r="B82" s="407" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="C82" s="407" t="s">
-        <v>286</v>
+        <v>88</v>
       </c>
       <c r="D82" s="408" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="E82" s="407" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="F82" s="407" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G82" s="409">
         <v>25</v>
       </c>
       <c r="H82" s="407" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I82" s="409">
         <v>1</v>
       </c>
       <c r="J82" s="408" t="s">
-        <v>287</v>
+        <v>89</v>
       </c>
       <c r="K82" s="408" t="s">
-        <v>288</v>
-[...6 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="L82" s="408"/>
+      <c r="M82" s="408"/>
       <c r="N82" s="408" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="O82" s="408" t="s">
-        <v>73</v>
+        <v>91</v>
       </c>
       <c r="P82" s="408"/>
       <c r="Q82" s="408"/>
       <c r="R82" s="408" t="s">
         <v>32</v>
       </c>
       <c r="S82" s="409" t="s">
         <v>33</v>
       </c>
       <c r="T82" s="410">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:20">
       <c r="A83" s="411">
-        <v>4125056</v>
+        <v>4125255</v>
       </c>
       <c r="B83" s="412" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="C83" s="412" t="s">
-        <v>213</v>
+        <v>228</v>
       </c>
       <c r="D83" s="413" t="s">
         <v>320</v>
       </c>
       <c r="E83" s="412" t="s">
-        <v>190</v>
+        <v>321</v>
       </c>
       <c r="F83" s="412" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G83" s="414">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="H83" s="412" t="s">
-        <v>121</v>
+        <v>26</v>
       </c>
       <c r="I83" s="414">
         <v>1</v>
       </c>
       <c r="J83" s="413" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="K83" s="413"/>
+        <v>89</v>
+      </c>
+      <c r="K83" s="413" t="s">
+        <v>230</v>
+      </c>
       <c r="L83" s="413"/>
       <c r="M83" s="413"/>
       <c r="N83" s="413" t="s">
-        <v>30</v>
+        <v>64</v>
       </c>
       <c r="O83" s="413" t="s">
-        <v>41</v>
+        <v>75</v>
       </c>
       <c r="P83" s="413"/>
       <c r="Q83" s="413"/>
       <c r="R83" s="413" t="s">
-        <v>146</v>
+        <v>32</v>
       </c>
       <c r="S83" s="414" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T83" s="415">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="84" spans="1:20">
       <c r="A84" s="416">
-        <v>4125146</v>
+        <v>4125254</v>
       </c>
       <c r="B84" s="417" t="s">
+        <v>322</v>
+      </c>
+      <c r="C84" s="417" t="s">
         <v>323</v>
       </c>
-      <c r="C84" s="417" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D84" s="418" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="E84" s="417" t="s">
-        <v>190</v>
+        <v>155</v>
       </c>
       <c r="F84" s="417" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G84" s="419">
         <v>25</v>
       </c>
       <c r="H84" s="417" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I84" s="419">
         <v>1</v>
       </c>
       <c r="J84" s="418" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K84" s="418" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="M84" s="418"/>
+        <v>73</v>
+      </c>
+      <c r="L84" s="418" t="s">
+        <v>106</v>
+      </c>
+      <c r="M84" s="418" t="s">
+        <v>73</v>
+      </c>
       <c r="N84" s="418" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="O84" s="418" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="P84" s="418"/>
       <c r="Q84" s="418"/>
       <c r="R84" s="418" t="s">
         <v>32</v>
       </c>
       <c r="S84" s="419" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="T84" s="420">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:20">
       <c r="A85" s="421">
-        <v>4125251</v>
+        <v>4125257</v>
       </c>
       <c r="B85" s="422" t="s">
+        <v>324</v>
+      </c>
+      <c r="C85" s="422" t="s">
         <v>325</v>
       </c>
-      <c r="C85" s="422" t="s">
+      <c r="D85" s="423" t="s">
         <v>326</v>
       </c>
-      <c r="D85" s="423" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E85" s="422" t="s">
-        <v>190</v>
+        <v>172</v>
       </c>
       <c r="F85" s="422" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G85" s="424">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="H85" s="422" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I85" s="424">
         <v>1</v>
       </c>
       <c r="J85" s="423" t="s">
-        <v>69</v>
+        <v>279</v>
       </c>
       <c r="K85" s="423" t="s">
-        <v>69</v>
-[...6 lines deleted...]
-      </c>
+        <v>280</v>
+      </c>
+      <c r="L85" s="423"/>
+      <c r="M85" s="423"/>
       <c r="N85" s="423" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="O85" s="423" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-      <c r="Q85" s="423"/>
+        <v>65</v>
+      </c>
+      <c r="P85" s="423" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q85" s="423" t="s">
+        <v>47</v>
+      </c>
       <c r="R85" s="423" t="s">
         <v>32</v>
       </c>
       <c r="S85" s="424" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="T85" s="425">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:20">
       <c r="A86" s="426">
-        <v>4125150</v>
+        <v>4125186</v>
       </c>
       <c r="B86" s="427" t="s">
+        <v>327</v>
+      </c>
+      <c r="C86" s="427" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
       <c r="D86" s="428" t="s">
         <v>329</v>
       </c>
       <c r="E86" s="427" t="s">
-        <v>190</v>
+        <v>330</v>
       </c>
       <c r="F86" s="427" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G86" s="429">
         <v>25</v>
       </c>
       <c r="H86" s="427" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I86" s="429">
         <v>1</v>
       </c>
       <c r="J86" s="428" t="s">
-        <v>69</v>
+        <v>331</v>
       </c>
       <c r="K86" s="428" t="s">
-        <v>69</v>
-[...6 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="L86" s="428"/>
+      <c r="M86" s="428"/>
       <c r="N86" s="428" t="s">
-        <v>61</v>
+        <v>80</v>
       </c>
       <c r="O86" s="428" t="s">
-        <v>74</v>
-[...6 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="P86" s="428"/>
+      <c r="Q86" s="428"/>
       <c r="R86" s="428" t="s">
         <v>32</v>
       </c>
       <c r="S86" s="429" t="s">
         <v>33</v>
       </c>
       <c r="T86" s="430">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:20">
       <c r="A87" s="431">
-        <v>4125051</v>
+        <v>4125133</v>
       </c>
       <c r="B87" s="432" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="C87" s="432" t="s">
-        <v>196</v>
+        <v>50</v>
       </c>
       <c r="D87" s="433" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="E87" s="432" t="s">
-        <v>197</v>
+        <v>334</v>
       </c>
       <c r="F87" s="432" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="G87" s="434">
         <v>25</v>
       </c>
       <c r="H87" s="432" t="s">
-        <v>121</v>
+        <v>38</v>
       </c>
       <c r="I87" s="434">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J87" s="433" t="s">
-        <v>112</v>
+        <v>78</v>
       </c>
       <c r="K87" s="433" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-      <c r="M87" s="433"/>
+        <v>80</v>
+      </c>
+      <c r="L87" s="433" t="s">
+        <v>129</v>
+      </c>
+      <c r="M87" s="433" t="s">
+        <v>335</v>
+      </c>
       <c r="N87" s="433" t="s">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="O87" s="433" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-      <c r="Q87" s="433"/>
+        <v>80</v>
+      </c>
+      <c r="P87" s="433" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q87" s="433" t="s">
+        <v>31</v>
+      </c>
       <c r="R87" s="433" t="s">
-        <v>146</v>
+        <v>32</v>
       </c>
       <c r="S87" s="434" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T87" s="435">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:20">
       <c r="A88" s="436">
-        <v>4125070</v>
+        <v>4125078</v>
       </c>
       <c r="B88" s="437" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="C88" s="437" t="s">
-        <v>333</v>
+        <v>150</v>
       </c>
       <c r="D88" s="438" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="E88" s="437" t="s">
-        <v>190</v>
+        <v>152</v>
       </c>
       <c r="F88" s="437" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G88" s="439">
         <v>25</v>
       </c>
       <c r="H88" s="437" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I88" s="439">
         <v>1</v>
       </c>
       <c r="J88" s="438" t="s">
-        <v>258</v>
+        <v>39</v>
       </c>
       <c r="K88" s="438" t="s">
-        <v>154</v>
-[...6 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="L88" s="438"/>
+      <c r="M88" s="438"/>
       <c r="N88" s="438" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="O88" s="438" t="s">
-        <v>155</v>
+        <v>114</v>
       </c>
       <c r="P88" s="438"/>
       <c r="Q88" s="438"/>
       <c r="R88" s="438" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="S88" s="439" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T88" s="440">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:20">
       <c r="A89" s="441">
-        <v>4125033</v>
+        <v>4125096</v>
       </c>
       <c r="B89" s="442" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C89" s="442" t="s">
-        <v>337</v>
+        <v>241</v>
       </c>
       <c r="D89" s="443" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="E89" s="442" t="s">
-        <v>190</v>
+        <v>155</v>
       </c>
       <c r="F89" s="442" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G89" s="444">
         <v>25</v>
       </c>
       <c r="H89" s="442" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I89" s="444">
         <v>1</v>
       </c>
       <c r="J89" s="443" t="s">
-        <v>338</v>
+        <v>104</v>
       </c>
       <c r="K89" s="443" t="s">
-        <v>339</v>
-[...1 lines deleted...]
-      <c r="L89" s="443" t="s">
         <v>340</v>
       </c>
-      <c r="M89" s="443" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L89" s="443"/>
+      <c r="M89" s="443"/>
       <c r="N89" s="443" t="s">
-        <v>133</v>
+        <v>29</v>
       </c>
       <c r="O89" s="443" t="s">
-        <v>269</v>
+        <v>47</v>
       </c>
       <c r="P89" s="443"/>
       <c r="Q89" s="443"/>
       <c r="R89" s="443" t="s">
         <v>32</v>
       </c>
       <c r="S89" s="444" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T89" s="445">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:20">
       <c r="A90" s="446">
-        <v>4125167</v>
+        <v>4125250</v>
       </c>
       <c r="B90" s="447" t="s">
+        <v>341</v>
+      </c>
+      <c r="C90" s="447" t="s">
+        <v>226</v>
+      </c>
+      <c r="D90" s="448" t="s">
+        <v>339</v>
+      </c>
+      <c r="E90" s="447" t="s">
+        <v>172</v>
+      </c>
+      <c r="F90" s="447" t="s">
+        <v>37</v>
+      </c>
+      <c r="G90" s="449">
+        <v>25</v>
+      </c>
+      <c r="H90" s="447" t="s">
+        <v>122</v>
+      </c>
+      <c r="I90" s="449">
+        <v>1</v>
+      </c>
+      <c r="J90" s="448" t="s">
         <v>342</v>
       </c>
-      <c r="C90" s="447" t="s">
+      <c r="K90" s="448" t="s">
         <v>343</v>
       </c>
-      <c r="D90" s="448" t="s">
+      <c r="L90" s="448" t="s">
+        <v>129</v>
+      </c>
+      <c r="M90" s="448" t="s">
         <v>344</v>
       </c>
-      <c r="E90" s="447" t="s">
-[...21 lines deleted...]
-      <c r="M90" s="448"/>
       <c r="N90" s="448" t="s">
-        <v>61</v>
+        <v>108</v>
       </c>
       <c r="O90" s="448" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-      <c r="Q90" s="448"/>
+        <v>305</v>
+      </c>
+      <c r="P90" s="448" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q90" s="448" t="s">
+        <v>42</v>
+      </c>
       <c r="R90" s="448" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="S90" s="449" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T90" s="450">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:20">
       <c r="A91" s="451">
-        <v>4125114</v>
+        <v>4125228</v>
       </c>
       <c r="B91" s="452" t="s">
+        <v>345</v>
+      </c>
+      <c r="C91" s="452" t="s">
         <v>346</v>
       </c>
-      <c r="C91" s="452" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D91" s="453" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="E91" s="452" t="s">
-        <v>175</v>
+        <v>155</v>
       </c>
       <c r="F91" s="452" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G91" s="454">
         <v>25</v>
       </c>
       <c r="H91" s="452" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I91" s="454">
         <v>1</v>
       </c>
       <c r="J91" s="453" t="s">
-        <v>201</v>
+        <v>27</v>
       </c>
       <c r="K91" s="453" t="s">
-        <v>347</v>
+        <v>28</v>
       </c>
       <c r="L91" s="453"/>
       <c r="M91" s="453"/>
       <c r="N91" s="453" t="s">
-        <v>30</v>
+        <v>64</v>
       </c>
       <c r="O91" s="453" t="s">
-        <v>41</v>
+        <v>164</v>
       </c>
       <c r="P91" s="453"/>
       <c r="Q91" s="453"/>
       <c r="R91" s="453" t="s">
-        <v>146</v>
+        <v>32</v>
       </c>
       <c r="S91" s="454" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="T91" s="455">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:20">
       <c r="A92" s="456">
-        <v>4125256</v>
+        <v>4125210</v>
       </c>
       <c r="B92" s="457" t="s">
         <v>348</v>
       </c>
       <c r="C92" s="457" t="s">
         <v>349</v>
       </c>
       <c r="D92" s="458" t="s">
+        <v>347</v>
+      </c>
+      <c r="E92" s="457" t="s">
+        <v>172</v>
+      </c>
+      <c r="F92" s="457" t="s">
+        <v>37</v>
+      </c>
+      <c r="G92" s="459">
+        <v>25</v>
+      </c>
+      <c r="H92" s="457" t="s">
+        <v>122</v>
+      </c>
+      <c r="I92" s="459">
+        <v>1</v>
+      </c>
+      <c r="J92" s="458" t="s">
+        <v>78</v>
+      </c>
+      <c r="K92" s="458" t="s">
         <v>350</v>
       </c>
-      <c r="E92" s="457" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="L92" s="458"/>
+      <c r="M92" s="458"/>
       <c r="N92" s="458" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="O92" s="458" t="s">
-        <v>354</v>
+        <v>80</v>
       </c>
       <c r="P92" s="458" t="s">
-        <v>81</v>
+        <v>41</v>
       </c>
       <c r="Q92" s="458" t="s">
-        <v>355</v>
+        <v>114</v>
       </c>
       <c r="R92" s="458" t="s">
         <v>32</v>
       </c>
       <c r="S92" s="459" t="s">
         <v>33</v>
       </c>
       <c r="T92" s="460">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:20">
       <c r="A93" s="461">
-        <v>4125091</v>
+        <v>4125261</v>
       </c>
       <c r="B93" s="462" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="C93" s="462" t="s">
-        <v>115</v>
+        <v>352</v>
       </c>
       <c r="D93" s="463" t="s">
-        <v>357</v>
+        <v>347</v>
       </c>
       <c r="E93" s="462" t="s">
-        <v>190</v>
+        <v>172</v>
       </c>
       <c r="F93" s="462" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G93" s="464">
         <v>25</v>
       </c>
       <c r="H93" s="462" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I93" s="464">
         <v>1</v>
       </c>
       <c r="J93" s="463" t="s">
-        <v>103</v>
+        <v>353</v>
       </c>
       <c r="K93" s="463" t="s">
-        <v>358</v>
-[...2 lines deleted...]
-      <c r="M93" s="463"/>
+        <v>353</v>
+      </c>
+      <c r="L93" s="463" t="s">
+        <v>124</v>
+      </c>
+      <c r="M93" s="463" t="s">
+        <v>354</v>
+      </c>
       <c r="N93" s="463" t="s">
-        <v>107</v>
+        <v>162</v>
       </c>
       <c r="O93" s="463" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-      <c r="Q93" s="463"/>
+        <v>199</v>
+      </c>
+      <c r="P93" s="463" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q93" s="463" t="s">
+        <v>66</v>
+      </c>
       <c r="R93" s="463" t="s">
         <v>32</v>
       </c>
       <c r="S93" s="464" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T93" s="465">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:20">
       <c r="A94" s="466">
-        <v>4125258</v>
+        <v>4125248</v>
       </c>
       <c r="B94" s="467" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="C94" s="467" t="s">
-        <v>87</v>
+        <v>356</v>
       </c>
       <c r="D94" s="468" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="E94" s="467" t="s">
-        <v>225</v>
+        <v>172</v>
       </c>
       <c r="F94" s="467" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G94" s="469">
         <v>25</v>
       </c>
       <c r="H94" s="467" t="s">
-        <v>46</v>
+        <v>122</v>
       </c>
       <c r="I94" s="469">
         <v>1</v>
       </c>
       <c r="J94" s="468" t="s">
-        <v>52</v>
+        <v>300</v>
       </c>
       <c r="K94" s="468" t="s">
-        <v>361</v>
-[...6 lines deleted...]
-      </c>
+        <v>358</v>
+      </c>
+      <c r="L94" s="468"/>
+      <c r="M94" s="468"/>
       <c r="N94" s="468" t="s">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="O94" s="468" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="P94" s="468" t="s">
-        <v>63</v>
+        <v>80</v>
       </c>
       <c r="Q94" s="468" t="s">
-        <v>63</v>
+        <v>80</v>
       </c>
       <c r="R94" s="468" t="s">
         <v>32</v>
       </c>
       <c r="S94" s="469" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T94" s="470">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:20">
       <c r="A95" s="471">
-        <v>4125130</v>
+        <v>4125087</v>
       </c>
       <c r="B95" s="472" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="C95" s="472" t="s">
-        <v>217</v>
+        <v>93</v>
       </c>
       <c r="D95" s="473" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="E95" s="472" t="s">
-        <v>190</v>
+        <v>155</v>
       </c>
       <c r="F95" s="472" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G95" s="474">
         <v>25</v>
       </c>
       <c r="H95" s="472" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I95" s="474">
         <v>1</v>
       </c>
       <c r="J95" s="473" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K95" s="473" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="L95" s="473"/>
       <c r="M95" s="473"/>
       <c r="N95" s="473" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="O95" s="473" t="s">
-        <v>155</v>
+        <v>242</v>
       </c>
       <c r="P95" s="473"/>
       <c r="Q95" s="473"/>
       <c r="R95" s="473" t="s">
         <v>32</v>
       </c>
       <c r="S95" s="474" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="T95" s="475">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:20">
       <c r="A96" s="476">
-        <v>4125099</v>
+        <v>4125152</v>
       </c>
       <c r="B96" s="477" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="C96" s="477" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="D96" s="478" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="E96" s="477" t="s">
-        <v>225</v>
+        <v>155</v>
       </c>
       <c r="F96" s="477" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G96" s="479">
         <v>25</v>
       </c>
       <c r="H96" s="477" t="s">
-        <v>46</v>
+        <v>122</v>
       </c>
       <c r="I96" s="479">
         <v>1</v>
       </c>
       <c r="J96" s="478" t="s">
-        <v>88</v>
+        <v>104</v>
       </c>
       <c r="K96" s="478" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-      <c r="M96" s="478"/>
+        <v>363</v>
+      </c>
+      <c r="L96" s="478" t="s">
+        <v>106</v>
+      </c>
+      <c r="M96" s="478" t="s">
+        <v>107</v>
+      </c>
       <c r="N96" s="478" t="s">
-        <v>61</v>
+        <v>108</v>
       </c>
       <c r="O96" s="478" t="s">
-        <v>74</v>
+        <v>109</v>
       </c>
       <c r="P96" s="478"/>
       <c r="Q96" s="478"/>
       <c r="R96" s="478" t="s">
         <v>32</v>
       </c>
       <c r="S96" s="479" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T96" s="480">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:20">
       <c r="A97" s="481">
-        <v>4125103</v>
+        <v>4125108</v>
       </c>
       <c r="B97" s="482" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="C97" s="482" t="s">
-        <v>231</v>
+        <v>307</v>
       </c>
       <c r="D97" s="483" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="E97" s="482" t="s">
-        <v>190</v>
+        <v>172</v>
       </c>
       <c r="F97" s="482" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G97" s="484">
         <v>25</v>
       </c>
       <c r="H97" s="482" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I97" s="484">
         <v>1</v>
       </c>
       <c r="J97" s="483" t="s">
-        <v>69</v>
+        <v>104</v>
       </c>
       <c r="K97" s="483" t="s">
-        <v>69</v>
+        <v>180</v>
       </c>
       <c r="L97" s="483"/>
       <c r="M97" s="483"/>
       <c r="N97" s="483" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="O97" s="483" t="s">
-        <v>371</v>
+        <v>42</v>
       </c>
       <c r="P97" s="483"/>
       <c r="Q97" s="483"/>
       <c r="R97" s="483" t="s">
         <v>32</v>
       </c>
       <c r="S97" s="484" t="s">
         <v>33</v>
       </c>
       <c r="T97" s="485">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:20">
       <c r="A98" s="486">
-        <v>4125192</v>
+        <v>4125062</v>
       </c>
       <c r="B98" s="487" t="s">
-        <v>372</v>
+        <v>366</v>
       </c>
       <c r="C98" s="487" t="s">
-        <v>196</v>
+        <v>170</v>
       </c>
       <c r="D98" s="488" t="s">
-        <v>373</v>
+        <v>367</v>
       </c>
       <c r="E98" s="487" t="s">
-        <v>197</v>
+        <v>172</v>
       </c>
       <c r="F98" s="487" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="G98" s="489">
         <v>25</v>
       </c>
       <c r="H98" s="487" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I98" s="489">
         <v>1</v>
       </c>
       <c r="J98" s="488" t="s">
-        <v>112</v>
+        <v>368</v>
       </c>
       <c r="K98" s="488" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-      <c r="M98" s="488"/>
+        <v>369</v>
+      </c>
+      <c r="L98" s="488" t="s">
+        <v>106</v>
+      </c>
+      <c r="M98" s="488" t="s">
+        <v>73</v>
+      </c>
       <c r="N98" s="488" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="O98" s="488" t="s">
-        <v>41</v>
+        <v>370</v>
       </c>
       <c r="P98" s="488"/>
       <c r="Q98" s="488"/>
       <c r="R98" s="488" t="s">
         <v>32</v>
       </c>
       <c r="S98" s="489" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T98" s="490">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:20">
       <c r="A99" s="491">
-        <v>4325025</v>
+        <v>4125116</v>
       </c>
       <c r="B99" s="492" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="C99" s="492" t="s">
-        <v>44</v>
+        <v>77</v>
       </c>
       <c r="D99" s="493" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E99" s="492" t="s">
-        <v>37</v>
+        <v>205</v>
       </c>
       <c r="F99" s="492" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>24</v>
+      </c>
+      <c r="G99" s="494">
+        <v>25</v>
       </c>
       <c r="H99" s="492" t="s">
-        <v>46</v>
+        <v>122</v>
       </c>
       <c r="I99" s="494">
         <v>1</v>
       </c>
       <c r="J99" s="493" t="s">
-        <v>25</v>
+        <v>78</v>
       </c>
       <c r="K99" s="493" t="s">
-        <v>47</v>
-[...6 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="L99" s="493"/>
+      <c r="M99" s="493"/>
       <c r="N99" s="493" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
       <c r="O99" s="493" t="s">
-        <v>29</v>
+        <v>80</v>
       </c>
       <c r="P99" s="493"/>
       <c r="Q99" s="493"/>
       <c r="R99" s="493" t="s">
         <v>32</v>
       </c>
       <c r="S99" s="494" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T99" s="495">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="100" spans="1:20">
       <c r="A100" s="496">
-        <v>4325079</v>
+        <v>4125266</v>
       </c>
       <c r="B100" s="497" t="s">
+        <v>372</v>
+      </c>
+      <c r="C100" s="497" t="s">
+        <v>373</v>
+      </c>
+      <c r="D100" s="498" t="s">
+        <v>374</v>
+      </c>
+      <c r="E100" s="497" t="s">
+        <v>375</v>
+      </c>
+      <c r="F100" s="497" t="s">
+        <v>37</v>
+      </c>
+      <c r="G100" s="499">
+        <v>12</v>
+      </c>
+      <c r="H100" s="497" t="s">
+        <v>146</v>
+      </c>
+      <c r="I100" s="499">
+        <v>2</v>
+      </c>
+      <c r="J100" s="498" t="s">
+        <v>89</v>
+      </c>
+      <c r="K100" s="498" t="s">
+        <v>147</v>
+      </c>
+      <c r="L100" s="498" t="s">
         <v>376</v>
       </c>
-      <c r="C100" s="497" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M100" s="498" t="s">
-        <v>55</v>
+        <v>377</v>
       </c>
       <c r="N100" s="498" t="s">
-        <v>28</v>
+        <v>162</v>
       </c>
       <c r="O100" s="498" t="s">
-        <v>56</v>
+        <v>163</v>
       </c>
       <c r="P100" s="498" t="s">
-        <v>28</v>
+        <v>162</v>
       </c>
       <c r="Q100" s="498" t="s">
-        <v>29</v>
+        <v>168</v>
       </c>
       <c r="R100" s="498" t="s">
         <v>32</v>
       </c>
       <c r="S100" s="499" t="s">
         <v>33</v>
       </c>
-      <c r="T100" s="500">
-        <v>4</v>
+      <c r="T100" s="500" t="s">
+        <v>378</v>
       </c>
     </row>
     <row r="101" spans="1:20">
       <c r="A101" s="501">
-        <v>4325069</v>
+        <v>4125249</v>
       </c>
       <c r="B101" s="502" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C101" s="502" t="s">
-        <v>58</v>
+        <v>380</v>
       </c>
       <c r="D101" s="503" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="E101" s="502" t="s">
+        <v>172</v>
+      </c>
+      <c r="F101" s="502" t="s">
         <v>37</v>
       </c>
-      <c r="F101" s="502" t="s">
-[...2 lines deleted...]
-      <c r="G101" s="504" t="s">
+      <c r="G101" s="504">
+        <v>25</v>
+      </c>
+      <c r="H101" s="502" t="s">
+        <v>122</v>
+      </c>
+      <c r="I101" s="504">
+        <v>1</v>
+      </c>
+      <c r="J101" s="503" t="s">
         <v>39</v>
       </c>
-      <c r="H101" s="502" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K101" s="503" t="s">
-        <v>60</v>
+        <v>113</v>
       </c>
       <c r="L101" s="503"/>
       <c r="M101" s="503"/>
       <c r="N101" s="503" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="O101" s="503" t="s">
-        <v>62</v>
+        <v>114</v>
       </c>
       <c r="P101" s="503" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="Q101" s="503" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="R101" s="503" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="S101" s="504" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T101" s="505">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:20">
       <c r="A102" s="506">
-        <v>4325073</v>
+        <v>4125207</v>
       </c>
       <c r="B102" s="507" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="C102" s="507" t="s">
-        <v>65</v>
+        <v>286</v>
       </c>
       <c r="D102" s="508" t="s">
-        <v>375</v>
+        <v>383</v>
       </c>
       <c r="E102" s="507" t="s">
+        <v>172</v>
+      </c>
+      <c r="F102" s="507" t="s">
         <v>37</v>
       </c>
-      <c r="F102" s="507" t="s">
-[...3 lines deleted...]
-        <v>39</v>
+      <c r="G102" s="509">
+        <v>25</v>
       </c>
       <c r="H102" s="507" t="s">
-        <v>46</v>
+        <v>122</v>
       </c>
       <c r="I102" s="509">
         <v>1</v>
       </c>
       <c r="J102" s="508" t="s">
-        <v>59</v>
+        <v>89</v>
       </c>
       <c r="K102" s="508" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-      <c r="M102" s="508"/>
+        <v>191</v>
+      </c>
+      <c r="L102" s="508" t="s">
+        <v>124</v>
+      </c>
+      <c r="M102" s="508" t="s">
+        <v>384</v>
+      </c>
       <c r="N102" s="508" t="s">
-        <v>28</v>
+        <v>162</v>
       </c>
       <c r="O102" s="508" t="s">
-        <v>66</v>
-[...6 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="P102" s="508"/>
+      <c r="Q102" s="508"/>
       <c r="R102" s="508" t="s">
         <v>32</v>
       </c>
       <c r="S102" s="509" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T102" s="510">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:20">
       <c r="A103" s="511">
-        <v>4325049</v>
+        <v>4125137</v>
       </c>
       <c r="B103" s="512" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="C103" s="512" t="s">
-        <v>68</v>
+        <v>386</v>
       </c>
       <c r="D103" s="513" t="s">
-        <v>375</v>
+        <v>383</v>
       </c>
       <c r="E103" s="512" t="s">
+        <v>172</v>
+      </c>
+      <c r="F103" s="512" t="s">
         <v>37</v>
       </c>
-      <c r="F103" s="512" t="s">
-[...3 lines deleted...]
-        <v>39</v>
+      <c r="G103" s="514">
+        <v>25</v>
       </c>
       <c r="H103" s="512" t="s">
-        <v>46</v>
+        <v>122</v>
       </c>
       <c r="I103" s="514">
         <v>1</v>
       </c>
       <c r="J103" s="513" t="s">
-        <v>69</v>
+        <v>104</v>
       </c>
       <c r="K103" s="513" t="s">
-        <v>69</v>
-[...6 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="L103" s="513"/>
+      <c r="M103" s="513"/>
       <c r="N103" s="513" t="s">
-        <v>72</v>
+        <v>108</v>
       </c>
       <c r="O103" s="513" t="s">
-        <v>73</v>
+        <v>305</v>
       </c>
       <c r="P103" s="513" t="s">
-        <v>61</v>
+        <v>80</v>
       </c>
       <c r="Q103" s="513" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="R103" s="513" t="s">
         <v>32</v>
       </c>
       <c r="S103" s="514" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T103" s="515">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:20">
       <c r="A104" s="516">
-        <v>4325013</v>
+        <v>4125160</v>
       </c>
       <c r="B104" s="517" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="C104" s="517" t="s">
-        <v>76</v>
+        <v>304</v>
       </c>
       <c r="D104" s="518" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E104" s="517" t="s">
+        <v>172</v>
+      </c>
+      <c r="F104" s="517" t="s">
         <v>37</v>
       </c>
-      <c r="F104" s="517" t="s">
-[...3 lines deleted...]
-        <v>39</v>
+      <c r="G104" s="519">
+        <v>25</v>
       </c>
       <c r="H104" s="517" t="s">
-        <v>46</v>
+        <v>122</v>
       </c>
       <c r="I104" s="519">
         <v>1</v>
       </c>
       <c r="J104" s="518" t="s">
-        <v>77</v>
+        <v>104</v>
       </c>
       <c r="K104" s="518" t="s">
-        <v>78</v>
+        <v>218</v>
       </c>
       <c r="L104" s="518"/>
       <c r="M104" s="518"/>
       <c r="N104" s="518" t="s">
-        <v>79</v>
+        <v>108</v>
       </c>
       <c r="O104" s="518" t="s">
-        <v>79</v>
+        <v>389</v>
       </c>
       <c r="P104" s="518"/>
       <c r="Q104" s="518"/>
       <c r="R104" s="518" t="s">
         <v>32</v>
       </c>
       <c r="S104" s="519" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="T104" s="520">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:20">
       <c r="A105" s="521">
-        <v>4325037</v>
+        <v>4125019</v>
       </c>
       <c r="B105" s="522" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="C105" s="522" t="s">
-        <v>44</v>
+        <v>391</v>
       </c>
       <c r="D105" s="523" t="s">
-        <v>375</v>
+        <v>392</v>
       </c>
       <c r="E105" s="522" t="s">
+        <v>172</v>
+      </c>
+      <c r="F105" s="522" t="s">
         <v>37</v>
       </c>
-      <c r="F105" s="522" t="s">
-[...3 lines deleted...]
-        <v>39</v>
+      <c r="G105" s="524">
+        <v>25</v>
       </c>
       <c r="H105" s="522" t="s">
-        <v>46</v>
+        <v>122</v>
       </c>
       <c r="I105" s="524">
         <v>1</v>
       </c>
       <c r="J105" s="523" t="s">
-        <v>77</v>
+        <v>267</v>
       </c>
       <c r="K105" s="523" t="s">
-        <v>79</v>
+        <v>393</v>
       </c>
       <c r="L105" s="523"/>
       <c r="M105" s="523"/>
       <c r="N105" s="523" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="O105" s="523" t="s">
-        <v>82</v>
-[...6 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="P105" s="523"/>
+      <c r="Q105" s="523"/>
       <c r="R105" s="523" t="s">
         <v>32</v>
       </c>
       <c r="S105" s="524" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="T105" s="525">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:20">
       <c r="A106" s="526">
-        <v>4325062</v>
+        <v>4125262</v>
       </c>
       <c r="B106" s="527" t="s">
-        <v>382</v>
+        <v>394</v>
       </c>
       <c r="C106" s="527" t="s">
-        <v>44</v>
+        <v>277</v>
       </c>
       <c r="D106" s="528" t="s">
-        <v>375</v>
+        <v>392</v>
       </c>
       <c r="E106" s="527" t="s">
+        <v>172</v>
+      </c>
+      <c r="F106" s="527" t="s">
         <v>37</v>
       </c>
-      <c r="F106" s="527" t="s">
-[...2 lines deleted...]
-      <c r="G106" s="529" t="s">
+      <c r="G106" s="529">
+        <v>25</v>
+      </c>
+      <c r="H106" s="527" t="s">
+        <v>122</v>
+      </c>
+      <c r="I106" s="529">
+        <v>1</v>
+      </c>
+      <c r="J106" s="528" t="s">
         <v>39</v>
       </c>
-      <c r="H106" s="527" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K106" s="528" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-      <c r="M106" s="528"/>
+        <v>113</v>
+      </c>
+      <c r="L106" s="528" t="s">
+        <v>376</v>
+      </c>
+      <c r="M106" s="528" t="s">
+        <v>395</v>
+      </c>
       <c r="N106" s="528" t="s">
-        <v>79</v>
+        <v>41</v>
       </c>
       <c r="O106" s="528" t="s">
-        <v>83</v>
+        <v>114</v>
       </c>
       <c r="P106" s="528" t="s">
-        <v>61</v>
+        <v>162</v>
       </c>
       <c r="Q106" s="528" t="s">
-        <v>85</v>
+        <v>163</v>
       </c>
       <c r="R106" s="528" t="s">
         <v>32</v>
       </c>
       <c r="S106" s="529" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T106" s="530">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:20">
       <c r="A107" s="531">
-        <v>4325031</v>
+        <v>4125263</v>
       </c>
       <c r="B107" s="532" t="s">
-        <v>383</v>
+        <v>396</v>
       </c>
       <c r="C107" s="532" t="s">
-        <v>87</v>
+        <v>277</v>
       </c>
       <c r="D107" s="533" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="E107" s="532" t="s">
+        <v>172</v>
+      </c>
+      <c r="F107" s="532" t="s">
         <v>37</v>
       </c>
-      <c r="F107" s="532" t="s">
-[...3 lines deleted...]
-        <v>39</v>
+      <c r="G107" s="534">
+        <v>25</v>
       </c>
       <c r="H107" s="532" t="s">
-        <v>46</v>
+        <v>122</v>
       </c>
       <c r="I107" s="534">
         <v>1</v>
       </c>
       <c r="J107" s="533" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K107" s="533" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-      <c r="M107" s="533"/>
+        <v>191</v>
+      </c>
+      <c r="L107" s="533" t="s">
+        <v>94</v>
+      </c>
+      <c r="M107" s="533" t="s">
+        <v>95</v>
+      </c>
       <c r="N107" s="533" t="s">
-        <v>30</v>
+        <v>64</v>
       </c>
       <c r="O107" s="533" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-      <c r="Q107" s="533"/>
+        <v>138</v>
+      </c>
+      <c r="P107" s="533" t="s">
+        <v>162</v>
+      </c>
+      <c r="Q107" s="533" t="s">
+        <v>163</v>
+      </c>
       <c r="R107" s="533" t="s">
         <v>32</v>
       </c>
       <c r="S107" s="534" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T107" s="535">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:20">
       <c r="A108" s="536">
-        <v>4325055</v>
+        <v>4125265</v>
       </c>
       <c r="B108" s="537" t="s">
-        <v>384</v>
+        <v>398</v>
       </c>
       <c r="C108" s="537" t="s">
-        <v>92</v>
+        <v>399</v>
       </c>
       <c r="D108" s="538" t="s">
-        <v>375</v>
+        <v>400</v>
       </c>
       <c r="E108" s="537" t="s">
+        <v>152</v>
+      </c>
+      <c r="F108" s="537" t="s">
         <v>37</v>
       </c>
-      <c r="F108" s="537" t="s">
-[...3 lines deleted...]
-        <v>39</v>
+      <c r="G108" s="539">
+        <v>25</v>
       </c>
       <c r="H108" s="537" t="s">
-        <v>46</v>
+        <v>122</v>
       </c>
       <c r="I108" s="539">
         <v>1</v>
       </c>
       <c r="J108" s="538" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="K108" s="538"/>
+        <v>104</v>
+      </c>
+      <c r="K108" s="538" t="s">
+        <v>218</v>
+      </c>
       <c r="L108" s="538" t="s">
-        <v>93</v>
+        <v>106</v>
       </c>
       <c r="M108" s="538" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="N108" s="538" t="s">
-        <v>61</v>
+        <v>108</v>
       </c>
       <c r="O108" s="538" t="s">
-        <v>95</v>
+        <v>109</v>
       </c>
       <c r="P108" s="538"/>
       <c r="Q108" s="538"/>
       <c r="R108" s="538" t="s">
         <v>32</v>
       </c>
       <c r="S108" s="539" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="T108" s="540">
-        <v>4</v>
-[...2490 lines deleted...]
-      <c r="T152" s="760">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.2362204724409449" right="0.2755905511811024" top="0.5905511811023623" bottom="0.5905511811023623" header="0.3149606299212598" footer="0.3149606299212598"/>
   <pageSetup paperSize="8" orientation="landscape" scale="33" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;CJUAS　オープンセミナー一覧表&amp;R&amp;D</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>