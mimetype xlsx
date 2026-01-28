--- v1 (2025-12-13)
+++ v2 (2026-01-28)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="juas_seminar" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'juas_seminar'!$A$1:$T$1</definedName>
   </definedNames>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="401">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="798">
   <si>
     <t>イベントID</t>
   </si>
   <si>
     <t>イベントタイトル</t>
   </si>
   <si>
     <t>講師名</t>
   </si>
   <si>
     <t>開催日付</t>
   </si>
   <si>
     <t>セミナー時刻</t>
   </si>
   <si>
     <t>会場名</t>
   </si>
   <si>
     <t>定員</t>
   </si>
   <si>
     <t>参加費</t>
   </si>
   <si>
@@ -76,1191 +76,2382 @@
   <si>
     <t>DXリテラシー詳細</t>
   </si>
   <si>
     <t>JUAS研修大分類（主）</t>
   </si>
   <si>
     <t>JUAS研修中分類（主）</t>
   </si>
   <si>
     <t>JUAS研修大分類（従）</t>
   </si>
   <si>
     <t>JUAS研修中分類（従）</t>
   </si>
   <si>
     <t>スキル</t>
   </si>
   <si>
     <t>レベル</t>
   </si>
   <si>
     <t>ITCA認定時間</t>
   </si>
   <si>
-    <t>ITサービスマネジメント入門＿2025年10月1日～2025年12月31日開催＊期間延長【動画】</t>
+    <t>イノベーションの起こし方講座＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>中谷 英雄</t>
+  </si>
+  <si>
+    <t>2025-12-01、2026-01-31</t>
+  </si>
+  <si>
+    <t>動画配信開始、動画配信終了</t>
+  </si>
+  <si>
+    <t>オンライン配信（指定会場はありません）</t>
+  </si>
+  <si>
+    <t>無制限</t>
+  </si>
+  <si>
+    <t>ＪＵＡＳ会員/ITC：23,650円 一般：30,250円（１名様あたり　消費税込み、テキスト込み）【受講権利枚数1枚】</t>
+  </si>
+  <si>
+    <t>事業戦略策定・事業戦略評価</t>
+  </si>
+  <si>
+    <t>事業戦略策定、事業戦略評価</t>
+  </si>
+  <si>
+    <t>Why(DXの背景)、Mind(マインド・スタンス)：デザイン思考／アジャイルな働き方</t>
+  </si>
+  <si>
+    <t>社会の変化、顧客価値の変化、競争環境の変化、顧客・ユーザーへの共感、常識にとらわれない発想、反復的なアプローチ</t>
+  </si>
+  <si>
+    <t>ビジネスアーキテクト</t>
+  </si>
+  <si>
+    <t>新事業策定・評価</t>
+  </si>
+  <si>
+    <t>専門スキル</t>
+  </si>
+  <si>
+    <t>初級</t>
+  </si>
+  <si>
+    <t>CDO入門＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>三谷 慶一郎</t>
+  </si>
+  <si>
+    <t>事業戦略策定・事業戦略評価、共通業務（契約管理、BCP、コンプライアンス、人的資産管理、人材育成、資産管理）・セキュリティ・システム監査</t>
+  </si>
+  <si>
+    <t>事業戦略策定、事業戦略評価、共通業務／事業継続計画BCP、共通業務／人的資源管理（人材育成）</t>
+  </si>
+  <si>
+    <t>Why(DXの背景)、Mind(マインド・スタンス)：新たな価値を生み出す基礎としてのマインド・スタンス</t>
+  </si>
+  <si>
+    <t>社会の変化、柔軟な意思決定</t>
+  </si>
+  <si>
+    <t>経営戦略・組織戦略・ガバナンス</t>
+  </si>
+  <si>
+    <t>中級</t>
+  </si>
+  <si>
+    <t>IT戦略・IT企画入門＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>井上 実</t>
+  </si>
+  <si>
+    <t>IS戦略策定・IS戦略評価・IS企画・IS企画評価</t>
+  </si>
+  <si>
+    <t>IS戦略策定</t>
+  </si>
+  <si>
+    <t>ITアーキテクト・システム企画・IT基盤</t>
+  </si>
+  <si>
+    <t>IT戦略策定・IT投資評価</t>
+  </si>
+  <si>
+    <t>システム企画・要求定義</t>
+  </si>
+  <si>
+    <t>基礎技術おさらいと具体的セキュリティ技術の把握（ネットワークセキュリティ技術基礎プリ講座） _2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>上山 勝也</t>
+  </si>
+  <si>
+    <t>IT基盤構築・維持・管理</t>
+  </si>
+  <si>
+    <t>What(DXで活用されるデータ・技術)：デジタル技術、How(データ・技術の活用)：留意点</t>
+  </si>
+  <si>
+    <t>ネットワーク、セキュリティ</t>
+  </si>
+  <si>
+    <t>セキュリティ</t>
+  </si>
+  <si>
+    <t>サイバーセキュリティ</t>
+  </si>
+  <si>
+    <t>IT基盤</t>
+  </si>
+  <si>
+    <t>ITプロジェクトマネジメント力強化講座＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>河尻 直己</t>
+  </si>
+  <si>
+    <t>IS戦略実行マネジメント・プロジェクトマネジメント</t>
+  </si>
+  <si>
+    <t>IT基盤構築・維持・管理、IS戦略実行マネジメント、プロジェクトマネジメント</t>
+  </si>
+  <si>
+    <t>プロジェクトマネジメント</t>
+  </si>
+  <si>
+    <t>WF型プロジェクトパフォーマンス分析講座＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>要件定義から運用</t>
+  </si>
+  <si>
+    <t>WF型要件定義・設計・開発・テスト</t>
+  </si>
+  <si>
+    <t>品質マネジメント</t>
+  </si>
+  <si>
+    <t>デジタル時代の品質マネジメント実践講座＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>UX・UIデザイン</t>
+  </si>
+  <si>
+    <t>生産管理システム基礎＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>本間  峰一</t>
+  </si>
+  <si>
+    <t>IS導入（構築）・IS保守</t>
+  </si>
+  <si>
+    <t>IS導入/アプリケーションの分析・設計、IS導入/アプリケーション開発</t>
+  </si>
+  <si>
+    <t>ビジネススキル</t>
+  </si>
+  <si>
+    <t>業種・業務知識</t>
+  </si>
+  <si>
+    <t>アーキテクチャー入門＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>天羽 正道</t>
+  </si>
+  <si>
+    <t>What(DXで活用されるデータ・技術)：デジタル技術</t>
+  </si>
+  <si>
+    <t>AI</t>
+  </si>
+  <si>
+    <t>ITアーキテクチャ</t>
+  </si>
+  <si>
+    <t>クラウドサービスの移行計画、運用計画の作り方＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>澤橋 松王</t>
+  </si>
+  <si>
+    <t>IS導入/インフラストラクチャ分析・設計、IS導入/インフラストラクチャ構築</t>
+  </si>
+  <si>
+    <t>クラウド</t>
+  </si>
+  <si>
+    <t>クラウド利活用</t>
+  </si>
+  <si>
+    <t>ITサービスマネジメント入門＿2025年12月1日～2026年1月31日開催【動画】</t>
   </si>
   <si>
     <t>谷 誠之</t>
   </si>
   <si>
-    <t>2025-10-01、2025-12-31</t>
-[...20 lines deleted...]
-    <t>ビジネスアーキテクト</t>
+    <t>IS運用</t>
+  </si>
+  <si>
+    <t>運用</t>
+  </si>
+  <si>
+    <t>新技術による開発・保守</t>
+  </si>
+  <si>
+    <t>契約不適合責任とプロジェクトマネジメント義務＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>池田 聡</t>
+  </si>
+  <si>
+    <t>共通業務（契約管理、BCP、コンプライアンス、人的資産管理、人材育成、資産管理）・セキュリティ・システム監査</t>
+  </si>
+  <si>
+    <t>共通業務／契約管理</t>
+  </si>
+  <si>
+    <t>How(データ・技術の活用)：留意点</t>
+  </si>
+  <si>
+    <t>コンプライアンス</t>
+  </si>
+  <si>
+    <t>共通業務</t>
+  </si>
+  <si>
+    <t>契約・法務・コンプライアンス</t>
+  </si>
+  <si>
+    <t>知らないと危ないソフトウェアの著作権リスク_2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITエンジニアのための文章力徹底トレーニング講座＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>上田 志雄</t>
+  </si>
+  <si>
+    <t>業務遂行スキル</t>
+  </si>
+  <si>
+    <t>業務遂行・コミュニケーション</t>
+  </si>
+  <si>
+    <t>ビジネス・コミュニケーション</t>
+  </si>
+  <si>
+    <t>新人・配転者向け</t>
+  </si>
+  <si>
+    <t>システム担当者のための管理会計入門＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>南 俊基</t>
+  </si>
+  <si>
+    <t>Mind(マインド・スタンス)：デザイン思考／アジャイルな働き方</t>
+  </si>
+  <si>
+    <t>反復的なアプローチ</t>
+  </si>
+  <si>
+    <t>財務・税務・会計</t>
+  </si>
+  <si>
+    <t>ITパーソン必修「ビジネス数字力」向上研修_2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>上田 晃穂</t>
+  </si>
+  <si>
+    <t>ＪＵＡＳ会員/ITC：35,200円 一般：45,100円（１名様あたり　消費税込み、テキスト込み）【受講権利枚数1枚】</t>
+  </si>
+  <si>
+    <t>業務遂行・マネジメント</t>
+  </si>
+  <si>
+    <t>What(DXで活用されるデータ・技術)：データ</t>
+  </si>
+  <si>
+    <t>データを読む・説明する、データを扱う</t>
+  </si>
+  <si>
+    <t>思考法・問題解決</t>
+  </si>
+  <si>
+    <t>若手SEのためのロジカルシンキング入門＿2025年12月1日～2026年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>寺池 光弘</t>
+  </si>
+  <si>
+    <t>Mind(マインド・スタンス)：新たな価値を生み出す基礎としてのマインド・スタンス</t>
+  </si>
+  <si>
+    <t>柔軟な意思決定</t>
+  </si>
+  <si>
+    <t>【会員企業限定無料・アカデミー】AI Work Transformation～AI時代の働き方変革【録画配信・12/23～1/31】</t>
+  </si>
+  <si>
+    <t>國本 知里</t>
+  </si>
+  <si>
+    <t>2025-12-23、2026-01-31</t>
+  </si>
+  <si>
+    <t>Why(DXの背景)、How(データ・技術の活用)：活用方法・事例</t>
+  </si>
+  <si>
+    <t>社会の変化、データ・デジタル技術の活用事例</t>
+  </si>
+  <si>
+    <t>データ・AI活用・技術動向</t>
+  </si>
+  <si>
+    <t>AI・新技術　検証</t>
+  </si>
+  <si>
+    <t>IT技術　最新動向</t>
+  </si>
+  <si>
+    <t>半日オンライン速習！業務分析からデータ関連図（ER図）作成・データベース設計の基礎講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>矢沢 久雄</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>13:00-17:00ライブ配信</t>
+  </si>
+  <si>
+    <t>IS導入/業務プロセスの詳細設計、IS導入/アプリケーションの分析・設計</t>
+  </si>
+  <si>
+    <t>【参加無料・アカデミー】■IPA×JUAS■産業サイバーセキュリティの現状と課題【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>小宮 功</t>
+  </si>
+  <si>
+    <t>15:00-16:00ライブ配信</t>
+  </si>
+  <si>
+    <t>【JUASラボ・無料】東京海上日動システムズさんのアジャイル実践事例から、自社の取り組みを語り合おう【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>綾部翼 氏（東京海上日動システムズ株式会社）&lt;/br&gt;肥後ひかる 氏（東京海上日動システムズ株式会社）&lt;/br&gt;基幹系システムアジャイル適用研究プロジェクトメンバー</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>15:00-17:00 (受付開始 会場14:30、オンライン14:50)</t>
+  </si>
+  <si>
+    <t>JUAS（NBF東銀座スクエア）</t>
+  </si>
+  <si>
+    <t>IS企画</t>
+  </si>
+  <si>
+    <t>アジャイルプロジェクト管理</t>
+  </si>
+  <si>
+    <t>アジャイル型開発</t>
+  </si>
+  <si>
+    <t>大規模システム再構築の勝利のセオリー【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>中山 嘉之</t>
+  </si>
+  <si>
+    <t>9:00-16:00ライブ配信</t>
+  </si>
+  <si>
+    <t>レガシーシステム再構築</t>
+  </si>
+  <si>
+    <t>ビジネス文章・技術文章の正しい書き方【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>丸山 有彦</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>10:00-17:00</t>
+  </si>
+  <si>
+    <t>イノベーションの起こし方講座＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>2026-02-01、2026-03-31</t>
+  </si>
+  <si>
+    <t>CDO入門＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>IT戦略・IT企画入門＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>事例に学ぶ、デジタル時代の具体的変革アプローチ＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>Why(DXの背景)</t>
+  </si>
+  <si>
+    <t>競争環境の変化</t>
   </si>
   <si>
     <t>業務改革</t>
   </si>
   <si>
-    <t>新事業策定・評価</t>
-[...17 lines deleted...]
-    <t>JUAS（NBF東銀座スクエア）</t>
+    <t>基礎技術おさらいと具体的セキュリティ技術の把握（ネットワークセキュリティ技術基礎プリ講座） _2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITプロジェクトマネジメント力強化講座＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>WF型プロジェクトパフォーマンス分析講座＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>デジタル時代の品質マネジメント実践講座＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>生産管理システム基礎＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>アーキテクチャー入門＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>クラウドサービスの移行計画、運用計画の作り方＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITサービスマネジメント入門＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>契約不適合責任とプロジェクトマネジメント義務＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>知らないと危ないソフトウェアの著作権リスク_2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITエンジニアのための文章力徹底トレーニング講座＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>システム担当者のための管理会計入門＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITパーソン必修「ビジネス数字力」向上研修_2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>若手SEのためのロジカルシンキング入門＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ユーザー企業が担う業務改善～システム導入だけでは得られない改善効果の獲得法～【会場】</t>
+  </si>
+  <si>
+    <t>広兼 修</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>10:00-17:00会場</t>
+  </si>
+  <si>
+    <t>事業戦略策定・事業戦略評価、IS活用、業務遂行スキル</t>
+  </si>
+  <si>
+    <t>事業戦略策定、IS活用、事業戦略評価、業務遂行・クリエイション</t>
+  </si>
+  <si>
+    <t>セキュリティ技術基礎【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>安田 良明</t>
+  </si>
+  <si>
+    <t>2026-02-04、2026-02-05</t>
+  </si>
+  <si>
+    <t>10:00-17:00、10:00-17:00</t>
+  </si>
+  <si>
+    <t>ＪＵＡＳ会員/ITC：70,400円 一般：90,200円（１名様あたり　消費税込み、テキスト込み）【受講権利枚数2枚】</t>
+  </si>
+  <si>
+    <t>情報セキュリティ</t>
+  </si>
+  <si>
+    <t>IT部門のための業務活動から視る基幹システム構築の勘所【会場】</t>
+  </si>
+  <si>
+    <t>藤田 喜徳、山田 美代子</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>IS導入/アプリケーションの分析・設計</t>
+  </si>
+  <si>
+    <t>超上流工程、さらにその上の源流における作業とドキュメント【会場】</t>
+  </si>
+  <si>
+    <t>尾田 友志</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>事業戦略策定・事業戦略評価、IS戦略策定・IS戦略評価・IS企画・IS企画評価</t>
+  </si>
+  <si>
+    <t>事業戦略策定、IS戦略策定</t>
+  </si>
+  <si>
+    <t>顧客・ユーザーへの共感</t>
+  </si>
+  <si>
+    <t>ネットワーク技術入門講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-02-06、2026-02-19</t>
+  </si>
+  <si>
+    <t>9:00-16:00ライブ配信（前半）、9:00-16:00ライブ配信（後半）</t>
+  </si>
+  <si>
+    <t>IS導入/インフラストラクチャ構築</t>
+  </si>
+  <si>
+    <t>ネットワーク</t>
+  </si>
+  <si>
+    <t>図表化技法入門講座【録画視聴＋オンラインライブ】2026年2月16日開催</t>
+  </si>
+  <si>
+    <t>三輪 一郎</t>
+  </si>
+  <si>
+    <t>2026-02-09、2026-02-10、2026-02-11、2026-02-12、2026-02-13、2026-02-14、2026-02-15、2026-02-16</t>
+  </si>
+  <si>
+    <t>録画配信開始（～2月18日録画配信終了）、、、、、、、13:00-17:00ライブ配信</t>
+  </si>
+  <si>
+    <t>ヒューマンスキル</t>
+  </si>
+  <si>
+    <t>人事関連システムを担当するSEが知っておくべき業務知識講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>ゼロから作るAIエージェント講座【会場】</t>
+  </si>
+  <si>
+    <t>黒住 好忠</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>IS導入/アプリケーション開発</t>
+  </si>
+  <si>
+    <t>IT利活用（ローコード、市民開発など）</t>
+  </si>
+  <si>
+    <t>【参加無料・アカデミー】■IPA×JUAS■国内外のデジタルトレンドと戦略【オンラインライブ】</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 水落 佳名子</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>システム開発の外部委託に関するリスク回避のためにすべきこと、できること【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>共通業務／契約管理、システム監査</t>
+  </si>
+  <si>
+    <t>RFP作成入門－記述例をもとに学ぶRFP作成の勘所【会場】</t>
+  </si>
+  <si>
+    <t>斎藤 淳</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>IS戦略実行マネジメント・プロジェクトマネジメント、IS導入（構築）・IS保守</t>
+  </si>
+  <si>
+    <t>IS戦略実行マネジメント、プロジェクトマネジメント</t>
+  </si>
+  <si>
+    <t>フェーズごとの徹底的ケーススタディ疑似体験から学ぶ、プロジェクトマネージャーの勝利の方程式【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>9:00-17:00ライブ配信</t>
+  </si>
+  <si>
+    <t>IS戦略実行マネジメント・プロジェクトマネジメント、業務遂行スキル</t>
+  </si>
+  <si>
+    <t>プロジェクトマネジメント、業務遂行・コミュニケーション、業務遂行・マネジメント</t>
+  </si>
+  <si>
+    <t>IT部門のためのグループ会社管理(支援)の在り方研究【会場】</t>
+  </si>
+  <si>
+    <t>藤田 喜徳</t>
+  </si>
+  <si>
+    <t>共通業務／コンプライアンス</t>
+  </si>
+  <si>
+    <t>資産管理・人的資産管理</t>
+  </si>
+  <si>
+    <t>教え方を磨く講座～ファシリテーションのコツ（応用編）【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>細谷 幸裕</t>
+  </si>
+  <si>
+    <t>チーム・リーダーシップ・指導力</t>
+  </si>
+  <si>
+    <t>UXデザイン入門～使いやすいシステム／サービスとするために必要なこと【会場】</t>
+  </si>
+  <si>
+    <t>柳生 大介</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>事業戦略策定</t>
+  </si>
+  <si>
+    <t>保守性を高めるアプリケーション設計の勘所と留意点【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>IS導入/アプリケーションの分析・設計、IS保守</t>
+  </si>
+  <si>
+    <t>保守</t>
+  </si>
+  <si>
+    <t>生産管理システム基礎知識入門（組立・加工製造業編）【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>設計の次は実践だ！SQL短期集中体験講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>13:00-16:00ライブ配信</t>
+  </si>
+  <si>
+    <t>ゼロトラスト・アーキテクチャとマイクロセグメンテーション入門【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>石橋 正彦</t>
+  </si>
+  <si>
+    <t>WBS作成の技術 【録画視聴＋会場】2026年3月9日開催</t>
+  </si>
+  <si>
+    <t>高橋 永哲、三輪 一郎</t>
+  </si>
+  <si>
+    <t>2026-02-27、2026-02-28、2026-03-01、2026-03-02、2026-03-03、2026-03-04、2026-03-05、2026-03-06、2026-03-07、2026-03-08、2026-03-09</t>
+  </si>
+  <si>
+    <t>録画配信開始（～3月11日録画配信終了）、、、、、、、、、、13:00-17:00会場</t>
+  </si>
+  <si>
+    <t>IT基盤構築・維持・管理、IS戦略実行マネジメント・プロジェクトマネジメント</t>
+  </si>
+  <si>
+    <t>デジタル時代のビジネス変革に貢献する、変革プロジェクトマネージャー育成コース【会場】</t>
+  </si>
+  <si>
+    <t>2026-02-27、2026-03-05、2026-03-06</t>
+  </si>
+  <si>
+    <t>10:00-17:00会場（終了後17:30まで交流会を行います）、10:00-17:00会場、10:00-17:00会場</t>
   </si>
   <si>
     <t>ＪＵＡＳ会員/ITC：104,500円 一般：134,200円（１名様あたり　消費税込み、テキスト込み）【受講権利枚数3枚】</t>
   </si>
   <si>
-    <t>業務遂行スキル</t>
+    <t>変化への適応</t>
+  </si>
+  <si>
+    <t>部下の書いた文章のチェック方法－文章添削の定石とテクニック【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>アジャイル開発のQA戦略～チームで築く品質保証のポイント【会場】</t>
+  </si>
+  <si>
+    <t>大脇 斉</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>13:00-17:00会場</t>
+  </si>
+  <si>
+    <t>IS戦略実行マネジメント</t>
+  </si>
+  <si>
+    <t>DX時代の情報システム部門（組織・人）のあり方【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>共通業務／資産管理、共通業務／事業継続計画BCP、共通業務／コンプライアンス、共通業務／人的資源管理（人材育成）、共通業務／契約管理</t>
+  </si>
+  <si>
+    <t>部下指導・育成（成長支援）の考え方と実践で効果を上げている具体的方法【会場】</t>
+  </si>
+  <si>
+    <t>古畑 慶次</t>
+  </si>
+  <si>
+    <t>共通業務（契約管理、BCP、コンプライアンス、人的資産管理、人材育成、資産管理）・セキュリティ・システム監査、業務遂行スキル</t>
+  </si>
+  <si>
+    <t>共通業務／人的資源管理（人材育成）、業務遂行・マネジメント</t>
+  </si>
+  <si>
+    <t>コラボレーション</t>
+  </si>
+  <si>
+    <t>最新技術動向の概説とその情報源【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>舘田 潤</t>
+  </si>
+  <si>
+    <t>2026-03-04</t>
+  </si>
+  <si>
+    <t>見積交渉力強化講座【会場】</t>
+  </si>
+  <si>
+    <t>三宅 幸次郎</t>
+  </si>
+  <si>
+    <t>共通業務／資産管理、共通業務／契約管理</t>
+  </si>
+  <si>
+    <t>実務で使えるデータ分析入門【会場】</t>
+  </si>
+  <si>
+    <t>夏目 泰秀</t>
+  </si>
+  <si>
+    <t>IS活用</t>
+  </si>
+  <si>
+    <t>社会におけるデータ、データを読む・説明する、データを扱う、データによって判断する</t>
+  </si>
+  <si>
+    <t>データサイエンス</t>
+  </si>
+  <si>
+    <t>ITプロジェクトにおけるレビューのあり方とレビュー計画のポイント【会場】</t>
+  </si>
+  <si>
+    <t>木村 利昭</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>プロジェクトマネジメント、IS導入/アプリケーション開発</t>
+  </si>
+  <si>
+    <t>基幹系システムの再構築方法論の研究【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>使用許諾契約・ライセンス契約とOSSの法律知識【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>尾城 亮輔</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>共通業務／コンプライアンス、共通業務／契約管理</t>
+  </si>
+  <si>
+    <t>個人情報保護法とGDPRの実務法律知識【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-03-09</t>
+  </si>
+  <si>
+    <t>若手を育てる教え方～早期戦力化と継続的な成長に向けて【会場】</t>
+  </si>
+  <si>
+    <t>2026-03-10</t>
+  </si>
+  <si>
+    <t>共通業務／人的資源管理（人材育成）</t>
+  </si>
+  <si>
+    <t>情報セキュリティマネジメントの全体像を知る～戦略策定できる人材育成を目指して～【会場】</t>
+  </si>
+  <si>
+    <t>2026-03-11</t>
+  </si>
+  <si>
+    <t>IS戦略策定・IS戦略評価・IS企画・IS企画評価、共通業務（契約管理、BCP、コンプライアンス、人的資産管理、人材育成、資産管理）・セキュリティ・システム監査</t>
+  </si>
+  <si>
+    <t>IS戦略策定、セキュリティ</t>
+  </si>
+  <si>
+    <t>セキュリティマネジメント</t>
+  </si>
+  <si>
+    <t>実例と即使えるテンプレートが豊富！ITプロジェクトマネジメント力強化講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>実践で学ぶLLMとRAGアプリ開発入門【会場】</t>
+  </si>
+  <si>
+    <t>堀米 俊弘</t>
+  </si>
+  <si>
+    <t>2026-03-11、2026-03-12</t>
+  </si>
+  <si>
+    <t>10:00-17:00会場、10:00-17:00会場</t>
+  </si>
+  <si>
+    <t>What(DXで活用されるデータ・技術)：デジタル技術、How(データ・技術の活用)：活用方法・事例</t>
+  </si>
+  <si>
+    <t>AI、ツール活用</t>
+  </si>
+  <si>
+    <t>12（申請中）</t>
+  </si>
+  <si>
+    <t>ヒューマンエラー防止！ミスがなくなる仕事術【会場】</t>
+  </si>
+  <si>
+    <t>鈴木 真理子</t>
+  </si>
+  <si>
+    <t>2026-03-12</t>
+  </si>
+  <si>
+    <t>これからのデータ利活用の原理原則～人とITの共創に向けて【会場】</t>
+  </si>
+  <si>
+    <t>2026-03-13</t>
+  </si>
+  <si>
+    <t>IS導入/システム要件定義</t>
+  </si>
+  <si>
+    <t>データを読む・説明する、データによって判断する</t>
+  </si>
+  <si>
+    <t>プロジェクト・マネージャー（PM）育成の具体的仕組み・方法を考える【会場】</t>
+  </si>
+  <si>
+    <t>濱 久人</t>
+  </si>
+  <si>
+    <t>IT統制～負担軽減に向けた統制維持と効率的な監査対応とは【会場】</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>内部統制・監査</t>
+  </si>
+  <si>
+    <t>障害対応事例、属人化解消事例から学ぶ他社事例の聴き方、自社への活かし方【会場】</t>
+  </si>
+  <si>
+    <t>木村 恵己</t>
+  </si>
+  <si>
+    <t>2026-03-18</t>
+  </si>
+  <si>
+    <t>13:30-17:30会場</t>
+  </si>
+  <si>
+    <t>IS運用、業務遂行スキル</t>
+  </si>
+  <si>
+    <t>IS運用、業務遂行・クリエイション</t>
+  </si>
+  <si>
+    <t>4（申請中）</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> X（変革）の力を鍛える～業務改善・BPR入門【会場】</t>
+  </si>
+  <si>
+    <t>白鳥 健太郎</t>
+  </si>
+  <si>
+    <t>2026-03-19</t>
+  </si>
+  <si>
+    <t>事業戦略策定、IS戦略策定、IS活用、業務遂行・コミュニケーション</t>
+  </si>
+  <si>
+    <t>生成AIを使った提案書作成技法【会場】</t>
+  </si>
+  <si>
+    <t>AI、データ・デジタル技術の活用事例</t>
+  </si>
+  <si>
+    <t>生成AIを使った要求定義技法と要件定義技法【会場】</t>
+  </si>
+  <si>
+    <t>2026-03-24</t>
+  </si>
+  <si>
+    <t>システム発注者・ITグループ会社必携ー2026年1月施行「改正下請法（取適法）」対応実務とリスク管理【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>近藤 學</t>
+  </si>
+  <si>
+    <t>2026-03-25</t>
+  </si>
+  <si>
+    <t>事例に学ぶ、デジタル時代の具体的変革アプローチ＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>2026-04-01、2026-05-31</t>
+  </si>
+  <si>
+    <t>JUAS会員企業/ITC：23,650円 一般：30,250円（１名様あたり　消費税込み、テキスト込み）【受講権利枚数1枚】</t>
+  </si>
+  <si>
+    <t>IT戦略・IT企画入門＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>IT基礎＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ハードウェア・ソフトウェア</t>
+  </si>
+  <si>
+    <t>基礎技術おさらいと具体的セキュリティ技術の把握（ネットワークセキュリティ技術基礎プリ講座）_2026年4月1日～2026年5月31日開催 【動画】</t>
+  </si>
+  <si>
+    <t>ITプロジェクトマネジメント力強化講座＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>デジタル時代の品質マネジメント実践講座＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>WF型プロジェクトパフォーマンス分析講座＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>クラウドサービスの移行計画、運用計画の作り方＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>アーキテクチャー入門＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>生産管理システム基礎＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITサービスマネジメント入門＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>知らないと危ないソフトウェアの著作権リスク_2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>契約不適合責任とプロジェクトマネジメント義務＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITパーソン必修「ビジネス数字力」向上研修_2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>JUAS会員企業/ITC：35,200円 一般：45,100円（１名様あたり　消費税込み、テキスト込み）【受講権利枚数1枚】</t>
+  </si>
+  <si>
+    <t>システム担当者のための管理会計入門＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>若手SEのためのロジカルシンキング入門＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITエンジニアのための文章力徹底トレーニング講座＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>生成AI駆動開発を上流から現場レベルまで組み込む【会場】</t>
+  </si>
+  <si>
+    <t>細川 泰秀、宮川 樹生</t>
+  </si>
+  <si>
+    <t>2026-04-08</t>
+  </si>
+  <si>
+    <t>How(データ・技術の活用)：活用方法・事例</t>
+  </si>
+  <si>
+    <t>データ・デジタル技術の活用事例</t>
+  </si>
+  <si>
+    <t>生成AIを活用した業務改善技法 ―AIプロセスマイニングの概要から活用方法【会場】</t>
+  </si>
+  <si>
+    <t>2026-04-23</t>
+  </si>
+  <si>
+    <t>AI・生成AI活用に関する法律知識とリスク管理【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-04-24</t>
+  </si>
+  <si>
+    <t>セキュリティ、モラル、コンプライアンス</t>
+  </si>
+  <si>
+    <t>リーダーを目指す女性のための実践講座【会場】</t>
+  </si>
+  <si>
+    <t>永谷 裕子、浦田 有佳里</t>
+  </si>
+  <si>
+    <t>2026-05-12</t>
+  </si>
+  <si>
+    <t>ユーザー企業が担うプロジェクトマネジメント【会場】</t>
+  </si>
+  <si>
+    <t>2026-05-13</t>
+  </si>
+  <si>
+    <t>情報システムセキュリティ入門～システムで守る情報資産【会場】</t>
+  </si>
+  <si>
+    <t>2026-05-14</t>
+  </si>
+  <si>
+    <t>IS戦略策定、IS企画、セキュリティ</t>
+  </si>
+  <si>
+    <t>購買・仕入れ業務知識講座（基本編）【会場】</t>
+  </si>
+  <si>
+    <t>野本 満雄</t>
+  </si>
+  <si>
+    <t>わかりやすいマニュアル作成～業務マニュアル・情報共有化文書編【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>2026-05-15</t>
+  </si>
+  <si>
+    <t>プロジェクトマネジメント入門講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>福田 祥司</t>
+  </si>
+  <si>
+    <t>2026-05-18</t>
+  </si>
+  <si>
+    <t>若手SEのためのロジカルシンキング入門【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-05-19</t>
+  </si>
+  <si>
+    <t>OSSライセンスの徹底的研究－OSSを活用する場合の著作権知識と留意点【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>姉崎 章博</t>
+  </si>
+  <si>
+    <t>2026-05-20</t>
+  </si>
+  <si>
+    <t>共通業務／資産管理</t>
+  </si>
+  <si>
+    <t>これだけは知っておきたいクラウド設計の勘所【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>臼杵 翔梧</t>
+  </si>
+  <si>
+    <t>2026-05-21</t>
+  </si>
+  <si>
+    <t>仕様変更を最小限に抑えるヒアリング技術【会場】</t>
+  </si>
+  <si>
+    <t>IS導入（構築）・IS保守、業務遂行スキル</t>
+  </si>
+  <si>
+    <t>IS導入/システム要件定義、IS導入/業務プロセスの詳細設計、IS導入/アプリケーションの分析・設計、IS導入/アプリケーション開発、IS導入/インフラストラクチャ分析・設計、IS導入/インフラストラクチャ構築、IS導入/ISの受入、業務遂行・コミュニケーション</t>
+  </si>
+  <si>
+    <t>2026-05-22</t>
+  </si>
+  <si>
+    <t>プロジェクト・マネジメント【会場】</t>
+  </si>
+  <si>
+    <t>永谷 裕子</t>
+  </si>
+  <si>
+    <t>2026-05-26、2026-05-27</t>
+  </si>
+  <si>
+    <t>JUAS会員企業/ITC：70,400円 一般：90,200円（１名様あたり　消費税込み、テキスト込み）【受講権利枚数2枚】</t>
+  </si>
+  <si>
+    <t>基幹システム再構築プロジェクト推進者養成講座【会場】</t>
+  </si>
+  <si>
+    <t>中山 嘉之、天羽 正道</t>
+  </si>
+  <si>
+    <t>2026-05-28、2026-05-29、2026-06-11、2026-06-12</t>
+  </si>
+  <si>
+    <t>10:00-17:00会場※終了後30分間会議室で懇親会、10:00-17:00会場、10:00-17:00会場※終了後30分間会議室で懇親会、10:00-17:00会場</t>
+  </si>
+  <si>
+    <t>JUAS会員企業/ITC：137,500円 一般：176,000円（１名様あたり　消費税込み、テキスト込み）【受講権利枚数4枚】</t>
+  </si>
+  <si>
+    <t>基礎から学べる要件定義～ユーザーと開発者をつなぐコミュニケーションツールとしての要件定義のまとめ方【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>斉藤 学</t>
+  </si>
+  <si>
+    <t>2026-06-01</t>
+  </si>
+  <si>
+    <t>IS戦略策定、IS企画</t>
+  </si>
+  <si>
+    <t>事例に学ぶ、デジタル時代の具体的変革アプローチ＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>2026-06-01、2026-07-31</t>
+  </si>
+  <si>
+    <t>IT戦略・IT企画入門＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>IT基礎～ユーザー企業IT部門初心者向け情報処理技術者基本【会場】</t>
+  </si>
+  <si>
+    <t>IT基礎＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>基礎技術おさらいと具体的セキュリティ技術の把握（ネットワークセキュリティ技術基礎プリ講座）_2026年6月1日～2026年7月31日開催 【動画】</t>
+  </si>
+  <si>
+    <t>ITプロジェクトマネジメント力強化講座＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>デジタル時代の品質マネジメント実践講座＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>WF型プロジェクトパフォーマンス分析講座＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>クラウドサービスの移行計画、運用計画の作り方＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>アーキテクチャー入門＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>生産管理システム基礎＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITサービスマネジメント入門＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>IT部門のための経理業務知識講座（基本編）【会場】</t>
+  </si>
+  <si>
+    <t>知らないと危ないソフトウェアの著作権リスク_2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>契約不適合責任とプロジェクトマネジメント義務＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITパーソン必修「ビジネス数字力」向上研修_2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>システム担当者のための管理会計入門＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>若手SEのためのロジカルシンキング入門＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITエンジニアのための文章力徹底トレーニング講座＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>SEのためのロジスティクス基礎・実践講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>長谷川 雅行</t>
+  </si>
+  <si>
+    <t>2026-06-02</t>
+  </si>
+  <si>
+    <t>新人・配転者の方にオススメ！ゼロから学べる　矢沢久雄の「情報システムの設計基礎」【会場】</t>
+  </si>
+  <si>
+    <t>基幹システム再構築に伴うデータカタログの構築【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-06-03</t>
+  </si>
+  <si>
+    <t>データを扱う</t>
+  </si>
+  <si>
+    <t>NISTサイバーセキュリティフレームワーク2.0の理解【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>IS導入（構築）・IS保守、IS活用、IS運用、共通業務（契約管理、BCP、コンプライアンス、人的資産管理、人材育成、資産管理）・セキュリティ・システム監査</t>
+  </si>
+  <si>
+    <t>IS導入/インフラストラクチャ分析・設計、IS導入/インフラストラクチャ構築、IS活用、IS保守、IS運用、セキュリティ</t>
+  </si>
+  <si>
+    <t>アーキテクチャー入門【会場】</t>
+  </si>
+  <si>
+    <t>2026-06-04</t>
+  </si>
+  <si>
+    <t>IS導入/システム要件定義、IS導入/インフラストラクチャ分析・設計</t>
+  </si>
+  <si>
+    <t>プロジェクトファシリテーション能力向上研修【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>足立 英治</t>
+  </si>
+  <si>
+    <t>コラボレーション、柔軟な意思決定</t>
+  </si>
+  <si>
+    <t>話し方を磨く講座（技術編）【会場】</t>
+  </si>
+  <si>
+    <t>2026-06-05</t>
+  </si>
+  <si>
+    <t>現場で使える要求定義スキル向上プログラム【事前学習＋オンラインライブ】2026年6月16日・23日開催</t>
+  </si>
+  <si>
+    <t>2026-06-09、2026-06-16、2026-06-23</t>
+  </si>
+  <si>
+    <t>事前学習公開開始、13:00-17:00ライブ配信、事前学習公開開始、13:00-17:00ライブ配信</t>
+  </si>
+  <si>
+    <t>IS戦略策定・IS戦略評価・IS企画・IS企画評価、IS導入（構築）・IS保守</t>
+  </si>
+  <si>
+    <t>IS企画、IS導入/システム要件定義</t>
+  </si>
+  <si>
+    <t>顧客価値の変化、顧客・ユーザーへの共感</t>
+  </si>
+  <si>
+    <t>電子契約と開発文書電子化の法的基礎知識【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>2026-06-10</t>
+  </si>
+  <si>
+    <t>10:00-16:30</t>
+  </si>
+  <si>
+    <t>優秀なプロジェクトマネージャーの育て方～現場で使える成功ノウハウ継承の秘策『ものがたり継承法』【会場】</t>
+  </si>
+  <si>
+    <t>吉野 均</t>
+  </si>
+  <si>
+    <t>2026-06-11</t>
+  </si>
+  <si>
+    <t>女性リーダー勉強会【朝活オンラインライブ＋会場】2026年6月～7月開催</t>
+  </si>
+  <si>
+    <t>中野 安美、上田 晃穂</t>
+  </si>
+  <si>
+    <t>2026-06-16、2026-06-23、2026-06-30、2026-07-07、2026-07-14、2026-07-16、2026-07-17、2026-07-21、2026-07-28</t>
+  </si>
+  <si>
+    <t>8:00-9:00オンライン、8:00-9:00オンライン、8:00-9:00オンライン、8:00-9:00オンライン、8:00-9:00オンライン、13:30-17:00会場（17:00-18:00交流会）、10:00-17:00会場、8:00-9:00オンライン、8:00-10:00オンライン</t>
+  </si>
+  <si>
+    <t>JUAS会員企業/ITC：104,500円 一般：134,200円（１名様あたり　消費税込み、テキスト込み）【受講権利枚数3枚】</t>
   </si>
   <si>
     <t>業務遂行・コミュニケーション、業務遂行・マネジメント</t>
   </si>
   <si>
-    <t>ビジネススキル</t>
-[...332 lines deleted...]
-    <t>10:00-17:00</t>
+    <t>16.5（申請中）</t>
+  </si>
+  <si>
+    <t>2026-06-18</t>
+  </si>
+  <si>
+    <t>一般社員・管理者のセキュリティ意識向上と実際に使えるセキュリティ教育・訓練施策【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>平山 敏弘</t>
+  </si>
+  <si>
+    <t>2026-06-22</t>
+  </si>
+  <si>
+    <t>2026-06-24</t>
+  </si>
+  <si>
+    <t>変革の実現をリードするビジネスアーキテクトの勘所【会場】</t>
+  </si>
+  <si>
+    <t>八田 孝</t>
+  </si>
+  <si>
+    <t>2026-06-25</t>
+  </si>
+  <si>
+    <t>システム再構築プロジェクトにおける勝利の方程式【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>マイクロ・サービス設計入門【会場】</t>
+  </si>
+  <si>
+    <t>2026-06-26</t>
+  </si>
+  <si>
+    <t>経営陣に響く、伝わる！エグゼクティブ・サマリー 伝わる要約資料のストラクチャー【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-06-29</t>
+  </si>
+  <si>
+    <t>2026-06-30</t>
+  </si>
+  <si>
+    <t>2026-07-01</t>
+  </si>
+  <si>
+    <t>ヒューマンエラーから脱却するための「人間重視のヒューマンエラー防止法」【会場】</t>
+  </si>
+  <si>
+    <t>関 弘充</t>
+  </si>
+  <si>
+    <t>2026-07-02</t>
+  </si>
+  <si>
+    <t>IT投資効果の評価手法入門【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>國重 靖子</t>
+  </si>
+  <si>
+    <t>2026-07-07</t>
+  </si>
+  <si>
+    <t>IS戦略策定、IS企画、IS企画評価、IS戦略評価</t>
+  </si>
+  <si>
+    <t>2026-07-08</t>
+  </si>
+  <si>
+    <t>クラウドネイティブセキュリティ入門〜ゼロトラスト・コンテナセキュリティ・DevSecOps〜【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>小林 弘典</t>
+  </si>
+  <si>
+    <t>2026-07-09</t>
+  </si>
+  <si>
+    <t>クラウド、セキュリティ</t>
+  </si>
+  <si>
+    <t>委託プロジェクト管理と受入テストの勘所【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>石原 一宏、江添 智之</t>
+  </si>
+  <si>
+    <t>2026-07-14</t>
+  </si>
+  <si>
+    <t>IT部門・SEのための販売管理業務の全体像と流れを“実務目線”で押さえる実践講座―モノとカネの流れを、業務全体の中で整理する―【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>山田 美代子</t>
+  </si>
+  <si>
+    <t>ITプロジェクトでのレビュー計画と実施時のポイント【会場】</t>
+  </si>
+  <si>
+    <t>2026-07-15</t>
+  </si>
+  <si>
+    <t>システム開発・運用・保守における業務委託、常駐請負、労働者派遣の法律実務知識【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>香田 史朗</t>
+  </si>
+  <si>
+    <t>2026-07-16</t>
+  </si>
+  <si>
+    <t>ネットワーク監視とログ解析の勘所～集め方、分析技法、危機予兆・知見の獲得方法【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-07-17</t>
+  </si>
+  <si>
+    <t>生産管理システム構築知識（応用編）【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-07-21</t>
+  </si>
+  <si>
+    <t>変革リーダーシップ勉強会【会場】2026年7月～11月開催</t>
+  </si>
+  <si>
+    <t>2026-07-22、2026-07-23、2026-08-26、2026-09-17、2026-10-09、2026-11-12、2026-11-13、2026-11-14、2026-11-25</t>
+  </si>
+  <si>
+    <t>13:30-17:30会場、10:00-17:00会場、13:30-17:30会場、13:30-17:30会場、13:30-17:30会場、合宿研修（高島市）、合宿研修（高島市）、合宿研修（高島市）、13:30-17:30会場</t>
+  </si>
+  <si>
+    <t>JUAS会員企業/ITC：349,800円 一般：420,200円（１名様あたり 消費税込み、テキスト込み、合宿研修の現地までの交通費含まず）【受講権利枚数11枚】</t>
+  </si>
+  <si>
+    <t>Mind(マインド・スタンス)：デザイン思考／アジャイルな働き方、Mind(マインド・スタンス)：新たな価値を生み出す基礎としてのマインド・スタンス</t>
+  </si>
+  <si>
+    <t>顧客・ユーザーへの共感、常識にとらわれない発想、変化への適応、コラボレーション、事実に基づく判断</t>
+  </si>
+  <si>
+    <t>41（申請中）</t>
+  </si>
+  <si>
+    <t>IT投資（ソフト・ハード）の会計と税務入門【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-07-22</t>
+  </si>
+  <si>
+    <t>ソフトウェア文章化作法【会場】</t>
+  </si>
+  <si>
+    <t>2026-07-24</t>
+  </si>
+  <si>
+    <t>10:00-17:30会場</t>
+  </si>
+  <si>
+    <t>2026-07-28</t>
+  </si>
+  <si>
+    <t>「内製化推進」「新規案件」プロジェクトあるある事例を用いた納得の「交渉調整力強化講座」グループ・社内向け編【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-07-29</t>
+  </si>
+  <si>
+    <t>アジャイル型開発におけるプロジェクト管理の勘所【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>熊野 憲辰</t>
+  </si>
+  <si>
+    <t>NIST SP800-171の理解とサプライチェーンセキュリティリスクの基本【会場】</t>
+  </si>
+  <si>
+    <t>管理職のためのメンタルヘルス対策講座【会場】</t>
+  </si>
+  <si>
+    <t>三村 和子</t>
+  </si>
+  <si>
+    <t>権力を使わず人を動かし、満足度を上げる「ステークホルダーマネジメント」実践【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-07-30</t>
+  </si>
+  <si>
+    <t>2026-07-31</t>
+  </si>
+  <si>
+    <t>事例に学ぶ、デジタル時代の具体的変革アプローチ＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>2026-08-01、2026-09-30</t>
+  </si>
+  <si>
+    <t>IT戦略・IT企画入門＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>IT基礎＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>基礎技術おさらいと具体的セキュリティ技術の把握（ネットワークセキュリティ技術基礎プリ講座）_2026年8月1日～2026年9月30日開催 【動画】</t>
+  </si>
+  <si>
+    <t>ITプロジェクトマネジメント力強化講座＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>デジタル時代の品質マネジメント実践講座＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>WF型プロジェクトパフォーマンス分析講座＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>クラウドサービスの移行計画、運用計画の作り方＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>アーキテクチャー入門＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>生産管理システム基礎＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITサービスマネジメント入門＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>知らないと危ないソフトウェアの著作権リスク_2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>契約不適合責任とプロジェクトマネジメント義務＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITパーソン必修「ビジネス数字力」向上研修_2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>システム担当者のための管理会計入門＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>若手SEのためのロジカルシンキング入門＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITエンジニアのための文章力徹底トレーニング講座＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>2026-08-04</t>
+  </si>
+  <si>
+    <t>DX実現のために知っておくべき法律実務知識【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-08-05</t>
+  </si>
+  <si>
+    <t>セキュリティ、共通業務／資産管理、共通業務／事業継続計画BCP、共通業務／コンプライアンス、共通業務／人的資源管理（人材育成）、共通業務／契約管理、システム監査</t>
+  </si>
+  <si>
+    <t>2026-08-18</t>
+  </si>
+  <si>
+    <t>2026-08-19</t>
+  </si>
+  <si>
+    <t>契約不適合責任とプロジェクトマネジメント義務【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>情報システム部門のためのITアーキテクト養成講座【会場】</t>
+  </si>
+  <si>
+    <t>2026-08-20、2026-08-21、2026-08-27、2026-08-28</t>
+  </si>
+  <si>
+    <t>10:00-17:00会場（終了後17:30まで交流会を行います）、10:00-17:00会場、10:00-17:00会場（終了後17:30まで交流会を行います）、10:00-17:00会場</t>
+  </si>
+  <si>
+    <t>事業戦略策定、IS戦略策定、IT基盤構築・維持・管理</t>
+  </si>
+  <si>
+    <t>AI、クラウド、ハードウェア・ソフトウェア、ネットワーク</t>
+  </si>
+  <si>
+    <t>PMBOK(R)ベースのプロジェクトマネジメントにおける生成AIの活用【会場】</t>
+  </si>
+  <si>
+    <t>永谷 裕子、大橋 知子</t>
+  </si>
+  <si>
+    <t>2026-08-20</t>
+  </si>
+  <si>
+    <t>組織・プロジェクト変革推進時の利害関係者への「意識改革」具体的アプローチ【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-08-21</t>
+  </si>
+  <si>
+    <t>プロジェクトマネジメント、業務遂行・マネジメント</t>
+  </si>
+  <si>
+    <t>社会の変化、顧客価値の変化、競争環境の変化、変化への適応、コラボレーション、柔軟な意思決定</t>
+  </si>
+  <si>
+    <t>2026-08-21、2026-08-28</t>
+  </si>
+  <si>
+    <t>2026-08-25</t>
+  </si>
+  <si>
+    <t>2026-08-26</t>
+  </si>
+  <si>
+    <t>実際に機能するBCP/DRへの見直しと災害・パンデミック・サイバーセキュリティへの対応 【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-08-31</t>
+  </si>
+  <si>
+    <t>共通業務／事業継続計画BCP</t>
+  </si>
+  <si>
+    <t>思考の整理、レポート・提案書作成のための『図解表現入門講座』【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>2026-09-01</t>
+  </si>
+  <si>
+    <t>2026-09-02</t>
+  </si>
+  <si>
+    <t>要件定義のためのドキュメントと品質管理【会場】</t>
+  </si>
+  <si>
+    <t>細川 泰秀、河尻 直己</t>
+  </si>
+  <si>
+    <t>企業をより強くするIT投資計画の作り方【会場】</t>
+  </si>
+  <si>
+    <t>向 正道</t>
+  </si>
+  <si>
+    <t>2026-09-07</t>
+  </si>
+  <si>
+    <t>IT部門・SEの実務力を高める 基幹業務理解とシステム構築の要点【会場】</t>
+  </si>
+  <si>
+    <t>2026-09-08、2026-09-09</t>
+  </si>
+  <si>
+    <t>10:00-17:00会場（17:00-17:30交流会）、10:00-17:00会場</t>
+  </si>
+  <si>
+    <t>若手SEのためのロジカルシンキング ～ライティング編【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-09-08</t>
+  </si>
+  <si>
+    <t>JUASカフェ　次世代IT部門リーダーコミュニティ（勉強会）【会場】</t>
+  </si>
+  <si>
+    <t>2026-09-08、2026-09-15、2026-09-29</t>
+  </si>
+  <si>
+    <t>13:30-18:00会場、13:30-17:00会場、13:30-17:00会場</t>
+  </si>
+  <si>
+    <t>2026-09-09</t>
+  </si>
+  <si>
+    <t>2026-09-10</t>
+  </si>
+  <si>
+    <t>保守性を高めるアプリケーション設計の勘所と留意点【会場】</t>
+  </si>
+  <si>
+    <t>2026-09-11</t>
+  </si>
+  <si>
+    <t>ハイブリッド・マルチクラウドの運用計画・運用設計手法と設計書作成事例【会場】</t>
+  </si>
+  <si>
+    <t>丹下 勉、井戸川 誠、小口 和弘</t>
+  </si>
+  <si>
+    <t>2026-09-15、2026-09-16</t>
+  </si>
+  <si>
+    <t>2026-09-16</t>
+  </si>
+  <si>
+    <t>アーキテクチャ転換の勝利のセオリー【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>業務プレゼンテーションにおける話の磨き方講座【会場】</t>
+  </si>
+  <si>
+    <t>町田 和隆</t>
+  </si>
+  <si>
+    <t>2026-09-17</t>
+  </si>
+  <si>
+    <t>USDM（抜け漏れのない要求仕様作成の表記法）による仕様化入門【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-09-18</t>
+  </si>
+  <si>
+    <t>ユーザー企業におけるPMOの創設の薦めと実例研究【会場】</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>今こそ、問題解決力。DX時代の現場リーダー必携スキル【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>事例に学ぶ、デジタル時代の具体的変革アプローチ＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>2026-10-01、2026-11-30</t>
+  </si>
+  <si>
+    <t>IT戦略・IT企画入門＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>IT基礎＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>基礎技術おさらいと具体的セキュリティ技術の把握（ネットワークセキュリティ技術基礎プリ講座）_2026年10月1日～2026年11月30日開催 【動画】</t>
+  </si>
+  <si>
+    <t>ITプロジェクトマネジメント力強化講座＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>デジタル時代の品質マネジメント実践講座＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>WF型プロジェクトパフォーマンス分析講座＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>クラウドサービスの移行計画、運用計画の作り方＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>アーキテクチャー入門＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>生産管理システム基礎＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>DXを推進するためのデータサイエンスへの入り口【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>久保田 真人</t>
+  </si>
+  <si>
+    <t>2026-10-01</t>
+  </si>
+  <si>
+    <t>What(DXで活用されるデータ・技術)：データ、How(データ・技術の活用)：活用方法・事例、Mind(マインド・スタンス)：新たな価値を生み出す基礎としてのマインド・スタンス</t>
+  </si>
+  <si>
+    <t>社会におけるデータ、データを読む・説明する、データを扱う、データによって判断する、データ・デジタル技術の活用事例、ツール活用、事実に基づく判断</t>
+  </si>
+  <si>
+    <t>ITサービスマネジメント入門＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>知らないと危ないソフトウェアの著作権リスク_2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>契約不適合責任とプロジェクトマネジメント義務＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITパーソン必修「ビジネス数字力」向上研修_2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>システム担当者のための管理会計入門＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>若手SEのためのロジカルシンキング入門＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITエンジニアのための文章力徹底トレーニング講座＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>2026-10-06</t>
+  </si>
+  <si>
+    <t>「仕様変更」「規模削減」などプロジェクトのあるある事例を用いた、即「PM交渉力強化講座」【オンラインライブ】</t>
   </si>
   <si>
     <t>知らないと危ないソフトウェアの著作権リスク【オンラインライブ】</t>
   </si>
   <si>
-    <t>2025-12-17</t>
-[...98 lines deleted...]
-    <t>2026-01-16</t>
+    <t>2026-10-07</t>
+  </si>
+  <si>
+    <t>属人性を排除した「保守」の効率化と価値を生む「改修（強化改良）」へのプロセス改革　実践と事例講座【会場】</t>
+  </si>
+  <si>
+    <t>馬場 辰男</t>
+  </si>
+  <si>
+    <t>2026-10-08</t>
+  </si>
+  <si>
+    <t>IS保守</t>
+  </si>
+  <si>
+    <t>基幹系システムの再構築方法論の研究【会場】</t>
+  </si>
+  <si>
+    <t>2026-10-09</t>
+  </si>
+  <si>
+    <t>2026-10-14</t>
+  </si>
+  <si>
+    <t>システム担当者のための管理会計入門【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-10-15</t>
+  </si>
+  <si>
+    <t>資料作成から本番まで！プレゼンテーション大全～「A⇒E順」に「か・わ・い」く伝える【会場】</t>
+  </si>
+  <si>
+    <t>2026-10-16</t>
+  </si>
+  <si>
+    <t>【新人・配転者向けセミナー】秋速習コース／2026年10月19日～10月30日開催【会場】</t>
+  </si>
+  <si>
+    <t>2026-10-19、2026-10-20、2026-10-21、2026-10-22、2026-10-23、2026-10-26、2026-10-27、2026-10-28、2026-10-29、2026-10-30</t>
+  </si>
+  <si>
+    <t>10:00-17:00会場（終了後名刺交換会）、10:00-17:00会場、10:00-17:00会場、10:00-17:00会場、10:00-17:00会場、10:00-17:00会場、10:00-17:00会場、10:00-17:00会場、10:00-17:00会場、10:00-17:00会場</t>
+  </si>
+  <si>
+    <t>ＪＵＡＳ会員/ITC：352,000円 一般：451,000円（１名様あたり　消費税込み、テキスト込み）【受講権利枚数10枚】</t>
+  </si>
+  <si>
+    <t>情報システム概論～情報システムの過去・現在・将来【会場】</t>
+  </si>
+  <si>
+    <t>鴫谷 あゆみ</t>
+  </si>
+  <si>
+    <t>2026-10-19</t>
+  </si>
+  <si>
+    <t>社会の変化、顧客価値の変化、競争環境の変化</t>
+  </si>
+  <si>
+    <t>2026-10-20</t>
+  </si>
+  <si>
+    <t>新規所属者を最も早く戦力化するためのマニュアル作成と指導のノウハウ【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>2026-10-21</t>
+  </si>
+  <si>
+    <t>2026-10-22、2026-10-23</t>
+  </si>
+  <si>
+    <t>新人・配転者におススメ！ イチから始めるシステム運用【会場】</t>
+  </si>
+  <si>
+    <t>藤原 達哉</t>
+  </si>
+  <si>
+    <t>2026-10-26</t>
+  </si>
+  <si>
+    <t>ネットワーク運用管理技法と管理ドキュメント解説【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-10-26、2026-11-09</t>
+  </si>
+  <si>
+    <t>2026-10-27</t>
+  </si>
+  <si>
+    <t>情報化プロセス体験研修【会場】</t>
+  </si>
+  <si>
+    <t>2026-10-28、2026-10-29、2026-10-30</t>
+  </si>
+  <si>
+    <t>10:00-17:00会場、10:00-17:00会場、10:00-17:00会場</t>
+  </si>
+  <si>
+    <t>IS戦略策定・IS戦略評価・IS企画・IS企画評価、IS戦略実行マネジメント・プロジェクトマネジメント</t>
+  </si>
+  <si>
+    <t>IS戦略策定、IS戦略実行マネジメント</t>
+  </si>
+  <si>
+    <t>2026-11-05、2026-11-06、2026-11-19、2026-11-20</t>
+  </si>
+  <si>
+    <t>2026-11-06</t>
+  </si>
+  <si>
+    <t>投資と要求に合ったITプロジェクトの見極め方【会場】</t>
+  </si>
+  <si>
+    <t>2026-11-10</t>
+  </si>
+  <si>
+    <t>IS戦略策定、IS戦略実行マネジメント、プロジェクトマネジメント</t>
+  </si>
+  <si>
+    <t>女性リーダー勉強会【朝活オンラインライブ＋会場】2026年11月～12月開催</t>
+  </si>
+  <si>
+    <t>2026-11-10、2026-11-17、2026-11-24、2026-11-26、2026-11-27、2026-12-01、2026-12-08、2026-12-15、2026-12-22</t>
+  </si>
+  <si>
+    <t>8:00-9:00オンライン、8:00-9:00オンライン、8:00-9:00オンライン、13:30-17:00会場（17:00-18:00交流会）、10:00-17:00会場、8:00-9:00オンライン、8:00-9:00オンライン、8:00-9:00オンライン、8:00-10:00オンライン</t>
+  </si>
+  <si>
+    <t>2026-11-11</t>
+  </si>
+  <si>
+    <t>部下の書いた文章のチェック方法－文章添削の定石とテクニック 【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>プロジェクトマネジメント計画書の作り方【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-11-12</t>
+  </si>
+  <si>
+    <t>部下指導・育成リーダー養成講座【会場】</t>
+  </si>
+  <si>
+    <t>石橋 正利</t>
+  </si>
+  <si>
+    <t>システム開発プロジェクトにおけるメンバーの多様性を活かすチームビルディング実践講座【会場】</t>
+  </si>
+  <si>
+    <t>2026-11-13</t>
+  </si>
+  <si>
+    <t>IS戦略実行マネジメント、プロジェクトマネジメント、業務遂行・マネジメント</t>
+  </si>
+  <si>
+    <t>データ利活用契約・AI開発委託契約の法的問題点と契約条項の検討【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-11-16</t>
+  </si>
+  <si>
+    <t>DXに対応したPFDによる業務プロセス設計手法～今こそプロセスの品質で生産性向上、時代の変化に対応する【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-11-17</t>
+  </si>
+  <si>
+    <t>IS戦略実行マネジメント、IS企画</t>
+  </si>
+  <si>
+    <t>2026-11-18</t>
+  </si>
+  <si>
+    <t>グローバルITプロジェクトのIT組織設計、ERP導入、会社・事業のグローバル経営・展開を考える【会場】</t>
+  </si>
+  <si>
+    <t>2026-11-24</t>
+  </si>
+  <si>
+    <t>ITプロジェクト現場のためのリスクマネジメントの本質と導入ノウハウ実践講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-11-25</t>
+  </si>
+  <si>
+    <t>6（申請中）</t>
+  </si>
+  <si>
+    <t>早期にソフトウェア品質を良くする人間重視の品質改善実践法【会場】</t>
+  </si>
+  <si>
+    <t>2026-11-26</t>
+  </si>
+  <si>
+    <t>事例に学ぶ、デジタル時代の具体的変革アプローチ＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>2026-12-01、2027-01-31</t>
+  </si>
+  <si>
+    <t>IT戦略・IT企画入門＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>現場で使える要求定義スキル向上プログラム【事前学習＋オンラインライブ】2026年12月8日・15日開催</t>
+  </si>
+  <si>
+    <t>2026-12-01、2026-12-08、2026-12-15</t>
+  </si>
+  <si>
+    <t>IT基礎＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>基礎技術おさらいと具体的セキュリティ技術の把握（ネットワークセキュリティ技術基礎プリ講座）_2026年12月1日～2027年1月31日開催 【動画】</t>
+  </si>
+  <si>
+    <t>ITプロジェクトマネジメント力強化講座＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>デジタル時代の品質マネジメント実践講座＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>WF型プロジェクトパフォーマンス分析講座＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>クラウドサービスの移行計画、運用計画の作り方＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>アーキテクチャー入門＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>生産管理システム基礎＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITサービスマネジメント入門＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>知らないと危ないソフトウェアの著作権リスク_2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>契約不適合責任とプロジェクトマネジメント義務＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITパーソン必修「ビジネス数字力」向上研修_2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>システム担当者のための管理会計入門＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>若手SEのためのロジカルシンキング入門＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITエンジニアのための文章力徹底トレーニング講座＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>2026-12-02</t>
+  </si>
+  <si>
+    <t>2026-12-03</t>
+  </si>
+  <si>
+    <t>社内外での学習会・勉強会に活かす「教え方を磨く講座」（基礎編）【会場】</t>
+  </si>
+  <si>
+    <t>2026-12-04</t>
+  </si>
+  <si>
+    <t>2026-12-07</t>
+  </si>
+  <si>
+    <t>若手SEのための合意形成の基礎【会場】</t>
+  </si>
+  <si>
+    <t>2026-12-08</t>
+  </si>
+  <si>
+    <t>NISTサイバーセキュリティフレームワーク2.0の理解【会場】</t>
+  </si>
+  <si>
+    <t>2026-12-09</t>
+  </si>
+  <si>
+    <t>ITエンジニアのための文章力徹底トレーニング講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>9:00-16:30ライブ配信</t>
+  </si>
+  <si>
+    <t>2026-12-10</t>
+  </si>
+  <si>
+    <t>2026-12-17</t>
+  </si>
+  <si>
+    <t>2026-12-22</t>
+  </si>
+  <si>
+    <t>2027-01-19</t>
+  </si>
+  <si>
+    <t>2027-01-20</t>
+  </si>
+  <si>
+    <t>IT部門のための基礎から始めないデータサイエンス入門【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2027-01-21</t>
+  </si>
+  <si>
+    <t>IS戦略策定・IS戦略評価・IS企画・IS企画評価、IS活用、業務遂行スキル</t>
+  </si>
+  <si>
+    <t>IS戦略策定、IS企画、IS企画評価、IS活用、業務遂行・クリエイション</t>
+  </si>
+  <si>
+    <t>What(DXで活用されるデータ・技術)：データ、What(DXで活用されるデータ・技術)：デジタル技術、How(データ・技術の活用)：活用方法・事例、Mind(マインド・スタンス)：新たな価値を生み出す基礎としてのマインド・スタンス</t>
+  </si>
+  <si>
+    <t>社会におけるデータ、データを読む・説明する、データを扱う、データによって判断する、AI、ツール活用、事実に基づく判断</t>
+  </si>
+  <si>
+    <t>2027-01-22</t>
+  </si>
+  <si>
+    <t>2027-01-26</t>
   </si>
   <si>
     <t>RFP作成から調達先選定のプロセス体験講座【オンラインライブ】</t>
   </si>
   <si>
     <t>矢吹 哲也</t>
   </si>
   <si>
-    <t>2026-01-20</t>
-[...2 lines deleted...]
-    <t>IS導入/システム要件定義</t>
+    <t>2027-01-27</t>
   </si>
   <si>
     <t>社会の変化、顧客・ユーザーへの共感</t>
   </si>
   <si>
-    <t>IT部門のための基礎から始めないデータサイエンス入門【オンラインライブ】</t>
-[...620 lines deleted...]
-    <t>2026-03-25</t>
+    <t>2027-01-28</t>
+  </si>
+  <si>
+    <t>IT投資効果の評価手法入門【会場】</t>
+  </si>
+  <si>
+    <t>2027-01-29</t>
+  </si>
+  <si>
+    <t>事例に学ぶ、デジタル時代の具体的変革アプローチ＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>2027-02-01、2027-03-31</t>
+  </si>
+  <si>
+    <t>IT戦略・IT企画入門＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>IT基礎＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>基礎技術おさらいと具体的セキュリティ技術の把握（ネットワークセキュリティ技術基礎プリ講座）_2027年2月1日～2027年3月31日開催 【動画】</t>
+  </si>
+  <si>
+    <t>ITプロジェクトマネジメント力強化講座＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>デジタル時代の品質マネジメント実践講座＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>WF型プロジェクトパフォーマンス分析講座＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>クラウドサービスの移行計画、運用計画の作り方＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>アーキテクチャー入門＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>生産管理システム基礎＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITサービスマネジメント入門＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>知らないと危ないソフトウェアの著作権リスク_2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>契約不適合責任とプロジェクトマネジメント義務＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITパーソン必修「ビジネス数字力」向上研修_2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>システム担当者のための管理会計入門＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>若手SEのためのロジカルシンキング入門＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITエンジニアのための文章力徹底トレーニング講座＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>2027-02-02</t>
+  </si>
+  <si>
+    <t>動かしながら学ぶ、データサイエンティスト基礎講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>佐藤 和也</t>
+  </si>
+  <si>
+    <t>2027-02-03、2027-02-04</t>
+  </si>
+  <si>
+    <t>9:00-16:00ライブ配信、9:00-16:00ライブ配信</t>
+  </si>
+  <si>
+    <t>データを読む・説明する、データを扱う、データによって判断する、AI、ツール活用、事実に基づく判断</t>
+  </si>
+  <si>
+    <t>2027-02-05</t>
+  </si>
+  <si>
+    <t>2027-02-05、2027-02-19</t>
+  </si>
+  <si>
+    <t>わかりやすいマニュアル作成～操作マニュアル・取扱い説明書編【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>2027-02-09</t>
+  </si>
+  <si>
+    <t>2027-02-10</t>
+  </si>
+  <si>
+    <t>基幹システム再構築のためのデータHUBシステムの構築方法【会場】</t>
+  </si>
+  <si>
+    <t>2027-02-16</t>
+  </si>
+  <si>
+    <t>IS導入/ISの受入</t>
+  </si>
+  <si>
+    <t>2027-02-17</t>
+  </si>
+  <si>
+    <t>2027-02-18</t>
+  </si>
+  <si>
+    <t>2027-02-24</t>
+  </si>
+  <si>
+    <t>2027-02-25、2027-03-04、2027-03-05</t>
+  </si>
+  <si>
+    <t>2027-03-02</t>
+  </si>
+  <si>
+    <t>2027-03-03</t>
+  </si>
+  <si>
+    <t>2027-03-04</t>
+  </si>
+  <si>
+    <t>2027-03-09</t>
+  </si>
+  <si>
+    <t>2027-03-10</t>
+  </si>
+  <si>
+    <t>2027-03-11</t>
+  </si>
+  <si>
+    <t>2027-03-16</t>
+  </si>
+  <si>
+    <t>2027-03-17</t>
+  </si>
+  <si>
+    <t>高度課題解決型リーダーの育て方～現場で使える成功ノウハウ継承の秘策「ものがたり継承法」【会場】</t>
+  </si>
+  <si>
+    <t>2027-03-18</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ Ｐゴシック"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1269,67 +2460,3967 @@
     </fill>
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="541">
+  <cellXfs count="1841">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="2" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
@@ -3201,54 +8292,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:T108"/>
+  <dimension ref="A1:T368"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="85" zoomScaleNormal="85" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="T108" sqref="T108"/>
+      <selection activeCell="T368" sqref="T368"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.796875" customWidth="true" style="5"/>
     <col min="2" max="2" width="77.09765625" customWidth="true" style="0"/>
     <col min="3" max="3" width="22.296875" customWidth="true" style="0"/>
     <col min="4" max="4" width="48.19921875" customWidth="true" style="3"/>
     <col min="5" max="5" width="49.296875" customWidth="true" style="0"/>
     <col min="6" max="6" width="32.3984375" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.09765625" customWidth="true" style="5"/>
     <col min="8" max="8" width="61.69921875" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.296875" customWidth="true" style="5"/>
     <col min="10" max="10" width="124" customWidth="true" style="3"/>
     <col min="11" max="11" width="88.796875" customWidth="true" style="3"/>
     <col min="12" max="12" width="88.796875" customWidth="true" style="3"/>
     <col min="13" max="13" width="88.796875" customWidth="true" style="3"/>
     <col min="14" max="14" width="19.8984375" customWidth="true" style="3"/>
     <col min="15" max="15" width="19.8984375" customWidth="true" style="3"/>
     <col min="16" max="16" width="19.8984375" customWidth="true" style="3"/>
     <col min="17" max="17" width="19.8984375" customWidth="true" style="3"/>
     <col min="18" max="18" width="19.8984375" customWidth="true" style="3"/>
     <col min="19" max="19" width="10.3984375" customWidth="true" style="5"/>
     <col min="20" max="20" width="13.296875" customWidth="true" style="5"/>
   </cols>
@@ -3295,6107 +8386,21027 @@
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="O1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="2" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" s="6">
-        <v>4325071</v>
+        <v>4325024</v>
       </c>
       <c r="B2" s="7" t="s">
         <v>20</v>
       </c>
       <c r="C2" s="7" t="s">
         <v>21</v>
       </c>
       <c r="D2" s="8" t="s">
         <v>22</v>
       </c>
       <c r="E2" s="7" t="s">
         <v>23</v>
       </c>
       <c r="F2" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G2" s="9" t="s">
         <v>25</v>
       </c>
       <c r="H2" s="7" t="s">
         <v>26</v>
       </c>
       <c r="I2" s="9">
         <v>1</v>
       </c>
       <c r="J2" s="8" t="s">
         <v>27</v>
       </c>
       <c r="K2" s="8" t="s">
         <v>28</v>
       </c>
-      <c r="L2" s="8"/>
-      <c r="M2" s="8"/>
+      <c r="L2" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="M2" s="8" t="s">
+        <v>30</v>
+      </c>
       <c r="N2" s="8" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="O2" s="8" t="s">
-        <v>30</v>
-[...6 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="P2" s="8"/>
+      <c r="Q2" s="8"/>
       <c r="R2" s="8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S2" s="9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T2" s="10">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" s="11">
-        <v>4125177</v>
+        <v>4325078</v>
       </c>
       <c r="B3" s="12" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="C3" s="12"/>
+        <v>35</v>
+      </c>
+      <c r="C3" s="12" t="s">
+        <v>36</v>
+      </c>
       <c r="D3" s="13" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="E3" s="12" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="F3" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="G3" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="I3" s="14">
+        <v>1</v>
+      </c>
+      <c r="J3" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="G3" s="14">
-[...2 lines deleted...]
-      <c r="H3" s="12" t="s">
+      <c r="K3" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="I3" s="14">
-[...2 lines deleted...]
-      <c r="J3" s="13" t="s">
+      <c r="L3" s="13" t="s">
         <v>39</v>
       </c>
-      <c r="K3" s="13" t="s">
+      <c r="M3" s="13" t="s">
         <v>40</v>
       </c>
-      <c r="L3" s="13"/>
-      <c r="M3" s="13"/>
       <c r="N3" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="O3" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="O3" s="13" t="s">
+      <c r="P3" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q3" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="R3" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="S3" s="14" t="s">
         <v>42</v>
       </c>
-      <c r="P3" s="13"/>
-[...6 lines deleted...]
-      </c>
       <c r="T3" s="15">
-        <v>20</v>
+        <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" s="16">
-        <v>3825023</v>
+        <v>4325068</v>
       </c>
       <c r="B4" s="17" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" s="17" t="s">
         <v>44</v>
       </c>
-      <c r="C4" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" s="18" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="E4" s="17" t="s">
         <v>23</v>
       </c>
       <c r="F4" s="17" t="s">
         <v>24</v>
       </c>
       <c r="G4" s="19" t="s">
         <v>25</v>
       </c>
-      <c r="H4" s="17"/>
-[...2 lines deleted...]
-      <c r="K4" s="18"/>
+      <c r="H4" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="I4" s="19">
+        <v>1</v>
+      </c>
+      <c r="J4" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" s="18" t="s">
+        <v>46</v>
+      </c>
       <c r="L4" s="18"/>
       <c r="M4" s="18"/>
       <c r="N4" s="18" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="O4" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="P4" s="18"/>
-      <c r="Q4" s="18"/>
+      <c r="Q4" s="18" t="s">
+        <v>49</v>
+      </c>
       <c r="R4" s="18" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S4" s="19" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="T4" s="20"/>
+        <v>34</v>
+      </c>
+      <c r="T4" s="20">
+        <v>3</v>
+      </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" s="21">
-        <v>4325024</v>
+        <v>4325048</v>
       </c>
       <c r="B5" s="22" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C5" s="22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D5" s="23" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="E5" s="22" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="22" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="24" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="22" t="s">
         <v>26</v>
       </c>
       <c r="I5" s="24">
         <v>1</v>
       </c>
       <c r="J5" s="23" t="s">
         <v>52</v>
       </c>
       <c r="K5" s="23" t="s">
+        <v>52</v>
+      </c>
+      <c r="L5" s="23" t="s">
         <v>53</v>
       </c>
-      <c r="L5" s="23" t="s">
+      <c r="M5" s="23" t="s">
         <v>54</v>
       </c>
-      <c r="M5" s="23" t="s">
+      <c r="N5" s="23" t="s">
         <v>55</v>
       </c>
-      <c r="N5" s="23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O5" s="23" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-      <c r="Q5" s="23"/>
+        <v>56</v>
+      </c>
+      <c r="P5" s="23" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q5" s="23" t="s">
+        <v>57</v>
+      </c>
       <c r="R5" s="23" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S5" s="24" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T5" s="25">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" s="26">
-        <v>4325078</v>
+        <v>4325012</v>
       </c>
       <c r="B6" s="27" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C6" s="27" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D6" s="28" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="E6" s="27" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="27" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="29" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="27" t="s">
         <v>26</v>
       </c>
       <c r="I6" s="29">
         <v>1</v>
       </c>
       <c r="J6" s="28" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="K6" s="28" t="s">
-        <v>59</v>
-[...4 lines deleted...]
-      <c r="M6" s="28" t="s">
         <v>61</v>
       </c>
+      <c r="L6" s="28"/>
+      <c r="M6" s="28"/>
       <c r="N6" s="28" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="O6" s="28" t="s">
-        <v>47</v>
-[...6 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="P6" s="28"/>
+      <c r="Q6" s="28"/>
       <c r="R6" s="28" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S6" s="29" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="T6" s="30">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" s="31">
-        <v>4325068</v>
+        <v>4325036</v>
       </c>
       <c r="B7" s="32" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C7" s="32" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="D7" s="33" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="E7" s="32" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="32" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="34" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="32" t="s">
         <v>26</v>
       </c>
       <c r="I7" s="34">
         <v>1</v>
       </c>
       <c r="J7" s="33" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="K7" s="33" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="L7" s="33"/>
       <c r="M7" s="33"/>
       <c r="N7" s="33" t="s">
         <v>64</v>
       </c>
       <c r="O7" s="33" t="s">
         <v>65</v>
       </c>
       <c r="P7" s="33" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="Q7" s="33" t="s">
         <v>66</v>
       </c>
       <c r="R7" s="33" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S7" s="34" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T7" s="35">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" s="36">
-        <v>4325072</v>
+        <v>4325061</v>
       </c>
       <c r="B8" s="37" t="s">
         <v>67</v>
       </c>
       <c r="C8" s="37" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="38" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="E8" s="37" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="37" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="39" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="37" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="39">
         <v>1</v>
       </c>
       <c r="J8" s="38" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="K8" s="38" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="L8" s="38"/>
       <c r="M8" s="38"/>
       <c r="N8" s="38" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="O8" s="38" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="P8" s="38" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="Q8" s="38" t="s">
-        <v>31</v>
+        <v>68</v>
       </c>
       <c r="R8" s="38" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S8" s="39" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T8" s="40">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" s="41">
-        <v>4325048</v>
+        <v>4325030</v>
       </c>
       <c r="B9" s="42" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C9" s="42" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D9" s="43" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="E9" s="42" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="42" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="44" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="42" t="s">
         <v>26</v>
       </c>
       <c r="I9" s="44">
         <v>1</v>
       </c>
       <c r="J9" s="43" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="K9" s="43" t="s">
-        <v>70</v>
-[...4 lines deleted...]
-      <c r="M9" s="43" t="s">
         <v>72</v>
       </c>
+      <c r="L9" s="43"/>
+      <c r="M9" s="43"/>
       <c r="N9" s="43" t="s">
         <v>73</v>
       </c>
       <c r="O9" s="43" t="s">
         <v>74</v>
       </c>
-      <c r="P9" s="43" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="P9" s="43"/>
+      <c r="Q9" s="43"/>
       <c r="R9" s="43" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S9" s="44" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T9" s="45">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" s="46">
-        <v>4325012</v>
+        <v>4325054</v>
       </c>
       <c r="B10" s="47" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" s="47" t="s">
         <v>76</v>
       </c>
-      <c r="C10" s="47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" s="48" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="E10" s="47" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="47" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="49" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="47" t="s">
         <v>26</v>
       </c>
       <c r="I10" s="49">
         <v>1</v>
       </c>
       <c r="J10" s="48" t="s">
+        <v>71</v>
+      </c>
+      <c r="K10" s="48"/>
+      <c r="L10" s="48" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" s="48" t="s">
         <v>78</v>
       </c>
-      <c r="K10" s="48" t="s">
+      <c r="N10" s="48" t="s">
+        <v>47</v>
+      </c>
+      <c r="O10" s="48" t="s">
         <v>79</v>
-      </c>
-[...6 lines deleted...]
-        <v>80</v>
       </c>
       <c r="P10" s="48"/>
       <c r="Q10" s="48"/>
       <c r="R10" s="48" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S10" s="49" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T10" s="50">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" s="51">
-        <v>4325036</v>
+        <v>4325058</v>
       </c>
       <c r="B11" s="52" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" s="52" t="s">
         <v>81</v>
       </c>
-      <c r="C11" s="52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" s="53" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="E11" s="52" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="52" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="54" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="52" t="s">
         <v>26</v>
       </c>
       <c r="I11" s="54">
         <v>1</v>
       </c>
       <c r="J11" s="53" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="K11" s="53" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-      <c r="M11" s="53"/>
+        <v>82</v>
+      </c>
+      <c r="L11" s="53" t="s">
+        <v>77</v>
+      </c>
+      <c r="M11" s="53" t="s">
+        <v>83</v>
+      </c>
       <c r="N11" s="53" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="O11" s="53" t="s">
-        <v>83</v>
-[...4 lines deleted...]
-      <c r="Q11" s="53" t="s">
         <v>84</v>
       </c>
+      <c r="P11" s="53"/>
+      <c r="Q11" s="53"/>
       <c r="R11" s="53" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S11" s="54" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T11" s="55">
         <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" s="56">
-        <v>4325061</v>
+        <v>4325072</v>
       </c>
       <c r="B12" s="57" t="s">
         <v>85</v>
       </c>
       <c r="C12" s="57" t="s">
-        <v>50</v>
+        <v>86</v>
       </c>
       <c r="D12" s="58" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="E12" s="57" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="57" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="59" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="57" t="s">
         <v>26</v>
       </c>
       <c r="I12" s="59">
         <v>1</v>
       </c>
       <c r="J12" s="58" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="K12" s="58" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="L12" s="58"/>
       <c r="M12" s="58"/>
       <c r="N12" s="58" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="O12" s="58" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="P12" s="58" t="s">
         <v>64</v>
       </c>
       <c r="Q12" s="58" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="R12" s="58" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S12" s="59" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T12" s="60">
         <v>4</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" s="61">
-        <v>4325030</v>
+        <v>4325018</v>
       </c>
       <c r="B13" s="62" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C13" s="62" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="D13" s="63" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="E13" s="62" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="62" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="64" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="62" t="s">
         <v>26</v>
       </c>
       <c r="I13" s="64">
         <v>1</v>
       </c>
       <c r="J13" s="63" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="K13" s="63" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-      <c r="M13" s="63"/>
+        <v>93</v>
+      </c>
+      <c r="L13" s="63" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" s="63" t="s">
+        <v>95</v>
+      </c>
       <c r="N13" s="63" t="s">
-        <v>41</v>
+        <v>96</v>
       </c>
       <c r="O13" s="63" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="P13" s="63"/>
       <c r="Q13" s="63"/>
       <c r="R13" s="63" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S13" s="64" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T13" s="65">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" s="66">
-        <v>4325054</v>
+        <v>4325075</v>
       </c>
       <c r="B14" s="67" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="C14" s="67" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D14" s="68" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="E14" s="67" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="67" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="69" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="67" t="s">
         <v>26</v>
       </c>
       <c r="I14" s="69">
         <v>1</v>
       </c>
       <c r="J14" s="68" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="K14" s="68"/>
+        <v>92</v>
+      </c>
+      <c r="K14" s="68" t="s">
+        <v>93</v>
+      </c>
       <c r="L14" s="68" t="s">
         <v>94</v>
       </c>
       <c r="M14" s="68" t="s">
-        <v>95</v>
+        <v>55</v>
       </c>
       <c r="N14" s="68" t="s">
-        <v>64</v>
+        <v>96</v>
       </c>
       <c r="O14" s="68" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P14" s="68"/>
       <c r="Q14" s="68"/>
       <c r="R14" s="68" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S14" s="69" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T14" s="70">
         <v>4</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="71">
-        <v>4325058</v>
+        <v>4325006</v>
       </c>
       <c r="B15" s="72" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C15" s="72" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D15" s="73" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="E15" s="72" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="72" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="74" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="72" t="s">
         <v>26</v>
       </c>
       <c r="I15" s="74">
         <v>1</v>
       </c>
       <c r="J15" s="73" t="s">
-        <v>89</v>
+        <v>101</v>
       </c>
       <c r="K15" s="73" t="s">
-        <v>99</v>
-[...6 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="L15" s="73"/>
+      <c r="M15" s="73"/>
       <c r="N15" s="73" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="O15" s="73" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-      <c r="Q15" s="73"/>
+        <v>103</v>
+      </c>
+      <c r="P15" s="73" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q15" s="73" t="s">
+        <v>104</v>
+      </c>
       <c r="R15" s="73" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S15" s="74" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="T15" s="75">
         <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="76">
-        <v>4325018</v>
+        <v>4325042</v>
       </c>
       <c r="B16" s="77" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C16" s="77" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D16" s="78" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="E16" s="77" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="77" t="s">
         <v>24</v>
       </c>
       <c r="G16" s="79" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="77" t="s">
         <v>26</v>
       </c>
       <c r="I16" s="79">
         <v>1</v>
       </c>
       <c r="J16" s="78" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="K16" s="78"/>
       <c r="L16" s="78" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M16" s="78" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N16" s="78" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="O16" s="78" t="s">
         <v>109</v>
       </c>
       <c r="P16" s="78"/>
       <c r="Q16" s="78"/>
       <c r="R16" s="78" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S16" s="79" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T16" s="80">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" s="81">
-        <v>4325075</v>
+        <v>4325064</v>
       </c>
       <c r="B17" s="82" t="s">
         <v>110</v>
       </c>
       <c r="C17" s="82" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="D17" s="83" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="E17" s="82" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="82" t="s">
         <v>24</v>
       </c>
       <c r="G17" s="84" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="82" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="I17" s="84">
         <v>1</v>
       </c>
       <c r="J17" s="83" t="s">
+        <v>101</v>
+      </c>
+      <c r="K17" s="83" t="s">
+        <v>113</v>
+      </c>
+      <c r="L17" s="83" t="s">
+        <v>114</v>
+      </c>
+      <c r="M17" s="83" t="s">
+        <v>115</v>
+      </c>
+      <c r="N17" s="83" t="s">
+        <v>73</v>
+      </c>
+      <c r="O17" s="83" t="s">
+        <v>116</v>
+      </c>
+      <c r="P17" s="83" t="s">
         <v>104</v>
       </c>
-      <c r="K17" s="83" t="s">
-[...15 lines deleted...]
-      <c r="Q17" s="83"/>
+      <c r="Q17" s="83" t="s">
+        <v>104</v>
+      </c>
       <c r="R17" s="83" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S17" s="84" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T17" s="85">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" s="86">
-        <v>4325006</v>
+        <v>4325080</v>
       </c>
       <c r="B18" s="87" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="C18" s="87" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="D18" s="88" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="E18" s="87" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="87" t="s">
         <v>24</v>
       </c>
       <c r="G18" s="89" t="s">
         <v>25</v>
       </c>
       <c r="H18" s="87" t="s">
         <v>26</v>
       </c>
       <c r="I18" s="89">
         <v>1</v>
       </c>
       <c r="J18" s="88" t="s">
-        <v>39</v>
+        <v>101</v>
       </c>
       <c r="K18" s="88" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-      <c r="M18" s="88"/>
+        <v>102</v>
+      </c>
+      <c r="L18" s="88" t="s">
+        <v>119</v>
+      </c>
+      <c r="M18" s="88" t="s">
+        <v>120</v>
+      </c>
       <c r="N18" s="88" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="O18" s="88" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="P18" s="88" t="s">
-        <v>66</v>
+        <v>104</v>
       </c>
       <c r="Q18" s="88" t="s">
-        <v>66</v>
+        <v>104</v>
       </c>
       <c r="R18" s="88" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S18" s="89" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T18" s="90">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" s="91">
-        <v>4325042</v>
+        <v>3825025</v>
       </c>
       <c r="B19" s="92" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="C19" s="92" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="D19" s="93" t="s">
-        <v>51</v>
+        <v>123</v>
       </c>
       <c r="E19" s="92" t="s">
         <v>23</v>
       </c>
       <c r="F19" s="92" t="s">
         <v>24</v>
       </c>
       <c r="G19" s="94" t="s">
         <v>25</v>
       </c>
-      <c r="H19" s="92" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="H19" s="92"/>
+      <c r="I19" s="94"/>
+      <c r="J19" s="93"/>
       <c r="K19" s="93"/>
       <c r="L19" s="93" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="M19" s="93" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="N19" s="93" t="s">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="O19" s="93" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-      <c r="Q19" s="93"/>
+        <v>127</v>
+      </c>
+      <c r="P19" s="93" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q19" s="93" t="s">
+        <v>128</v>
+      </c>
       <c r="R19" s="93" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S19" s="94" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="T19" s="95"/>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" s="96">
-        <v>4325064</v>
+        <v>4125099</v>
       </c>
       <c r="B20" s="97" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="C20" s="97" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="D20" s="98" t="s">
-        <v>51</v>
+        <v>131</v>
       </c>
       <c r="E20" s="97" t="s">
-        <v>23</v>
+        <v>132</v>
       </c>
       <c r="F20" s="97" t="s">
         <v>24</v>
       </c>
-      <c r="G20" s="99" t="s">
+      <c r="G20" s="99">
         <v>25</v>
       </c>
       <c r="H20" s="97" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="I20" s="99">
         <v>1</v>
       </c>
       <c r="J20" s="98" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="K20" s="98" t="s">
-        <v>123</v>
-[...6 lines deleted...]
-      </c>
+        <v>133</v>
+      </c>
+      <c r="L20" s="98"/>
+      <c r="M20" s="98"/>
       <c r="N20" s="98" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="O20" s="98" t="s">
-        <v>126</v>
-[...6 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="P20" s="98"/>
+      <c r="Q20" s="98"/>
       <c r="R20" s="98" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S20" s="99" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T20" s="100">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" s="101">
-        <v>4325080</v>
+        <v>3825022</v>
       </c>
       <c r="B21" s="102" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="C21" s="102" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="D21" s="103" t="s">
-        <v>51</v>
+        <v>131</v>
       </c>
       <c r="E21" s="102" t="s">
-        <v>23</v>
+        <v>136</v>
       </c>
       <c r="F21" s="102" t="s">
         <v>24</v>
       </c>
       <c r="G21" s="104" t="s">
         <v>25</v>
       </c>
-      <c r="H21" s="102" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H21" s="102"/>
+      <c r="I21" s="104"/>
       <c r="J21" s="103" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="K21" s="103" t="s">
-        <v>113</v>
-[...6 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="L21" s="103"/>
+      <c r="M21" s="103"/>
       <c r="N21" s="103" t="s">
-        <v>41</v>
+        <v>55</v>
       </c>
       <c r="O21" s="103" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="P21" s="103"/>
       <c r="Q21" s="103"/>
       <c r="R21" s="103" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S21" s="104" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="T21" s="105"/>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="106">
-        <v>4125043</v>
+        <v>4725007</v>
       </c>
       <c r="B22" s="107" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="C22" s="107" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="D22" s="108" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E22" s="107" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="F22" s="107" t="s">
-        <v>24</v>
+        <v>141</v>
       </c>
       <c r="G22" s="109">
-        <v>25</v>
-[...6 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="H22" s="107"/>
+      <c r="I22" s="109"/>
       <c r="J22" s="108" t="s">
-        <v>135</v>
+        <v>45</v>
       </c>
       <c r="K22" s="108" t="s">
-        <v>136</v>
-[...6 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="L22" s="108"/>
+      <c r="M22" s="108"/>
       <c r="N22" s="108" t="s">
+        <v>62</v>
+      </c>
+      <c r="O22" s="108" t="s">
+        <v>143</v>
+      </c>
+      <c r="P22" s="108" t="s">
         <v>64</v>
       </c>
-      <c r="O22" s="108" t="s">
-[...3 lines deleted...]
-      <c r="Q22" s="108"/>
+      <c r="Q22" s="108" t="s">
+        <v>144</v>
+      </c>
       <c r="R22" s="108" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S22" s="109" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="T22" s="110"/>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" s="111">
-        <v>3825024</v>
+        <v>4125103</v>
       </c>
       <c r="B23" s="112" t="s">
+        <v>145</v>
+      </c>
+      <c r="C23" s="112" t="s">
+        <v>146</v>
+      </c>
+      <c r="D23" s="113" t="s">
         <v>139</v>
       </c>
-      <c r="C23" s="112" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E23" s="112" t="s">
-        <v>23</v>
+        <v>147</v>
       </c>
       <c r="F23" s="112" t="s">
         <v>24</v>
       </c>
-      <c r="G23" s="114" t="s">
-[...5 lines deleted...]
-      <c r="K23" s="113"/>
+      <c r="G23" s="114">
+        <v>30</v>
+      </c>
+      <c r="H23" s="112" t="s">
+        <v>112</v>
+      </c>
+      <c r="I23" s="114">
+        <v>1</v>
+      </c>
+      <c r="J23" s="113" t="s">
+        <v>52</v>
+      </c>
+      <c r="K23" s="113" t="s">
+        <v>52</v>
+      </c>
       <c r="L23" s="113"/>
       <c r="M23" s="113"/>
       <c r="N23" s="113" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="O23" s="113" t="s">
-        <v>96</v>
+        <v>148</v>
       </c>
       <c r="P23" s="113"/>
       <c r="Q23" s="113"/>
       <c r="R23" s="113" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S23" s="114" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="T23" s="115"/>
+        <v>42</v>
+      </c>
+      <c r="T23" s="115">
+        <v>6</v>
+      </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="116">
-        <v>4125190</v>
+        <v>4125192</v>
       </c>
       <c r="B24" s="117" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="C24" s="117" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="D24" s="118" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="E24" s="117" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="F24" s="117" t="s">
-        <v>24</v>
+        <v>141</v>
       </c>
       <c r="G24" s="119">
         <v>25</v>
       </c>
       <c r="H24" s="117" t="s">
-        <v>146</v>
+        <v>112</v>
       </c>
       <c r="I24" s="119">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J24" s="118" t="s">
-        <v>89</v>
+        <v>101</v>
       </c>
       <c r="K24" s="118" t="s">
-        <v>147</v>
-[...6 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="L24" s="118"/>
+      <c r="M24" s="118"/>
       <c r="N24" s="118" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="O24" s="118" t="s">
-        <v>91</v>
+        <v>103</v>
       </c>
       <c r="P24" s="118"/>
       <c r="Q24" s="118"/>
       <c r="R24" s="118" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S24" s="119" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T24" s="120">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" s="121">
-        <v>4125231</v>
+        <v>4325025</v>
       </c>
       <c r="B25" s="122" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="C25" s="122" t="s">
-        <v>150</v>
+        <v>21</v>
       </c>
       <c r="D25" s="123" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="E25" s="122" t="s">
-        <v>152</v>
+        <v>23</v>
       </c>
       <c r="F25" s="122" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G25" s="124">
+        <v>24</v>
+      </c>
+      <c r="G25" s="124" t="s">
         <v>25</v>
       </c>
       <c r="H25" s="122" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="I25" s="124">
         <v>1</v>
       </c>
       <c r="J25" s="123" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="K25" s="123" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-      <c r="M25" s="123"/>
+        <v>28</v>
+      </c>
+      <c r="L25" s="123" t="s">
+        <v>29</v>
+      </c>
+      <c r="M25" s="123" t="s">
+        <v>30</v>
+      </c>
       <c r="N25" s="123" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="O25" s="123" t="s">
-        <v>114</v>
+        <v>32</v>
       </c>
       <c r="P25" s="123"/>
       <c r="Q25" s="123"/>
       <c r="R25" s="123" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S25" s="124" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T25" s="125">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" s="126">
-        <v>4125076</v>
+        <v>4325079</v>
       </c>
       <c r="B26" s="127" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C26" s="127" t="s">
-        <v>103</v>
+        <v>36</v>
       </c>
       <c r="D26" s="128" t="s">
         <v>154</v>
       </c>
       <c r="E26" s="127" t="s">
-        <v>155</v>
+        <v>23</v>
       </c>
       <c r="F26" s="127" t="s">
         <v>24</v>
       </c>
-      <c r="G26" s="129">
+      <c r="G26" s="129" t="s">
         <v>25</v>
       </c>
       <c r="H26" s="127" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="I26" s="129">
         <v>1</v>
       </c>
       <c r="J26" s="128" t="s">
-        <v>104</v>
+        <v>37</v>
       </c>
       <c r="K26" s="128" t="s">
-        <v>105</v>
+        <v>38</v>
       </c>
       <c r="L26" s="128" t="s">
-        <v>106</v>
+        <v>39</v>
       </c>
       <c r="M26" s="128" t="s">
-        <v>107</v>
+        <v>40</v>
       </c>
       <c r="N26" s="128" t="s">
-        <v>108</v>
+        <v>31</v>
       </c>
       <c r="O26" s="128" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-      <c r="Q26" s="128"/>
+        <v>41</v>
+      </c>
+      <c r="P26" s="128" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q26" s="128" t="s">
+        <v>32</v>
+      </c>
       <c r="R26" s="128" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S26" s="129" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T26" s="130">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" s="131">
-        <v>3825010</v>
+        <v>4325069</v>
       </c>
       <c r="B27" s="132" t="s">
         <v>156</v>
       </c>
       <c r="C27" s="132" t="s">
-        <v>157</v>
+        <v>44</v>
       </c>
       <c r="D27" s="133" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="E27" s="132" t="s">
-        <v>159</v>
+        <v>23</v>
       </c>
       <c r="F27" s="132" t="s">
         <v>24</v>
       </c>
       <c r="G27" s="134" t="s">
         <v>25</v>
       </c>
-      <c r="H27" s="132"/>
-[...8 lines deleted...]
-      </c>
+      <c r="H27" s="132" t="s">
+        <v>26</v>
+      </c>
+      <c r="I27" s="134">
+        <v>1</v>
+      </c>
+      <c r="J27" s="133" t="s">
+        <v>45</v>
+      </c>
+      <c r="K27" s="133" t="s">
+        <v>46</v>
+      </c>
+      <c r="L27" s="133"/>
+      <c r="M27" s="133"/>
       <c r="N27" s="133" t="s">
-        <v>162</v>
+        <v>47</v>
       </c>
       <c r="O27" s="133" t="s">
-        <v>163</v>
+        <v>48</v>
       </c>
       <c r="P27" s="133" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="Q27" s="133" t="s">
-        <v>164</v>
+        <v>49</v>
       </c>
       <c r="R27" s="133" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S27" s="134" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="T27" s="135"/>
+        <v>34</v>
+      </c>
+      <c r="T27" s="135">
+        <v>3</v>
+      </c>
     </row>
     <row r="28" spans="1:20">
       <c r="A28" s="136">
-        <v>3825017</v>
+        <v>4325082</v>
       </c>
       <c r="B28" s="137" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="C28" s="137" t="s">
-        <v>166</v>
+        <v>21</v>
       </c>
       <c r="D28" s="138" t="s">
+        <v>154</v>
+      </c>
+      <c r="E28" s="137" t="s">
+        <v>23</v>
+      </c>
+      <c r="F28" s="137" t="s">
+        <v>24</v>
+      </c>
+      <c r="G28" s="139" t="s">
+        <v>25</v>
+      </c>
+      <c r="H28" s="137" t="s">
+        <v>26</v>
+      </c>
+      <c r="I28" s="139">
+        <v>1</v>
+      </c>
+      <c r="J28" s="138" t="s">
+        <v>45</v>
+      </c>
+      <c r="K28" s="138" t="s">
+        <v>46</v>
+      </c>
+      <c r="L28" s="138" t="s">
         <v>158</v>
       </c>
-      <c r="E28" s="137" t="s">
-[...13 lines deleted...]
-      <c r="M28" s="138"/>
+      <c r="M28" s="138" t="s">
+        <v>159</v>
+      </c>
       <c r="N28" s="138" t="s">
-        <v>162</v>
+        <v>47</v>
       </c>
       <c r="O28" s="138" t="s">
-        <v>163</v>
+        <v>48</v>
       </c>
       <c r="P28" s="138" t="s">
-        <v>162</v>
+        <v>31</v>
       </c>
       <c r="Q28" s="138" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="R28" s="138" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S28" s="139" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="T28" s="140"/>
+        <v>42</v>
+      </c>
+      <c r="T28" s="140">
+        <v>4</v>
+      </c>
     </row>
     <row r="29" spans="1:20">
       <c r="A29" s="141">
-        <v>4125235</v>
+        <v>4325049</v>
       </c>
       <c r="B29" s="142" t="s">
-        <v>169</v>
+        <v>161</v>
       </c>
       <c r="C29" s="142" t="s">
-        <v>170</v>
+        <v>51</v>
       </c>
       <c r="D29" s="143" t="s">
-        <v>171</v>
+        <v>154</v>
       </c>
       <c r="E29" s="142" t="s">
-        <v>172</v>
+        <v>23</v>
       </c>
       <c r="F29" s="142" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G29" s="144">
+        <v>24</v>
+      </c>
+      <c r="G29" s="144" t="s">
         <v>25</v>
       </c>
       <c r="H29" s="142" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="I29" s="144">
         <v>1</v>
       </c>
       <c r="J29" s="143" t="s">
-        <v>173</v>
+        <v>52</v>
       </c>
       <c r="K29" s="143" t="s">
-        <v>174</v>
+        <v>52</v>
       </c>
       <c r="L29" s="143" t="s">
-        <v>106</v>
+        <v>53</v>
       </c>
       <c r="M29" s="143" t="s">
-        <v>73</v>
+        <v>54</v>
       </c>
       <c r="N29" s="143" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="O29" s="143" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-      <c r="Q29" s="143"/>
+        <v>56</v>
+      </c>
+      <c r="P29" s="143" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q29" s="143" t="s">
+        <v>57</v>
+      </c>
       <c r="R29" s="143" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S29" s="144" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T29" s="145">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="30" spans="1:20">
       <c r="A30" s="146">
-        <v>4125056</v>
+        <v>4325013</v>
       </c>
       <c r="B30" s="147" t="s">
-        <v>175</v>
+        <v>162</v>
       </c>
       <c r="C30" s="147" t="s">
-        <v>176</v>
+        <v>59</v>
       </c>
       <c r="D30" s="148" t="s">
-        <v>171</v>
+        <v>154</v>
       </c>
       <c r="E30" s="147" t="s">
-        <v>155</v>
+        <v>23</v>
       </c>
       <c r="F30" s="147" t="s">
         <v>24</v>
       </c>
-      <c r="G30" s="149">
+      <c r="G30" s="149" t="s">
         <v>25</v>
       </c>
       <c r="H30" s="147" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="I30" s="149">
         <v>1</v>
       </c>
       <c r="J30" s="148" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="K30" s="148"/>
+        <v>60</v>
+      </c>
+      <c r="K30" s="148" t="s">
+        <v>61</v>
+      </c>
       <c r="L30" s="148"/>
       <c r="M30" s="148"/>
       <c r="N30" s="148" t="s">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="O30" s="148" t="s">
-        <v>114</v>
+        <v>62</v>
       </c>
       <c r="P30" s="148"/>
       <c r="Q30" s="148"/>
       <c r="R30" s="148" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="S30" s="149" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T30" s="150">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="31" spans="1:20">
       <c r="A31" s="151">
-        <v>4125146</v>
+        <v>4325037</v>
       </c>
       <c r="B31" s="152" t="s">
-        <v>177</v>
+        <v>163</v>
       </c>
       <c r="C31" s="152" t="s">
-        <v>178</v>
+        <v>21</v>
       </c>
       <c r="D31" s="153" t="s">
-        <v>179</v>
+        <v>154</v>
       </c>
       <c r="E31" s="152" t="s">
-        <v>155</v>
+        <v>23</v>
       </c>
       <c r="F31" s="152" t="s">
         <v>24</v>
       </c>
-      <c r="G31" s="154">
+      <c r="G31" s="154" t="s">
         <v>25</v>
       </c>
       <c r="H31" s="152" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="I31" s="154">
         <v>1</v>
       </c>
       <c r="J31" s="153" t="s">
-        <v>104</v>
+        <v>60</v>
       </c>
       <c r="K31" s="153" t="s">
-        <v>180</v>
+        <v>62</v>
       </c>
       <c r="L31" s="153"/>
       <c r="M31" s="153"/>
       <c r="N31" s="153" t="s">
-        <v>41</v>
+        <v>64</v>
       </c>
       <c r="O31" s="153" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-      <c r="Q31" s="153"/>
+        <v>65</v>
+      </c>
+      <c r="P31" s="153" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q31" s="153" t="s">
+        <v>66</v>
+      </c>
       <c r="R31" s="153" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S31" s="154" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T31" s="155">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="32" spans="1:20">
       <c r="A32" s="156">
-        <v>4125251</v>
+        <v>4325062</v>
       </c>
       <c r="B32" s="157" t="s">
-        <v>181</v>
+        <v>164</v>
       </c>
       <c r="C32" s="157" t="s">
-        <v>182</v>
+        <v>21</v>
       </c>
       <c r="D32" s="158" t="s">
-        <v>183</v>
+        <v>154</v>
       </c>
       <c r="E32" s="157" t="s">
-        <v>155</v>
+        <v>23</v>
       </c>
       <c r="F32" s="157" t="s">
         <v>24</v>
       </c>
-      <c r="G32" s="159">
+      <c r="G32" s="159" t="s">
         <v>25</v>
       </c>
       <c r="H32" s="157" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="I32" s="159">
         <v>1</v>
       </c>
       <c r="J32" s="158" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="K32" s="158" t="s">
-        <v>70</v>
-[...6 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="L32" s="158"/>
+      <c r="M32" s="158"/>
       <c r="N32" s="158" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="O32" s="158" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-      <c r="Q32" s="158"/>
+        <v>66</v>
+      </c>
+      <c r="P32" s="158" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q32" s="158" t="s">
+        <v>68</v>
+      </c>
       <c r="R32" s="158" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S32" s="159" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="T32" s="160">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="33" spans="1:20">
       <c r="A33" s="161">
-        <v>4125150</v>
+        <v>4325031</v>
       </c>
       <c r="B33" s="162" t="s">
-        <v>184</v>
+        <v>165</v>
       </c>
       <c r="C33" s="162" t="s">
-        <v>182</v>
+        <v>70</v>
       </c>
       <c r="D33" s="163" t="s">
-        <v>185</v>
+        <v>154</v>
       </c>
       <c r="E33" s="162" t="s">
-        <v>155</v>
+        <v>23</v>
       </c>
       <c r="F33" s="162" t="s">
         <v>24</v>
       </c>
-      <c r="G33" s="164">
+      <c r="G33" s="164" t="s">
         <v>25</v>
       </c>
       <c r="H33" s="162" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="I33" s="164">
         <v>1</v>
       </c>
       <c r="J33" s="163" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="K33" s="163" t="s">
-        <v>70</v>
-[...6 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="L33" s="163"/>
+      <c r="M33" s="163"/>
       <c r="N33" s="163" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="O33" s="163" t="s">
-        <v>75</v>
-[...6 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="P33" s="163"/>
+      <c r="Q33" s="163"/>
       <c r="R33" s="163" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S33" s="164" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T33" s="165">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="34" spans="1:20">
       <c r="A34" s="166">
-        <v>4125051</v>
+        <v>4325055</v>
       </c>
       <c r="B34" s="167" t="s">
-        <v>186</v>
+        <v>166</v>
       </c>
       <c r="C34" s="167" t="s">
-        <v>150</v>
+        <v>76</v>
       </c>
       <c r="D34" s="168" t="s">
-        <v>187</v>
+        <v>154</v>
       </c>
       <c r="E34" s="167" t="s">
-        <v>152</v>
+        <v>23</v>
       </c>
       <c r="F34" s="167" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G34" s="169">
+        <v>24</v>
+      </c>
+      <c r="G34" s="169" t="s">
         <v>25</v>
       </c>
       <c r="H34" s="167" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="I34" s="169">
         <v>1</v>
       </c>
       <c r="J34" s="168" t="s">
-        <v>39</v>
-[...5 lines deleted...]
-      <c r="M34" s="168"/>
+        <v>71</v>
+      </c>
+      <c r="K34" s="168"/>
+      <c r="L34" s="168" t="s">
+        <v>77</v>
+      </c>
+      <c r="M34" s="168" t="s">
+        <v>78</v>
+      </c>
       <c r="N34" s="168" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="O34" s="168" t="s">
-        <v>114</v>
+        <v>79</v>
       </c>
       <c r="P34" s="168"/>
       <c r="Q34" s="168"/>
       <c r="R34" s="168" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="S34" s="169" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T34" s="170">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="35" spans="1:20">
       <c r="A35" s="171">
-        <v>4125070</v>
+        <v>4325059</v>
       </c>
       <c r="B35" s="172" t="s">
-        <v>188</v>
+        <v>167</v>
       </c>
       <c r="C35" s="172" t="s">
-        <v>189</v>
+        <v>81</v>
       </c>
       <c r="D35" s="173" t="s">
-        <v>190</v>
+        <v>154</v>
       </c>
       <c r="E35" s="172" t="s">
-        <v>155</v>
+        <v>23</v>
       </c>
       <c r="F35" s="172" t="s">
         <v>24</v>
       </c>
-      <c r="G35" s="174">
+      <c r="G35" s="174" t="s">
         <v>25</v>
       </c>
       <c r="H35" s="172" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="I35" s="174">
         <v>1</v>
       </c>
       <c r="J35" s="173" t="s">
-        <v>135</v>
+        <v>71</v>
       </c>
       <c r="K35" s="173" t="s">
-        <v>191</v>
+        <v>82</v>
       </c>
       <c r="L35" s="173" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="M35" s="173" t="s">
-        <v>192</v>
+        <v>83</v>
       </c>
       <c r="N35" s="173" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="O35" s="173" t="s">
-        <v>138</v>
+        <v>84</v>
       </c>
       <c r="P35" s="173"/>
       <c r="Q35" s="173"/>
       <c r="R35" s="173" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S35" s="174" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T35" s="175">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="36" spans="1:20">
       <c r="A36" s="176">
-        <v>4125033</v>
+        <v>4325073</v>
       </c>
       <c r="B36" s="177" t="s">
-        <v>193</v>
+        <v>168</v>
       </c>
       <c r="C36" s="177" t="s">
-        <v>194</v>
+        <v>86</v>
       </c>
       <c r="D36" s="178" t="s">
-        <v>190</v>
+        <v>154</v>
       </c>
       <c r="E36" s="177" t="s">
-        <v>155</v>
+        <v>23</v>
       </c>
       <c r="F36" s="177" t="s">
         <v>24</v>
       </c>
-      <c r="G36" s="179">
+      <c r="G36" s="179" t="s">
         <v>25</v>
       </c>
       <c r="H36" s="177" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="I36" s="179">
         <v>1</v>
       </c>
       <c r="J36" s="178" t="s">
-        <v>195</v>
+        <v>87</v>
       </c>
       <c r="K36" s="178" t="s">
-        <v>196</v>
-[...6 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="L36" s="178"/>
+      <c r="M36" s="178"/>
       <c r="N36" s="178" t="s">
-        <v>162</v>
+        <v>64</v>
       </c>
       <c r="O36" s="178" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-      <c r="Q36" s="178"/>
+        <v>88</v>
+      </c>
+      <c r="P36" s="178" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q36" s="178" t="s">
+        <v>89</v>
+      </c>
       <c r="R36" s="178" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S36" s="179" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T36" s="180">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="37" spans="1:20">
       <c r="A37" s="181">
-        <v>4125167</v>
+        <v>4325019</v>
       </c>
       <c r="B37" s="182" t="s">
-        <v>200</v>
+        <v>169</v>
       </c>
       <c r="C37" s="182" t="s">
-        <v>201</v>
+        <v>91</v>
       </c>
       <c r="D37" s="183" t="s">
-        <v>202</v>
+        <v>154</v>
       </c>
       <c r="E37" s="182" t="s">
-        <v>155</v>
+        <v>23</v>
       </c>
       <c r="F37" s="182" t="s">
         <v>24</v>
       </c>
-      <c r="G37" s="184">
+      <c r="G37" s="184" t="s">
         <v>25</v>
       </c>
       <c r="H37" s="182" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="I37" s="184">
         <v>1</v>
       </c>
       <c r="J37" s="183" t="s">
-        <v>27</v>
+        <v>92</v>
       </c>
       <c r="K37" s="183" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-      <c r="M37" s="183"/>
+        <v>93</v>
+      </c>
+      <c r="L37" s="183" t="s">
+        <v>94</v>
+      </c>
+      <c r="M37" s="183" t="s">
+        <v>95</v>
+      </c>
       <c r="N37" s="183" t="s">
-        <v>64</v>
+        <v>96</v>
       </c>
       <c r="O37" s="183" t="s">
-        <v>65</v>
+        <v>97</v>
       </c>
       <c r="P37" s="183"/>
       <c r="Q37" s="183"/>
       <c r="R37" s="183" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S37" s="184" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T37" s="185">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="38" spans="1:20">
       <c r="A38" s="186">
-        <v>4125114</v>
+        <v>4325076</v>
       </c>
       <c r="B38" s="187" t="s">
-        <v>204</v>
+        <v>170</v>
       </c>
       <c r="C38" s="187" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="D38" s="188" t="s">
-        <v>202</v>
+        <v>154</v>
       </c>
       <c r="E38" s="187" t="s">
-        <v>205</v>
+        <v>23</v>
       </c>
       <c r="F38" s="187" t="s">
         <v>24</v>
       </c>
-      <c r="G38" s="189">
+      <c r="G38" s="189" t="s">
         <v>25</v>
       </c>
       <c r="H38" s="187" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="I38" s="189">
         <v>1</v>
       </c>
       <c r="J38" s="188" t="s">
-        <v>206</v>
+        <v>92</v>
       </c>
       <c r="K38" s="188" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-      <c r="M38" s="188"/>
+        <v>93</v>
+      </c>
+      <c r="L38" s="188" t="s">
+        <v>94</v>
+      </c>
+      <c r="M38" s="188" t="s">
+        <v>55</v>
+      </c>
       <c r="N38" s="188" t="s">
-        <v>41</v>
+        <v>96</v>
       </c>
       <c r="O38" s="188" t="s">
-        <v>114</v>
+        <v>97</v>
       </c>
       <c r="P38" s="188"/>
       <c r="Q38" s="188"/>
       <c r="R38" s="188" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="S38" s="189" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T38" s="190">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="39" spans="1:20">
       <c r="A39" s="191">
-        <v>4125256</v>
+        <v>4325007</v>
       </c>
       <c r="B39" s="192" t="s">
-        <v>208</v>
+        <v>171</v>
       </c>
       <c r="C39" s="192" t="s">
-        <v>209</v>
+        <v>100</v>
       </c>
       <c r="D39" s="193" t="s">
-        <v>210</v>
+        <v>154</v>
       </c>
       <c r="E39" s="192" t="s">
-        <v>211</v>
+        <v>23</v>
       </c>
       <c r="F39" s="192" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G39" s="194">
+        <v>24</v>
+      </c>
+      <c r="G39" s="194" t="s">
         <v>25</v>
       </c>
       <c r="H39" s="192" t="s">
         <v>26</v>
       </c>
       <c r="I39" s="194">
         <v>1</v>
       </c>
       <c r="J39" s="193" t="s">
-        <v>78</v>
+        <v>101</v>
       </c>
       <c r="K39" s="193" t="s">
-        <v>212</v>
-[...6 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="L39" s="193"/>
+      <c r="M39" s="193"/>
       <c r="N39" s="193" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="O39" s="193" t="s">
-        <v>214</v>
+        <v>103</v>
       </c>
       <c r="P39" s="193" t="s">
-        <v>82</v>
+        <v>104</v>
       </c>
       <c r="Q39" s="193" t="s">
-        <v>215</v>
+        <v>104</v>
       </c>
       <c r="R39" s="193" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S39" s="194" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="T39" s="195">
         <v>4</v>
       </c>
     </row>
     <row r="40" spans="1:20">
       <c r="A40" s="196">
-        <v>4125091</v>
+        <v>4325043</v>
       </c>
       <c r="B40" s="197" t="s">
-        <v>216</v>
+        <v>172</v>
       </c>
       <c r="C40" s="197" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="D40" s="198" t="s">
-        <v>217</v>
+        <v>154</v>
       </c>
       <c r="E40" s="197" t="s">
-        <v>155</v>
+        <v>23</v>
       </c>
       <c r="F40" s="197" t="s">
         <v>24</v>
       </c>
-      <c r="G40" s="199">
+      <c r="G40" s="199" t="s">
         <v>25</v>
       </c>
       <c r="H40" s="197" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="I40" s="199">
         <v>1</v>
       </c>
       <c r="J40" s="198" t="s">
-        <v>104</v>
-[...5 lines deleted...]
-      <c r="M40" s="198"/>
+        <v>101</v>
+      </c>
+      <c r="K40" s="198"/>
+      <c r="L40" s="198" t="s">
+        <v>107</v>
+      </c>
+      <c r="M40" s="198" t="s">
+        <v>108</v>
+      </c>
       <c r="N40" s="198" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="O40" s="198" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="P40" s="198"/>
       <c r="Q40" s="198"/>
       <c r="R40" s="198" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S40" s="199" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T40" s="200">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="41" spans="1:20">
       <c r="A41" s="201">
-        <v>4125258</v>
+        <v>4325065</v>
       </c>
       <c r="B41" s="202" t="s">
-        <v>219</v>
+        <v>173</v>
       </c>
       <c r="C41" s="202" t="s">
-        <v>88</v>
+        <v>111</v>
       </c>
       <c r="D41" s="203" t="s">
-        <v>220</v>
+        <v>154</v>
       </c>
       <c r="E41" s="202" t="s">
-        <v>221</v>
+        <v>23</v>
       </c>
       <c r="F41" s="202" t="s">
         <v>24</v>
       </c>
-      <c r="G41" s="204">
+      <c r="G41" s="204" t="s">
         <v>25</v>
       </c>
       <c r="H41" s="202" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="I41" s="204">
         <v>1</v>
       </c>
       <c r="J41" s="203" t="s">
-        <v>58</v>
+        <v>101</v>
       </c>
       <c r="K41" s="203" t="s">
-        <v>222</v>
+        <v>113</v>
       </c>
       <c r="L41" s="203" t="s">
-        <v>223</v>
+        <v>114</v>
       </c>
       <c r="M41" s="203" t="s">
-        <v>224</v>
+        <v>115</v>
       </c>
       <c r="N41" s="203" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="O41" s="203" t="s">
-        <v>91</v>
+        <v>116</v>
       </c>
       <c r="P41" s="203" t="s">
-        <v>66</v>
+        <v>104</v>
       </c>
       <c r="Q41" s="203" t="s">
-        <v>66</v>
+        <v>104</v>
       </c>
       <c r="R41" s="203" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S41" s="204" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T41" s="205">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:20">
       <c r="A42" s="206">
-        <v>4125130</v>
+        <v>4325081</v>
       </c>
       <c r="B42" s="207" t="s">
-        <v>225</v>
+        <v>174</v>
       </c>
       <c r="C42" s="207" t="s">
-        <v>226</v>
+        <v>118</v>
       </c>
       <c r="D42" s="208" t="s">
-        <v>220</v>
+        <v>154</v>
       </c>
       <c r="E42" s="207" t="s">
-        <v>155</v>
+        <v>23</v>
       </c>
       <c r="F42" s="207" t="s">
         <v>24</v>
       </c>
-      <c r="G42" s="209">
+      <c r="G42" s="209" t="s">
         <v>25</v>
       </c>
       <c r="H42" s="207" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="I42" s="209">
         <v>1</v>
       </c>
       <c r="J42" s="208" t="s">
-        <v>89</v>
+        <v>101</v>
       </c>
       <c r="K42" s="208" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-      <c r="M42" s="208"/>
+        <v>102</v>
+      </c>
+      <c r="L42" s="208" t="s">
+        <v>119</v>
+      </c>
+      <c r="M42" s="208" t="s">
+        <v>120</v>
+      </c>
       <c r="N42" s="208" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="O42" s="208" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-      <c r="Q42" s="208"/>
+        <v>116</v>
+      </c>
+      <c r="P42" s="208" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q42" s="208" t="s">
+        <v>104</v>
+      </c>
       <c r="R42" s="208" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S42" s="209" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T42" s="210">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="43" spans="1:20">
       <c r="A43" s="211">
-        <v>4125099</v>
+        <v>4125058</v>
       </c>
       <c r="B43" s="212" t="s">
-        <v>227</v>
+        <v>175</v>
       </c>
       <c r="C43" s="212" t="s">
-        <v>228</v>
+        <v>176</v>
       </c>
       <c r="D43" s="213" t="s">
-        <v>229</v>
+        <v>177</v>
       </c>
       <c r="E43" s="212" t="s">
-        <v>221</v>
+        <v>178</v>
       </c>
       <c r="F43" s="212" t="s">
-        <v>24</v>
+        <v>141</v>
       </c>
       <c r="G43" s="214">
         <v>25</v>
       </c>
       <c r="H43" s="212" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="I43" s="214">
         <v>1</v>
       </c>
       <c r="J43" s="213" t="s">
-        <v>89</v>
+        <v>179</v>
       </c>
       <c r="K43" s="213" t="s">
-        <v>230</v>
+        <v>180</v>
       </c>
       <c r="L43" s="213"/>
       <c r="M43" s="213"/>
       <c r="N43" s="213" t="s">
-        <v>64</v>
+        <v>31</v>
       </c>
       <c r="O43" s="213" t="s">
-        <v>75</v>
+        <v>160</v>
       </c>
       <c r="P43" s="213"/>
       <c r="Q43" s="213"/>
       <c r="R43" s="213" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S43" s="214" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T43" s="215">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:20">
       <c r="A44" s="216">
-        <v>3825022</v>
+        <v>4125064</v>
       </c>
       <c r="B44" s="217" t="s">
-        <v>231</v>
+        <v>181</v>
       </c>
       <c r="C44" s="217" t="s">
-        <v>232</v>
+        <v>182</v>
       </c>
       <c r="D44" s="218" t="s">
-        <v>229</v>
+        <v>183</v>
       </c>
       <c r="E44" s="217" t="s">
-        <v>233</v>
+        <v>184</v>
       </c>
       <c r="F44" s="217" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-      <c r="I44" s="219"/>
+        <v>141</v>
+      </c>
+      <c r="G44" s="219">
+        <v>25</v>
+      </c>
+      <c r="H44" s="217" t="s">
+        <v>185</v>
+      </c>
+      <c r="I44" s="219">
+        <v>2</v>
+      </c>
       <c r="J44" s="218" t="s">
-        <v>104</v>
+        <v>92</v>
       </c>
       <c r="K44" s="218" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-      <c r="M44" s="218"/>
+        <v>55</v>
+      </c>
+      <c r="L44" s="218" t="s">
+        <v>94</v>
+      </c>
+      <c r="M44" s="218" t="s">
+        <v>55</v>
+      </c>
       <c r="N44" s="218" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="O44" s="218" t="s">
-        <v>74</v>
+        <v>186</v>
       </c>
       <c r="P44" s="218"/>
       <c r="Q44" s="218"/>
       <c r="R44" s="218" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S44" s="219" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="T44" s="220"/>
+        <v>34</v>
+      </c>
+      <c r="T44" s="220">
+        <v>12</v>
+      </c>
     </row>
     <row r="45" spans="1:20">
       <c r="A45" s="221">
-        <v>4725007</v>
+        <v>4125180</v>
       </c>
       <c r="B45" s="222" t="s">
-        <v>234</v>
+        <v>187</v>
       </c>
       <c r="C45" s="222" t="s">
-        <v>235</v>
+        <v>188</v>
       </c>
       <c r="D45" s="223" t="s">
-        <v>236</v>
+        <v>189</v>
       </c>
       <c r="E45" s="222" t="s">
-        <v>237</v>
+        <v>178</v>
       </c>
       <c r="F45" s="222" t="s">
-        <v>37</v>
+        <v>141</v>
       </c>
       <c r="G45" s="224">
-        <v>70</v>
-[...2 lines deleted...]
-      <c r="I45" s="224"/>
+        <v>25</v>
+      </c>
+      <c r="H45" s="222" t="s">
+        <v>112</v>
+      </c>
+      <c r="I45" s="224">
+        <v>1</v>
+      </c>
       <c r="J45" s="223" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="K45" s="223" t="s">
-        <v>238</v>
+        <v>190</v>
       </c>
       <c r="L45" s="223"/>
       <c r="M45" s="223"/>
       <c r="N45" s="223" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="O45" s="223" t="s">
-        <v>239</v>
+        <v>74</v>
       </c>
       <c r="P45" s="223" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="Q45" s="223" t="s">
-        <v>214</v>
+        <v>74</v>
       </c>
       <c r="R45" s="223" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S45" s="224" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="T45" s="225"/>
+        <v>42</v>
+      </c>
+      <c r="T45" s="225">
+        <v>6</v>
+      </c>
     </row>
     <row r="46" spans="1:20">
       <c r="A46" s="226">
-        <v>4125103</v>
+        <v>4125016</v>
       </c>
       <c r="B46" s="227" t="s">
-        <v>240</v>
+        <v>191</v>
       </c>
       <c r="C46" s="227" t="s">
-        <v>241</v>
+        <v>192</v>
       </c>
       <c r="D46" s="228" t="s">
-        <v>236</v>
+        <v>193</v>
       </c>
       <c r="E46" s="227" t="s">
-        <v>155</v>
+        <v>178</v>
       </c>
       <c r="F46" s="227" t="s">
-        <v>24</v>
+        <v>141</v>
       </c>
       <c r="G46" s="229">
         <v>25</v>
       </c>
       <c r="H46" s="227" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="I46" s="229">
         <v>1</v>
       </c>
       <c r="J46" s="228" t="s">
-        <v>70</v>
+        <v>194</v>
       </c>
       <c r="K46" s="228" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-      <c r="M46" s="228"/>
+        <v>195</v>
+      </c>
+      <c r="L46" s="228" t="s">
+        <v>107</v>
+      </c>
+      <c r="M46" s="228" t="s">
+        <v>196</v>
+      </c>
       <c r="N46" s="228" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="O46" s="228" t="s">
-        <v>242</v>
+        <v>48</v>
       </c>
       <c r="P46" s="228"/>
       <c r="Q46" s="228"/>
       <c r="R46" s="228" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S46" s="229" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="T46" s="230">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:20">
       <c r="A47" s="231">
-        <v>4125192</v>
+        <v>4125141</v>
       </c>
       <c r="B47" s="232" t="s">
-        <v>243</v>
+        <v>197</v>
       </c>
       <c r="C47" s="232" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="D47" s="233" t="s">
-        <v>244</v>
+        <v>198</v>
       </c>
       <c r="E47" s="232" t="s">
-        <v>152</v>
+        <v>199</v>
       </c>
       <c r="F47" s="232" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="G47" s="234">
         <v>25</v>
       </c>
       <c r="H47" s="232" t="s">
-        <v>122</v>
+        <v>185</v>
       </c>
       <c r="I47" s="234">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J47" s="233" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="K47" s="233" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-      <c r="M47" s="233"/>
+        <v>200</v>
+      </c>
+      <c r="L47" s="233" t="s">
+        <v>77</v>
+      </c>
+      <c r="M47" s="233" t="s">
+        <v>201</v>
+      </c>
       <c r="N47" s="233" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="O47" s="233" t="s">
-        <v>114</v>
+        <v>57</v>
       </c>
       <c r="P47" s="233"/>
       <c r="Q47" s="233"/>
       <c r="R47" s="233" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S47" s="234" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T47" s="235">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:20">
       <c r="A48" s="236">
-        <v>4325025</v>
+        <v>4125194</v>
       </c>
       <c r="B48" s="237" t="s">
-        <v>245</v>
+        <v>202</v>
       </c>
       <c r="C48" s="237" t="s">
-        <v>50</v>
+        <v>203</v>
       </c>
       <c r="D48" s="238" t="s">
-        <v>246</v>
+        <v>204</v>
       </c>
       <c r="E48" s="237" t="s">
-        <v>23</v>
+        <v>205</v>
       </c>
       <c r="F48" s="237" t="s">
         <v>24</v>
       </c>
-      <c r="G48" s="239" t="s">
+      <c r="G48" s="239">
         <v>25</v>
       </c>
       <c r="H48" s="237" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="I48" s="239">
         <v>1</v>
       </c>
       <c r="J48" s="238" t="s">
-        <v>52</v>
+        <v>101</v>
       </c>
       <c r="K48" s="238" t="s">
-        <v>53</v>
-[...6 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="L48" s="238"/>
+      <c r="M48" s="238"/>
       <c r="N48" s="238" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="O48" s="238" t="s">
-        <v>31</v>
+        <v>103</v>
       </c>
       <c r="P48" s="238"/>
       <c r="Q48" s="238"/>
       <c r="R48" s="238" t="s">
-        <v>32</v>
+        <v>206</v>
       </c>
       <c r="S48" s="239" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T48" s="240">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:20">
       <c r="A49" s="241">
-        <v>4325079</v>
+        <v>4125253</v>
       </c>
       <c r="B49" s="242" t="s">
-        <v>247</v>
+        <v>207</v>
       </c>
       <c r="C49" s="242" t="s">
-        <v>57</v>
+        <v>192</v>
       </c>
       <c r="D49" s="243" t="s">
-        <v>246</v>
+        <v>208</v>
       </c>
       <c r="E49" s="242" t="s">
-        <v>23</v>
+        <v>147</v>
       </c>
       <c r="F49" s="242" t="s">
         <v>24</v>
       </c>
-      <c r="G49" s="244" t="s">
+      <c r="G49" s="244">
         <v>25</v>
       </c>
       <c r="H49" s="242" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="I49" s="244">
         <v>1</v>
       </c>
       <c r="J49" s="243" t="s">
-        <v>58</v>
+        <v>92</v>
       </c>
       <c r="K49" s="243" t="s">
-        <v>59</v>
-[...6 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="L49" s="243"/>
+      <c r="M49" s="243"/>
       <c r="N49" s="243" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="O49" s="243" t="s">
-        <v>47</v>
-[...6 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="P49" s="243"/>
+      <c r="Q49" s="243"/>
       <c r="R49" s="243" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S49" s="244" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T49" s="245">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:20">
       <c r="A50" s="246">
-        <v>4325069</v>
+        <v>4125259</v>
       </c>
       <c r="B50" s="247" t="s">
-        <v>248</v>
+        <v>209</v>
       </c>
       <c r="C50" s="247" t="s">
-        <v>63</v>
+        <v>210</v>
       </c>
       <c r="D50" s="248" t="s">
-        <v>246</v>
+        <v>211</v>
       </c>
       <c r="E50" s="247" t="s">
-        <v>23</v>
+        <v>178</v>
       </c>
       <c r="F50" s="247" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G50" s="249" t="s">
+        <v>141</v>
+      </c>
+      <c r="G50" s="249">
         <v>25</v>
       </c>
       <c r="H50" s="247" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="I50" s="249">
         <v>1</v>
       </c>
       <c r="J50" s="248" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="K50" s="248" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-      <c r="M50" s="248"/>
+        <v>212</v>
+      </c>
+      <c r="L50" s="248" t="s">
+        <v>77</v>
+      </c>
+      <c r="M50" s="248" t="s">
+        <v>78</v>
+      </c>
       <c r="N50" s="248" t="s">
-        <v>64</v>
+        <v>126</v>
       </c>
       <c r="O50" s="248" t="s">
-        <v>65</v>
+        <v>127</v>
       </c>
       <c r="P50" s="248" t="s">
-        <v>66</v>
+        <v>126</v>
       </c>
       <c r="Q50" s="248" t="s">
-        <v>66</v>
+        <v>213</v>
       </c>
       <c r="R50" s="248" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S50" s="249" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T50" s="250">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:20">
       <c r="A51" s="251">
-        <v>4325073</v>
+        <v>3825026</v>
       </c>
       <c r="B51" s="252" t="s">
-        <v>249</v>
+        <v>214</v>
       </c>
       <c r="C51" s="252" t="s">
-        <v>21</v>
+        <v>215</v>
       </c>
       <c r="D51" s="253" t="s">
-        <v>246</v>
+        <v>216</v>
       </c>
       <c r="E51" s="252" t="s">
-        <v>23</v>
+        <v>136</v>
       </c>
       <c r="F51" s="252" t="s">
         <v>24</v>
       </c>
       <c r="G51" s="254" t="s">
         <v>25</v>
       </c>
-      <c r="H51" s="252" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="H51" s="252"/>
+      <c r="I51" s="254"/>
+      <c r="J51" s="253"/>
+      <c r="K51" s="253"/>
       <c r="L51" s="253"/>
       <c r="M51" s="253"/>
       <c r="N51" s="253" t="s">
-        <v>29</v>
+        <v>126</v>
       </c>
       <c r="O51" s="253" t="s">
-        <v>30</v>
-[...6 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="P51" s="253"/>
+      <c r="Q51" s="253"/>
       <c r="R51" s="253" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S51" s="254" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="T51" s="255"/>
     </row>
     <row r="52" spans="1:20">
       <c r="A52" s="256">
-        <v>4325082</v>
+        <v>4125095</v>
       </c>
       <c r="B52" s="257" t="s">
-        <v>250</v>
+        <v>217</v>
       </c>
       <c r="C52" s="257" t="s">
-        <v>50</v>
+        <v>91</v>
       </c>
       <c r="D52" s="258" t="s">
-        <v>246</v>
+        <v>216</v>
       </c>
       <c r="E52" s="257" t="s">
-        <v>23</v>
+        <v>152</v>
       </c>
       <c r="F52" s="257" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G52" s="259" t="s">
+        <v>141</v>
+      </c>
+      <c r="G52" s="259">
         <v>25</v>
       </c>
       <c r="H52" s="257" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="I52" s="259">
         <v>1</v>
       </c>
       <c r="J52" s="258" t="s">
-        <v>27</v>
+        <v>92</v>
       </c>
       <c r="K52" s="258" t="s">
-        <v>28</v>
+        <v>218</v>
       </c>
       <c r="L52" s="258" t="s">
-        <v>223</v>
+        <v>94</v>
       </c>
       <c r="M52" s="258" t="s">
-        <v>224</v>
+        <v>95</v>
       </c>
       <c r="N52" s="258" t="s">
-        <v>64</v>
+        <v>96</v>
       </c>
       <c r="O52" s="258" t="s">
-        <v>65</v>
-[...6 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="P52" s="258"/>
+      <c r="Q52" s="258"/>
       <c r="R52" s="258" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S52" s="259" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T52" s="260">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:20">
       <c r="A53" s="261">
-        <v>4325049</v>
+        <v>4125264</v>
       </c>
       <c r="B53" s="262" t="s">
-        <v>251</v>
+        <v>219</v>
       </c>
       <c r="C53" s="262" t="s">
-        <v>69</v>
+        <v>220</v>
       </c>
       <c r="D53" s="263" t="s">
-        <v>246</v>
+        <v>221</v>
       </c>
       <c r="E53" s="262" t="s">
-        <v>23</v>
+        <v>178</v>
       </c>
       <c r="F53" s="262" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G53" s="264" t="s">
+        <v>141</v>
+      </c>
+      <c r="G53" s="264">
         <v>25</v>
       </c>
       <c r="H53" s="262" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="I53" s="264">
         <v>1</v>
       </c>
       <c r="J53" s="263" t="s">
-        <v>70</v>
+        <v>222</v>
       </c>
       <c r="K53" s="263" t="s">
-        <v>70</v>
-[...6 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="L53" s="263"/>
+      <c r="M53" s="263"/>
       <c r="N53" s="263" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="O53" s="263" t="s">
-        <v>74</v>
-[...6 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="P53" s="263"/>
+      <c r="Q53" s="263"/>
       <c r="R53" s="263" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S53" s="264" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T53" s="265">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:20">
       <c r="A54" s="266">
-        <v>4325013</v>
+        <v>4125120</v>
       </c>
       <c r="B54" s="267" t="s">
-        <v>252</v>
+        <v>224</v>
       </c>
       <c r="C54" s="267" t="s">
-        <v>77</v>
+        <v>59</v>
       </c>
       <c r="D54" s="268" t="s">
-        <v>246</v>
+        <v>221</v>
       </c>
       <c r="E54" s="267" t="s">
-        <v>23</v>
+        <v>225</v>
       </c>
       <c r="F54" s="267" t="s">
         <v>24</v>
       </c>
-      <c r="G54" s="269" t="s">
+      <c r="G54" s="269">
         <v>25</v>
       </c>
       <c r="H54" s="267" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="I54" s="269">
         <v>1</v>
       </c>
       <c r="J54" s="268" t="s">
-        <v>78</v>
+        <v>226</v>
       </c>
       <c r="K54" s="268" t="s">
-        <v>79</v>
+        <v>227</v>
       </c>
       <c r="L54" s="268"/>
       <c r="M54" s="268"/>
       <c r="N54" s="268" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="O54" s="268" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="P54" s="268"/>
       <c r="Q54" s="268"/>
       <c r="R54" s="268" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S54" s="269" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="T54" s="270">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="55" spans="1:20">
       <c r="A55" s="271">
-        <v>4325037</v>
+        <v>4125158</v>
       </c>
       <c r="B55" s="272" t="s">
-        <v>253</v>
+        <v>228</v>
       </c>
       <c r="C55" s="272" t="s">
-        <v>50</v>
+        <v>229</v>
       </c>
       <c r="D55" s="273" t="s">
-        <v>246</v>
+        <v>221</v>
       </c>
       <c r="E55" s="272" t="s">
-        <v>23</v>
+        <v>178</v>
       </c>
       <c r="F55" s="272" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G55" s="274" t="s">
+        <v>141</v>
+      </c>
+      <c r="G55" s="274">
         <v>25</v>
       </c>
       <c r="H55" s="272" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="I55" s="274">
         <v>1</v>
       </c>
       <c r="J55" s="273" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="K55" s="273" t="s">
-        <v>80</v>
+        <v>230</v>
       </c>
       <c r="L55" s="273"/>
       <c r="M55" s="273"/>
       <c r="N55" s="273" t="s">
-        <v>82</v>
+        <v>31</v>
       </c>
       <c r="O55" s="273" t="s">
-        <v>83</v>
+        <v>41</v>
       </c>
       <c r="P55" s="273" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="Q55" s="273" t="s">
-        <v>84</v>
+        <v>231</v>
       </c>
       <c r="R55" s="273" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S55" s="274" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T55" s="275">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:20">
       <c r="A56" s="276">
-        <v>4325062</v>
+        <v>4125097</v>
       </c>
       <c r="B56" s="277" t="s">
-        <v>254</v>
+        <v>232</v>
       </c>
       <c r="C56" s="277" t="s">
-        <v>50</v>
+        <v>233</v>
       </c>
       <c r="D56" s="278" t="s">
-        <v>246</v>
+        <v>221</v>
       </c>
       <c r="E56" s="277" t="s">
-        <v>23</v>
+        <v>147</v>
       </c>
       <c r="F56" s="277" t="s">
         <v>24</v>
       </c>
-      <c r="G56" s="279" t="s">
+      <c r="G56" s="279">
         <v>25</v>
       </c>
       <c r="H56" s="277" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="I56" s="279">
         <v>1</v>
       </c>
       <c r="J56" s="278" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="K56" s="278"/>
       <c r="L56" s="278"/>
       <c r="M56" s="278"/>
       <c r="N56" s="278" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="O56" s="278" t="s">
-        <v>84</v>
-[...6 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="P56" s="278"/>
+      <c r="Q56" s="278"/>
       <c r="R56" s="278" t="s">
-        <v>32</v>
+        <v>206</v>
       </c>
       <c r="S56" s="279" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T56" s="280">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:20">
       <c r="A57" s="281">
-        <v>4325031</v>
+        <v>4125112</v>
       </c>
       <c r="B57" s="282" t="s">
-        <v>255</v>
+        <v>235</v>
       </c>
       <c r="C57" s="282" t="s">
-        <v>88</v>
+        <v>236</v>
       </c>
       <c r="D57" s="283" t="s">
-        <v>246</v>
+        <v>237</v>
       </c>
       <c r="E57" s="282" t="s">
-        <v>23</v>
+        <v>178</v>
       </c>
       <c r="F57" s="282" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G57" s="284" t="s">
+        <v>141</v>
+      </c>
+      <c r="G57" s="284">
         <v>25</v>
       </c>
       <c r="H57" s="282" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="I57" s="284">
         <v>1</v>
       </c>
       <c r="J57" s="283" t="s">
-        <v>89</v>
+        <v>45</v>
       </c>
       <c r="K57" s="283" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-      <c r="M57" s="283"/>
+        <v>238</v>
+      </c>
+      <c r="L57" s="283" t="s">
+        <v>107</v>
+      </c>
+      <c r="M57" s="283" t="s">
+        <v>196</v>
+      </c>
       <c r="N57" s="283" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="O57" s="283" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-      <c r="Q57" s="283"/>
+        <v>116</v>
+      </c>
+      <c r="P57" s="283" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q57" s="283" t="s">
+        <v>68</v>
+      </c>
       <c r="R57" s="283" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S57" s="284" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T57" s="285">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:20">
       <c r="A58" s="286">
-        <v>4325055</v>
+        <v>4125022</v>
       </c>
       <c r="B58" s="287" t="s">
-        <v>256</v>
+        <v>239</v>
       </c>
       <c r="C58" s="287" t="s">
-        <v>93</v>
+        <v>76</v>
       </c>
       <c r="D58" s="288" t="s">
-        <v>246</v>
+        <v>237</v>
       </c>
       <c r="E58" s="287" t="s">
-        <v>23</v>
+        <v>147</v>
       </c>
       <c r="F58" s="287" t="s">
         <v>24</v>
       </c>
-      <c r="G58" s="289" t="s">
+      <c r="G58" s="289">
         <v>25</v>
       </c>
       <c r="H58" s="287" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="I58" s="289">
         <v>1</v>
       </c>
       <c r="J58" s="288" t="s">
-        <v>89</v>
-[...7 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="K58" s="288" t="s">
+        <v>240</v>
+      </c>
+      <c r="L58" s="288"/>
+      <c r="M58" s="288"/>
       <c r="N58" s="288" t="s">
         <v>64</v>
       </c>
       <c r="O58" s="288" t="s">
-        <v>96</v>
+        <v>241</v>
       </c>
       <c r="P58" s="288"/>
       <c r="Q58" s="288"/>
       <c r="R58" s="288" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S58" s="289" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T58" s="290">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:20">
       <c r="A59" s="291">
-        <v>4325059</v>
+        <v>4125072</v>
       </c>
       <c r="B59" s="292" t="s">
-        <v>257</v>
+        <v>242</v>
       </c>
       <c r="C59" s="292" t="s">
-        <v>98</v>
+        <v>70</v>
       </c>
       <c r="D59" s="293" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="E59" s="292" t="s">
-        <v>23</v>
+        <v>147</v>
       </c>
       <c r="F59" s="292" t="s">
         <v>24</v>
       </c>
-      <c r="G59" s="294" t="s">
+      <c r="G59" s="294">
         <v>25</v>
       </c>
       <c r="H59" s="292" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="I59" s="294">
         <v>1</v>
       </c>
       <c r="J59" s="293" t="s">
-        <v>89</v>
+        <v>71</v>
       </c>
       <c r="K59" s="293" t="s">
-        <v>99</v>
-[...6 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="L59" s="293"/>
+      <c r="M59" s="293"/>
       <c r="N59" s="293" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="O59" s="293" t="s">
-        <v>101</v>
+        <v>74</v>
       </c>
       <c r="P59" s="293"/>
       <c r="Q59" s="293"/>
       <c r="R59" s="293" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S59" s="294" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T59" s="295">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:20">
       <c r="A60" s="296">
-        <v>4325019</v>
+        <v>4125255</v>
       </c>
       <c r="B60" s="297" t="s">
-        <v>258</v>
+        <v>244</v>
       </c>
       <c r="C60" s="297" t="s">
-        <v>103</v>
+        <v>130</v>
       </c>
       <c r="D60" s="298" t="s">
+        <v>245</v>
+      </c>
+      <c r="E60" s="297" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="F60" s="297" t="s">
         <v>24</v>
       </c>
-      <c r="G60" s="299" t="s">
-        <v>25</v>
+      <c r="G60" s="299">
+        <v>20</v>
       </c>
       <c r="H60" s="297" t="s">
         <v>26</v>
       </c>
       <c r="I60" s="299">
         <v>1</v>
       </c>
       <c r="J60" s="298" t="s">
-        <v>104</v>
+        <v>71</v>
       </c>
       <c r="K60" s="298" t="s">
-        <v>105</v>
-[...6 lines deleted...]
-      </c>
+        <v>133</v>
+      </c>
+      <c r="L60" s="298"/>
+      <c r="M60" s="298"/>
       <c r="N60" s="298" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="O60" s="298" t="s">
-        <v>109</v>
+        <v>57</v>
       </c>
       <c r="P60" s="298"/>
       <c r="Q60" s="298"/>
       <c r="R60" s="298" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S60" s="299" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T60" s="300">
         <v>3</v>
       </c>
     </row>
     <row r="61" spans="1:20">
       <c r="A61" s="301">
-        <v>4325076</v>
+        <v>4125254</v>
       </c>
       <c r="B61" s="302" t="s">
-        <v>259</v>
+        <v>247</v>
       </c>
       <c r="C61" s="302" t="s">
-        <v>103</v>
+        <v>248</v>
       </c>
       <c r="D61" s="303" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="E61" s="302" t="s">
-        <v>23</v>
+        <v>147</v>
       </c>
       <c r="F61" s="302" t="s">
         <v>24</v>
       </c>
-      <c r="G61" s="304" t="s">
+      <c r="G61" s="304">
         <v>25</v>
       </c>
       <c r="H61" s="302" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="I61" s="304">
         <v>1</v>
       </c>
       <c r="J61" s="303" t="s">
-        <v>104</v>
+        <v>92</v>
       </c>
       <c r="K61" s="303" t="s">
-        <v>105</v>
+        <v>55</v>
       </c>
       <c r="L61" s="303" t="s">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="M61" s="303" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="N61" s="303" t="s">
-        <v>108</v>
+        <v>55</v>
       </c>
       <c r="O61" s="303" t="s">
-        <v>109</v>
+        <v>56</v>
       </c>
       <c r="P61" s="303"/>
       <c r="Q61" s="303"/>
       <c r="R61" s="303" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S61" s="304" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T61" s="305">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:20">
       <c r="A62" s="306">
-        <v>4325007</v>
+        <v>4125186</v>
       </c>
       <c r="B62" s="307" t="s">
-        <v>260</v>
+        <v>249</v>
       </c>
       <c r="C62" s="307" t="s">
+        <v>250</v>
+      </c>
+      <c r="D62" s="308" t="s">
+        <v>251</v>
+      </c>
+      <c r="E62" s="307" t="s">
+        <v>252</v>
+      </c>
+      <c r="F62" s="307" t="s">
+        <v>141</v>
+      </c>
+      <c r="G62" s="309">
+        <v>25</v>
+      </c>
+      <c r="H62" s="307" t="s">
         <v>112</v>
       </c>
-      <c r="D62" s="308" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I62" s="309">
         <v>1</v>
       </c>
       <c r="J62" s="308" t="s">
-        <v>39</v>
+        <v>253</v>
       </c>
       <c r="K62" s="308" t="s">
-        <v>113</v>
+        <v>62</v>
       </c>
       <c r="L62" s="308"/>
       <c r="M62" s="308"/>
       <c r="N62" s="308" t="s">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="O62" s="308" t="s">
-        <v>114</v>
-[...6 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="P62" s="308"/>
+      <c r="Q62" s="308"/>
       <c r="R62" s="308" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S62" s="309" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T62" s="310">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:20">
       <c r="A63" s="311">
-        <v>4325043</v>
+        <v>4125133</v>
       </c>
       <c r="B63" s="312" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="C63" s="312" t="s">
-        <v>116</v>
+        <v>21</v>
       </c>
       <c r="D63" s="313" t="s">
-        <v>246</v>
+        <v>255</v>
       </c>
       <c r="E63" s="312" t="s">
-        <v>23</v>
+        <v>256</v>
       </c>
       <c r="F63" s="312" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G63" s="314" t="s">
+        <v>141</v>
+      </c>
+      <c r="G63" s="314">
         <v>25</v>
       </c>
       <c r="H63" s="312" t="s">
-        <v>26</v>
+        <v>257</v>
       </c>
       <c r="I63" s="314">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J63" s="313" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="K63" s="313"/>
+        <v>60</v>
+      </c>
+      <c r="K63" s="313" t="s">
+        <v>62</v>
+      </c>
       <c r="L63" s="313" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="M63" s="313" t="s">
-        <v>118</v>
+        <v>258</v>
       </c>
       <c r="N63" s="313" t="s">
-        <v>108</v>
+        <v>62</v>
       </c>
       <c r="O63" s="313" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-      <c r="Q63" s="313"/>
+        <v>62</v>
+      </c>
+      <c r="P63" s="313" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q63" s="313" t="s">
+        <v>32</v>
+      </c>
       <c r="R63" s="313" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S63" s="314" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T63" s="315">
-        <v>4</v>
+        <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:20">
       <c r="A64" s="316">
-        <v>4325065</v>
+        <v>4125078</v>
       </c>
       <c r="B64" s="317" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="C64" s="317" t="s">
-        <v>121</v>
+        <v>150</v>
       </c>
       <c r="D64" s="318" t="s">
-        <v>246</v>
+        <v>260</v>
       </c>
       <c r="E64" s="317" t="s">
-        <v>23</v>
+        <v>152</v>
       </c>
       <c r="F64" s="317" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G64" s="319" t="s">
+        <v>141</v>
+      </c>
+      <c r="G64" s="319">
         <v>25</v>
       </c>
       <c r="H64" s="317" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="I64" s="319">
         <v>1</v>
       </c>
       <c r="J64" s="318" t="s">
-        <v>39</v>
+        <v>101</v>
       </c>
       <c r="K64" s="318" t="s">
-        <v>123</v>
-[...6 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="L64" s="318"/>
+      <c r="M64" s="318"/>
       <c r="N64" s="318" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="O64" s="318" t="s">
-        <v>126</v>
-[...6 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="P64" s="318"/>
+      <c r="Q64" s="318"/>
       <c r="R64" s="318" t="s">
-        <v>32</v>
+        <v>206</v>
       </c>
       <c r="S64" s="319" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T64" s="320">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:20">
       <c r="A65" s="321">
-        <v>4325081</v>
+        <v>4125268</v>
       </c>
       <c r="B65" s="322" t="s">
+        <v>261</v>
+      </c>
+      <c r="C65" s="322" t="s">
+        <v>262</v>
+      </c>
+      <c r="D65" s="323" t="s">
         <v>263</v>
       </c>
-      <c r="C65" s="322" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E65" s="322" t="s">
-        <v>23</v>
+        <v>264</v>
       </c>
       <c r="F65" s="322" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G65" s="324" t="s">
+        <v>141</v>
+      </c>
+      <c r="G65" s="324">
         <v>25</v>
       </c>
       <c r="H65" s="322" t="s">
         <v>26</v>
       </c>
       <c r="I65" s="324">
         <v>1</v>
       </c>
       <c r="J65" s="323" t="s">
-        <v>39</v>
+        <v>60</v>
       </c>
       <c r="K65" s="323" t="s">
-        <v>113</v>
+        <v>265</v>
       </c>
       <c r="L65" s="323" t="s">
-        <v>129</v>
+        <v>107</v>
       </c>
       <c r="M65" s="323" t="s">
-        <v>130</v>
+        <v>196</v>
       </c>
       <c r="N65" s="323" t="s">
-        <v>41</v>
+        <v>64</v>
       </c>
       <c r="O65" s="323" t="s">
-        <v>114</v>
+        <v>144</v>
       </c>
       <c r="P65" s="323" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="Q65" s="323"/>
+        <v>64</v>
+      </c>
+      <c r="Q65" s="323" t="s">
+        <v>89</v>
+      </c>
       <c r="R65" s="323" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S65" s="324" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T65" s="325">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="66" spans="1:20">
       <c r="A66" s="326">
-        <v>4125058</v>
+        <v>4125096</v>
       </c>
       <c r="B66" s="327" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C66" s="327" t="s">
-        <v>265</v>
+        <v>146</v>
       </c>
       <c r="D66" s="328" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="E66" s="327" t="s">
-        <v>172</v>
+        <v>147</v>
       </c>
       <c r="F66" s="327" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="G66" s="329">
         <v>25</v>
       </c>
       <c r="H66" s="327" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="I66" s="329">
         <v>1</v>
       </c>
       <c r="J66" s="328" t="s">
+        <v>92</v>
+      </c>
+      <c r="K66" s="328" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="L66" s="328"/>
       <c r="M66" s="328"/>
       <c r="N66" s="328" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="O66" s="328" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="P66" s="328"/>
       <c r="Q66" s="328"/>
       <c r="R66" s="328" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S66" s="329" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T66" s="330">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:20">
       <c r="A67" s="331">
-        <v>4125064</v>
+        <v>4125250</v>
       </c>
       <c r="B67" s="332" t="s">
+        <v>268</v>
+      </c>
+      <c r="C67" s="332" t="s">
         <v>269</v>
       </c>
-      <c r="C67" s="332" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D67" s="333" t="s">
+        <v>263</v>
+      </c>
+      <c r="E67" s="332" t="s">
+        <v>178</v>
+      </c>
+      <c r="F67" s="332" t="s">
+        <v>141</v>
+      </c>
+      <c r="G67" s="334">
+        <v>25</v>
+      </c>
+      <c r="H67" s="332" t="s">
+        <v>112</v>
+      </c>
+      <c r="I67" s="334">
+        <v>1</v>
+      </c>
+      <c r="J67" s="333" t="s">
         <v>270</v>
       </c>
-      <c r="E67" s="332" t="s">
+      <c r="K67" s="333" t="s">
         <v>271</v>
       </c>
-      <c r="F67" s="332" t="s">
-[...14 lines deleted...]
-      <c r="K67" s="333" t="s">
+      <c r="L67" s="333" t="s">
+        <v>119</v>
+      </c>
+      <c r="M67" s="333" t="s">
+        <v>272</v>
+      </c>
+      <c r="N67" s="333" t="s">
+        <v>96</v>
+      </c>
+      <c r="O67" s="333" t="s">
+        <v>231</v>
+      </c>
+      <c r="P67" s="333" t="s">
         <v>73</v>
       </c>
-      <c r="L67" s="333" t="s">
-[...12 lines deleted...]
-      <c r="Q67" s="333"/>
+      <c r="Q67" s="333" t="s">
+        <v>234</v>
+      </c>
       <c r="R67" s="333" t="s">
-        <v>32</v>
+        <v>206</v>
       </c>
       <c r="S67" s="334" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T67" s="335">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:20">
       <c r="A68" s="336">
-        <v>4125180</v>
+        <v>4125228</v>
       </c>
       <c r="B68" s="337" t="s">
         <v>273</v>
       </c>
       <c r="C68" s="337" t="s">
         <v>274</v>
       </c>
       <c r="D68" s="338" t="s">
         <v>275</v>
       </c>
       <c r="E68" s="337" t="s">
-        <v>172</v>
+        <v>147</v>
       </c>
       <c r="F68" s="337" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="G68" s="339">
         <v>25</v>
       </c>
       <c r="H68" s="337" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="I68" s="339">
         <v>1</v>
       </c>
       <c r="J68" s="338" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="K68" s="338"/>
+        <v>45</v>
+      </c>
+      <c r="K68" s="338" t="s">
+        <v>46</v>
+      </c>
       <c r="L68" s="338"/>
       <c r="M68" s="338"/>
       <c r="N68" s="338" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="O68" s="338" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-      <c r="Q68" s="338"/>
+        <v>128</v>
+      </c>
+      <c r="P68" s="338" t="s">
+        <v>126</v>
+      </c>
+      <c r="Q68" s="338" t="s">
+        <v>127</v>
+      </c>
       <c r="R68" s="338" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S68" s="339" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T68" s="340">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:20">
       <c r="A69" s="341">
-        <v>4125016</v>
+        <v>4125210</v>
       </c>
       <c r="B69" s="342" t="s">
         <v>276</v>
       </c>
       <c r="C69" s="342" t="s">
         <v>277</v>
       </c>
       <c r="D69" s="343" t="s">
+        <v>275</v>
+      </c>
+      <c r="E69" s="342" t="s">
+        <v>178</v>
+      </c>
+      <c r="F69" s="342" t="s">
+        <v>141</v>
+      </c>
+      <c r="G69" s="344">
+        <v>25</v>
+      </c>
+      <c r="H69" s="342" t="s">
+        <v>112</v>
+      </c>
+      <c r="I69" s="344">
+        <v>1</v>
+      </c>
+      <c r="J69" s="343" t="s">
+        <v>60</v>
+      </c>
+      <c r="K69" s="343" t="s">
         <v>278</v>
       </c>
-      <c r="E69" s="342" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="L69" s="343"/>
+      <c r="M69" s="343"/>
       <c r="N69" s="343" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="O69" s="343" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-      <c r="Q69" s="343"/>
+        <v>62</v>
+      </c>
+      <c r="P69" s="343" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q69" s="343" t="s">
+        <v>103</v>
+      </c>
       <c r="R69" s="343" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S69" s="344" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="T69" s="345">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:20">
       <c r="A70" s="346">
-        <v>4125141</v>
+        <v>4125261</v>
       </c>
       <c r="B70" s="347" t="s">
+        <v>279</v>
+      </c>
+      <c r="C70" s="347" t="s">
+        <v>280</v>
+      </c>
+      <c r="D70" s="348" t="s">
+        <v>275</v>
+      </c>
+      <c r="E70" s="347" t="s">
+        <v>178</v>
+      </c>
+      <c r="F70" s="347" t="s">
+        <v>141</v>
+      </c>
+      <c r="G70" s="349">
+        <v>25</v>
+      </c>
+      <c r="H70" s="347" t="s">
+        <v>112</v>
+      </c>
+      <c r="I70" s="349">
+        <v>1</v>
+      </c>
+      <c r="J70" s="348" t="s">
         <v>281</v>
       </c>
-      <c r="C70" s="347" t="s">
-[...2 lines deleted...]
-      <c r="D70" s="348" t="s">
+      <c r="K70" s="348" t="s">
+        <v>281</v>
+      </c>
+      <c r="L70" s="348" t="s">
+        <v>114</v>
+      </c>
+      <c r="M70" s="348" t="s">
         <v>282</v>
       </c>
-      <c r="E70" s="347" t="s">
-[...17 lines deleted...]
-      <c r="K70" s="348" t="s">
+      <c r="N70" s="348" t="s">
+        <v>126</v>
+      </c>
+      <c r="O70" s="348" t="s">
         <v>283</v>
       </c>
-      <c r="L70" s="348" t="s">
-[...12 lines deleted...]
-      <c r="Q70" s="348"/>
+      <c r="P70" s="348" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q70" s="348" t="s">
+        <v>104</v>
+      </c>
       <c r="R70" s="348" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S70" s="349" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T70" s="350">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:20">
       <c r="A71" s="351">
-        <v>4125194</v>
+        <v>4125248</v>
       </c>
       <c r="B71" s="352" t="s">
+        <v>284</v>
+      </c>
+      <c r="C71" s="352" t="s">
         <v>285</v>
       </c>
-      <c r="C71" s="352" t="s">
+      <c r="D71" s="353" t="s">
         <v>286</v>
       </c>
-      <c r="D71" s="353" t="s">
+      <c r="E71" s="352" t="s">
+        <v>178</v>
+      </c>
+      <c r="F71" s="352" t="s">
+        <v>141</v>
+      </c>
+      <c r="G71" s="354">
+        <v>25</v>
+      </c>
+      <c r="H71" s="352" t="s">
+        <v>112</v>
+      </c>
+      <c r="I71" s="354">
+        <v>1</v>
+      </c>
+      <c r="J71" s="353" t="s">
+        <v>222</v>
+      </c>
+      <c r="K71" s="353" t="s">
         <v>287</v>
-      </c>
-[...19 lines deleted...]
-        <v>113</v>
       </c>
       <c r="L71" s="353"/>
       <c r="M71" s="353"/>
       <c r="N71" s="353" t="s">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="O71" s="353" t="s">
-        <v>114</v>
+        <v>66</v>
       </c>
       <c r="P71" s="353"/>
       <c r="Q71" s="353"/>
       <c r="R71" s="353" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="S71" s="354" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T71" s="355">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:20">
       <c r="A72" s="356">
-        <v>4125253</v>
+        <v>4125087</v>
       </c>
       <c r="B72" s="357" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="C72" s="357" t="s">
-        <v>277</v>
+        <v>76</v>
       </c>
       <c r="D72" s="358" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="E72" s="357" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="F72" s="357" t="s">
         <v>24</v>
       </c>
       <c r="G72" s="359">
         <v>25</v>
       </c>
       <c r="H72" s="357" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="I72" s="359">
         <v>1</v>
       </c>
       <c r="J72" s="358" t="s">
-        <v>104</v>
+        <v>71</v>
       </c>
       <c r="K72" s="358" t="s">
-        <v>105</v>
+        <v>212</v>
       </c>
       <c r="L72" s="358"/>
       <c r="M72" s="358"/>
       <c r="N72" s="358" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="O72" s="358" t="s">
-        <v>91</v>
+        <v>148</v>
       </c>
       <c r="P72" s="358"/>
       <c r="Q72" s="358"/>
       <c r="R72" s="358" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S72" s="359" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T72" s="360">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:20">
       <c r="A73" s="361">
-        <v>4125259</v>
+        <v>4125152</v>
       </c>
       <c r="B73" s="362" t="s">
+        <v>289</v>
+      </c>
+      <c r="C73" s="362" t="s">
+        <v>290</v>
+      </c>
+      <c r="D73" s="363" t="s">
         <v>291</v>
       </c>
-      <c r="C73" s="362" t="s">
+      <c r="E73" s="362" t="s">
+        <v>147</v>
+      </c>
+      <c r="F73" s="362" t="s">
+        <v>24</v>
+      </c>
+      <c r="G73" s="364">
+        <v>25</v>
+      </c>
+      <c r="H73" s="362" t="s">
+        <v>112</v>
+      </c>
+      <c r="I73" s="364">
+        <v>1</v>
+      </c>
+      <c r="J73" s="363" t="s">
+        <v>92</v>
+      </c>
+      <c r="K73" s="363" t="s">
         <v>292</v>
-      </c>
-[...22 lines deleted...]
-        <v>147</v>
       </c>
       <c r="L73" s="363" t="s">
         <v>94</v>
       </c>
       <c r="M73" s="363" t="s">
         <v>95</v>
       </c>
       <c r="N73" s="363" t="s">
-        <v>162</v>
+        <v>96</v>
       </c>
       <c r="O73" s="363" t="s">
-        <v>163</v>
-[...6 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="P73" s="363"/>
+      <c r="Q73" s="363"/>
       <c r="R73" s="363" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S73" s="364" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="T73" s="365">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:20">
       <c r="A74" s="366">
-        <v>4125095</v>
+        <v>4125260</v>
       </c>
       <c r="B74" s="367" t="s">
+        <v>293</v>
+      </c>
+      <c r="C74" s="367" t="s">
+        <v>91</v>
+      </c>
+      <c r="D74" s="368" t="s">
         <v>294</v>
       </c>
-      <c r="C74" s="367" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E74" s="367" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="F74" s="367" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="G74" s="369">
         <v>25</v>
       </c>
       <c r="H74" s="367" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="I74" s="369">
         <v>1</v>
       </c>
       <c r="J74" s="368" t="s">
-        <v>104</v>
+        <v>92</v>
       </c>
       <c r="K74" s="368" t="s">
-        <v>296</v>
+        <v>230</v>
       </c>
       <c r="L74" s="368" t="s">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="M74" s="368" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="N74" s="368" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="O74" s="368" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="P74" s="368"/>
       <c r="Q74" s="368"/>
       <c r="R74" s="368" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S74" s="369" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T74" s="370">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:20">
       <c r="A75" s="371">
-        <v>4125264</v>
+        <v>4125108</v>
       </c>
       <c r="B75" s="372" t="s">
+        <v>295</v>
+      </c>
+      <c r="C75" s="372" t="s">
+        <v>233</v>
+      </c>
+      <c r="D75" s="373" t="s">
+        <v>296</v>
+      </c>
+      <c r="E75" s="372" t="s">
+        <v>178</v>
+      </c>
+      <c r="F75" s="372" t="s">
+        <v>141</v>
+      </c>
+      <c r="G75" s="374">
+        <v>25</v>
+      </c>
+      <c r="H75" s="372" t="s">
+        <v>112</v>
+      </c>
+      <c r="I75" s="374">
+        <v>1</v>
+      </c>
+      <c r="J75" s="373" t="s">
+        <v>92</v>
+      </c>
+      <c r="K75" s="373" t="s">
         <v>297</v>
-      </c>
-[...25 lines deleted...]
-        <v>301</v>
       </c>
       <c r="L75" s="373"/>
       <c r="M75" s="373"/>
       <c r="N75" s="373" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="O75" s="373" t="s">
-        <v>138</v>
+        <v>234</v>
       </c>
       <c r="P75" s="373"/>
       <c r="Q75" s="373"/>
       <c r="R75" s="373" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S75" s="374" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T75" s="375">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:20">
       <c r="A76" s="376">
-        <v>4125120</v>
+        <v>4125062</v>
       </c>
       <c r="B76" s="377" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="C76" s="377" t="s">
-        <v>77</v>
+        <v>182</v>
       </c>
       <c r="D76" s="378" t="s">
         <v>299</v>
       </c>
       <c r="E76" s="377" t="s">
-        <v>205</v>
+        <v>178</v>
       </c>
       <c r="F76" s="377" t="s">
-        <v>24</v>
+        <v>141</v>
       </c>
       <c r="G76" s="379">
         <v>25</v>
       </c>
       <c r="H76" s="377" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="I76" s="379">
         <v>1</v>
       </c>
       <c r="J76" s="378" t="s">
-        <v>206</v>
+        <v>300</v>
       </c>
       <c r="K76" s="378" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-      <c r="M76" s="378"/>
+        <v>301</v>
+      </c>
+      <c r="L76" s="378" t="s">
+        <v>94</v>
+      </c>
+      <c r="M76" s="378" t="s">
+        <v>55</v>
+      </c>
       <c r="N76" s="378" t="s">
-        <v>80</v>
+        <v>55</v>
       </c>
       <c r="O76" s="378" t="s">
-        <v>80</v>
+        <v>302</v>
       </c>
       <c r="P76" s="378"/>
       <c r="Q76" s="378"/>
       <c r="R76" s="378" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S76" s="379" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="T76" s="380">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:20">
       <c r="A77" s="381">
-        <v>4125158</v>
+        <v>4125116</v>
       </c>
       <c r="B77" s="382" t="s">
         <v>303</v>
       </c>
       <c r="C77" s="382" t="s">
-        <v>304</v>
+        <v>59</v>
       </c>
       <c r="D77" s="383" t="s">
         <v>299</v>
       </c>
       <c r="E77" s="382" t="s">
-        <v>172</v>
+        <v>225</v>
       </c>
       <c r="F77" s="382" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="G77" s="384">
         <v>25</v>
       </c>
       <c r="H77" s="382" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="I77" s="384">
         <v>1</v>
       </c>
       <c r="J77" s="383" t="s">
-        <v>104</v>
+        <v>60</v>
       </c>
       <c r="K77" s="383" t="s">
-        <v>218</v>
+        <v>61</v>
       </c>
       <c r="L77" s="383"/>
       <c r="M77" s="383"/>
       <c r="N77" s="383" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="O77" s="383" t="s">
-        <v>47</v>
-[...6 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="P77" s="383"/>
+      <c r="Q77" s="383"/>
       <c r="R77" s="383" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S77" s="384" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="T77" s="385">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="78" spans="1:20">
       <c r="A78" s="386">
-        <v>4125097</v>
+        <v>4125266</v>
       </c>
       <c r="B78" s="387" t="s">
+        <v>304</v>
+      </c>
+      <c r="C78" s="387" t="s">
+        <v>305</v>
+      </c>
+      <c r="D78" s="388" t="s">
         <v>306</v>
       </c>
-      <c r="C78" s="387" t="s">
+      <c r="E78" s="387" t="s">
         <v>307</v>
       </c>
-      <c r="D78" s="388" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F78" s="387" t="s">
-        <v>24</v>
+        <v>141</v>
       </c>
       <c r="G78" s="389">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="H78" s="387" t="s">
-        <v>122</v>
+        <v>185</v>
       </c>
       <c r="I78" s="389">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J78" s="388" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      <c r="M78" s="388"/>
+        <v>71</v>
+      </c>
+      <c r="K78" s="388" t="s">
+        <v>212</v>
+      </c>
+      <c r="L78" s="388" t="s">
+        <v>308</v>
+      </c>
+      <c r="M78" s="388" t="s">
+        <v>309</v>
+      </c>
       <c r="N78" s="388" t="s">
-        <v>41</v>
+        <v>126</v>
       </c>
       <c r="O78" s="388" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-      <c r="Q78" s="388"/>
+        <v>127</v>
+      </c>
+      <c r="P78" s="388" t="s">
+        <v>126</v>
+      </c>
+      <c r="Q78" s="388" t="s">
+        <v>213</v>
+      </c>
       <c r="R78" s="388" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="S78" s="389" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>34</v>
+      </c>
+      <c r="T78" s="390" t="s">
+        <v>310</v>
       </c>
     </row>
     <row r="79" spans="1:20">
       <c r="A79" s="391">
-        <v>4125112</v>
+        <v>4125249</v>
       </c>
       <c r="B79" s="392" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="C79" s="392" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="D79" s="393" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="E79" s="392" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="F79" s="392" t="s">
-        <v>37</v>
+        <v>141</v>
       </c>
       <c r="G79" s="394">
         <v>25</v>
       </c>
       <c r="H79" s="392" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="I79" s="394">
         <v>1</v>
       </c>
       <c r="J79" s="393" t="s">
-        <v>27</v>
+        <v>101</v>
       </c>
       <c r="K79" s="393" t="s">
-        <v>311</v>
-[...6 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="L79" s="393"/>
+      <c r="M79" s="393"/>
       <c r="N79" s="393" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="O79" s="393" t="s">
-        <v>126</v>
+        <v>103</v>
       </c>
       <c r="P79" s="393" t="s">
-        <v>64</v>
+        <v>104</v>
       </c>
       <c r="Q79" s="393" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
       <c r="R79" s="393" t="s">
-        <v>32</v>
+        <v>206</v>
       </c>
       <c r="S79" s="394" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T79" s="395">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:20">
       <c r="A80" s="396">
-        <v>4125022</v>
+        <v>4125207</v>
       </c>
       <c r="B80" s="397" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C80" s="397" t="s">
-        <v>93</v>
+        <v>203</v>
       </c>
       <c r="D80" s="398" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="E80" s="397" t="s">
-        <v>155</v>
+        <v>178</v>
       </c>
       <c r="F80" s="397" t="s">
-        <v>24</v>
+        <v>141</v>
       </c>
       <c r="G80" s="399">
         <v>25</v>
       </c>
       <c r="H80" s="397" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="I80" s="399">
         <v>1</v>
       </c>
       <c r="J80" s="398" t="s">
-        <v>89</v>
+        <v>71</v>
       </c>
       <c r="K80" s="398" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-      <c r="M80" s="398"/>
+        <v>316</v>
+      </c>
+      <c r="L80" s="398" t="s">
+        <v>114</v>
+      </c>
+      <c r="M80" s="398" t="s">
+        <v>317</v>
+      </c>
       <c r="N80" s="398" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="O80" s="398" t="s">
-        <v>314</v>
+        <v>213</v>
       </c>
       <c r="P80" s="398"/>
       <c r="Q80" s="398"/>
       <c r="R80" s="398" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S80" s="399" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="T80" s="400">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:20">
       <c r="A81" s="401">
-        <v>4125267</v>
+        <v>4125137</v>
       </c>
       <c r="B81" s="402" t="s">
+        <v>318</v>
+      </c>
+      <c r="C81" s="402" t="s">
+        <v>319</v>
+      </c>
+      <c r="D81" s="403" t="s">
         <v>315</v>
       </c>
-      <c r="C81" s="402" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E81" s="402" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="F81" s="402" t="s">
-        <v>37</v>
+        <v>141</v>
       </c>
       <c r="G81" s="404">
         <v>25</v>
       </c>
       <c r="H81" s="402" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="I81" s="404">
         <v>1</v>
       </c>
       <c r="J81" s="403" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="K81" s="403" t="s">
-        <v>80</v>
+        <v>297</v>
       </c>
       <c r="L81" s="403"/>
       <c r="M81" s="403"/>
       <c r="N81" s="403" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="O81" s="403" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-      <c r="Q81" s="403"/>
+        <v>231</v>
+      </c>
+      <c r="P81" s="403" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q81" s="403" t="s">
+        <v>62</v>
+      </c>
       <c r="R81" s="403" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S81" s="404" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="T81" s="405">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:20">
       <c r="A82" s="406">
-        <v>4125072</v>
+        <v>4125160</v>
       </c>
       <c r="B82" s="407" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C82" s="407" t="s">
-        <v>88</v>
+        <v>229</v>
       </c>
       <c r="D82" s="408" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="E82" s="407" t="s">
-        <v>155</v>
+        <v>178</v>
       </c>
       <c r="F82" s="407" t="s">
-        <v>24</v>
+        <v>141</v>
       </c>
       <c r="G82" s="409">
         <v>25</v>
       </c>
       <c r="H82" s="407" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="I82" s="409">
         <v>1</v>
       </c>
       <c r="J82" s="408" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="K82" s="408" t="s">
-        <v>90</v>
+        <v>230</v>
       </c>
       <c r="L82" s="408"/>
       <c r="M82" s="408"/>
       <c r="N82" s="408" t="s">
-        <v>41</v>
+        <v>96</v>
       </c>
       <c r="O82" s="408" t="s">
-        <v>91</v>
+        <v>322</v>
       </c>
       <c r="P82" s="408"/>
       <c r="Q82" s="408"/>
       <c r="R82" s="408" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S82" s="409" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T82" s="410">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:20">
       <c r="A83" s="411">
-        <v>4125255</v>
+        <v>4125269</v>
       </c>
       <c r="B83" s="412" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="C83" s="412" t="s">
-        <v>228</v>
+        <v>324</v>
       </c>
       <c r="D83" s="413" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="E83" s="412" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="F83" s="412" t="s">
-        <v>24</v>
+        <v>141</v>
       </c>
       <c r="G83" s="414">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="H83" s="412" t="s">
         <v>26</v>
       </c>
       <c r="I83" s="414">
         <v>1</v>
       </c>
       <c r="J83" s="413" t="s">
-        <v>89</v>
+        <v>327</v>
       </c>
       <c r="K83" s="413" t="s">
-        <v>230</v>
+        <v>328</v>
       </c>
       <c r="L83" s="413"/>
       <c r="M83" s="413"/>
       <c r="N83" s="413" t="s">
         <v>64</v>
       </c>
       <c r="O83" s="413" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="Q83" s="413"/>
+        <v>88</v>
+      </c>
+      <c r="P83" s="413" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q83" s="413" t="s">
+        <v>116</v>
+      </c>
       <c r="R83" s="413" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S83" s="414" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>34</v>
+      </c>
+      <c r="T83" s="415" t="s">
+        <v>329</v>
       </c>
     </row>
     <row r="84" spans="1:20">
       <c r="A84" s="416">
-        <v>4125254</v>
+        <v>4125019</v>
       </c>
       <c r="B84" s="417" t="s">
-        <v>322</v>
+        <v>330</v>
       </c>
       <c r="C84" s="417" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="D84" s="418" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="E84" s="417" t="s">
-        <v>155</v>
+        <v>178</v>
       </c>
       <c r="F84" s="417" t="s">
-        <v>24</v>
+        <v>141</v>
       </c>
       <c r="G84" s="419">
         <v>25</v>
       </c>
       <c r="H84" s="417" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="I84" s="419">
         <v>1</v>
       </c>
       <c r="J84" s="418" t="s">
-        <v>104</v>
+        <v>179</v>
       </c>
       <c r="K84" s="418" t="s">
-        <v>73</v>
-[...6 lines deleted...]
-      </c>
+        <v>333</v>
+      </c>
+      <c r="L84" s="418"/>
+      <c r="M84" s="418"/>
       <c r="N84" s="418" t="s">
-        <v>73</v>
+        <v>31</v>
       </c>
       <c r="O84" s="418" t="s">
-        <v>74</v>
+        <v>160</v>
       </c>
       <c r="P84" s="418"/>
       <c r="Q84" s="418"/>
       <c r="R84" s="418" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S84" s="419" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T84" s="420">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:20">
       <c r="A85" s="421">
-        <v>4125257</v>
+        <v>4125262</v>
       </c>
       <c r="B85" s="422" t="s">
-        <v>324</v>
+        <v>334</v>
       </c>
       <c r="C85" s="422" t="s">
-        <v>325</v>
+        <v>192</v>
       </c>
       <c r="D85" s="423" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="E85" s="422" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="F85" s="422" t="s">
-        <v>37</v>
+        <v>141</v>
       </c>
       <c r="G85" s="424">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H85" s="422" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="I85" s="424">
         <v>1</v>
       </c>
       <c r="J85" s="423" t="s">
-        <v>279</v>
+        <v>101</v>
       </c>
       <c r="K85" s="423" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-      <c r="M85" s="423"/>
+        <v>102</v>
+      </c>
+      <c r="L85" s="423" t="s">
+        <v>308</v>
+      </c>
+      <c r="M85" s="423" t="s">
+        <v>335</v>
+      </c>
       <c r="N85" s="423" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="O85" s="423" t="s">
-        <v>65</v>
+        <v>103</v>
       </c>
       <c r="P85" s="423" t="s">
-        <v>29</v>
+        <v>126</v>
       </c>
       <c r="Q85" s="423" t="s">
-        <v>47</v>
+        <v>127</v>
       </c>
       <c r="R85" s="423" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S85" s="424" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="T85" s="425">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:20">
       <c r="A86" s="426">
-        <v>4125186</v>
+        <v>4125263</v>
       </c>
       <c r="B86" s="427" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="C86" s="427" t="s">
-        <v>328</v>
+        <v>192</v>
       </c>
       <c r="D86" s="428" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="E86" s="427" t="s">
-        <v>330</v>
+        <v>178</v>
       </c>
       <c r="F86" s="427" t="s">
-        <v>37</v>
+        <v>141</v>
       </c>
       <c r="G86" s="429">
         <v>25</v>
       </c>
       <c r="H86" s="427" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="I86" s="429">
         <v>1</v>
       </c>
       <c r="J86" s="428" t="s">
-        <v>331</v>
+        <v>71</v>
       </c>
       <c r="K86" s="428" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-      <c r="M86" s="428"/>
+        <v>316</v>
+      </c>
+      <c r="L86" s="428" t="s">
+        <v>77</v>
+      </c>
+      <c r="M86" s="428" t="s">
+        <v>78</v>
+      </c>
       <c r="N86" s="428" t="s">
-        <v>80</v>
+        <v>47</v>
       </c>
       <c r="O86" s="428" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-      <c r="Q86" s="428"/>
+        <v>49</v>
+      </c>
+      <c r="P86" s="428" t="s">
+        <v>126</v>
+      </c>
+      <c r="Q86" s="428" t="s">
+        <v>127</v>
+      </c>
       <c r="R86" s="428" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S86" s="429" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T86" s="430">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:20">
       <c r="A87" s="431">
-        <v>4125133</v>
+        <v>4125265</v>
       </c>
       <c r="B87" s="432" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="C87" s="432" t="s">
-        <v>50</v>
+        <v>339</v>
       </c>
       <c r="D87" s="433" t="s">
-        <v>333</v>
+        <v>340</v>
       </c>
       <c r="E87" s="432" t="s">
-        <v>334</v>
+        <v>152</v>
       </c>
       <c r="F87" s="432" t="s">
-        <v>37</v>
+        <v>141</v>
       </c>
       <c r="G87" s="434">
         <v>25</v>
       </c>
       <c r="H87" s="432" t="s">
-        <v>38</v>
+        <v>112</v>
       </c>
       <c r="I87" s="434">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J87" s="433" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="K87" s="433" t="s">
-        <v>80</v>
+        <v>230</v>
       </c>
       <c r="L87" s="433" t="s">
-        <v>129</v>
+        <v>94</v>
       </c>
       <c r="M87" s="433" t="s">
-        <v>335</v>
+        <v>95</v>
       </c>
       <c r="N87" s="433" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="O87" s="433" t="s">
-        <v>80</v>
-[...6 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="P87" s="433"/>
+      <c r="Q87" s="433"/>
       <c r="R87" s="433" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S87" s="434" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="T87" s="435">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:20">
       <c r="A88" s="436">
-        <v>4125078</v>
+        <v>4326008</v>
       </c>
       <c r="B88" s="437" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="C88" s="437" t="s">
-        <v>150</v>
+        <v>21</v>
       </c>
       <c r="D88" s="438" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="E88" s="437" t="s">
-        <v>152</v>
+        <v>23</v>
       </c>
       <c r="F88" s="437" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G88" s="439">
+        <v>24</v>
+      </c>
+      <c r="G88" s="439" t="s">
         <v>25</v>
       </c>
       <c r="H88" s="437" t="s">
-        <v>122</v>
+        <v>343</v>
       </c>
       <c r="I88" s="439">
         <v>1</v>
       </c>
       <c r="J88" s="438" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="K88" s="438" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-      <c r="M88" s="438"/>
+        <v>46</v>
+      </c>
+      <c r="L88" s="438" t="s">
+        <v>158</v>
+      </c>
+      <c r="M88" s="438" t="s">
+        <v>159</v>
+      </c>
       <c r="N88" s="438" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="O88" s="438" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-      <c r="Q88" s="438"/>
+        <v>48</v>
+      </c>
+      <c r="P88" s="438" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q88" s="438" t="s">
+        <v>160</v>
+      </c>
       <c r="R88" s="438" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="S88" s="439" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="T88" s="440">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="89" spans="1:20">
       <c r="A89" s="441">
-        <v>4125096</v>
+        <v>4326044</v>
       </c>
       <c r="B89" s="442" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="C89" s="442" t="s">
-        <v>241</v>
+        <v>44</v>
       </c>
       <c r="D89" s="443" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="E89" s="442" t="s">
-        <v>155</v>
+        <v>23</v>
       </c>
       <c r="F89" s="442" t="s">
         <v>24</v>
       </c>
-      <c r="G89" s="444">
+      <c r="G89" s="444" t="s">
         <v>25</v>
       </c>
       <c r="H89" s="442" t="s">
-        <v>122</v>
+        <v>343</v>
       </c>
       <c r="I89" s="444">
         <v>1</v>
       </c>
       <c r="J89" s="443" t="s">
-        <v>104</v>
+        <v>45</v>
       </c>
       <c r="K89" s="443" t="s">
-        <v>340</v>
+        <v>46</v>
       </c>
       <c r="L89" s="443"/>
       <c r="M89" s="443"/>
       <c r="N89" s="443" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="O89" s="443" t="s">
+        <v>48</v>
+      </c>
+      <c r="P89" s="443" t="s">
         <v>47</v>
       </c>
-      <c r="P89" s="443"/>
-      <c r="Q89" s="443"/>
+      <c r="Q89" s="443" t="s">
+        <v>49</v>
+      </c>
       <c r="R89" s="443" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S89" s="444" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T89" s="445">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="90" spans="1:20">
       <c r="A90" s="446">
-        <v>4125250</v>
+        <v>4326050</v>
       </c>
       <c r="B90" s="447" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="C90" s="447" t="s">
-        <v>226</v>
+        <v>130</v>
       </c>
       <c r="D90" s="448" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="E90" s="447" t="s">
-        <v>172</v>
+        <v>23</v>
       </c>
       <c r="F90" s="447" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G90" s="449">
+        <v>24</v>
+      </c>
+      <c r="G90" s="449" t="s">
         <v>25</v>
       </c>
       <c r="H90" s="447" t="s">
-        <v>122</v>
+        <v>343</v>
       </c>
       <c r="I90" s="449">
         <v>1</v>
       </c>
       <c r="J90" s="448" t="s">
-        <v>342</v>
+        <v>52</v>
       </c>
       <c r="K90" s="448" t="s">
-        <v>343</v>
+        <v>52</v>
       </c>
       <c r="L90" s="448" t="s">
-        <v>129</v>
+        <v>77</v>
       </c>
       <c r="M90" s="448" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="N90" s="448" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="O90" s="448" t="s">
-        <v>305</v>
-[...6 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="P90" s="448"/>
+      <c r="Q90" s="448"/>
       <c r="R90" s="448" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="S90" s="449" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T90" s="450">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="91" spans="1:20">
       <c r="A91" s="451">
-        <v>4125228</v>
+        <v>4326056</v>
       </c>
       <c r="B91" s="452" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="C91" s="452" t="s">
-        <v>346</v>
+        <v>51</v>
       </c>
       <c r="D91" s="453" t="s">
-        <v>347</v>
+        <v>342</v>
       </c>
       <c r="E91" s="452" t="s">
-        <v>155</v>
+        <v>23</v>
       </c>
       <c r="F91" s="452" t="s">
         <v>24</v>
       </c>
-      <c r="G91" s="454">
+      <c r="G91" s="454" t="s">
         <v>25</v>
       </c>
       <c r="H91" s="452" t="s">
-        <v>122</v>
+        <v>343</v>
       </c>
       <c r="I91" s="454">
         <v>1</v>
       </c>
       <c r="J91" s="453" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="K91" s="453" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-      <c r="M91" s="453"/>
+        <v>52</v>
+      </c>
+      <c r="L91" s="453" t="s">
+        <v>53</v>
+      </c>
+      <c r="M91" s="453" t="s">
+        <v>54</v>
+      </c>
       <c r="N91" s="453" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="O91" s="453" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-      <c r="Q91" s="453"/>
+        <v>56</v>
+      </c>
+      <c r="P91" s="453" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q91" s="453" t="s">
+        <v>57</v>
+      </c>
       <c r="R91" s="453" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S91" s="454" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T91" s="455">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="92" spans="1:20">
       <c r="A92" s="456">
-        <v>4125210</v>
+        <v>4326002</v>
       </c>
       <c r="B92" s="457" t="s">
         <v>348</v>
       </c>
       <c r="C92" s="457" t="s">
-        <v>349</v>
+        <v>59</v>
       </c>
       <c r="D92" s="458" t="s">
-        <v>347</v>
+        <v>342</v>
       </c>
       <c r="E92" s="457" t="s">
-        <v>172</v>
+        <v>23</v>
       </c>
       <c r="F92" s="457" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G92" s="459">
+        <v>24</v>
+      </c>
+      <c r="G92" s="459" t="s">
         <v>25</v>
       </c>
       <c r="H92" s="457" t="s">
-        <v>122</v>
+        <v>343</v>
       </c>
       <c r="I92" s="459">
         <v>1</v>
       </c>
       <c r="J92" s="458" t="s">
-        <v>78</v>
+        <v>60</v>
       </c>
       <c r="K92" s="458" t="s">
-        <v>350</v>
+        <v>61</v>
       </c>
       <c r="L92" s="458"/>
       <c r="M92" s="458"/>
       <c r="N92" s="458" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="O92" s="458" t="s">
-        <v>80</v>
-[...6 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="P92" s="458"/>
+      <c r="Q92" s="458"/>
       <c r="R92" s="458" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S92" s="459" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T92" s="460">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="93" spans="1:20">
       <c r="A93" s="461">
-        <v>4125261</v>
+        <v>4326014</v>
       </c>
       <c r="B93" s="462" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="C93" s="462" t="s">
-        <v>352</v>
+        <v>21</v>
       </c>
       <c r="D93" s="463" t="s">
-        <v>347</v>
+        <v>342</v>
       </c>
       <c r="E93" s="462" t="s">
-        <v>172</v>
+        <v>23</v>
       </c>
       <c r="F93" s="462" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G93" s="464">
+        <v>24</v>
+      </c>
+      <c r="G93" s="464" t="s">
         <v>25</v>
       </c>
       <c r="H93" s="462" t="s">
-        <v>122</v>
+        <v>343</v>
       </c>
       <c r="I93" s="464">
         <v>1</v>
       </c>
       <c r="J93" s="463" t="s">
-        <v>353</v>
+        <v>60</v>
       </c>
       <c r="K93" s="463" t="s">
-        <v>353</v>
-[...6 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="L93" s="463"/>
+      <c r="M93" s="463"/>
       <c r="N93" s="463" t="s">
-        <v>162</v>
+        <v>62</v>
       </c>
       <c r="O93" s="463" t="s">
-        <v>199</v>
+        <v>66</v>
       </c>
       <c r="P93" s="463" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="Q93" s="463" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="R93" s="463" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S93" s="464" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T93" s="465">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="94" spans="1:20">
       <c r="A94" s="466">
-        <v>4125248</v>
+        <v>4326020</v>
       </c>
       <c r="B94" s="467" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="C94" s="467" t="s">
-        <v>356</v>
+        <v>21</v>
       </c>
       <c r="D94" s="468" t="s">
-        <v>357</v>
+        <v>342</v>
       </c>
       <c r="E94" s="467" t="s">
-        <v>172</v>
+        <v>23</v>
       </c>
       <c r="F94" s="467" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G94" s="469">
+        <v>24</v>
+      </c>
+      <c r="G94" s="469" t="s">
         <v>25</v>
       </c>
       <c r="H94" s="467" t="s">
-        <v>122</v>
+        <v>343</v>
       </c>
       <c r="I94" s="469">
         <v>1</v>
       </c>
       <c r="J94" s="468" t="s">
-        <v>300</v>
+        <v>60</v>
       </c>
       <c r="K94" s="468" t="s">
-        <v>358</v>
+        <v>62</v>
       </c>
       <c r="L94" s="468"/>
       <c r="M94" s="468"/>
       <c r="N94" s="468" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="O94" s="468" t="s">
-        <v>84</v>
+        <v>65</v>
       </c>
       <c r="P94" s="468" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="Q94" s="468" t="s">
-        <v>80</v>
+        <v>66</v>
       </c>
       <c r="R94" s="468" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S94" s="469" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T94" s="470">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="95" spans="1:20">
       <c r="A95" s="471">
-        <v>4125087</v>
+        <v>4326026</v>
       </c>
       <c r="B95" s="472" t="s">
-        <v>359</v>
+        <v>351</v>
       </c>
       <c r="C95" s="472" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="D95" s="473" t="s">
-        <v>357</v>
+        <v>342</v>
       </c>
       <c r="E95" s="472" t="s">
-        <v>155</v>
+        <v>23</v>
       </c>
       <c r="F95" s="472" t="s">
         <v>24</v>
       </c>
-      <c r="G95" s="474">
+      <c r="G95" s="474" t="s">
         <v>25</v>
       </c>
       <c r="H95" s="472" t="s">
-        <v>122</v>
+        <v>343</v>
       </c>
       <c r="I95" s="474">
         <v>1</v>
       </c>
       <c r="J95" s="473" t="s">
-        <v>89</v>
+        <v>71</v>
       </c>
       <c r="K95" s="473" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-      <c r="M95" s="473"/>
+        <v>82</v>
+      </c>
+      <c r="L95" s="473" t="s">
+        <v>77</v>
+      </c>
+      <c r="M95" s="473" t="s">
+        <v>83</v>
+      </c>
       <c r="N95" s="473" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="O95" s="473" t="s">
-        <v>242</v>
+        <v>84</v>
       </c>
       <c r="P95" s="473"/>
       <c r="Q95" s="473"/>
       <c r="R95" s="473" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S95" s="474" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="T95" s="475">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="96" spans="1:20">
       <c r="A96" s="476">
-        <v>4125152</v>
+        <v>4326032</v>
       </c>
       <c r="B96" s="477" t="s">
-        <v>360</v>
+        <v>352</v>
       </c>
       <c r="C96" s="477" t="s">
-        <v>361</v>
+        <v>76</v>
       </c>
       <c r="D96" s="478" t="s">
-        <v>362</v>
+        <v>342</v>
       </c>
       <c r="E96" s="477" t="s">
-        <v>155</v>
+        <v>23</v>
       </c>
       <c r="F96" s="477" t="s">
         <v>24</v>
       </c>
-      <c r="G96" s="479">
+      <c r="G96" s="479" t="s">
         <v>25</v>
       </c>
       <c r="H96" s="477" t="s">
-        <v>122</v>
+        <v>343</v>
       </c>
       <c r="I96" s="479">
         <v>1</v>
       </c>
       <c r="J96" s="478" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="K96" s="478"/>
       <c r="L96" s="478" t="s">
-        <v>106</v>
+        <v>77</v>
       </c>
       <c r="M96" s="478" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="N96" s="478" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="O96" s="478" t="s">
-        <v>109</v>
+        <v>79</v>
       </c>
       <c r="P96" s="478"/>
       <c r="Q96" s="478"/>
       <c r="R96" s="478" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S96" s="479" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T96" s="480">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="97" spans="1:20">
       <c r="A97" s="481">
-        <v>4125108</v>
+        <v>4326086</v>
       </c>
       <c r="B97" s="482" t="s">
-        <v>364</v>
+        <v>353</v>
       </c>
       <c r="C97" s="482" t="s">
-        <v>307</v>
+        <v>70</v>
       </c>
       <c r="D97" s="483" t="s">
-        <v>365</v>
+        <v>342</v>
       </c>
       <c r="E97" s="482" t="s">
-        <v>172</v>
+        <v>23</v>
       </c>
       <c r="F97" s="482" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G97" s="484">
+        <v>24</v>
+      </c>
+      <c r="G97" s="484" t="s">
         <v>25</v>
       </c>
       <c r="H97" s="482" t="s">
-        <v>122</v>
+        <v>343</v>
       </c>
       <c r="I97" s="484">
         <v>1</v>
       </c>
       <c r="J97" s="483" t="s">
-        <v>104</v>
+        <v>71</v>
       </c>
       <c r="K97" s="483" t="s">
-        <v>180</v>
+        <v>72</v>
       </c>
       <c r="L97" s="483"/>
       <c r="M97" s="483"/>
       <c r="N97" s="483" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="O97" s="483" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="P97" s="483"/>
       <c r="Q97" s="483"/>
       <c r="R97" s="483" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S97" s="484" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T97" s="485">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="98" spans="1:20">
       <c r="A98" s="486">
-        <v>4125062</v>
+        <v>4326092</v>
       </c>
       <c r="B98" s="487" t="s">
-        <v>366</v>
+        <v>354</v>
       </c>
       <c r="C98" s="487" t="s">
-        <v>170</v>
+        <v>86</v>
       </c>
       <c r="D98" s="488" t="s">
-        <v>367</v>
+        <v>342</v>
       </c>
       <c r="E98" s="487" t="s">
-        <v>172</v>
+        <v>23</v>
       </c>
       <c r="F98" s="487" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G98" s="489">
+        <v>24</v>
+      </c>
+      <c r="G98" s="489" t="s">
         <v>25</v>
       </c>
       <c r="H98" s="487" t="s">
-        <v>122</v>
+        <v>343</v>
       </c>
       <c r="I98" s="489">
         <v>1</v>
       </c>
       <c r="J98" s="488" t="s">
-        <v>368</v>
+        <v>87</v>
       </c>
       <c r="K98" s="488" t="s">
-        <v>369</v>
-[...6 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="L98" s="488"/>
+      <c r="M98" s="488"/>
       <c r="N98" s="488" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="O98" s="488" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-      <c r="Q98" s="488"/>
+        <v>88</v>
+      </c>
+      <c r="P98" s="488" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q98" s="488" t="s">
+        <v>89</v>
+      </c>
       <c r="R98" s="488" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S98" s="489" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T98" s="490">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="99" spans="1:20">
       <c r="A99" s="491">
-        <v>4125116</v>
+        <v>4326074</v>
       </c>
       <c r="B99" s="492" t="s">
-        <v>371</v>
+        <v>355</v>
       </c>
       <c r="C99" s="492" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="D99" s="493" t="s">
-        <v>367</v>
+        <v>342</v>
       </c>
       <c r="E99" s="492" t="s">
-        <v>205</v>
+        <v>23</v>
       </c>
       <c r="F99" s="492" t="s">
         <v>24</v>
       </c>
-      <c r="G99" s="494">
+      <c r="G99" s="494" t="s">
         <v>25</v>
       </c>
       <c r="H99" s="492" t="s">
-        <v>122</v>
+        <v>343</v>
       </c>
       <c r="I99" s="494">
         <v>1</v>
       </c>
       <c r="J99" s="493" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="K99" s="493" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-      <c r="M99" s="493"/>
+        <v>93</v>
+      </c>
+      <c r="L99" s="493" t="s">
+        <v>94</v>
+      </c>
+      <c r="M99" s="493" t="s">
+        <v>55</v>
+      </c>
       <c r="N99" s="493" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="O99" s="493" t="s">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="P99" s="493"/>
       <c r="Q99" s="493"/>
       <c r="R99" s="493" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S99" s="494" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T99" s="495">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="100" spans="1:20">
       <c r="A100" s="496">
-        <v>4125266</v>
+        <v>4326080</v>
       </c>
       <c r="B100" s="497" t="s">
-        <v>372</v>
+        <v>356</v>
       </c>
       <c r="C100" s="497" t="s">
-        <v>373</v>
+        <v>91</v>
       </c>
       <c r="D100" s="498" t="s">
-        <v>374</v>
+        <v>342</v>
       </c>
       <c r="E100" s="497" t="s">
-        <v>375</v>
+        <v>23</v>
       </c>
       <c r="F100" s="497" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>24</v>
+      </c>
+      <c r="G100" s="499" t="s">
+        <v>25</v>
       </c>
       <c r="H100" s="497" t="s">
-        <v>146</v>
+        <v>343</v>
       </c>
       <c r="I100" s="499">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J100" s="498" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="K100" s="498" t="s">
-        <v>147</v>
+        <v>93</v>
       </c>
       <c r="L100" s="498" t="s">
-        <v>376</v>
+        <v>94</v>
       </c>
       <c r="M100" s="498" t="s">
-        <v>377</v>
+        <v>95</v>
       </c>
       <c r="N100" s="498" t="s">
-        <v>162</v>
+        <v>96</v>
       </c>
       <c r="O100" s="498" t="s">
-        <v>163</v>
-[...6 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="P100" s="498"/>
+      <c r="Q100" s="498"/>
       <c r="R100" s="498" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S100" s="499" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>378</v>
+        <v>42</v>
+      </c>
+      <c r="T100" s="500">
+        <v>3</v>
       </c>
     </row>
     <row r="101" spans="1:20">
       <c r="A101" s="501">
-        <v>4125249</v>
+        <v>4326038</v>
       </c>
       <c r="B101" s="502" t="s">
-        <v>379</v>
+        <v>357</v>
       </c>
       <c r="C101" s="502" t="s">
-        <v>380</v>
+        <v>111</v>
       </c>
       <c r="D101" s="503" t="s">
-        <v>381</v>
+        <v>342</v>
       </c>
       <c r="E101" s="502" t="s">
-        <v>172</v>
+        <v>23</v>
       </c>
       <c r="F101" s="502" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G101" s="504">
+        <v>24</v>
+      </c>
+      <c r="G101" s="504" t="s">
         <v>25</v>
       </c>
       <c r="H101" s="502" t="s">
-        <v>122</v>
+        <v>358</v>
       </c>
       <c r="I101" s="504">
         <v>1</v>
       </c>
       <c r="J101" s="503" t="s">
-        <v>39</v>
+        <v>101</v>
       </c>
       <c r="K101" s="503" t="s">
         <v>113</v>
       </c>
-      <c r="L101" s="503"/>
-      <c r="M101" s="503"/>
+      <c r="L101" s="503" t="s">
+        <v>114</v>
+      </c>
+      <c r="M101" s="503" t="s">
+        <v>115</v>
+      </c>
       <c r="N101" s="503" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="O101" s="503" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="P101" s="503" t="s">
-        <v>66</v>
+        <v>104</v>
       </c>
       <c r="Q101" s="503" t="s">
-        <v>66</v>
+        <v>104</v>
       </c>
       <c r="R101" s="503" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="S101" s="504" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T101" s="505">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:20">
       <c r="A102" s="506">
-        <v>4125207</v>
+        <v>4326062</v>
       </c>
       <c r="B102" s="507" t="s">
-        <v>382</v>
+        <v>359</v>
       </c>
       <c r="C102" s="507" t="s">
-        <v>286</v>
+        <v>106</v>
       </c>
       <c r="D102" s="508" t="s">
-        <v>383</v>
+        <v>342</v>
       </c>
       <c r="E102" s="507" t="s">
-        <v>172</v>
+        <v>23</v>
       </c>
       <c r="F102" s="507" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G102" s="509">
+        <v>24</v>
+      </c>
+      <c r="G102" s="509" t="s">
         <v>25</v>
       </c>
       <c r="H102" s="507" t="s">
-        <v>122</v>
+        <v>343</v>
       </c>
       <c r="I102" s="509">
         <v>1</v>
       </c>
       <c r="J102" s="508" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="K102" s="508"/>
       <c r="L102" s="508" t="s">
-        <v>124</v>
+        <v>107</v>
       </c>
       <c r="M102" s="508" t="s">
-        <v>384</v>
+        <v>108</v>
       </c>
       <c r="N102" s="508" t="s">
-        <v>162</v>
+        <v>96</v>
       </c>
       <c r="O102" s="508" t="s">
-        <v>168</v>
+        <v>109</v>
       </c>
       <c r="P102" s="508"/>
       <c r="Q102" s="508"/>
       <c r="R102" s="508" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S102" s="509" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T102" s="510">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="103" spans="1:20">
       <c r="A103" s="511">
-        <v>4125137</v>
+        <v>4326068</v>
       </c>
       <c r="B103" s="512" t="s">
-        <v>385</v>
+        <v>360</v>
       </c>
       <c r="C103" s="512" t="s">
-        <v>386</v>
+        <v>118</v>
       </c>
       <c r="D103" s="513" t="s">
-        <v>383</v>
+        <v>342</v>
       </c>
       <c r="E103" s="512" t="s">
-        <v>172</v>
+        <v>23</v>
       </c>
       <c r="F103" s="512" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G103" s="514">
+        <v>24</v>
+      </c>
+      <c r="G103" s="514" t="s">
         <v>25</v>
       </c>
       <c r="H103" s="512" t="s">
-        <v>122</v>
+        <v>343</v>
       </c>
       <c r="I103" s="514">
         <v>1</v>
       </c>
       <c r="J103" s="513" t="s">
+        <v>101</v>
+      </c>
+      <c r="K103" s="513" t="s">
+        <v>102</v>
+      </c>
+      <c r="L103" s="513" t="s">
+        <v>119</v>
+      </c>
+      <c r="M103" s="513" t="s">
+        <v>120</v>
+      </c>
+      <c r="N103" s="513" t="s">
+        <v>73</v>
+      </c>
+      <c r="O103" s="513" t="s">
+        <v>116</v>
+      </c>
+      <c r="P103" s="513" t="s">
         <v>104</v>
       </c>
-      <c r="K103" s="513" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="Q103" s="513" t="s">
-        <v>80</v>
+        <v>104</v>
       </c>
       <c r="R103" s="513" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S103" s="514" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T103" s="515">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="104" spans="1:20">
       <c r="A104" s="516">
-        <v>4125160</v>
+        <v>4326098</v>
       </c>
       <c r="B104" s="517" t="s">
-        <v>387</v>
+        <v>361</v>
       </c>
       <c r="C104" s="517" t="s">
-        <v>304</v>
+        <v>100</v>
       </c>
       <c r="D104" s="518" t="s">
-        <v>388</v>
+        <v>342</v>
       </c>
       <c r="E104" s="517" t="s">
-        <v>172</v>
+        <v>23</v>
       </c>
       <c r="F104" s="517" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G104" s="519">
+        <v>24</v>
+      </c>
+      <c r="G104" s="519" t="s">
         <v>25</v>
       </c>
       <c r="H104" s="517" t="s">
-        <v>122</v>
+        <v>343</v>
       </c>
       <c r="I104" s="519">
         <v>1</v>
       </c>
       <c r="J104" s="518" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="K104" s="518" t="s">
-        <v>218</v>
+        <v>102</v>
       </c>
       <c r="L104" s="518"/>
       <c r="M104" s="518"/>
       <c r="N104" s="518" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="O104" s="518" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-      <c r="Q104" s="518"/>
+        <v>103</v>
+      </c>
+      <c r="P104" s="518" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q104" s="518" t="s">
+        <v>104</v>
+      </c>
       <c r="R104" s="518" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S104" s="519" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="T104" s="520">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="105" spans="1:20">
       <c r="A105" s="521">
-        <v>4125019</v>
+        <v>4126200</v>
       </c>
       <c r="B105" s="522" t="s">
-        <v>390</v>
+        <v>362</v>
       </c>
       <c r="C105" s="522" t="s">
-        <v>391</v>
+        <v>363</v>
       </c>
       <c r="D105" s="523" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="E105" s="522" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="F105" s="522" t="s">
-        <v>37</v>
+        <v>141</v>
       </c>
       <c r="G105" s="524">
         <v>25</v>
       </c>
       <c r="H105" s="522" t="s">
-        <v>122</v>
+        <v>358</v>
       </c>
       <c r="I105" s="524">
         <v>1</v>
       </c>
       <c r="J105" s="523" t="s">
-        <v>267</v>
+        <v>71</v>
       </c>
       <c r="K105" s="523" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-      <c r="M105" s="523"/>
+        <v>316</v>
+      </c>
+      <c r="L105" s="523" t="s">
+        <v>365</v>
+      </c>
+      <c r="M105" s="523" t="s">
+        <v>366</v>
+      </c>
       <c r="N105" s="523" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="O105" s="523" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="Q105" s="523"/>
+        <v>128</v>
+      </c>
+      <c r="P105" s="523" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q105" s="523" t="s">
+        <v>89</v>
+      </c>
       <c r="R105" s="523" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S105" s="524" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="T105" s="525">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:20">
       <c r="A106" s="526">
-        <v>4125262</v>
+        <v>4126194</v>
       </c>
       <c r="B106" s="527" t="s">
-        <v>394</v>
+        <v>367</v>
       </c>
       <c r="C106" s="527" t="s">
-        <v>277</v>
+        <v>192</v>
       </c>
       <c r="D106" s="528" t="s">
-        <v>392</v>
+        <v>368</v>
       </c>
       <c r="E106" s="527" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="F106" s="527" t="s">
-        <v>37</v>
+        <v>141</v>
       </c>
       <c r="G106" s="529">
         <v>25</v>
       </c>
       <c r="H106" s="527" t="s">
-        <v>122</v>
+        <v>358</v>
       </c>
       <c r="I106" s="529">
         <v>1</v>
       </c>
       <c r="J106" s="528" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="K106" s="528" t="s">
-        <v>113</v>
+        <v>190</v>
       </c>
       <c r="L106" s="528" t="s">
-        <v>376</v>
+        <v>158</v>
       </c>
       <c r="M106" s="528" t="s">
-        <v>395</v>
+        <v>159</v>
       </c>
       <c r="N106" s="528" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="O106" s="528" t="s">
-        <v>114</v>
-[...6 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="P106" s="528"/>
+      <c r="Q106" s="528"/>
       <c r="R106" s="528" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S106" s="529" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="T106" s="530">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:20">
       <c r="A107" s="531">
-        <v>4125263</v>
+        <v>4126052</v>
       </c>
       <c r="B107" s="532" t="s">
-        <v>396</v>
+        <v>369</v>
       </c>
       <c r="C107" s="532" t="s">
-        <v>277</v>
+        <v>290</v>
       </c>
       <c r="D107" s="533" t="s">
-        <v>397</v>
+        <v>370</v>
       </c>
       <c r="E107" s="532" t="s">
-        <v>172</v>
+        <v>132</v>
       </c>
       <c r="F107" s="532" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="G107" s="534">
         <v>25</v>
       </c>
       <c r="H107" s="532" t="s">
-        <v>122</v>
+        <v>343</v>
       </c>
       <c r="I107" s="534">
         <v>1</v>
       </c>
       <c r="J107" s="533" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="K107" s="533" t="s">
-        <v>191</v>
+        <v>93</v>
       </c>
       <c r="L107" s="533" t="s">
         <v>94</v>
       </c>
       <c r="M107" s="533" t="s">
-        <v>95</v>
+        <v>371</v>
       </c>
       <c r="N107" s="533" t="s">
-        <v>64</v>
+        <v>96</v>
       </c>
       <c r="O107" s="533" t="s">
-        <v>138</v>
+        <v>97</v>
       </c>
       <c r="P107" s="533" t="s">
-        <v>162</v>
+        <v>126</v>
       </c>
       <c r="Q107" s="533" t="s">
-        <v>163</v>
+        <v>127</v>
       </c>
       <c r="R107" s="533" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S107" s="534" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T107" s="535">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="108" spans="1:20">
       <c r="A108" s="536">
-        <v>4125265</v>
+        <v>4126102</v>
       </c>
       <c r="B108" s="537" t="s">
-        <v>398</v>
+        <v>372</v>
       </c>
       <c r="C108" s="537" t="s">
-        <v>399</v>
+        <v>373</v>
       </c>
       <c r="D108" s="538" t="s">
-        <v>400</v>
+        <v>374</v>
       </c>
       <c r="E108" s="537" t="s">
-        <v>152</v>
+        <v>178</v>
       </c>
       <c r="F108" s="537" t="s">
-        <v>37</v>
+        <v>141</v>
       </c>
       <c r="G108" s="539">
         <v>25</v>
       </c>
       <c r="H108" s="537" t="s">
-        <v>122</v>
+        <v>358</v>
       </c>
       <c r="I108" s="539">
         <v>1</v>
       </c>
       <c r="J108" s="538" t="s">
-        <v>104</v>
+        <v>270</v>
       </c>
       <c r="K108" s="538" t="s">
-        <v>218</v>
-[...6 lines deleted...]
-      </c>
+        <v>271</v>
+      </c>
+      <c r="L108" s="538"/>
+      <c r="M108" s="538"/>
       <c r="N108" s="538" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="O108" s="538" t="s">
-        <v>109</v>
+        <v>234</v>
       </c>
       <c r="P108" s="538"/>
       <c r="Q108" s="538"/>
       <c r="R108" s="538" t="s">
+        <v>206</v>
+      </c>
+      <c r="S108" s="539" t="s">
+        <v>42</v>
+      </c>
+      <c r="T108" s="540">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="109" spans="1:20">
+      <c r="A109" s="541">
+        <v>4126126</v>
+      </c>
+      <c r="B109" s="542" t="s">
+        <v>375</v>
+      </c>
+      <c r="C109" s="542" t="s">
+        <v>176</v>
+      </c>
+      <c r="D109" s="543" t="s">
+        <v>376</v>
+      </c>
+      <c r="E109" s="542" t="s">
+        <v>178</v>
+      </c>
+      <c r="F109" s="542" t="s">
+        <v>141</v>
+      </c>
+      <c r="G109" s="544">
+        <v>25</v>
+      </c>
+      <c r="H109" s="542" t="s">
+        <v>358</v>
+      </c>
+      <c r="I109" s="544">
+        <v>1</v>
+      </c>
+      <c r="J109" s="543" t="s">
+        <v>60</v>
+      </c>
+      <c r="K109" s="543" t="s">
+        <v>62</v>
+      </c>
+      <c r="L109" s="543"/>
+      <c r="M109" s="543"/>
+      <c r="N109" s="543" t="s">
+        <v>62</v>
+      </c>
+      <c r="O109" s="543" t="s">
+        <v>62</v>
+      </c>
+      <c r="P109" s="543"/>
+      <c r="Q109" s="543"/>
+      <c r="R109" s="543" t="s">
+        <v>33</v>
+      </c>
+      <c r="S109" s="544" t="s">
+        <v>34</v>
+      </c>
+      <c r="T109" s="545">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="110" spans="1:20">
+      <c r="A110" s="546">
+        <v>4126072</v>
+      </c>
+      <c r="B110" s="547" t="s">
+        <v>336</v>
+      </c>
+      <c r="C110" s="547" t="s">
+        <v>192</v>
+      </c>
+      <c r="D110" s="548" t="s">
+        <v>376</v>
+      </c>
+      <c r="E110" s="547" t="s">
+        <v>178</v>
+      </c>
+      <c r="F110" s="547" t="s">
+        <v>141</v>
+      </c>
+      <c r="G110" s="549">
+        <v>25</v>
+      </c>
+      <c r="H110" s="547" t="s">
+        <v>358</v>
+      </c>
+      <c r="I110" s="549">
+        <v>1</v>
+      </c>
+      <c r="J110" s="548" t="s">
+        <v>71</v>
+      </c>
+      <c r="K110" s="548" t="s">
+        <v>316</v>
+      </c>
+      <c r="L110" s="548" t="s">
+        <v>77</v>
+      </c>
+      <c r="M110" s="548" t="s">
+        <v>78</v>
+      </c>
+      <c r="N110" s="548" t="s">
+        <v>47</v>
+      </c>
+      <c r="O110" s="548" t="s">
+        <v>49</v>
+      </c>
+      <c r="P110" s="548" t="s">
+        <v>126</v>
+      </c>
+      <c r="Q110" s="548" t="s">
+        <v>127</v>
+      </c>
+      <c r="R110" s="548" t="s">
+        <v>33</v>
+      </c>
+      <c r="S110" s="549" t="s">
+        <v>42</v>
+      </c>
+      <c r="T110" s="550">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="111" spans="1:20">
+      <c r="A111" s="551">
+        <v>4126035</v>
+      </c>
+      <c r="B111" s="552" t="s">
+        <v>377</v>
+      </c>
+      <c r="C111" s="552" t="s">
+        <v>182</v>
+      </c>
+      <c r="D111" s="553" t="s">
+        <v>378</v>
+      </c>
+      <c r="E111" s="552" t="s">
+        <v>178</v>
+      </c>
+      <c r="F111" s="552" t="s">
+        <v>141</v>
+      </c>
+      <c r="G111" s="554">
+        <v>25</v>
+      </c>
+      <c r="H111" s="552" t="s">
+        <v>358</v>
+      </c>
+      <c r="I111" s="554">
+        <v>1</v>
+      </c>
+      <c r="J111" s="553" t="s">
+        <v>300</v>
+      </c>
+      <c r="K111" s="553" t="s">
+        <v>379</v>
+      </c>
+      <c r="L111" s="553" t="s">
+        <v>94</v>
+      </c>
+      <c r="M111" s="553" t="s">
+        <v>55</v>
+      </c>
+      <c r="N111" s="553" t="s">
+        <v>104</v>
+      </c>
+      <c r="O111" s="553" t="s">
+        <v>104</v>
+      </c>
+      <c r="P111" s="553" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q111" s="553" t="s">
+        <v>186</v>
+      </c>
+      <c r="R111" s="553" t="s">
+        <v>33</v>
+      </c>
+      <c r="S111" s="554" t="s">
+        <v>34</v>
+      </c>
+      <c r="T111" s="555">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="112" spans="1:20">
+      <c r="A112" s="556">
+        <v>4126105</v>
+      </c>
+      <c r="B112" s="557" t="s">
+        <v>380</v>
+      </c>
+      <c r="C112" s="557" t="s">
+        <v>381</v>
+      </c>
+      <c r="D112" s="558" t="s">
+        <v>378</v>
+      </c>
+      <c r="E112" s="557" t="s">
+        <v>178</v>
+      </c>
+      <c r="F112" s="557" t="s">
+        <v>141</v>
+      </c>
+      <c r="G112" s="559">
+        <v>25</v>
+      </c>
+      <c r="H112" s="557" t="s">
+        <v>358</v>
+      </c>
+      <c r="I112" s="559">
+        <v>1</v>
+      </c>
+      <c r="J112" s="558" t="s">
+        <v>101</v>
+      </c>
+      <c r="K112" s="558"/>
+      <c r="L112" s="558"/>
+      <c r="M112" s="558"/>
+      <c r="N112" s="558" t="s">
+        <v>73</v>
+      </c>
+      <c r="O112" s="558" t="s">
+        <v>74</v>
+      </c>
+      <c r="P112" s="558"/>
+      <c r="Q112" s="558"/>
+      <c r="R112" s="558" t="s">
+        <v>33</v>
+      </c>
+      <c r="S112" s="559" t="s">
+        <v>34</v>
+      </c>
+      <c r="T112" s="560">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="113" spans="1:20">
+      <c r="A113" s="561">
+        <v>4126112</v>
+      </c>
+      <c r="B113" s="562" t="s">
+        <v>382</v>
+      </c>
+      <c r="C113" s="562" t="s">
+        <v>150</v>
+      </c>
+      <c r="D113" s="563" t="s">
+        <v>383</v>
+      </c>
+      <c r="E113" s="562" t="s">
+        <v>152</v>
+      </c>
+      <c r="F113" s="562" t="s">
+        <v>141</v>
+      </c>
+      <c r="G113" s="564">
+        <v>25</v>
+      </c>
+      <c r="H113" s="562" t="s">
+        <v>358</v>
+      </c>
+      <c r="I113" s="564">
+        <v>1</v>
+      </c>
+      <c r="J113" s="563" t="s">
+        <v>101</v>
+      </c>
+      <c r="K113" s="563" t="s">
+        <v>102</v>
+      </c>
+      <c r="L113" s="563"/>
+      <c r="M113" s="563"/>
+      <c r="N113" s="563" t="s">
+        <v>73</v>
+      </c>
+      <c r="O113" s="563" t="s">
+        <v>103</v>
+      </c>
+      <c r="P113" s="563"/>
+      <c r="Q113" s="563"/>
+      <c r="R113" s="563" t="s">
+        <v>206</v>
+      </c>
+      <c r="S113" s="564" t="s">
+        <v>34</v>
+      </c>
+      <c r="T113" s="565">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="114" spans="1:20">
+      <c r="A114" s="566">
+        <v>4126034</v>
+      </c>
+      <c r="B114" s="567" t="s">
+        <v>384</v>
+      </c>
+      <c r="C114" s="567" t="s">
+        <v>385</v>
+      </c>
+      <c r="D114" s="568" t="s">
+        <v>386</v>
+      </c>
+      <c r="E114" s="567" t="s">
+        <v>147</v>
+      </c>
+      <c r="F114" s="567" t="s">
+        <v>24</v>
+      </c>
+      <c r="G114" s="569">
+        <v>25</v>
+      </c>
+      <c r="H114" s="567" t="s">
+        <v>358</v>
+      </c>
+      <c r="I114" s="569">
+        <v>1</v>
+      </c>
+      <c r="J114" s="568" t="s">
+        <v>60</v>
+      </c>
+      <c r="K114" s="568" t="s">
+        <v>62</v>
+      </c>
+      <c r="L114" s="568"/>
+      <c r="M114" s="568"/>
+      <c r="N114" s="568" t="s">
+        <v>104</v>
+      </c>
+      <c r="O114" s="568" t="s">
+        <v>104</v>
+      </c>
+      <c r="P114" s="568" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q114" s="568" t="s">
+        <v>62</v>
+      </c>
+      <c r="R114" s="568" t="s">
+        <v>33</v>
+      </c>
+      <c r="S114" s="569" t="s">
+        <v>34</v>
+      </c>
+      <c r="T114" s="570">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="115" spans="1:20">
+      <c r="A115" s="571">
+        <v>4126015</v>
+      </c>
+      <c r="B115" s="572" t="s">
+        <v>387</v>
+      </c>
+      <c r="C115" s="572" t="s">
+        <v>118</v>
+      </c>
+      <c r="D115" s="573" t="s">
+        <v>388</v>
+      </c>
+      <c r="E115" s="572" t="s">
+        <v>132</v>
+      </c>
+      <c r="F115" s="572" t="s">
+        <v>24</v>
+      </c>
+      <c r="G115" s="574">
+        <v>25</v>
+      </c>
+      <c r="H115" s="572" t="s">
+        <v>343</v>
+      </c>
+      <c r="I115" s="574">
+        <v>1</v>
+      </c>
+      <c r="J115" s="573" t="s">
+        <v>101</v>
+      </c>
+      <c r="K115" s="573" t="s">
+        <v>102</v>
+      </c>
+      <c r="L115" s="573"/>
+      <c r="M115" s="573"/>
+      <c r="N115" s="573" t="s">
+        <v>73</v>
+      </c>
+      <c r="O115" s="573" t="s">
+        <v>116</v>
+      </c>
+      <c r="P115" s="573" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q115" s="573" t="s">
+        <v>104</v>
+      </c>
+      <c r="R115" s="573" t="s">
+        <v>206</v>
+      </c>
+      <c r="S115" s="574" t="s">
+        <v>34</v>
+      </c>
+      <c r="T115" s="575">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="116" spans="1:20">
+      <c r="A116" s="576">
+        <v>4126197</v>
+      </c>
+      <c r="B116" s="577" t="s">
+        <v>389</v>
+      </c>
+      <c r="C116" s="577" t="s">
+        <v>390</v>
+      </c>
+      <c r="D116" s="578" t="s">
+        <v>391</v>
+      </c>
+      <c r="E116" s="577" t="s">
+        <v>147</v>
+      </c>
+      <c r="F116" s="577" t="s">
+        <v>24</v>
+      </c>
+      <c r="G116" s="579">
+        <v>25</v>
+      </c>
+      <c r="H116" s="577" t="s">
+        <v>358</v>
+      </c>
+      <c r="I116" s="579">
+        <v>1</v>
+      </c>
+      <c r="J116" s="578" t="s">
+        <v>71</v>
+      </c>
+      <c r="K116" s="578" t="s">
+        <v>392</v>
+      </c>
+      <c r="L116" s="578" t="s">
+        <v>94</v>
+      </c>
+      <c r="M116" s="578" t="s">
+        <v>95</v>
+      </c>
+      <c r="N116" s="578" t="s">
+        <v>96</v>
+      </c>
+      <c r="O116" s="578" t="s">
+        <v>97</v>
+      </c>
+      <c r="P116" s="578" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q116" s="578" t="s">
+        <v>97</v>
+      </c>
+      <c r="R116" s="578" t="s">
+        <v>33</v>
+      </c>
+      <c r="S116" s="579" t="s">
+        <v>42</v>
+      </c>
+      <c r="T116" s="580">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="117" spans="1:20">
+      <c r="A117" s="581">
+        <v>4126076</v>
+      </c>
+      <c r="B117" s="582" t="s">
+        <v>393</v>
+      </c>
+      <c r="C117" s="582" t="s">
+        <v>394</v>
+      </c>
+      <c r="D117" s="583" t="s">
+        <v>395</v>
+      </c>
+      <c r="E117" s="582" t="s">
+        <v>132</v>
+      </c>
+      <c r="F117" s="582" t="s">
+        <v>24</v>
+      </c>
+      <c r="G117" s="584">
+        <v>25</v>
+      </c>
+      <c r="H117" s="582" t="s">
+        <v>343</v>
+      </c>
+      <c r="I117" s="584">
+        <v>1</v>
+      </c>
+      <c r="J117" s="583" t="s">
+        <v>71</v>
+      </c>
+      <c r="K117" s="583" t="s">
+        <v>82</v>
+      </c>
+      <c r="L117" s="583" t="s">
+        <v>77</v>
+      </c>
+      <c r="M117" s="583" t="s">
+        <v>83</v>
+      </c>
+      <c r="N117" s="583" t="s">
+        <v>47</v>
+      </c>
+      <c r="O117" s="583" t="s">
+        <v>84</v>
+      </c>
+      <c r="P117" s="583" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q117" s="583" t="s">
+        <v>57</v>
+      </c>
+      <c r="R117" s="583" t="s">
+        <v>33</v>
+      </c>
+      <c r="S117" s="584" t="s">
+        <v>34</v>
+      </c>
+      <c r="T117" s="585">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="118" spans="1:20">
+      <c r="A118" s="586">
+        <v>4126024</v>
+      </c>
+      <c r="B118" s="587" t="s">
+        <v>396</v>
+      </c>
+      <c r="C118" s="587" t="s">
+        <v>192</v>
+      </c>
+      <c r="D118" s="588" t="s">
+        <v>395</v>
+      </c>
+      <c r="E118" s="587" t="s">
+        <v>178</v>
+      </c>
+      <c r="F118" s="587" t="s">
+        <v>141</v>
+      </c>
+      <c r="G118" s="589">
+        <v>25</v>
+      </c>
+      <c r="H118" s="587" t="s">
+        <v>358</v>
+      </c>
+      <c r="I118" s="589">
+        <v>1</v>
+      </c>
+      <c r="J118" s="588" t="s">
+        <v>397</v>
+      </c>
+      <c r="K118" s="588" t="s">
+        <v>398</v>
+      </c>
+      <c r="L118" s="588"/>
+      <c r="M118" s="588"/>
+      <c r="N118" s="588" t="s">
+        <v>64</v>
+      </c>
+      <c r="O118" s="588" t="s">
+        <v>65</v>
+      </c>
+      <c r="P118" s="588" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q118" s="588" t="s">
+        <v>103</v>
+      </c>
+      <c r="R118" s="588" t="s">
+        <v>206</v>
+      </c>
+      <c r="S118" s="589" t="s">
+        <v>42</v>
+      </c>
+      <c r="T118" s="590">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="119" spans="1:20">
+      <c r="A119" s="591">
+        <v>4126117</v>
+      </c>
+      <c r="B119" s="592" t="s">
+        <v>276</v>
+      </c>
+      <c r="C119" s="592" t="s">
+        <v>277</v>
+      </c>
+      <c r="D119" s="593" t="s">
+        <v>399</v>
+      </c>
+      <c r="E119" s="592" t="s">
+        <v>178</v>
+      </c>
+      <c r="F119" s="592" t="s">
+        <v>141</v>
+      </c>
+      <c r="G119" s="594">
+        <v>25</v>
+      </c>
+      <c r="H119" s="592" t="s">
+        <v>358</v>
+      </c>
+      <c r="I119" s="594">
+        <v>1</v>
+      </c>
+      <c r="J119" s="593" t="s">
+        <v>60</v>
+      </c>
+      <c r="K119" s="593" t="s">
+        <v>278</v>
+      </c>
+      <c r="L119" s="593"/>
+      <c r="M119" s="593"/>
+      <c r="N119" s="593" t="s">
+        <v>62</v>
+      </c>
+      <c r="O119" s="593" t="s">
+        <v>62</v>
+      </c>
+      <c r="P119" s="593" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q119" s="593" t="s">
+        <v>103</v>
+      </c>
+      <c r="R119" s="593" t="s">
+        <v>33</v>
+      </c>
+      <c r="S119" s="594" t="s">
+        <v>42</v>
+      </c>
+      <c r="T119" s="595">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="120" spans="1:20">
+      <c r="A120" s="596">
+        <v>4126099</v>
+      </c>
+      <c r="B120" s="597" t="s">
+        <v>400</v>
+      </c>
+      <c r="C120" s="597" t="s">
+        <v>401</v>
+      </c>
+      <c r="D120" s="598" t="s">
+        <v>402</v>
+      </c>
+      <c r="E120" s="597" t="s">
+        <v>307</v>
+      </c>
+      <c r="F120" s="597" t="s">
+        <v>141</v>
+      </c>
+      <c r="G120" s="599">
+        <v>25</v>
+      </c>
+      <c r="H120" s="597" t="s">
+        <v>403</v>
+      </c>
+      <c r="I120" s="599">
+        <v>2</v>
+      </c>
+      <c r="J120" s="598" t="s">
+        <v>60</v>
+      </c>
+      <c r="K120" s="598" t="s">
+        <v>62</v>
+      </c>
+      <c r="L120" s="598"/>
+      <c r="M120" s="598"/>
+      <c r="N120" s="598" t="s">
+        <v>62</v>
+      </c>
+      <c r="O120" s="598" t="s">
+        <v>62</v>
+      </c>
+      <c r="P120" s="598" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q120" s="598" t="s">
+        <v>104</v>
+      </c>
+      <c r="R120" s="598" t="s">
+        <v>33</v>
+      </c>
+      <c r="S120" s="599" t="s">
+        <v>34</v>
+      </c>
+      <c r="T120" s="600">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="121" spans="1:20">
+      <c r="A121" s="601">
+        <v>4126167</v>
+      </c>
+      <c r="B121" s="602" t="s">
+        <v>404</v>
+      </c>
+      <c r="C121" s="602" t="s">
+        <v>405</v>
+      </c>
+      <c r="D121" s="603" t="s">
+        <v>406</v>
+      </c>
+      <c r="E121" s="602" t="s">
+        <v>407</v>
+      </c>
+      <c r="F121" s="602" t="s">
+        <v>141</v>
+      </c>
+      <c r="G121" s="604">
+        <v>20</v>
+      </c>
+      <c r="H121" s="602" t="s">
+        <v>408</v>
+      </c>
+      <c r="I121" s="604">
+        <v>4</v>
+      </c>
+      <c r="J121" s="603" t="s">
+        <v>45</v>
+      </c>
+      <c r="K121" s="603" t="s">
+        <v>46</v>
+      </c>
+      <c r="L121" s="603"/>
+      <c r="M121" s="603"/>
+      <c r="N121" s="603" t="s">
+        <v>47</v>
+      </c>
+      <c r="O121" s="603" t="s">
+        <v>148</v>
+      </c>
+      <c r="P121" s="603"/>
+      <c r="Q121" s="603"/>
+      <c r="R121" s="603" t="s">
+        <v>33</v>
+      </c>
+      <c r="S121" s="604" t="s">
+        <v>42</v>
+      </c>
+      <c r="T121" s="605">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="122" spans="1:20">
+      <c r="A122" s="606">
+        <v>4126017</v>
+      </c>
+      <c r="B122" s="607" t="s">
+        <v>409</v>
+      </c>
+      <c r="C122" s="607" t="s">
+        <v>410</v>
+      </c>
+      <c r="D122" s="608" t="s">
+        <v>411</v>
+      </c>
+      <c r="E122" s="607" t="s">
+        <v>147</v>
+      </c>
+      <c r="F122" s="607" t="s">
+        <v>24</v>
+      </c>
+      <c r="G122" s="609">
+        <v>25</v>
+      </c>
+      <c r="H122" s="607" t="s">
+        <v>358</v>
+      </c>
+      <c r="I122" s="609">
+        <v>1</v>
+      </c>
+      <c r="J122" s="608" t="s">
+        <v>45</v>
+      </c>
+      <c r="K122" s="608" t="s">
+        <v>412</v>
+      </c>
+      <c r="L122" s="608"/>
+      <c r="M122" s="608"/>
+      <c r="N122" s="608" t="s">
+        <v>64</v>
+      </c>
+      <c r="O122" s="608" t="s">
+        <v>65</v>
+      </c>
+      <c r="P122" s="608" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q122" s="608" t="s">
+        <v>104</v>
+      </c>
+      <c r="R122" s="608" t="s">
+        <v>33</v>
+      </c>
+      <c r="S122" s="609" t="s">
+        <v>34</v>
+      </c>
+      <c r="T122" s="610">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="123" spans="1:20">
+      <c r="A123" s="611">
+        <v>4326009</v>
+      </c>
+      <c r="B123" s="612" t="s">
+        <v>413</v>
+      </c>
+      <c r="C123" s="612" t="s">
+        <v>21</v>
+      </c>
+      <c r="D123" s="613" t="s">
+        <v>414</v>
+      </c>
+      <c r="E123" s="612" t="s">
+        <v>23</v>
+      </c>
+      <c r="F123" s="612" t="s">
+        <v>24</v>
+      </c>
+      <c r="G123" s="614" t="s">
+        <v>25</v>
+      </c>
+      <c r="H123" s="612" t="s">
+        <v>343</v>
+      </c>
+      <c r="I123" s="614">
+        <v>1</v>
+      </c>
+      <c r="J123" s="613" t="s">
+        <v>45</v>
+      </c>
+      <c r="K123" s="613" t="s">
+        <v>46</v>
+      </c>
+      <c r="L123" s="613" t="s">
+        <v>158</v>
+      </c>
+      <c r="M123" s="613" t="s">
+        <v>159</v>
+      </c>
+      <c r="N123" s="613" t="s">
+        <v>47</v>
+      </c>
+      <c r="O123" s="613" t="s">
+        <v>48</v>
+      </c>
+      <c r="P123" s="613" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q123" s="613" t="s">
+        <v>160</v>
+      </c>
+      <c r="R123" s="613" t="s">
+        <v>33</v>
+      </c>
+      <c r="S123" s="614" t="s">
+        <v>42</v>
+      </c>
+      <c r="T123" s="615">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="124" spans="1:20">
+      <c r="A124" s="616">
+        <v>4326045</v>
+      </c>
+      <c r="B124" s="617" t="s">
+        <v>415</v>
+      </c>
+      <c r="C124" s="617" t="s">
+        <v>44</v>
+      </c>
+      <c r="D124" s="618" t="s">
+        <v>414</v>
+      </c>
+      <c r="E124" s="617" t="s">
+        <v>23</v>
+      </c>
+      <c r="F124" s="617" t="s">
+        <v>24</v>
+      </c>
+      <c r="G124" s="619" t="s">
+        <v>25</v>
+      </c>
+      <c r="H124" s="617" t="s">
+        <v>343</v>
+      </c>
+      <c r="I124" s="619">
+        <v>1</v>
+      </c>
+      <c r="J124" s="618" t="s">
+        <v>45</v>
+      </c>
+      <c r="K124" s="618" t="s">
+        <v>46</v>
+      </c>
+      <c r="L124" s="618"/>
+      <c r="M124" s="618"/>
+      <c r="N124" s="618" t="s">
+        <v>47</v>
+      </c>
+      <c r="O124" s="618" t="s">
+        <v>48</v>
+      </c>
+      <c r="P124" s="618" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q124" s="618" t="s">
+        <v>49</v>
+      </c>
+      <c r="R124" s="618" t="s">
+        <v>33</v>
+      </c>
+      <c r="S124" s="619" t="s">
+        <v>34</v>
+      </c>
+      <c r="T124" s="620">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="125" spans="1:20">
+      <c r="A125" s="621">
+        <v>4126153</v>
+      </c>
+      <c r="B125" s="622" t="s">
+        <v>416</v>
+      </c>
+      <c r="C125" s="622" t="s">
+        <v>130</v>
+      </c>
+      <c r="D125" s="623" t="s">
+        <v>411</v>
+      </c>
+      <c r="E125" s="622" t="s">
+        <v>178</v>
+      </c>
+      <c r="F125" s="622" t="s">
+        <v>141</v>
+      </c>
+      <c r="G125" s="624">
+        <v>25</v>
+      </c>
+      <c r="H125" s="622" t="s">
+        <v>358</v>
+      </c>
+      <c r="I125" s="624">
+        <v>1</v>
+      </c>
+      <c r="J125" s="623" t="s">
+        <v>52</v>
+      </c>
+      <c r="K125" s="623" t="s">
+        <v>52</v>
+      </c>
+      <c r="L125" s="623" t="s">
+        <v>77</v>
+      </c>
+      <c r="M125" s="623" t="s">
+        <v>346</v>
+      </c>
+      <c r="N125" s="623" t="s">
+        <v>104</v>
+      </c>
+      <c r="O125" s="623" t="s">
+        <v>104</v>
+      </c>
+      <c r="P125" s="623" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q125" s="623" t="s">
+        <v>65</v>
+      </c>
+      <c r="R125" s="623" t="s">
+        <v>33</v>
+      </c>
+      <c r="S125" s="624" t="s">
+        <v>34</v>
+      </c>
+      <c r="T125" s="625">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="126" spans="1:20">
+      <c r="A126" s="626">
+        <v>4326051</v>
+      </c>
+      <c r="B126" s="627" t="s">
+        <v>417</v>
+      </c>
+      <c r="C126" s="627" t="s">
+        <v>130</v>
+      </c>
+      <c r="D126" s="628" t="s">
+        <v>414</v>
+      </c>
+      <c r="E126" s="627" t="s">
+        <v>23</v>
+      </c>
+      <c r="F126" s="627" t="s">
+        <v>24</v>
+      </c>
+      <c r="G126" s="629" t="s">
+        <v>25</v>
+      </c>
+      <c r="H126" s="627" t="s">
+        <v>343</v>
+      </c>
+      <c r="I126" s="629">
+        <v>1</v>
+      </c>
+      <c r="J126" s="628" t="s">
+        <v>52</v>
+      </c>
+      <c r="K126" s="628" t="s">
+        <v>52</v>
+      </c>
+      <c r="L126" s="628" t="s">
+        <v>77</v>
+      </c>
+      <c r="M126" s="628" t="s">
+        <v>346</v>
+      </c>
+      <c r="N126" s="628" t="s">
+        <v>104</v>
+      </c>
+      <c r="O126" s="628" t="s">
+        <v>104</v>
+      </c>
+      <c r="P126" s="628"/>
+      <c r="Q126" s="628"/>
+      <c r="R126" s="628" t="s">
+        <v>33</v>
+      </c>
+      <c r="S126" s="629" t="s">
+        <v>34</v>
+      </c>
+      <c r="T126" s="630">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="127" spans="1:20">
+      <c r="A127" s="631">
+        <v>4326057</v>
+      </c>
+      <c r="B127" s="632" t="s">
+        <v>418</v>
+      </c>
+      <c r="C127" s="632" t="s">
+        <v>51</v>
+      </c>
+      <c r="D127" s="633" t="s">
+        <v>414</v>
+      </c>
+      <c r="E127" s="632" t="s">
+        <v>23</v>
+      </c>
+      <c r="F127" s="632" t="s">
+        <v>24</v>
+      </c>
+      <c r="G127" s="634" t="s">
+        <v>25</v>
+      </c>
+      <c r="H127" s="632" t="s">
+        <v>343</v>
+      </c>
+      <c r="I127" s="634">
+        <v>1</v>
+      </c>
+      <c r="J127" s="633" t="s">
+        <v>52</v>
+      </c>
+      <c r="K127" s="633" t="s">
+        <v>52</v>
+      </c>
+      <c r="L127" s="633" t="s">
+        <v>53</v>
+      </c>
+      <c r="M127" s="633" t="s">
+        <v>54</v>
+      </c>
+      <c r="N127" s="633" t="s">
+        <v>55</v>
+      </c>
+      <c r="O127" s="633" t="s">
+        <v>56</v>
+      </c>
+      <c r="P127" s="633" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q127" s="633" t="s">
+        <v>57</v>
+      </c>
+      <c r="R127" s="633" t="s">
+        <v>33</v>
+      </c>
+      <c r="S127" s="634" t="s">
+        <v>34</v>
+      </c>
+      <c r="T127" s="635">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="128" spans="1:20">
+      <c r="A128" s="636">
+        <v>4326003</v>
+      </c>
+      <c r="B128" s="637" t="s">
+        <v>419</v>
+      </c>
+      <c r="C128" s="637" t="s">
+        <v>59</v>
+      </c>
+      <c r="D128" s="638" t="s">
+        <v>414</v>
+      </c>
+      <c r="E128" s="637" t="s">
+        <v>23</v>
+      </c>
+      <c r="F128" s="637" t="s">
+        <v>24</v>
+      </c>
+      <c r="G128" s="639" t="s">
+        <v>25</v>
+      </c>
+      <c r="H128" s="637" t="s">
+        <v>343</v>
+      </c>
+      <c r="I128" s="639">
+        <v>1</v>
+      </c>
+      <c r="J128" s="638" t="s">
+        <v>60</v>
+      </c>
+      <c r="K128" s="638" t="s">
+        <v>61</v>
+      </c>
+      <c r="L128" s="638"/>
+      <c r="M128" s="638"/>
+      <c r="N128" s="638" t="s">
+        <v>62</v>
+      </c>
+      <c r="O128" s="638" t="s">
+        <v>62</v>
+      </c>
+      <c r="P128" s="638"/>
+      <c r="Q128" s="638"/>
+      <c r="R128" s="638" t="s">
+        <v>33</v>
+      </c>
+      <c r="S128" s="639" t="s">
+        <v>42</v>
+      </c>
+      <c r="T128" s="640">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="129" spans="1:20">
+      <c r="A129" s="641">
+        <v>4326015</v>
+      </c>
+      <c r="B129" s="642" t="s">
+        <v>420</v>
+      </c>
+      <c r="C129" s="642" t="s">
+        <v>21</v>
+      </c>
+      <c r="D129" s="643" t="s">
+        <v>414</v>
+      </c>
+      <c r="E129" s="642" t="s">
+        <v>23</v>
+      </c>
+      <c r="F129" s="642" t="s">
+        <v>24</v>
+      </c>
+      <c r="G129" s="644" t="s">
+        <v>25</v>
+      </c>
+      <c r="H129" s="642" t="s">
+        <v>343</v>
+      </c>
+      <c r="I129" s="644">
+        <v>1</v>
+      </c>
+      <c r="J129" s="643" t="s">
+        <v>60</v>
+      </c>
+      <c r="K129" s="643" t="s">
+        <v>62</v>
+      </c>
+      <c r="L129" s="643"/>
+      <c r="M129" s="643"/>
+      <c r="N129" s="643" t="s">
+        <v>62</v>
+      </c>
+      <c r="O129" s="643" t="s">
+        <v>66</v>
+      </c>
+      <c r="P129" s="643" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q129" s="643" t="s">
+        <v>68</v>
+      </c>
+      <c r="R129" s="643" t="s">
+        <v>33</v>
+      </c>
+      <c r="S129" s="644" t="s">
+        <v>42</v>
+      </c>
+      <c r="T129" s="645">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="130" spans="1:20">
+      <c r="A130" s="646">
+        <v>4326021</v>
+      </c>
+      <c r="B130" s="647" t="s">
+        <v>421</v>
+      </c>
+      <c r="C130" s="647" t="s">
+        <v>21</v>
+      </c>
+      <c r="D130" s="648" t="s">
+        <v>414</v>
+      </c>
+      <c r="E130" s="647" t="s">
+        <v>23</v>
+      </c>
+      <c r="F130" s="647" t="s">
+        <v>24</v>
+      </c>
+      <c r="G130" s="649" t="s">
+        <v>25</v>
+      </c>
+      <c r="H130" s="647" t="s">
+        <v>343</v>
+      </c>
+      <c r="I130" s="649">
+        <v>1</v>
+      </c>
+      <c r="J130" s="648" t="s">
+        <v>60</v>
+      </c>
+      <c r="K130" s="648" t="s">
+        <v>62</v>
+      </c>
+      <c r="L130" s="648"/>
+      <c r="M130" s="648"/>
+      <c r="N130" s="648" t="s">
+        <v>64</v>
+      </c>
+      <c r="O130" s="648" t="s">
+        <v>65</v>
+      </c>
+      <c r="P130" s="648" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q130" s="648" t="s">
+        <v>66</v>
+      </c>
+      <c r="R130" s="648" t="s">
+        <v>33</v>
+      </c>
+      <c r="S130" s="649" t="s">
+        <v>34</v>
+      </c>
+      <c r="T130" s="650">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="131" spans="1:20">
+      <c r="A131" s="651">
+        <v>4326027</v>
+      </c>
+      <c r="B131" s="652" t="s">
+        <v>422</v>
+      </c>
+      <c r="C131" s="652" t="s">
+        <v>81</v>
+      </c>
+      <c r="D131" s="653" t="s">
+        <v>414</v>
+      </c>
+      <c r="E131" s="652" t="s">
+        <v>23</v>
+      </c>
+      <c r="F131" s="652" t="s">
+        <v>24</v>
+      </c>
+      <c r="G131" s="654" t="s">
+        <v>25</v>
+      </c>
+      <c r="H131" s="652" t="s">
+        <v>343</v>
+      </c>
+      <c r="I131" s="654">
+        <v>1</v>
+      </c>
+      <c r="J131" s="653" t="s">
+        <v>71</v>
+      </c>
+      <c r="K131" s="653" t="s">
+        <v>82</v>
+      </c>
+      <c r="L131" s="653" t="s">
+        <v>77</v>
+      </c>
+      <c r="M131" s="653" t="s">
+        <v>83</v>
+      </c>
+      <c r="N131" s="653" t="s">
+        <v>47</v>
+      </c>
+      <c r="O131" s="653" t="s">
+        <v>84</v>
+      </c>
+      <c r="P131" s="653"/>
+      <c r="Q131" s="653"/>
+      <c r="R131" s="653" t="s">
+        <v>33</v>
+      </c>
+      <c r="S131" s="654" t="s">
+        <v>42</v>
+      </c>
+      <c r="T131" s="655">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="132" spans="1:20">
+      <c r="A132" s="656">
+        <v>4326033</v>
+      </c>
+      <c r="B132" s="657" t="s">
+        <v>423</v>
+      </c>
+      <c r="C132" s="657" t="s">
+        <v>76</v>
+      </c>
+      <c r="D132" s="658" t="s">
+        <v>414</v>
+      </c>
+      <c r="E132" s="657" t="s">
+        <v>23</v>
+      </c>
+      <c r="F132" s="657" t="s">
+        <v>24</v>
+      </c>
+      <c r="G132" s="659" t="s">
+        <v>25</v>
+      </c>
+      <c r="H132" s="657" t="s">
+        <v>343</v>
+      </c>
+      <c r="I132" s="659">
+        <v>1</v>
+      </c>
+      <c r="J132" s="658" t="s">
+        <v>71</v>
+      </c>
+      <c r="K132" s="658"/>
+      <c r="L132" s="658" t="s">
+        <v>77</v>
+      </c>
+      <c r="M132" s="658" t="s">
+        <v>78</v>
+      </c>
+      <c r="N132" s="658" t="s">
+        <v>47</v>
+      </c>
+      <c r="O132" s="658" t="s">
+        <v>79</v>
+      </c>
+      <c r="P132" s="658"/>
+      <c r="Q132" s="658"/>
+      <c r="R132" s="658" t="s">
+        <v>33</v>
+      </c>
+      <c r="S132" s="659" t="s">
+        <v>34</v>
+      </c>
+      <c r="T132" s="660">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="133" spans="1:20">
+      <c r="A133" s="661">
+        <v>4326087</v>
+      </c>
+      <c r="B133" s="662" t="s">
+        <v>424</v>
+      </c>
+      <c r="C133" s="662" t="s">
+        <v>70</v>
+      </c>
+      <c r="D133" s="663" t="s">
+        <v>414</v>
+      </c>
+      <c r="E133" s="662" t="s">
+        <v>23</v>
+      </c>
+      <c r="F133" s="662" t="s">
+        <v>24</v>
+      </c>
+      <c r="G133" s="664" t="s">
+        <v>25</v>
+      </c>
+      <c r="H133" s="662" t="s">
+        <v>343</v>
+      </c>
+      <c r="I133" s="664">
+        <v>1</v>
+      </c>
+      <c r="J133" s="663" t="s">
+        <v>71</v>
+      </c>
+      <c r="K133" s="663" t="s">
+        <v>72</v>
+      </c>
+      <c r="L133" s="663"/>
+      <c r="M133" s="663"/>
+      <c r="N133" s="663" t="s">
+        <v>73</v>
+      </c>
+      <c r="O133" s="663" t="s">
+        <v>74</v>
+      </c>
+      <c r="P133" s="663"/>
+      <c r="Q133" s="663"/>
+      <c r="R133" s="663" t="s">
+        <v>33</v>
+      </c>
+      <c r="S133" s="664" t="s">
+        <v>34</v>
+      </c>
+      <c r="T133" s="665">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="134" spans="1:20">
+      <c r="A134" s="666">
+        <v>4326093</v>
+      </c>
+      <c r="B134" s="667" t="s">
+        <v>425</v>
+      </c>
+      <c r="C134" s="667" t="s">
+        <v>86</v>
+      </c>
+      <c r="D134" s="668" t="s">
+        <v>414</v>
+      </c>
+      <c r="E134" s="667" t="s">
+        <v>23</v>
+      </c>
+      <c r="F134" s="667" t="s">
+        <v>24</v>
+      </c>
+      <c r="G134" s="669" t="s">
+        <v>25</v>
+      </c>
+      <c r="H134" s="667" t="s">
+        <v>343</v>
+      </c>
+      <c r="I134" s="669">
+        <v>1</v>
+      </c>
+      <c r="J134" s="668" t="s">
+        <v>87</v>
+      </c>
+      <c r="K134" s="668" t="s">
+        <v>87</v>
+      </c>
+      <c r="L134" s="668"/>
+      <c r="M134" s="668"/>
+      <c r="N134" s="668" t="s">
+        <v>64</v>
+      </c>
+      <c r="O134" s="668" t="s">
+        <v>88</v>
+      </c>
+      <c r="P134" s="668" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q134" s="668" t="s">
+        <v>89</v>
+      </c>
+      <c r="R134" s="668" t="s">
+        <v>33</v>
+      </c>
+      <c r="S134" s="669" t="s">
+        <v>34</v>
+      </c>
+      <c r="T134" s="670">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="135" spans="1:20">
+      <c r="A135" s="671">
+        <v>4126162</v>
+      </c>
+      <c r="B135" s="672" t="s">
+        <v>426</v>
+      </c>
+      <c r="C135" s="672" t="s">
+        <v>229</v>
+      </c>
+      <c r="D135" s="673" t="s">
+        <v>411</v>
+      </c>
+      <c r="E135" s="672" t="s">
+        <v>178</v>
+      </c>
+      <c r="F135" s="672" t="s">
+        <v>141</v>
+      </c>
+      <c r="G135" s="674">
+        <v>25</v>
+      </c>
+      <c r="H135" s="672" t="s">
+        <v>358</v>
+      </c>
+      <c r="I135" s="674">
+        <v>1</v>
+      </c>
+      <c r="J135" s="673" t="s">
+        <v>92</v>
+      </c>
+      <c r="K135" s="673" t="s">
+        <v>267</v>
+      </c>
+      <c r="L135" s="673"/>
+      <c r="M135" s="673"/>
+      <c r="N135" s="673" t="s">
+        <v>96</v>
+      </c>
+      <c r="O135" s="673" t="s">
+        <v>109</v>
+      </c>
+      <c r="P135" s="673"/>
+      <c r="Q135" s="673"/>
+      <c r="R135" s="673" t="s">
+        <v>33</v>
+      </c>
+      <c r="S135" s="674" t="s">
+        <v>42</v>
+      </c>
+      <c r="T135" s="675">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="136" spans="1:20">
+      <c r="A136" s="676">
+        <v>4326075</v>
+      </c>
+      <c r="B136" s="677" t="s">
+        <v>427</v>
+      </c>
+      <c r="C136" s="677" t="s">
+        <v>91</v>
+      </c>
+      <c r="D136" s="678" t="s">
+        <v>414</v>
+      </c>
+      <c r="E136" s="677" t="s">
+        <v>23</v>
+      </c>
+      <c r="F136" s="677" t="s">
+        <v>24</v>
+      </c>
+      <c r="G136" s="679" t="s">
+        <v>25</v>
+      </c>
+      <c r="H136" s="677" t="s">
+        <v>343</v>
+      </c>
+      <c r="I136" s="679">
+        <v>1</v>
+      </c>
+      <c r="J136" s="678" t="s">
+        <v>92</v>
+      </c>
+      <c r="K136" s="678" t="s">
+        <v>93</v>
+      </c>
+      <c r="L136" s="678" t="s">
+        <v>94</v>
+      </c>
+      <c r="M136" s="678" t="s">
+        <v>55</v>
+      </c>
+      <c r="N136" s="678" t="s">
+        <v>96</v>
+      </c>
+      <c r="O136" s="678" t="s">
+        <v>97</v>
+      </c>
+      <c r="P136" s="678"/>
+      <c r="Q136" s="678"/>
+      <c r="R136" s="678" t="s">
+        <v>33</v>
+      </c>
+      <c r="S136" s="679" t="s">
+        <v>34</v>
+      </c>
+      <c r="T136" s="680">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="137" spans="1:20">
+      <c r="A137" s="681">
+        <v>4326081</v>
+      </c>
+      <c r="B137" s="682" t="s">
+        <v>428</v>
+      </c>
+      <c r="C137" s="682" t="s">
+        <v>91</v>
+      </c>
+      <c r="D137" s="683" t="s">
+        <v>414</v>
+      </c>
+      <c r="E137" s="682" t="s">
+        <v>23</v>
+      </c>
+      <c r="F137" s="682" t="s">
+        <v>24</v>
+      </c>
+      <c r="G137" s="684" t="s">
+        <v>25</v>
+      </c>
+      <c r="H137" s="682" t="s">
+        <v>343</v>
+      </c>
+      <c r="I137" s="684">
+        <v>1</v>
+      </c>
+      <c r="J137" s="683" t="s">
+        <v>92</v>
+      </c>
+      <c r="K137" s="683" t="s">
+        <v>93</v>
+      </c>
+      <c r="L137" s="683" t="s">
+        <v>94</v>
+      </c>
+      <c r="M137" s="683" t="s">
+        <v>95</v>
+      </c>
+      <c r="N137" s="683" t="s">
+        <v>96</v>
+      </c>
+      <c r="O137" s="683" t="s">
+        <v>97</v>
+      </c>
+      <c r="P137" s="683"/>
+      <c r="Q137" s="683"/>
+      <c r="R137" s="683" t="s">
+        <v>33</v>
+      </c>
+      <c r="S137" s="684" t="s">
+        <v>42</v>
+      </c>
+      <c r="T137" s="685">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="138" spans="1:20">
+      <c r="A138" s="686">
+        <v>4326039</v>
+      </c>
+      <c r="B138" s="687" t="s">
+        <v>429</v>
+      </c>
+      <c r="C138" s="687" t="s">
+        <v>111</v>
+      </c>
+      <c r="D138" s="688" t="s">
+        <v>414</v>
+      </c>
+      <c r="E138" s="687" t="s">
+        <v>23</v>
+      </c>
+      <c r="F138" s="687" t="s">
+        <v>24</v>
+      </c>
+      <c r="G138" s="689" t="s">
+        <v>25</v>
+      </c>
+      <c r="H138" s="687" t="s">
+        <v>358</v>
+      </c>
+      <c r="I138" s="689">
+        <v>1</v>
+      </c>
+      <c r="J138" s="688" t="s">
+        <v>101</v>
+      </c>
+      <c r="K138" s="688" t="s">
+        <v>113</v>
+      </c>
+      <c r="L138" s="688" t="s">
+        <v>114</v>
+      </c>
+      <c r="M138" s="688" t="s">
+        <v>115</v>
+      </c>
+      <c r="N138" s="688" t="s">
+        <v>73</v>
+      </c>
+      <c r="O138" s="688" t="s">
+        <v>116</v>
+      </c>
+      <c r="P138" s="688" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q138" s="688" t="s">
+        <v>104</v>
+      </c>
+      <c r="R138" s="688" t="s">
+        <v>33</v>
+      </c>
+      <c r="S138" s="689" t="s">
+        <v>34</v>
+      </c>
+      <c r="T138" s="690">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="139" spans="1:20">
+      <c r="A139" s="691">
+        <v>4326063</v>
+      </c>
+      <c r="B139" s="692" t="s">
+        <v>430</v>
+      </c>
+      <c r="C139" s="692" t="s">
+        <v>106</v>
+      </c>
+      <c r="D139" s="693" t="s">
+        <v>414</v>
+      </c>
+      <c r="E139" s="692" t="s">
+        <v>23</v>
+      </c>
+      <c r="F139" s="692" t="s">
+        <v>24</v>
+      </c>
+      <c r="G139" s="694" t="s">
+        <v>25</v>
+      </c>
+      <c r="H139" s="692" t="s">
+        <v>343</v>
+      </c>
+      <c r="I139" s="694">
+        <v>1</v>
+      </c>
+      <c r="J139" s="693" t="s">
+        <v>101</v>
+      </c>
+      <c r="K139" s="693"/>
+      <c r="L139" s="693" t="s">
+        <v>107</v>
+      </c>
+      <c r="M139" s="693" t="s">
+        <v>108</v>
+      </c>
+      <c r="N139" s="693" t="s">
+        <v>96</v>
+      </c>
+      <c r="O139" s="693" t="s">
+        <v>109</v>
+      </c>
+      <c r="P139" s="693"/>
+      <c r="Q139" s="693"/>
+      <c r="R139" s="693" t="s">
+        <v>33</v>
+      </c>
+      <c r="S139" s="694" t="s">
+        <v>34</v>
+      </c>
+      <c r="T139" s="695">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="140" spans="1:20">
+      <c r="A140" s="696">
+        <v>4326069</v>
+      </c>
+      <c r="B140" s="697" t="s">
+        <v>431</v>
+      </c>
+      <c r="C140" s="697" t="s">
+        <v>118</v>
+      </c>
+      <c r="D140" s="698" t="s">
+        <v>414</v>
+      </c>
+      <c r="E140" s="697" t="s">
+        <v>23</v>
+      </c>
+      <c r="F140" s="697" t="s">
+        <v>24</v>
+      </c>
+      <c r="G140" s="699" t="s">
+        <v>25</v>
+      </c>
+      <c r="H140" s="697" t="s">
+        <v>343</v>
+      </c>
+      <c r="I140" s="699">
+        <v>1</v>
+      </c>
+      <c r="J140" s="698" t="s">
+        <v>101</v>
+      </c>
+      <c r="K140" s="698" t="s">
+        <v>102</v>
+      </c>
+      <c r="L140" s="698" t="s">
+        <v>119</v>
+      </c>
+      <c r="M140" s="698" t="s">
+        <v>120</v>
+      </c>
+      <c r="N140" s="698" t="s">
+        <v>73</v>
+      </c>
+      <c r="O140" s="698" t="s">
+        <v>116</v>
+      </c>
+      <c r="P140" s="698" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q140" s="698" t="s">
+        <v>104</v>
+      </c>
+      <c r="R140" s="698" t="s">
+        <v>33</v>
+      </c>
+      <c r="S140" s="699" t="s">
+        <v>34</v>
+      </c>
+      <c r="T140" s="700">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="141" spans="1:20">
+      <c r="A141" s="701">
+        <v>4326099</v>
+      </c>
+      <c r="B141" s="702" t="s">
+        <v>432</v>
+      </c>
+      <c r="C141" s="702" t="s">
+        <v>100</v>
+      </c>
+      <c r="D141" s="703" t="s">
+        <v>414</v>
+      </c>
+      <c r="E141" s="702" t="s">
+        <v>23</v>
+      </c>
+      <c r="F141" s="702" t="s">
+        <v>24</v>
+      </c>
+      <c r="G141" s="704" t="s">
+        <v>25</v>
+      </c>
+      <c r="H141" s="702" t="s">
+        <v>343</v>
+      </c>
+      <c r="I141" s="704">
+        <v>1</v>
+      </c>
+      <c r="J141" s="703" t="s">
+        <v>101</v>
+      </c>
+      <c r="K141" s="703" t="s">
+        <v>102</v>
+      </c>
+      <c r="L141" s="703"/>
+      <c r="M141" s="703"/>
+      <c r="N141" s="703" t="s">
+        <v>73</v>
+      </c>
+      <c r="O141" s="703" t="s">
+        <v>103</v>
+      </c>
+      <c r="P141" s="703" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q141" s="703" t="s">
+        <v>104</v>
+      </c>
+      <c r="R141" s="703" t="s">
+        <v>33</v>
+      </c>
+      <c r="S141" s="704" t="s">
+        <v>42</v>
+      </c>
+      <c r="T141" s="705">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="142" spans="1:20">
+      <c r="A142" s="706">
+        <v>4126092</v>
+      </c>
+      <c r="B142" s="707" t="s">
+        <v>433</v>
+      </c>
+      <c r="C142" s="707" t="s">
+        <v>434</v>
+      </c>
+      <c r="D142" s="708" t="s">
+        <v>435</v>
+      </c>
+      <c r="E142" s="707" t="s">
+        <v>147</v>
+      </c>
+      <c r="F142" s="707" t="s">
+        <v>24</v>
+      </c>
+      <c r="G142" s="709">
+        <v>25</v>
+      </c>
+      <c r="H142" s="707" t="s">
+        <v>358</v>
+      </c>
+      <c r="I142" s="709">
+        <v>1</v>
+      </c>
+      <c r="J142" s="708" t="s">
+        <v>71</v>
+      </c>
+      <c r="K142" s="708" t="s">
+        <v>316</v>
+      </c>
+      <c r="L142" s="708"/>
+      <c r="M142" s="708"/>
+      <c r="N142" s="708" t="s">
+        <v>73</v>
+      </c>
+      <c r="O142" s="708" t="s">
+        <v>74</v>
+      </c>
+      <c r="P142" s="708" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q142" s="708" t="s">
+        <v>41</v>
+      </c>
+      <c r="R142" s="708" t="s">
+        <v>33</v>
+      </c>
+      <c r="S142" s="709" t="s">
+        <v>34</v>
+      </c>
+      <c r="T142" s="710">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="143" spans="1:20">
+      <c r="A143" s="711">
+        <v>4126155</v>
+      </c>
+      <c r="B143" s="712" t="s">
+        <v>436</v>
+      </c>
+      <c r="C143" s="712" t="s">
+        <v>130</v>
+      </c>
+      <c r="D143" s="713" t="s">
+        <v>435</v>
+      </c>
+      <c r="E143" s="712" t="s">
+        <v>178</v>
+      </c>
+      <c r="F143" s="712" t="s">
+        <v>141</v>
+      </c>
+      <c r="G143" s="714">
+        <v>25</v>
+      </c>
+      <c r="H143" s="712" t="s">
+        <v>358</v>
+      </c>
+      <c r="I143" s="714">
+        <v>1</v>
+      </c>
+      <c r="J143" s="713" t="s">
+        <v>71</v>
+      </c>
+      <c r="K143" s="713" t="s">
+        <v>133</v>
+      </c>
+      <c r="L143" s="713"/>
+      <c r="M143" s="713"/>
+      <c r="N143" s="713" t="s">
+        <v>104</v>
+      </c>
+      <c r="O143" s="713" t="s">
+        <v>104</v>
+      </c>
+      <c r="P143" s="713" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q143" s="713" t="s">
+        <v>65</v>
+      </c>
+      <c r="R143" s="713" t="s">
+        <v>33</v>
+      </c>
+      <c r="S143" s="714" t="s">
+        <v>34</v>
+      </c>
+      <c r="T143" s="715">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="144" spans="1:20">
+      <c r="A144" s="716">
+        <v>4126122</v>
+      </c>
+      <c r="B144" s="717" t="s">
+        <v>437</v>
+      </c>
+      <c r="C144" s="717" t="s">
+        <v>146</v>
+      </c>
+      <c r="D144" s="718" t="s">
+        <v>438</v>
+      </c>
+      <c r="E144" s="717" t="s">
+        <v>147</v>
+      </c>
+      <c r="F144" s="717" t="s">
+        <v>24</v>
+      </c>
+      <c r="G144" s="719">
+        <v>25</v>
+      </c>
+      <c r="H144" s="717" t="s">
+        <v>358</v>
+      </c>
+      <c r="I144" s="719">
+        <v>1</v>
+      </c>
+      <c r="J144" s="718" t="s">
+        <v>71</v>
+      </c>
+      <c r="K144" s="718" t="s">
+        <v>212</v>
+      </c>
+      <c r="L144" s="718" t="s">
+        <v>114</v>
+      </c>
+      <c r="M144" s="718" t="s">
+        <v>439</v>
+      </c>
+      <c r="N144" s="718" t="s">
+        <v>47</v>
+      </c>
+      <c r="O144" s="718" t="s">
+        <v>148</v>
+      </c>
+      <c r="P144" s="718"/>
+      <c r="Q144" s="718"/>
+      <c r="R144" s="718" t="s">
+        <v>33</v>
+      </c>
+      <c r="S144" s="719" t="s">
+        <v>42</v>
+      </c>
+      <c r="T144" s="720">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="145" spans="1:20">
+      <c r="A145" s="721">
+        <v>4126032</v>
+      </c>
+      <c r="B145" s="722" t="s">
+        <v>440</v>
+      </c>
+      <c r="C145" s="722" t="s">
+        <v>182</v>
+      </c>
+      <c r="D145" s="723" t="s">
+        <v>438</v>
+      </c>
+      <c r="E145" s="722" t="s">
+        <v>147</v>
+      </c>
+      <c r="F145" s="722" t="s">
+        <v>24</v>
+      </c>
+      <c r="G145" s="724">
+        <v>25</v>
+      </c>
+      <c r="H145" s="722" t="s">
+        <v>358</v>
+      </c>
+      <c r="I145" s="724">
+        <v>1</v>
+      </c>
+      <c r="J145" s="723" t="s">
+        <v>441</v>
+      </c>
+      <c r="K145" s="723" t="s">
+        <v>442</v>
+      </c>
+      <c r="L145" s="723" t="s">
+        <v>94</v>
+      </c>
+      <c r="M145" s="723" t="s">
+        <v>55</v>
+      </c>
+      <c r="N145" s="723" t="s">
+        <v>55</v>
+      </c>
+      <c r="O145" s="723" t="s">
+        <v>56</v>
+      </c>
+      <c r="P145" s="723"/>
+      <c r="Q145" s="723"/>
+      <c r="R145" s="723" t="s">
+        <v>33</v>
+      </c>
+      <c r="S145" s="724" t="s">
+        <v>42</v>
+      </c>
+      <c r="T145" s="725">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="146" spans="1:20">
+      <c r="A146" s="726">
+        <v>4126171</v>
+      </c>
+      <c r="B146" s="727" t="s">
+        <v>443</v>
+      </c>
+      <c r="C146" s="727" t="s">
+        <v>76</v>
+      </c>
+      <c r="D146" s="728" t="s">
+        <v>444</v>
+      </c>
+      <c r="E146" s="727" t="s">
+        <v>178</v>
+      </c>
+      <c r="F146" s="727" t="s">
+        <v>141</v>
+      </c>
+      <c r="G146" s="729">
+        <v>25</v>
+      </c>
+      <c r="H146" s="727" t="s">
+        <v>358</v>
+      </c>
+      <c r="I146" s="729">
+        <v>1</v>
+      </c>
+      <c r="J146" s="728" t="s">
+        <v>71</v>
+      </c>
+      <c r="K146" s="728" t="s">
+        <v>445</v>
+      </c>
+      <c r="L146" s="728" t="s">
+        <v>77</v>
+      </c>
+      <c r="M146" s="728" t="s">
+        <v>346</v>
+      </c>
+      <c r="N146" s="728" t="s">
+        <v>47</v>
+      </c>
+      <c r="O146" s="728" t="s">
+        <v>79</v>
+      </c>
+      <c r="P146" s="728"/>
+      <c r="Q146" s="728"/>
+      <c r="R146" s="728" t="s">
+        <v>33</v>
+      </c>
+      <c r="S146" s="729" t="s">
+        <v>34</v>
+      </c>
+      <c r="T146" s="730">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="147" spans="1:20">
+      <c r="A147" s="731">
+        <v>4126013</v>
+      </c>
+      <c r="B147" s="732" t="s">
+        <v>446</v>
+      </c>
+      <c r="C147" s="732" t="s">
+        <v>447</v>
+      </c>
+      <c r="D147" s="733" t="s">
+        <v>444</v>
+      </c>
+      <c r="E147" s="732" t="s">
+        <v>225</v>
+      </c>
+      <c r="F147" s="732" t="s">
+        <v>24</v>
+      </c>
+      <c r="G147" s="734">
+        <v>25</v>
+      </c>
+      <c r="H147" s="732" t="s">
+        <v>358</v>
+      </c>
+      <c r="I147" s="734">
+        <v>1</v>
+      </c>
+      <c r="J147" s="733" t="s">
+        <v>101</v>
+      </c>
+      <c r="K147" s="733" t="s">
+        <v>102</v>
+      </c>
+      <c r="L147" s="733" t="s">
+        <v>119</v>
+      </c>
+      <c r="M147" s="733" t="s">
+        <v>448</v>
+      </c>
+      <c r="N147" s="733" t="s">
+        <v>73</v>
+      </c>
+      <c r="O147" s="733" t="s">
+        <v>103</v>
+      </c>
+      <c r="P147" s="733"/>
+      <c r="Q147" s="733"/>
+      <c r="R147" s="733" t="s">
+        <v>206</v>
+      </c>
+      <c r="S147" s="734" t="s">
+        <v>34</v>
+      </c>
+      <c r="T147" s="735">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="148" spans="1:20">
+      <c r="A148" s="736">
+        <v>4126069</v>
+      </c>
+      <c r="B148" s="737" t="s">
+        <v>449</v>
+      </c>
+      <c r="C148" s="737" t="s">
+        <v>233</v>
+      </c>
+      <c r="D148" s="738" t="s">
+        <v>450</v>
+      </c>
+      <c r="E148" s="737" t="s">
+        <v>178</v>
+      </c>
+      <c r="F148" s="737" t="s">
+        <v>141</v>
+      </c>
+      <c r="G148" s="739">
+        <v>25</v>
+      </c>
+      <c r="H148" s="737" t="s">
+        <v>358</v>
+      </c>
+      <c r="I148" s="739">
+        <v>1</v>
+      </c>
+      <c r="J148" s="738" t="s">
+        <v>101</v>
+      </c>
+      <c r="K148" s="738" t="s">
+        <v>102</v>
+      </c>
+      <c r="L148" s="738"/>
+      <c r="M148" s="738"/>
+      <c r="N148" s="738" t="s">
+        <v>73</v>
+      </c>
+      <c r="O148" s="738" t="s">
+        <v>103</v>
+      </c>
+      <c r="P148" s="738"/>
+      <c r="Q148" s="738"/>
+      <c r="R148" s="738" t="s">
+        <v>206</v>
+      </c>
+      <c r="S148" s="739" t="s">
+        <v>34</v>
+      </c>
+      <c r="T148" s="740">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="149" spans="1:20">
+      <c r="A149" s="741">
+        <v>4126115</v>
+      </c>
+      <c r="B149" s="742" t="s">
+        <v>451</v>
+      </c>
+      <c r="C149" s="742" t="s">
+        <v>447</v>
+      </c>
+      <c r="D149" s="743" t="s">
+        <v>452</v>
+      </c>
+      <c r="E149" s="742" t="s">
+        <v>453</v>
+      </c>
+      <c r="F149" s="742" t="s">
+        <v>24</v>
+      </c>
+      <c r="G149" s="744">
+        <v>25</v>
+      </c>
+      <c r="H149" s="742" t="s">
+        <v>358</v>
+      </c>
+      <c r="I149" s="744">
+        <v>1</v>
+      </c>
+      <c r="J149" s="743" t="s">
+        <v>454</v>
+      </c>
+      <c r="K149" s="743" t="s">
+        <v>455</v>
+      </c>
+      <c r="L149" s="743" t="s">
+        <v>29</v>
+      </c>
+      <c r="M149" s="743" t="s">
+        <v>456</v>
+      </c>
+      <c r="N149" s="743" t="s">
+        <v>64</v>
+      </c>
+      <c r="O149" s="743" t="s">
+        <v>65</v>
+      </c>
+      <c r="P149" s="743"/>
+      <c r="Q149" s="743"/>
+      <c r="R149" s="743" t="s">
+        <v>33</v>
+      </c>
+      <c r="S149" s="744" t="s">
+        <v>34</v>
+      </c>
+      <c r="T149" s="745">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="150" spans="1:20">
+      <c r="A150" s="746">
+        <v>4126109</v>
+      </c>
+      <c r="B150" s="747" t="s">
+        <v>457</v>
+      </c>
+      <c r="C150" s="747" t="s">
+        <v>91</v>
+      </c>
+      <c r="D150" s="748" t="s">
+        <v>458</v>
+      </c>
+      <c r="E150" s="747" t="s">
+        <v>459</v>
+      </c>
+      <c r="F150" s="747" t="s">
+        <v>141</v>
+      </c>
+      <c r="G150" s="749">
+        <v>25</v>
+      </c>
+      <c r="H150" s="747" t="s">
+        <v>358</v>
+      </c>
+      <c r="I150" s="749">
+        <v>1</v>
+      </c>
+      <c r="J150" s="748" t="s">
+        <v>92</v>
+      </c>
+      <c r="K150" s="748" t="s">
+        <v>292</v>
+      </c>
+      <c r="L150" s="748"/>
+      <c r="M150" s="748"/>
+      <c r="N150" s="748" t="s">
+        <v>96</v>
+      </c>
+      <c r="O150" s="748" t="s">
+        <v>97</v>
+      </c>
+      <c r="P150" s="748"/>
+      <c r="Q150" s="748"/>
+      <c r="R150" s="748" t="s">
+        <v>33</v>
+      </c>
+      <c r="S150" s="749" t="s">
+        <v>42</v>
+      </c>
+      <c r="T150" s="750">
+        <v>5.5</v>
+      </c>
+    </row>
+    <row r="151" spans="1:20">
+      <c r="A151" s="751">
+        <v>4126178</v>
+      </c>
+      <c r="B151" s="752" t="s">
+        <v>460</v>
+      </c>
+      <c r="C151" s="752" t="s">
+        <v>461</v>
+      </c>
+      <c r="D151" s="753" t="s">
+        <v>462</v>
+      </c>
+      <c r="E151" s="752" t="s">
+        <v>178</v>
+      </c>
+      <c r="F151" s="752" t="s">
+        <v>141</v>
+      </c>
+      <c r="G151" s="754">
+        <v>25</v>
+      </c>
+      <c r="H151" s="752" t="s">
+        <v>358</v>
+      </c>
+      <c r="I151" s="754">
+        <v>1</v>
+      </c>
+      <c r="J151" s="753" t="s">
+        <v>92</v>
+      </c>
+      <c r="K151" s="753" t="s">
+        <v>297</v>
+      </c>
+      <c r="L151" s="753"/>
+      <c r="M151" s="753"/>
+      <c r="N151" s="753" t="s">
+        <v>73</v>
+      </c>
+      <c r="O151" s="753" t="s">
+        <v>234</v>
+      </c>
+      <c r="P151" s="753"/>
+      <c r="Q151" s="753"/>
+      <c r="R151" s="753" t="s">
+        <v>206</v>
+      </c>
+      <c r="S151" s="754" t="s">
+        <v>42</v>
+      </c>
+      <c r="T151" s="755">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="152" spans="1:20">
+      <c r="A152" s="756">
+        <v>4126121</v>
+      </c>
+      <c r="B152" s="757" t="s">
+        <v>463</v>
+      </c>
+      <c r="C152" s="757" t="s">
+        <v>464</v>
+      </c>
+      <c r="D152" s="758" t="s">
+        <v>465</v>
+      </c>
+      <c r="E152" s="757" t="s">
+        <v>466</v>
+      </c>
+      <c r="F152" s="757" t="s">
+        <v>141</v>
+      </c>
+      <c r="G152" s="759">
+        <v>20</v>
+      </c>
+      <c r="H152" s="757" t="s">
+        <v>467</v>
+      </c>
+      <c r="I152" s="759">
+        <v>3</v>
+      </c>
+      <c r="J152" s="758" t="s">
+        <v>101</v>
+      </c>
+      <c r="K152" s="758" t="s">
+        <v>468</v>
+      </c>
+      <c r="L152" s="758"/>
+      <c r="M152" s="758"/>
+      <c r="N152" s="758" t="s">
+        <v>73</v>
+      </c>
+      <c r="O152" s="758" t="s">
+        <v>234</v>
+      </c>
+      <c r="P152" s="758"/>
+      <c r="Q152" s="758"/>
+      <c r="R152" s="758" t="s">
+        <v>206</v>
+      </c>
+      <c r="S152" s="759" t="s">
+        <v>34</v>
+      </c>
+      <c r="T152" s="760" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="153" spans="1:20">
+      <c r="A153" s="761">
+        <v>4126139</v>
+      </c>
+      <c r="B153" s="762" t="s">
+        <v>242</v>
+      </c>
+      <c r="C153" s="762" t="s">
+        <v>70</v>
+      </c>
+      <c r="D153" s="763" t="s">
+        <v>470</v>
+      </c>
+      <c r="E153" s="762" t="s">
+        <v>147</v>
+      </c>
+      <c r="F153" s="762" t="s">
+        <v>24</v>
+      </c>
+      <c r="G153" s="764">
+        <v>25</v>
+      </c>
+      <c r="H153" s="762" t="s">
+        <v>358</v>
+      </c>
+      <c r="I153" s="764">
+        <v>1</v>
+      </c>
+      <c r="J153" s="763" t="s">
+        <v>71</v>
+      </c>
+      <c r="K153" s="763" t="s">
+        <v>72</v>
+      </c>
+      <c r="L153" s="763"/>
+      <c r="M153" s="763"/>
+      <c r="N153" s="763" t="s">
+        <v>73</v>
+      </c>
+      <c r="O153" s="763" t="s">
+        <v>74</v>
+      </c>
+      <c r="P153" s="763"/>
+      <c r="Q153" s="763"/>
+      <c r="R153" s="763" t="s">
+        <v>33</v>
+      </c>
+      <c r="S153" s="764" t="s">
+        <v>34</v>
+      </c>
+      <c r="T153" s="765">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="154" spans="1:20">
+      <c r="A154" s="766">
+        <v>4126151</v>
+      </c>
+      <c r="B154" s="767" t="s">
+        <v>471</v>
+      </c>
+      <c r="C154" s="767" t="s">
+        <v>472</v>
+      </c>
+      <c r="D154" s="768" t="s">
+        <v>473</v>
+      </c>
+      <c r="E154" s="767" t="s">
+        <v>147</v>
+      </c>
+      <c r="F154" s="767" t="s">
+        <v>24</v>
+      </c>
+      <c r="G154" s="769">
+        <v>25</v>
+      </c>
+      <c r="H154" s="767" t="s">
+        <v>358</v>
+      </c>
+      <c r="I154" s="769">
+        <v>1</v>
+      </c>
+      <c r="J154" s="768" t="s">
+        <v>92</v>
+      </c>
+      <c r="K154" s="768" t="s">
+        <v>55</v>
+      </c>
+      <c r="L154" s="768"/>
+      <c r="M154" s="768"/>
+      <c r="N154" s="768" t="s">
+        <v>55</v>
+      </c>
+      <c r="O154" s="768" t="s">
+        <v>302</v>
+      </c>
+      <c r="P154" s="768"/>
+      <c r="Q154" s="768"/>
+      <c r="R154" s="768" t="s">
+        <v>33</v>
+      </c>
+      <c r="S154" s="769" t="s">
+        <v>42</v>
+      </c>
+      <c r="T154" s="770">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="155" spans="1:20">
+      <c r="A155" s="771">
+        <v>4126175</v>
+      </c>
+      <c r="B155" s="772" t="s">
+        <v>338</v>
+      </c>
+      <c r="C155" s="772" t="s">
+        <v>339</v>
+      </c>
+      <c r="D155" s="773" t="s">
+        <v>474</v>
+      </c>
+      <c r="E155" s="772" t="s">
+        <v>152</v>
+      </c>
+      <c r="F155" s="772" t="s">
+        <v>141</v>
+      </c>
+      <c r="G155" s="774">
+        <v>25</v>
+      </c>
+      <c r="H155" s="772" t="s">
+        <v>358</v>
+      </c>
+      <c r="I155" s="774">
+        <v>1</v>
+      </c>
+      <c r="J155" s="773" t="s">
+        <v>92</v>
+      </c>
+      <c r="K155" s="773" t="s">
+        <v>230</v>
+      </c>
+      <c r="L155" s="773" t="s">
+        <v>94</v>
+      </c>
+      <c r="M155" s="773" t="s">
+        <v>95</v>
+      </c>
+      <c r="N155" s="773" t="s">
+        <v>96</v>
+      </c>
+      <c r="O155" s="773" t="s">
+        <v>97</v>
+      </c>
+      <c r="P155" s="773"/>
+      <c r="Q155" s="773"/>
+      <c r="R155" s="773" t="s">
+        <v>33</v>
+      </c>
+      <c r="S155" s="774" t="s">
+        <v>42</v>
+      </c>
+      <c r="T155" s="775">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="156" spans="1:20">
+      <c r="A156" s="776">
+        <v>4126157</v>
+      </c>
+      <c r="B156" s="777" t="s">
+        <v>475</v>
+      </c>
+      <c r="C156" s="777" t="s">
+        <v>476</v>
+      </c>
+      <c r="D156" s="778" t="s">
+        <v>477</v>
+      </c>
+      <c r="E156" s="777" t="s">
+        <v>178</v>
+      </c>
+      <c r="F156" s="777" t="s">
+        <v>141</v>
+      </c>
+      <c r="G156" s="779">
+        <v>25</v>
+      </c>
+      <c r="H156" s="777" t="s">
+        <v>358</v>
+      </c>
+      <c r="I156" s="779">
+        <v>1</v>
+      </c>
+      <c r="J156" s="778" t="s">
+        <v>27</v>
+      </c>
+      <c r="K156" s="778" t="s">
+        <v>238</v>
+      </c>
+      <c r="L156" s="778"/>
+      <c r="M156" s="778"/>
+      <c r="N156" s="778" t="s">
+        <v>31</v>
+      </c>
+      <c r="O156" s="778" t="s">
         <v>32</v>
       </c>
-      <c r="S108" s="539" t="s">
+      <c r="P156" s="778"/>
+      <c r="Q156" s="778"/>
+      <c r="R156" s="778" t="s">
+        <v>33</v>
+      </c>
+      <c r="S156" s="779" t="s">
+        <v>34</v>
+      </c>
+      <c r="T156" s="780">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="157" spans="1:20">
+      <c r="A157" s="781">
+        <v>4126049</v>
+      </c>
+      <c r="B157" s="782" t="s">
+        <v>478</v>
+      </c>
+      <c r="C157" s="782" t="s">
+        <v>59</v>
+      </c>
+      <c r="D157" s="783" t="s">
+        <v>477</v>
+      </c>
+      <c r="E157" s="782" t="s">
+        <v>225</v>
+      </c>
+      <c r="F157" s="782" t="s">
+        <v>24</v>
+      </c>
+      <c r="G157" s="784">
+        <v>25</v>
+      </c>
+      <c r="H157" s="782" t="s">
+        <v>358</v>
+      </c>
+      <c r="I157" s="784">
+        <v>1</v>
+      </c>
+      <c r="J157" s="783" t="s">
+        <v>60</v>
+      </c>
+      <c r="K157" s="783" t="s">
+        <v>62</v>
+      </c>
+      <c r="L157" s="783"/>
+      <c r="M157" s="783"/>
+      <c r="N157" s="783" t="s">
+        <v>47</v>
+      </c>
+      <c r="O157" s="783" t="s">
+        <v>148</v>
+      </c>
+      <c r="P157" s="783"/>
+      <c r="Q157" s="783"/>
+      <c r="R157" s="783" t="s">
+        <v>33</v>
+      </c>
+      <c r="S157" s="784" t="s">
+        <v>34</v>
+      </c>
+      <c r="T157" s="785">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="158" spans="1:20">
+      <c r="A158" s="786">
+        <v>4126172</v>
+      </c>
+      <c r="B158" s="787" t="s">
+        <v>479</v>
+      </c>
+      <c r="C158" s="787" t="s">
+        <v>76</v>
+      </c>
+      <c r="D158" s="788" t="s">
+        <v>480</v>
+      </c>
+      <c r="E158" s="787" t="s">
+        <v>178</v>
+      </c>
+      <c r="F158" s="787" t="s">
+        <v>141</v>
+      </c>
+      <c r="G158" s="789">
+        <v>25</v>
+      </c>
+      <c r="H158" s="787" t="s">
+        <v>358</v>
+      </c>
+      <c r="I158" s="789">
+        <v>1</v>
+      </c>
+      <c r="J158" s="788" t="s">
+        <v>71</v>
+      </c>
+      <c r="K158" s="788" t="s">
+        <v>190</v>
+      </c>
+      <c r="L158" s="788"/>
+      <c r="M158" s="788"/>
+      <c r="N158" s="788" t="s">
+        <v>47</v>
+      </c>
+      <c r="O158" s="788" t="s">
+        <v>57</v>
+      </c>
+      <c r="P158" s="788"/>
+      <c r="Q158" s="788"/>
+      <c r="R158" s="788" t="s">
+        <v>33</v>
+      </c>
+      <c r="S158" s="789" t="s">
+        <v>42</v>
+      </c>
+      <c r="T158" s="790">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="159" spans="1:20">
+      <c r="A159" s="791">
+        <v>4126019</v>
+      </c>
+      <c r="B159" s="792" t="s">
+        <v>481</v>
+      </c>
+      <c r="C159" s="792" t="s">
+        <v>410</v>
+      </c>
+      <c r="D159" s="793" t="s">
+        <v>482</v>
+      </c>
+      <c r="E159" s="792" t="s">
+        <v>147</v>
+      </c>
+      <c r="F159" s="792" t="s">
+        <v>24</v>
+      </c>
+      <c r="G159" s="794">
+        <v>25</v>
+      </c>
+      <c r="H159" s="792" t="s">
+        <v>358</v>
+      </c>
+      <c r="I159" s="794">
+        <v>1</v>
+      </c>
+      <c r="J159" s="793" t="s">
+        <v>101</v>
+      </c>
+      <c r="K159" s="793"/>
+      <c r="L159" s="793"/>
+      <c r="M159" s="793"/>
+      <c r="N159" s="793" t="s">
+        <v>73</v>
+      </c>
+      <c r="O159" s="793" t="s">
+        <v>103</v>
+      </c>
+      <c r="P159" s="793"/>
+      <c r="Q159" s="793"/>
+      <c r="R159" s="793" t="s">
+        <v>206</v>
+      </c>
+      <c r="S159" s="794" t="s">
+        <v>34</v>
+      </c>
+      <c r="T159" s="795">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="160" spans="1:20">
+      <c r="A160" s="796">
+        <v>4126074</v>
+      </c>
+      <c r="B160" s="797" t="s">
+        <v>334</v>
+      </c>
+      <c r="C160" s="797" t="s">
+        <v>192</v>
+      </c>
+      <c r="D160" s="798" t="s">
+        <v>483</v>
+      </c>
+      <c r="E160" s="797" t="s">
+        <v>178</v>
+      </c>
+      <c r="F160" s="797" t="s">
+        <v>141</v>
+      </c>
+      <c r="G160" s="799">
+        <v>25</v>
+      </c>
+      <c r="H160" s="797" t="s">
+        <v>358</v>
+      </c>
+      <c r="I160" s="799">
+        <v>1</v>
+      </c>
+      <c r="J160" s="798" t="s">
+        <v>101</v>
+      </c>
+      <c r="K160" s="798" t="s">
+        <v>102</v>
+      </c>
+      <c r="L160" s="798" t="s">
+        <v>308</v>
+      </c>
+      <c r="M160" s="798" t="s">
+        <v>335</v>
+      </c>
+      <c r="N160" s="798" t="s">
+        <v>73</v>
+      </c>
+      <c r="O160" s="798" t="s">
+        <v>103</v>
+      </c>
+      <c r="P160" s="798" t="s">
+        <v>126</v>
+      </c>
+      <c r="Q160" s="798" t="s">
+        <v>127</v>
+      </c>
+      <c r="R160" s="798" t="s">
+        <v>33</v>
+      </c>
+      <c r="S160" s="799" t="s">
+        <v>42</v>
+      </c>
+      <c r="T160" s="800">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="161" spans="1:20">
+      <c r="A161" s="801">
+        <v>4126029</v>
+      </c>
+      <c r="B161" s="802" t="s">
+        <v>145</v>
+      </c>
+      <c r="C161" s="802" t="s">
+        <v>146</v>
+      </c>
+      <c r="D161" s="803" t="s">
+        <v>484</v>
+      </c>
+      <c r="E161" s="802" t="s">
+        <v>147</v>
+      </c>
+      <c r="F161" s="802" t="s">
+        <v>24</v>
+      </c>
+      <c r="G161" s="804">
+        <v>25</v>
+      </c>
+      <c r="H161" s="802" t="s">
+        <v>358</v>
+      </c>
+      <c r="I161" s="804">
+        <v>1</v>
+      </c>
+      <c r="J161" s="803" t="s">
+        <v>52</v>
+      </c>
+      <c r="K161" s="803" t="s">
+        <v>52</v>
+      </c>
+      <c r="L161" s="803"/>
+      <c r="M161" s="803"/>
+      <c r="N161" s="803" t="s">
+        <v>47</v>
+      </c>
+      <c r="O161" s="803" t="s">
+        <v>148</v>
+      </c>
+      <c r="P161" s="803"/>
+      <c r="Q161" s="803"/>
+      <c r="R161" s="803" t="s">
+        <v>33</v>
+      </c>
+      <c r="S161" s="804" t="s">
+        <v>42</v>
+      </c>
+      <c r="T161" s="805">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="162" spans="1:20">
+      <c r="A162" s="806">
+        <v>4126104</v>
+      </c>
+      <c r="B162" s="807" t="s">
+        <v>485</v>
+      </c>
+      <c r="C162" s="807" t="s">
+        <v>486</v>
+      </c>
+      <c r="D162" s="808" t="s">
+        <v>484</v>
+      </c>
+      <c r="E162" s="807" t="s">
+        <v>178</v>
+      </c>
+      <c r="F162" s="807" t="s">
+        <v>141</v>
+      </c>
+      <c r="G162" s="809">
+        <v>25</v>
+      </c>
+      <c r="H162" s="807" t="s">
+        <v>358</v>
+      </c>
+      <c r="I162" s="809">
+        <v>1</v>
+      </c>
+      <c r="J162" s="808" t="s">
+        <v>101</v>
+      </c>
+      <c r="K162" s="808" t="s">
+        <v>102</v>
+      </c>
+      <c r="L162" s="808"/>
+      <c r="M162" s="808"/>
+      <c r="N162" s="808" t="s">
+        <v>73</v>
+      </c>
+      <c r="O162" s="808" t="s">
+        <v>116</v>
+      </c>
+      <c r="P162" s="808"/>
+      <c r="Q162" s="808"/>
+      <c r="R162" s="808" t="s">
+        <v>206</v>
+      </c>
+      <c r="S162" s="809" t="s">
+        <v>42</v>
+      </c>
+      <c r="T162" s="810">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="163" spans="1:20">
+      <c r="A163" s="811">
+        <v>4126158</v>
+      </c>
+      <c r="B163" s="812" t="s">
+        <v>330</v>
+      </c>
+      <c r="C163" s="812" t="s">
+        <v>331</v>
+      </c>
+      <c r="D163" s="813" t="s">
+        <v>487</v>
+      </c>
+      <c r="E163" s="812" t="s">
+        <v>178</v>
+      </c>
+      <c r="F163" s="812" t="s">
+        <v>141</v>
+      </c>
+      <c r="G163" s="814">
+        <v>25</v>
+      </c>
+      <c r="H163" s="812" t="s">
+        <v>358</v>
+      </c>
+      <c r="I163" s="814">
+        <v>1</v>
+      </c>
+      <c r="J163" s="813" t="s">
+        <v>179</v>
+      </c>
+      <c r="K163" s="813" t="s">
+        <v>333</v>
+      </c>
+      <c r="L163" s="813"/>
+      <c r="M163" s="813"/>
+      <c r="N163" s="813" t="s">
+        <v>31</v>
+      </c>
+      <c r="O163" s="813" t="s">
+        <v>160</v>
+      </c>
+      <c r="P163" s="813"/>
+      <c r="Q163" s="813"/>
+      <c r="R163" s="813" t="s">
+        <v>33</v>
+      </c>
+      <c r="S163" s="814" t="s">
+        <v>34</v>
+      </c>
+      <c r="T163" s="815">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="164" spans="1:20">
+      <c r="A164" s="816">
+        <v>4126134</v>
+      </c>
+      <c r="B164" s="817" t="s">
+        <v>488</v>
+      </c>
+      <c r="C164" s="817" t="s">
+        <v>489</v>
+      </c>
+      <c r="D164" s="818" t="s">
+        <v>490</v>
+      </c>
+      <c r="E164" s="817" t="s">
+        <v>147</v>
+      </c>
+      <c r="F164" s="817" t="s">
+        <v>24</v>
+      </c>
+      <c r="G164" s="819">
+        <v>25</v>
+      </c>
+      <c r="H164" s="817" t="s">
+        <v>358</v>
+      </c>
+      <c r="I164" s="819">
+        <v>1</v>
+      </c>
+      <c r="J164" s="818" t="s">
+        <v>45</v>
+      </c>
+      <c r="K164" s="818" t="s">
+        <v>491</v>
+      </c>
+      <c r="L164" s="818"/>
+      <c r="M164" s="818"/>
+      <c r="N164" s="818" t="s">
+        <v>47</v>
+      </c>
+      <c r="O164" s="818" t="s">
         <v>48</v>
       </c>
-      <c r="T108" s="540">
+      <c r="P164" s="818"/>
+      <c r="Q164" s="818"/>
+      <c r="R164" s="818" t="s">
+        <v>33</v>
+      </c>
+      <c r="S164" s="819" t="s">
+        <v>34</v>
+      </c>
+      <c r="T164" s="820">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="165" spans="1:20">
+      <c r="A165" s="821">
+        <v>4126149</v>
+      </c>
+      <c r="B165" s="822" t="s">
+        <v>273</v>
+      </c>
+      <c r="C165" s="822" t="s">
+        <v>274</v>
+      </c>
+      <c r="D165" s="823" t="s">
+        <v>492</v>
+      </c>
+      <c r="E165" s="822" t="s">
+        <v>147</v>
+      </c>
+      <c r="F165" s="822" t="s">
+        <v>24</v>
+      </c>
+      <c r="G165" s="824">
+        <v>25</v>
+      </c>
+      <c r="H165" s="822" t="s">
+        <v>358</v>
+      </c>
+      <c r="I165" s="824">
+        <v>1</v>
+      </c>
+      <c r="J165" s="823" t="s">
+        <v>45</v>
+      </c>
+      <c r="K165" s="823" t="s">
+        <v>46</v>
+      </c>
+      <c r="L165" s="823"/>
+      <c r="M165" s="823"/>
+      <c r="N165" s="823" t="s">
+        <v>47</v>
+      </c>
+      <c r="O165" s="823" t="s">
+        <v>128</v>
+      </c>
+      <c r="P165" s="823" t="s">
+        <v>126</v>
+      </c>
+      <c r="Q165" s="823" t="s">
+        <v>127</v>
+      </c>
+      <c r="R165" s="823" t="s">
+        <v>33</v>
+      </c>
+      <c r="S165" s="824" t="s">
+        <v>42</v>
+      </c>
+      <c r="T165" s="825">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="166" spans="1:20">
+      <c r="A166" s="826">
+        <v>4126184</v>
+      </c>
+      <c r="B166" s="827" t="s">
+        <v>493</v>
+      </c>
+      <c r="C166" s="827" t="s">
+        <v>494</v>
+      </c>
+      <c r="D166" s="828" t="s">
+        <v>495</v>
+      </c>
+      <c r="E166" s="827" t="s">
+        <v>147</v>
+      </c>
+      <c r="F166" s="827" t="s">
+        <v>24</v>
+      </c>
+      <c r="G166" s="829">
+        <v>25</v>
+      </c>
+      <c r="H166" s="827" t="s">
+        <v>358</v>
+      </c>
+      <c r="I166" s="829">
+        <v>1</v>
+      </c>
+      <c r="J166" s="828" t="s">
+        <v>92</v>
+      </c>
+      <c r="K166" s="828" t="s">
+        <v>55</v>
+      </c>
+      <c r="L166" s="828" t="s">
+        <v>53</v>
+      </c>
+      <c r="M166" s="828" t="s">
+        <v>496</v>
+      </c>
+      <c r="N166" s="828" t="s">
+        <v>55</v>
+      </c>
+      <c r="O166" s="828" t="s">
+        <v>186</v>
+      </c>
+      <c r="P166" s="828" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q166" s="828" t="s">
+        <v>84</v>
+      </c>
+      <c r="R166" s="828" t="s">
+        <v>33</v>
+      </c>
+      <c r="S166" s="829" t="s">
+        <v>42</v>
+      </c>
+      <c r="T166" s="830">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="167" spans="1:20">
+      <c r="A167" s="831">
+        <v>4126143</v>
+      </c>
+      <c r="B167" s="832" t="s">
+        <v>497</v>
+      </c>
+      <c r="C167" s="832" t="s">
+        <v>498</v>
+      </c>
+      <c r="D167" s="833" t="s">
+        <v>499</v>
+      </c>
+      <c r="E167" s="832" t="s">
+        <v>147</v>
+      </c>
+      <c r="F167" s="832" t="s">
+        <v>24</v>
+      </c>
+      <c r="G167" s="834">
+        <v>25</v>
+      </c>
+      <c r="H167" s="832" t="s">
+        <v>358</v>
+      </c>
+      <c r="I167" s="834">
+        <v>1</v>
+      </c>
+      <c r="J167" s="833" t="s">
+        <v>71</v>
+      </c>
+      <c r="K167" s="833"/>
+      <c r="L167" s="833"/>
+      <c r="M167" s="833"/>
+      <c r="N167" s="833" t="s">
+        <v>64</v>
+      </c>
+      <c r="O167" s="833" t="s">
+        <v>65</v>
+      </c>
+      <c r="P167" s="833"/>
+      <c r="Q167" s="833"/>
+      <c r="R167" s="833" t="s">
+        <v>33</v>
+      </c>
+      <c r="S167" s="834" t="s">
+        <v>34</v>
+      </c>
+      <c r="T167" s="835">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="168" spans="1:20">
+      <c r="A168" s="836">
+        <v>4126193</v>
+      </c>
+      <c r="B168" s="837" t="s">
+        <v>500</v>
+      </c>
+      <c r="C168" s="837" t="s">
+        <v>501</v>
+      </c>
+      <c r="D168" s="838" t="s">
+        <v>499</v>
+      </c>
+      <c r="E168" s="837" t="s">
+        <v>152</v>
+      </c>
+      <c r="F168" s="837" t="s">
+        <v>141</v>
+      </c>
+      <c r="G168" s="839">
+        <v>25</v>
+      </c>
+      <c r="H168" s="837" t="s">
+        <v>358</v>
+      </c>
+      <c r="I168" s="839">
+        <v>1</v>
+      </c>
+      <c r="J168" s="838" t="s">
+        <v>71</v>
+      </c>
+      <c r="K168" s="838" t="s">
+        <v>316</v>
+      </c>
+      <c r="L168" s="838"/>
+      <c r="M168" s="838"/>
+      <c r="N168" s="838" t="s">
+        <v>73</v>
+      </c>
+      <c r="O168" s="838" t="s">
+        <v>74</v>
+      </c>
+      <c r="P168" s="838" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q168" s="838" t="s">
+        <v>74</v>
+      </c>
+      <c r="R168" s="838" t="s">
+        <v>33</v>
+      </c>
+      <c r="S168" s="839" t="s">
+        <v>42</v>
+      </c>
+      <c r="T168" s="840">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="169" spans="1:20">
+      <c r="A169" s="841">
+        <v>4126204</v>
+      </c>
+      <c r="B169" s="842" t="s">
+        <v>502</v>
+      </c>
+      <c r="C169" s="842" t="s">
+        <v>285</v>
+      </c>
+      <c r="D169" s="843" t="s">
+        <v>503</v>
+      </c>
+      <c r="E169" s="842" t="s">
+        <v>178</v>
+      </c>
+      <c r="F169" s="842" t="s">
+        <v>141</v>
+      </c>
+      <c r="G169" s="844">
+        <v>25</v>
+      </c>
+      <c r="H169" s="842" t="s">
+        <v>358</v>
+      </c>
+      <c r="I169" s="844">
+        <v>1</v>
+      </c>
+      <c r="J169" s="843" t="s">
+        <v>222</v>
+      </c>
+      <c r="K169" s="843" t="s">
+        <v>287</v>
+      </c>
+      <c r="L169" s="843"/>
+      <c r="M169" s="843"/>
+      <c r="N169" s="843" t="s">
+        <v>62</v>
+      </c>
+      <c r="O169" s="843" t="s">
+        <v>66</v>
+      </c>
+      <c r="P169" s="843"/>
+      <c r="Q169" s="843"/>
+      <c r="R169" s="843" t="s">
+        <v>33</v>
+      </c>
+      <c r="S169" s="844" t="s">
+        <v>42</v>
+      </c>
+      <c r="T169" s="845">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="170" spans="1:20">
+      <c r="A170" s="846">
+        <v>4126090</v>
+      </c>
+      <c r="B170" s="847" t="s">
+        <v>504</v>
+      </c>
+      <c r="C170" s="847" t="s">
+        <v>505</v>
+      </c>
+      <c r="D170" s="848" t="s">
+        <v>503</v>
+      </c>
+      <c r="E170" s="847" t="s">
+        <v>147</v>
+      </c>
+      <c r="F170" s="847" t="s">
+        <v>24</v>
+      </c>
+      <c r="G170" s="849">
+        <v>25</v>
+      </c>
+      <c r="H170" s="847" t="s">
+        <v>358</v>
+      </c>
+      <c r="I170" s="849">
+        <v>1</v>
+      </c>
+      <c r="J170" s="848" t="s">
+        <v>92</v>
+      </c>
+      <c r="K170" s="848" t="s">
+        <v>93</v>
+      </c>
+      <c r="L170" s="848" t="s">
+        <v>94</v>
+      </c>
+      <c r="M170" s="848" t="s">
+        <v>95</v>
+      </c>
+      <c r="N170" s="848" t="s">
+        <v>96</v>
+      </c>
+      <c r="O170" s="848" t="s">
+        <v>97</v>
+      </c>
+      <c r="P170" s="848"/>
+      <c r="Q170" s="848"/>
+      <c r="R170" s="848" t="s">
+        <v>33</v>
+      </c>
+      <c r="S170" s="849" t="s">
+        <v>42</v>
+      </c>
+      <c r="T170" s="850">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="171" spans="1:20">
+      <c r="A171" s="851">
+        <v>4126130</v>
+      </c>
+      <c r="B171" s="852" t="s">
+        <v>129</v>
+      </c>
+      <c r="C171" s="852" t="s">
+        <v>130</v>
+      </c>
+      <c r="D171" s="853" t="s">
+        <v>506</v>
+      </c>
+      <c r="E171" s="852" t="s">
+        <v>132</v>
+      </c>
+      <c r="F171" s="852" t="s">
+        <v>24</v>
+      </c>
+      <c r="G171" s="854">
+        <v>25</v>
+      </c>
+      <c r="H171" s="852" t="s">
+        <v>343</v>
+      </c>
+      <c r="I171" s="854">
+        <v>1</v>
+      </c>
+      <c r="J171" s="853" t="s">
+        <v>71</v>
+      </c>
+      <c r="K171" s="853" t="s">
+        <v>133</v>
+      </c>
+      <c r="L171" s="853"/>
+      <c r="M171" s="853"/>
+      <c r="N171" s="853" t="s">
+        <v>47</v>
+      </c>
+      <c r="O171" s="853" t="s">
+        <v>49</v>
+      </c>
+      <c r="P171" s="853"/>
+      <c r="Q171" s="853"/>
+      <c r="R171" s="853" t="s">
+        <v>33</v>
+      </c>
+      <c r="S171" s="854" t="s">
+        <v>34</v>
+      </c>
+      <c r="T171" s="855">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="172" spans="1:20">
+      <c r="A172" s="856">
+        <v>4126145</v>
+      </c>
+      <c r="B172" s="857" t="s">
+        <v>507</v>
+      </c>
+      <c r="C172" s="857" t="s">
+        <v>51</v>
+      </c>
+      <c r="D172" s="858" t="s">
+        <v>508</v>
+      </c>
+      <c r="E172" s="857" t="s">
+        <v>147</v>
+      </c>
+      <c r="F172" s="857" t="s">
+        <v>24</v>
+      </c>
+      <c r="G172" s="859">
+        <v>25</v>
+      </c>
+      <c r="H172" s="857" t="s">
+        <v>358</v>
+      </c>
+      <c r="I172" s="859">
+        <v>1</v>
+      </c>
+      <c r="J172" s="858" t="s">
+        <v>92</v>
+      </c>
+      <c r="K172" s="858" t="s">
+        <v>55</v>
+      </c>
+      <c r="L172" s="858" t="s">
+        <v>53</v>
+      </c>
+      <c r="M172" s="858" t="s">
+        <v>54</v>
+      </c>
+      <c r="N172" s="858" t="s">
+        <v>55</v>
+      </c>
+      <c r="O172" s="858" t="s">
+        <v>56</v>
+      </c>
+      <c r="P172" s="858"/>
+      <c r="Q172" s="858"/>
+      <c r="R172" s="858" t="s">
+        <v>33</v>
+      </c>
+      <c r="S172" s="859" t="s">
+        <v>42</v>
+      </c>
+      <c r="T172" s="860">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="173" spans="1:20">
+      <c r="A173" s="861">
+        <v>4126095</v>
+      </c>
+      <c r="B173" s="862" t="s">
+        <v>268</v>
+      </c>
+      <c r="C173" s="862" t="s">
+        <v>269</v>
+      </c>
+      <c r="D173" s="863" t="s">
+        <v>508</v>
+      </c>
+      <c r="E173" s="862" t="s">
+        <v>178</v>
+      </c>
+      <c r="F173" s="862" t="s">
+        <v>141</v>
+      </c>
+      <c r="G173" s="864">
+        <v>25</v>
+      </c>
+      <c r="H173" s="862" t="s">
+        <v>358</v>
+      </c>
+      <c r="I173" s="864">
+        <v>1</v>
+      </c>
+      <c r="J173" s="863" t="s">
+        <v>270</v>
+      </c>
+      <c r="K173" s="863" t="s">
+        <v>271</v>
+      </c>
+      <c r="L173" s="863" t="s">
+        <v>119</v>
+      </c>
+      <c r="M173" s="863" t="s">
+        <v>272</v>
+      </c>
+      <c r="N173" s="863" t="s">
+        <v>96</v>
+      </c>
+      <c r="O173" s="863" t="s">
+        <v>231</v>
+      </c>
+      <c r="P173" s="863" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q173" s="863" t="s">
+        <v>234</v>
+      </c>
+      <c r="R173" s="863" t="s">
+        <v>206</v>
+      </c>
+      <c r="S173" s="864" t="s">
+        <v>34</v>
+      </c>
+      <c r="T173" s="865">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="174" spans="1:20">
+      <c r="A174" s="866">
+        <v>4126141</v>
+      </c>
+      <c r="B174" s="867" t="s">
+        <v>509</v>
+      </c>
+      <c r="C174" s="867" t="s">
+        <v>70</v>
+      </c>
+      <c r="D174" s="868" t="s">
+        <v>510</v>
+      </c>
+      <c r="E174" s="867" t="s">
+        <v>132</v>
+      </c>
+      <c r="F174" s="867" t="s">
+        <v>24</v>
+      </c>
+      <c r="G174" s="869">
+        <v>25</v>
+      </c>
+      <c r="H174" s="867" t="s">
+        <v>343</v>
+      </c>
+      <c r="I174" s="869">
+        <v>1</v>
+      </c>
+      <c r="J174" s="868" t="s">
+        <v>71</v>
+      </c>
+      <c r="K174" s="868" t="s">
+        <v>72</v>
+      </c>
+      <c r="L174" s="868"/>
+      <c r="M174" s="868"/>
+      <c r="N174" s="868" t="s">
+        <v>73</v>
+      </c>
+      <c r="O174" s="868" t="s">
+        <v>74</v>
+      </c>
+      <c r="P174" s="868"/>
+      <c r="Q174" s="868"/>
+      <c r="R174" s="868" t="s">
+        <v>33</v>
+      </c>
+      <c r="S174" s="869" t="s">
+        <v>42</v>
+      </c>
+      <c r="T174" s="870">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="175" spans="1:20">
+      <c r="A175" s="871">
+        <v>4126166</v>
+      </c>
+      <c r="B175" s="872" t="s">
+        <v>320</v>
+      </c>
+      <c r="C175" s="872" t="s">
+        <v>229</v>
+      </c>
+      <c r="D175" s="873" t="s">
+        <v>510</v>
+      </c>
+      <c r="E175" s="872" t="s">
+        <v>178</v>
+      </c>
+      <c r="F175" s="872" t="s">
+        <v>141</v>
+      </c>
+      <c r="G175" s="874">
+        <v>25</v>
+      </c>
+      <c r="H175" s="872" t="s">
+        <v>358</v>
+      </c>
+      <c r="I175" s="874">
+        <v>1</v>
+      </c>
+      <c r="J175" s="873" t="s">
+        <v>92</v>
+      </c>
+      <c r="K175" s="873" t="s">
+        <v>230</v>
+      </c>
+      <c r="L175" s="873"/>
+      <c r="M175" s="873"/>
+      <c r="N175" s="873" t="s">
+        <v>96</v>
+      </c>
+      <c r="O175" s="873" t="s">
+        <v>322</v>
+      </c>
+      <c r="P175" s="873"/>
+      <c r="Q175" s="873"/>
+      <c r="R175" s="873" t="s">
+        <v>33</v>
+      </c>
+      <c r="S175" s="874" t="s">
+        <v>42</v>
+      </c>
+      <c r="T175" s="875">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="176" spans="1:20">
+      <c r="A176" s="876">
+        <v>4126124</v>
+      </c>
+      <c r="B176" s="877" t="s">
+        <v>511</v>
+      </c>
+      <c r="C176" s="877"/>
+      <c r="D176" s="878" t="s">
+        <v>512</v>
+      </c>
+      <c r="E176" s="877" t="s">
+        <v>513</v>
+      </c>
+      <c r="F176" s="877" t="s">
+        <v>141</v>
+      </c>
+      <c r="G176" s="879">
+        <v>20</v>
+      </c>
+      <c r="H176" s="877" t="s">
+        <v>514</v>
+      </c>
+      <c r="I176" s="879">
+        <v>11</v>
+      </c>
+      <c r="J176" s="878" t="s">
+        <v>27</v>
+      </c>
+      <c r="K176" s="878"/>
+      <c r="L176" s="878" t="s">
+        <v>515</v>
+      </c>
+      <c r="M176" s="878" t="s">
+        <v>516</v>
+      </c>
+      <c r="N176" s="878" t="s">
+        <v>31</v>
+      </c>
+      <c r="O176" s="878" t="s">
+        <v>32</v>
+      </c>
+      <c r="P176" s="878" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q176" s="878" t="s">
+        <v>234</v>
+      </c>
+      <c r="R176" s="878" t="s">
+        <v>33</v>
+      </c>
+      <c r="S176" s="879" t="s">
+        <v>42</v>
+      </c>
+      <c r="T176" s="880" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="177" spans="1:20">
+      <c r="A177" s="881">
+        <v>4126060</v>
+      </c>
+      <c r="B177" s="882" t="s">
+        <v>518</v>
+      </c>
+      <c r="C177" s="882" t="s">
+        <v>106</v>
+      </c>
+      <c r="D177" s="883" t="s">
+        <v>519</v>
+      </c>
+      <c r="E177" s="882" t="s">
+        <v>147</v>
+      </c>
+      <c r="F177" s="882" t="s">
+        <v>24</v>
+      </c>
+      <c r="G177" s="884">
+        <v>25</v>
+      </c>
+      <c r="H177" s="882" t="s">
+        <v>358</v>
+      </c>
+      <c r="I177" s="884">
+        <v>1</v>
+      </c>
+      <c r="J177" s="883" t="s">
+        <v>92</v>
+      </c>
+      <c r="K177" s="883" t="s">
+        <v>230</v>
+      </c>
+      <c r="L177" s="883"/>
+      <c r="M177" s="883"/>
+      <c r="N177" s="883" t="s">
+        <v>96</v>
+      </c>
+      <c r="O177" s="883" t="s">
+        <v>109</v>
+      </c>
+      <c r="P177" s="883"/>
+      <c r="Q177" s="883"/>
+      <c r="R177" s="883" t="s">
+        <v>33</v>
+      </c>
+      <c r="S177" s="884" t="s">
+        <v>34</v>
+      </c>
+      <c r="T177" s="885">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="178" spans="1:20">
+      <c r="A178" s="886">
+        <v>4126096</v>
+      </c>
+      <c r="B178" s="887" t="s">
+        <v>520</v>
+      </c>
+      <c r="C178" s="887" t="s">
+        <v>100</v>
+      </c>
+      <c r="D178" s="888" t="s">
+        <v>521</v>
+      </c>
+      <c r="E178" s="887" t="s">
+        <v>522</v>
+      </c>
+      <c r="F178" s="887" t="s">
+        <v>141</v>
+      </c>
+      <c r="G178" s="889">
+        <v>25</v>
+      </c>
+      <c r="H178" s="887" t="s">
+        <v>358</v>
+      </c>
+      <c r="I178" s="889">
+        <v>1</v>
+      </c>
+      <c r="J178" s="888" t="s">
+        <v>101</v>
+      </c>
+      <c r="K178" s="888" t="s">
+        <v>102</v>
+      </c>
+      <c r="L178" s="888"/>
+      <c r="M178" s="888"/>
+      <c r="N178" s="888" t="s">
+        <v>73</v>
+      </c>
+      <c r="O178" s="888" t="s">
+        <v>103</v>
+      </c>
+      <c r="P178" s="888"/>
+      <c r="Q178" s="888"/>
+      <c r="R178" s="888" t="s">
+        <v>206</v>
+      </c>
+      <c r="S178" s="889" t="s">
+        <v>34</v>
+      </c>
+      <c r="T178" s="890">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="179" spans="1:20">
+      <c r="A179" s="891">
+        <v>4126128</v>
+      </c>
+      <c r="B179" s="892" t="s">
+        <v>217</v>
+      </c>
+      <c r="C179" s="892" t="s">
+        <v>91</v>
+      </c>
+      <c r="D179" s="893" t="s">
+        <v>523</v>
+      </c>
+      <c r="E179" s="892" t="s">
+        <v>152</v>
+      </c>
+      <c r="F179" s="892" t="s">
+        <v>141</v>
+      </c>
+      <c r="G179" s="894">
+        <v>25</v>
+      </c>
+      <c r="H179" s="892" t="s">
+        <v>358</v>
+      </c>
+      <c r="I179" s="894">
+        <v>1</v>
+      </c>
+      <c r="J179" s="893" t="s">
+        <v>92</v>
+      </c>
+      <c r="K179" s="893" t="s">
+        <v>218</v>
+      </c>
+      <c r="L179" s="893" t="s">
+        <v>94</v>
+      </c>
+      <c r="M179" s="893" t="s">
+        <v>95</v>
+      </c>
+      <c r="N179" s="893" t="s">
+        <v>96</v>
+      </c>
+      <c r="O179" s="893" t="s">
+        <v>97</v>
+      </c>
+      <c r="P179" s="893"/>
+      <c r="Q179" s="893"/>
+      <c r="R179" s="893" t="s">
+        <v>33</v>
+      </c>
+      <c r="S179" s="894" t="s">
+        <v>34</v>
+      </c>
+      <c r="T179" s="895">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="180" spans="1:20">
+      <c r="A180" s="896">
+        <v>4126043</v>
+      </c>
+      <c r="B180" s="897" t="s">
+        <v>524</v>
+      </c>
+      <c r="C180" s="897" t="s">
+        <v>59</v>
+      </c>
+      <c r="D180" s="898" t="s">
+        <v>525</v>
+      </c>
+      <c r="E180" s="897" t="s">
+        <v>225</v>
+      </c>
+      <c r="F180" s="897" t="s">
+        <v>24</v>
+      </c>
+      <c r="G180" s="899">
+        <v>25</v>
+      </c>
+      <c r="H180" s="897" t="s">
+        <v>358</v>
+      </c>
+      <c r="I180" s="899">
+        <v>1</v>
+      </c>
+      <c r="J180" s="898" t="s">
+        <v>60</v>
+      </c>
+      <c r="K180" s="898" t="s">
+        <v>62</v>
+      </c>
+      <c r="L180" s="898"/>
+      <c r="M180" s="898"/>
+      <c r="N180" s="898" t="s">
+        <v>73</v>
+      </c>
+      <c r="O180" s="898" t="s">
+        <v>103</v>
+      </c>
+      <c r="P180" s="898" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q180" s="898" t="s">
+        <v>62</v>
+      </c>
+      <c r="R180" s="898" t="s">
+        <v>33</v>
+      </c>
+      <c r="S180" s="899" t="s">
+        <v>42</v>
+      </c>
+      <c r="T180" s="900">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="181" spans="1:20">
+      <c r="A181" s="901">
+        <v>4126089</v>
+      </c>
+      <c r="B181" s="902" t="s">
+        <v>526</v>
+      </c>
+      <c r="C181" s="902" t="s">
+        <v>527</v>
+      </c>
+      <c r="D181" s="903" t="s">
+        <v>525</v>
+      </c>
+      <c r="E181" s="902" t="s">
+        <v>147</v>
+      </c>
+      <c r="F181" s="902" t="s">
+        <v>24</v>
+      </c>
+      <c r="G181" s="904">
+        <v>25</v>
+      </c>
+      <c r="H181" s="902" t="s">
+        <v>358</v>
+      </c>
+      <c r="I181" s="904">
+        <v>1</v>
+      </c>
+      <c r="J181" s="903" t="s">
+        <v>71</v>
+      </c>
+      <c r="K181" s="903"/>
+      <c r="L181" s="903"/>
+      <c r="M181" s="903"/>
+      <c r="N181" s="903" t="s">
+        <v>62</v>
+      </c>
+      <c r="O181" s="903" t="s">
+        <v>143</v>
+      </c>
+      <c r="P181" s="903" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q181" s="903" t="s">
+        <v>144</v>
+      </c>
+      <c r="R181" s="903" t="s">
+        <v>33</v>
+      </c>
+      <c r="S181" s="904" t="s">
+        <v>42</v>
+      </c>
+      <c r="T181" s="905">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="182" spans="1:20">
+      <c r="A182" s="906">
+        <v>4126094</v>
+      </c>
+      <c r="B182" s="907" t="s">
+        <v>528</v>
+      </c>
+      <c r="C182" s="907" t="s">
+        <v>182</v>
+      </c>
+      <c r="D182" s="908" t="s">
+        <v>525</v>
+      </c>
+      <c r="E182" s="907" t="s">
+        <v>178</v>
+      </c>
+      <c r="F182" s="907" t="s">
+        <v>141</v>
+      </c>
+      <c r="G182" s="909">
+        <v>25</v>
+      </c>
+      <c r="H182" s="907" t="s">
+        <v>358</v>
+      </c>
+      <c r="I182" s="909">
+        <v>1</v>
+      </c>
+      <c r="J182" s="908" t="s">
+        <v>441</v>
+      </c>
+      <c r="K182" s="908" t="s">
+        <v>442</v>
+      </c>
+      <c r="L182" s="908" t="s">
+        <v>94</v>
+      </c>
+      <c r="M182" s="908" t="s">
+        <v>55</v>
+      </c>
+      <c r="N182" s="908" t="s">
+        <v>55</v>
+      </c>
+      <c r="O182" s="908" t="s">
+        <v>56</v>
+      </c>
+      <c r="P182" s="908"/>
+      <c r="Q182" s="908"/>
+      <c r="R182" s="908" t="s">
+        <v>33</v>
+      </c>
+      <c r="S182" s="909" t="s">
+        <v>42</v>
+      </c>
+      <c r="T182" s="910">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="183" spans="1:20">
+      <c r="A183" s="911">
+        <v>4126176</v>
+      </c>
+      <c r="B183" s="912" t="s">
+        <v>529</v>
+      </c>
+      <c r="C183" s="912" t="s">
+        <v>530</v>
+      </c>
+      <c r="D183" s="913" t="s">
+        <v>525</v>
+      </c>
+      <c r="E183" s="912" t="s">
+        <v>326</v>
+      </c>
+      <c r="F183" s="912" t="s">
+        <v>141</v>
+      </c>
+      <c r="G183" s="914">
+        <v>20</v>
+      </c>
+      <c r="H183" s="912" t="s">
+        <v>343</v>
+      </c>
+      <c r="I183" s="914">
+        <v>1</v>
+      </c>
+      <c r="J183" s="913" t="s">
+        <v>101</v>
+      </c>
+      <c r="K183" s="913" t="s">
+        <v>113</v>
+      </c>
+      <c r="L183" s="913"/>
+      <c r="M183" s="913"/>
+      <c r="N183" s="913" t="s">
+        <v>73</v>
+      </c>
+      <c r="O183" s="913" t="s">
+        <v>234</v>
+      </c>
+      <c r="P183" s="913"/>
+      <c r="Q183" s="913"/>
+      <c r="R183" s="913" t="s">
+        <v>206</v>
+      </c>
+      <c r="S183" s="914" t="s">
+        <v>42</v>
+      </c>
+      <c r="T183" s="915">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="184" spans="1:20">
+      <c r="A184" s="916">
+        <v>4126044</v>
+      </c>
+      <c r="B184" s="917" t="s">
+        <v>531</v>
+      </c>
+      <c r="C184" s="917" t="s">
+        <v>21</v>
+      </c>
+      <c r="D184" s="918" t="s">
+        <v>532</v>
+      </c>
+      <c r="E184" s="917" t="s">
+        <v>147</v>
+      </c>
+      <c r="F184" s="917" t="s">
+        <v>24</v>
+      </c>
+      <c r="G184" s="919">
+        <v>25</v>
+      </c>
+      <c r="H184" s="917" t="s">
+        <v>358</v>
+      </c>
+      <c r="I184" s="919">
+        <v>1</v>
+      </c>
+      <c r="J184" s="918" t="s">
+        <v>226</v>
+      </c>
+      <c r="K184" s="918" t="s">
+        <v>223</v>
+      </c>
+      <c r="L184" s="918" t="s">
+        <v>119</v>
+      </c>
+      <c r="M184" s="918" t="s">
+        <v>120</v>
+      </c>
+      <c r="N184" s="918" t="s">
+        <v>62</v>
+      </c>
+      <c r="O184" s="918" t="s">
+        <v>62</v>
+      </c>
+      <c r="P184" s="918"/>
+      <c r="Q184" s="918"/>
+      <c r="R184" s="918" t="s">
+        <v>206</v>
+      </c>
+      <c r="S184" s="919" t="s">
+        <v>42</v>
+      </c>
+      <c r="T184" s="920">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="185" spans="1:20">
+      <c r="A185" s="921">
+        <v>4126132</v>
+      </c>
+      <c r="B185" s="922" t="s">
+        <v>244</v>
+      </c>
+      <c r="C185" s="922" t="s">
+        <v>130</v>
+      </c>
+      <c r="D185" s="923" t="s">
+        <v>532</v>
+      </c>
+      <c r="E185" s="922" t="s">
+        <v>246</v>
+      </c>
+      <c r="F185" s="922" t="s">
+        <v>24</v>
+      </c>
+      <c r="G185" s="924">
+        <v>20</v>
+      </c>
+      <c r="H185" s="922" t="s">
+        <v>343</v>
+      </c>
+      <c r="I185" s="924">
+        <v>1</v>
+      </c>
+      <c r="J185" s="923" t="s">
+        <v>71</v>
+      </c>
+      <c r="K185" s="923" t="s">
+        <v>133</v>
+      </c>
+      <c r="L185" s="923"/>
+      <c r="M185" s="923"/>
+      <c r="N185" s="923" t="s">
+        <v>47</v>
+      </c>
+      <c r="O185" s="923" t="s">
+        <v>57</v>
+      </c>
+      <c r="P185" s="923"/>
+      <c r="Q185" s="923"/>
+      <c r="R185" s="923" t="s">
+        <v>33</v>
+      </c>
+      <c r="S185" s="924" t="s">
+        <v>34</v>
+      </c>
+      <c r="T185" s="925">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="186" spans="1:20">
+      <c r="A186" s="926">
+        <v>4126201</v>
+      </c>
+      <c r="B186" s="927" t="s">
+        <v>362</v>
+      </c>
+      <c r="C186" s="927" t="s">
+        <v>363</v>
+      </c>
+      <c r="D186" s="928" t="s">
+        <v>532</v>
+      </c>
+      <c r="E186" s="927" t="s">
+        <v>178</v>
+      </c>
+      <c r="F186" s="927" t="s">
+        <v>141</v>
+      </c>
+      <c r="G186" s="929">
+        <v>25</v>
+      </c>
+      <c r="H186" s="927" t="s">
+        <v>358</v>
+      </c>
+      <c r="I186" s="929">
+        <v>1</v>
+      </c>
+      <c r="J186" s="928" t="s">
+        <v>71</v>
+      </c>
+      <c r="K186" s="928" t="s">
+        <v>316</v>
+      </c>
+      <c r="L186" s="928" t="s">
+        <v>365</v>
+      </c>
+      <c r="M186" s="928" t="s">
+        <v>366</v>
+      </c>
+      <c r="N186" s="928" t="s">
+        <v>47</v>
+      </c>
+      <c r="O186" s="928" t="s">
+        <v>128</v>
+      </c>
+      <c r="P186" s="928" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q186" s="928" t="s">
+        <v>89</v>
+      </c>
+      <c r="R186" s="928" t="s">
+        <v>33</v>
+      </c>
+      <c r="S186" s="929" t="s">
+        <v>42</v>
+      </c>
+      <c r="T186" s="930">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="187" spans="1:20">
+      <c r="A187" s="931">
+        <v>4126058</v>
+      </c>
+      <c r="B187" s="932" t="s">
+        <v>207</v>
+      </c>
+      <c r="C187" s="932" t="s">
+        <v>192</v>
+      </c>
+      <c r="D187" s="933" t="s">
+        <v>533</v>
+      </c>
+      <c r="E187" s="932" t="s">
+        <v>147</v>
+      </c>
+      <c r="F187" s="932" t="s">
+        <v>24</v>
+      </c>
+      <c r="G187" s="934">
+        <v>25</v>
+      </c>
+      <c r="H187" s="932" t="s">
+        <v>358</v>
+      </c>
+      <c r="I187" s="934">
+        <v>1</v>
+      </c>
+      <c r="J187" s="933" t="s">
+        <v>92</v>
+      </c>
+      <c r="K187" s="933" t="s">
+        <v>93</v>
+      </c>
+      <c r="L187" s="933"/>
+      <c r="M187" s="933"/>
+      <c r="N187" s="933" t="s">
+        <v>73</v>
+      </c>
+      <c r="O187" s="933" t="s">
+        <v>74</v>
+      </c>
+      <c r="P187" s="933"/>
+      <c r="Q187" s="933"/>
+      <c r="R187" s="933" t="s">
+        <v>33</v>
+      </c>
+      <c r="S187" s="934" t="s">
+        <v>34</v>
+      </c>
+      <c r="T187" s="935">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="188" spans="1:20">
+      <c r="A188" s="936">
+        <v>4326010</v>
+      </c>
+      <c r="B188" s="937" t="s">
+        <v>534</v>
+      </c>
+      <c r="C188" s="937" t="s">
+        <v>21</v>
+      </c>
+      <c r="D188" s="938" t="s">
+        <v>535</v>
+      </c>
+      <c r="E188" s="937" t="s">
+        <v>23</v>
+      </c>
+      <c r="F188" s="937" t="s">
+        <v>24</v>
+      </c>
+      <c r="G188" s="939" t="s">
+        <v>25</v>
+      </c>
+      <c r="H188" s="937" t="s">
+        <v>343</v>
+      </c>
+      <c r="I188" s="939">
+        <v>1</v>
+      </c>
+      <c r="J188" s="938" t="s">
+        <v>45</v>
+      </c>
+      <c r="K188" s="938" t="s">
+        <v>46</v>
+      </c>
+      <c r="L188" s="938" t="s">
+        <v>158</v>
+      </c>
+      <c r="M188" s="938" t="s">
+        <v>159</v>
+      </c>
+      <c r="N188" s="938" t="s">
+        <v>47</v>
+      </c>
+      <c r="O188" s="938" t="s">
+        <v>48</v>
+      </c>
+      <c r="P188" s="938" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q188" s="938" t="s">
+        <v>160</v>
+      </c>
+      <c r="R188" s="938" t="s">
+        <v>33</v>
+      </c>
+      <c r="S188" s="939" t="s">
+        <v>42</v>
+      </c>
+      <c r="T188" s="940">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="189" spans="1:20">
+      <c r="A189" s="941">
+        <v>4326046</v>
+      </c>
+      <c r="B189" s="942" t="s">
+        <v>536</v>
+      </c>
+      <c r="C189" s="942" t="s">
+        <v>44</v>
+      </c>
+      <c r="D189" s="943" t="s">
+        <v>535</v>
+      </c>
+      <c r="E189" s="942" t="s">
+        <v>23</v>
+      </c>
+      <c r="F189" s="942" t="s">
+        <v>24</v>
+      </c>
+      <c r="G189" s="944" t="s">
+        <v>25</v>
+      </c>
+      <c r="H189" s="942" t="s">
+        <v>343</v>
+      </c>
+      <c r="I189" s="944">
+        <v>1</v>
+      </c>
+      <c r="J189" s="943" t="s">
+        <v>45</v>
+      </c>
+      <c r="K189" s="943" t="s">
+        <v>46</v>
+      </c>
+      <c r="L189" s="943"/>
+      <c r="M189" s="943"/>
+      <c r="N189" s="943" t="s">
+        <v>47</v>
+      </c>
+      <c r="O189" s="943" t="s">
+        <v>48</v>
+      </c>
+      <c r="P189" s="943" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q189" s="943" t="s">
+        <v>49</v>
+      </c>
+      <c r="R189" s="943" t="s">
+        <v>33</v>
+      </c>
+      <c r="S189" s="944" t="s">
+        <v>34</v>
+      </c>
+      <c r="T189" s="945">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="190" spans="1:20">
+      <c r="A190" s="946">
+        <v>4326052</v>
+      </c>
+      <c r="B190" s="947" t="s">
+        <v>537</v>
+      </c>
+      <c r="C190" s="947" t="s">
+        <v>130</v>
+      </c>
+      <c r="D190" s="948" t="s">
+        <v>535</v>
+      </c>
+      <c r="E190" s="947" t="s">
+        <v>23</v>
+      </c>
+      <c r="F190" s="947" t="s">
+        <v>24</v>
+      </c>
+      <c r="G190" s="949" t="s">
+        <v>25</v>
+      </c>
+      <c r="H190" s="947" t="s">
+        <v>343</v>
+      </c>
+      <c r="I190" s="949">
+        <v>1</v>
+      </c>
+      <c r="J190" s="948" t="s">
+        <v>52</v>
+      </c>
+      <c r="K190" s="948" t="s">
+        <v>52</v>
+      </c>
+      <c r="L190" s="948" t="s">
+        <v>77</v>
+      </c>
+      <c r="M190" s="948" t="s">
+        <v>346</v>
+      </c>
+      <c r="N190" s="948" t="s">
+        <v>104</v>
+      </c>
+      <c r="O190" s="948" t="s">
+        <v>104</v>
+      </c>
+      <c r="P190" s="948"/>
+      <c r="Q190" s="948"/>
+      <c r="R190" s="948" t="s">
+        <v>33</v>
+      </c>
+      <c r="S190" s="949" t="s">
+        <v>34</v>
+      </c>
+      <c r="T190" s="950">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="191" spans="1:20">
+      <c r="A191" s="951">
+        <v>4326058</v>
+      </c>
+      <c r="B191" s="952" t="s">
+        <v>538</v>
+      </c>
+      <c r="C191" s="952" t="s">
+        <v>51</v>
+      </c>
+      <c r="D191" s="953" t="s">
+        <v>535</v>
+      </c>
+      <c r="E191" s="952" t="s">
+        <v>23</v>
+      </c>
+      <c r="F191" s="952" t="s">
+        <v>24</v>
+      </c>
+      <c r="G191" s="954" t="s">
+        <v>25</v>
+      </c>
+      <c r="H191" s="952" t="s">
+        <v>343</v>
+      </c>
+      <c r="I191" s="954">
+        <v>1</v>
+      </c>
+      <c r="J191" s="953" t="s">
+        <v>52</v>
+      </c>
+      <c r="K191" s="953" t="s">
+        <v>52</v>
+      </c>
+      <c r="L191" s="953" t="s">
+        <v>53</v>
+      </c>
+      <c r="M191" s="953" t="s">
+        <v>54</v>
+      </c>
+      <c r="N191" s="953" t="s">
+        <v>55</v>
+      </c>
+      <c r="O191" s="953" t="s">
+        <v>56</v>
+      </c>
+      <c r="P191" s="953" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q191" s="953" t="s">
+        <v>57</v>
+      </c>
+      <c r="R191" s="953" t="s">
+        <v>33</v>
+      </c>
+      <c r="S191" s="954" t="s">
+        <v>34</v>
+      </c>
+      <c r="T191" s="955">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="192" spans="1:20">
+      <c r="A192" s="956">
+        <v>4326004</v>
+      </c>
+      <c r="B192" s="957" t="s">
+        <v>539</v>
+      </c>
+      <c r="C192" s="957" t="s">
+        <v>59</v>
+      </c>
+      <c r="D192" s="958" t="s">
+        <v>535</v>
+      </c>
+      <c r="E192" s="957" t="s">
+        <v>23</v>
+      </c>
+      <c r="F192" s="957" t="s">
+        <v>24</v>
+      </c>
+      <c r="G192" s="959" t="s">
+        <v>25</v>
+      </c>
+      <c r="H192" s="957" t="s">
+        <v>343</v>
+      </c>
+      <c r="I192" s="959">
+        <v>1</v>
+      </c>
+      <c r="J192" s="958" t="s">
+        <v>60</v>
+      </c>
+      <c r="K192" s="958" t="s">
+        <v>61</v>
+      </c>
+      <c r="L192" s="958"/>
+      <c r="M192" s="958"/>
+      <c r="N192" s="958" t="s">
+        <v>62</v>
+      </c>
+      <c r="O192" s="958" t="s">
+        <v>62</v>
+      </c>
+      <c r="P192" s="958"/>
+      <c r="Q192" s="958"/>
+      <c r="R192" s="958" t="s">
+        <v>33</v>
+      </c>
+      <c r="S192" s="959" t="s">
+        <v>42</v>
+      </c>
+      <c r="T192" s="960">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="193" spans="1:20">
+      <c r="A193" s="961">
+        <v>4326016</v>
+      </c>
+      <c r="B193" s="962" t="s">
+        <v>540</v>
+      </c>
+      <c r="C193" s="962" t="s">
+        <v>21</v>
+      </c>
+      <c r="D193" s="963" t="s">
+        <v>535</v>
+      </c>
+      <c r="E193" s="962" t="s">
+        <v>23</v>
+      </c>
+      <c r="F193" s="962" t="s">
+        <v>24</v>
+      </c>
+      <c r="G193" s="964" t="s">
+        <v>25</v>
+      </c>
+      <c r="H193" s="962" t="s">
+        <v>343</v>
+      </c>
+      <c r="I193" s="964">
+        <v>1</v>
+      </c>
+      <c r="J193" s="963" t="s">
+        <v>60</v>
+      </c>
+      <c r="K193" s="963" t="s">
+        <v>62</v>
+      </c>
+      <c r="L193" s="963"/>
+      <c r="M193" s="963"/>
+      <c r="N193" s="963" t="s">
+        <v>62</v>
+      </c>
+      <c r="O193" s="963" t="s">
+        <v>66</v>
+      </c>
+      <c r="P193" s="963" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q193" s="963" t="s">
+        <v>68</v>
+      </c>
+      <c r="R193" s="963" t="s">
+        <v>33</v>
+      </c>
+      <c r="S193" s="964" t="s">
+        <v>42</v>
+      </c>
+      <c r="T193" s="965">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="194" spans="1:20">
+      <c r="A194" s="966">
+        <v>4326022</v>
+      </c>
+      <c r="B194" s="967" t="s">
+        <v>541</v>
+      </c>
+      <c r="C194" s="967" t="s">
+        <v>21</v>
+      </c>
+      <c r="D194" s="968" t="s">
+        <v>535</v>
+      </c>
+      <c r="E194" s="967" t="s">
+        <v>23</v>
+      </c>
+      <c r="F194" s="967" t="s">
+        <v>24</v>
+      </c>
+      <c r="G194" s="969" t="s">
+        <v>25</v>
+      </c>
+      <c r="H194" s="967" t="s">
+        <v>343</v>
+      </c>
+      <c r="I194" s="969">
+        <v>1</v>
+      </c>
+      <c r="J194" s="968" t="s">
+        <v>60</v>
+      </c>
+      <c r="K194" s="968" t="s">
+        <v>62</v>
+      </c>
+      <c r="L194" s="968"/>
+      <c r="M194" s="968"/>
+      <c r="N194" s="968" t="s">
+        <v>64</v>
+      </c>
+      <c r="O194" s="968" t="s">
+        <v>65</v>
+      </c>
+      <c r="P194" s="968" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q194" s="968" t="s">
+        <v>66</v>
+      </c>
+      <c r="R194" s="968" t="s">
+        <v>33</v>
+      </c>
+      <c r="S194" s="969" t="s">
+        <v>34</v>
+      </c>
+      <c r="T194" s="970">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="195" spans="1:20">
+      <c r="A195" s="971">
+        <v>4326028</v>
+      </c>
+      <c r="B195" s="972" t="s">
+        <v>542</v>
+      </c>
+      <c r="C195" s="972" t="s">
+        <v>81</v>
+      </c>
+      <c r="D195" s="973" t="s">
+        <v>535</v>
+      </c>
+      <c r="E195" s="972" t="s">
+        <v>23</v>
+      </c>
+      <c r="F195" s="972" t="s">
+        <v>24</v>
+      </c>
+      <c r="G195" s="974" t="s">
+        <v>25</v>
+      </c>
+      <c r="H195" s="972" t="s">
+        <v>343</v>
+      </c>
+      <c r="I195" s="974">
+        <v>1</v>
+      </c>
+      <c r="J195" s="973" t="s">
+        <v>71</v>
+      </c>
+      <c r="K195" s="973" t="s">
+        <v>82</v>
+      </c>
+      <c r="L195" s="973" t="s">
+        <v>77</v>
+      </c>
+      <c r="M195" s="973" t="s">
+        <v>83</v>
+      </c>
+      <c r="N195" s="973" t="s">
+        <v>47</v>
+      </c>
+      <c r="O195" s="973" t="s">
+        <v>84</v>
+      </c>
+      <c r="P195" s="973"/>
+      <c r="Q195" s="973"/>
+      <c r="R195" s="973" t="s">
+        <v>33</v>
+      </c>
+      <c r="S195" s="974" t="s">
+        <v>42</v>
+      </c>
+      <c r="T195" s="975">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="196" spans="1:20">
+      <c r="A196" s="976">
+        <v>4326034</v>
+      </c>
+      <c r="B196" s="977" t="s">
+        <v>543</v>
+      </c>
+      <c r="C196" s="977" t="s">
+        <v>76</v>
+      </c>
+      <c r="D196" s="978" t="s">
+        <v>535</v>
+      </c>
+      <c r="E196" s="977" t="s">
+        <v>23</v>
+      </c>
+      <c r="F196" s="977" t="s">
+        <v>24</v>
+      </c>
+      <c r="G196" s="979" t="s">
+        <v>25</v>
+      </c>
+      <c r="H196" s="977" t="s">
+        <v>343</v>
+      </c>
+      <c r="I196" s="979">
+        <v>1</v>
+      </c>
+      <c r="J196" s="978" t="s">
+        <v>71</v>
+      </c>
+      <c r="K196" s="978"/>
+      <c r="L196" s="978" t="s">
+        <v>77</v>
+      </c>
+      <c r="M196" s="978" t="s">
+        <v>78</v>
+      </c>
+      <c r="N196" s="978" t="s">
+        <v>47</v>
+      </c>
+      <c r="O196" s="978" t="s">
+        <v>79</v>
+      </c>
+      <c r="P196" s="978"/>
+      <c r="Q196" s="978"/>
+      <c r="R196" s="978" t="s">
+        <v>33</v>
+      </c>
+      <c r="S196" s="979" t="s">
+        <v>34</v>
+      </c>
+      <c r="T196" s="980">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="197" spans="1:20">
+      <c r="A197" s="981">
+        <v>4326088</v>
+      </c>
+      <c r="B197" s="982" t="s">
+        <v>544</v>
+      </c>
+      <c r="C197" s="982" t="s">
+        <v>70</v>
+      </c>
+      <c r="D197" s="983" t="s">
+        <v>535</v>
+      </c>
+      <c r="E197" s="982" t="s">
+        <v>23</v>
+      </c>
+      <c r="F197" s="982" t="s">
+        <v>24</v>
+      </c>
+      <c r="G197" s="984" t="s">
+        <v>25</v>
+      </c>
+      <c r="H197" s="982" t="s">
+        <v>343</v>
+      </c>
+      <c r="I197" s="984">
+        <v>1</v>
+      </c>
+      <c r="J197" s="983" t="s">
+        <v>71</v>
+      </c>
+      <c r="K197" s="983" t="s">
+        <v>72</v>
+      </c>
+      <c r="L197" s="983"/>
+      <c r="M197" s="983"/>
+      <c r="N197" s="983" t="s">
+        <v>73</v>
+      </c>
+      <c r="O197" s="983" t="s">
+        <v>74</v>
+      </c>
+      <c r="P197" s="983"/>
+      <c r="Q197" s="983"/>
+      <c r="R197" s="983" t="s">
+        <v>33</v>
+      </c>
+      <c r="S197" s="984" t="s">
+        <v>34</v>
+      </c>
+      <c r="T197" s="985">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="198" spans="1:20">
+      <c r="A198" s="986">
+        <v>4326094</v>
+      </c>
+      <c r="B198" s="987" t="s">
+        <v>545</v>
+      </c>
+      <c r="C198" s="987" t="s">
+        <v>86</v>
+      </c>
+      <c r="D198" s="988" t="s">
+        <v>535</v>
+      </c>
+      <c r="E198" s="987" t="s">
+        <v>23</v>
+      </c>
+      <c r="F198" s="987" t="s">
+        <v>24</v>
+      </c>
+      <c r="G198" s="989" t="s">
+        <v>25</v>
+      </c>
+      <c r="H198" s="987" t="s">
+        <v>343</v>
+      </c>
+      <c r="I198" s="989">
+        <v>1</v>
+      </c>
+      <c r="J198" s="988" t="s">
+        <v>87</v>
+      </c>
+      <c r="K198" s="988" t="s">
+        <v>87</v>
+      </c>
+      <c r="L198" s="988"/>
+      <c r="M198" s="988"/>
+      <c r="N198" s="988" t="s">
+        <v>64</v>
+      </c>
+      <c r="O198" s="988" t="s">
+        <v>88</v>
+      </c>
+      <c r="P198" s="988" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q198" s="988" t="s">
+        <v>89</v>
+      </c>
+      <c r="R198" s="988" t="s">
+        <v>33</v>
+      </c>
+      <c r="S198" s="989" t="s">
+        <v>34</v>
+      </c>
+      <c r="T198" s="990">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="199" spans="1:20">
+      <c r="A199" s="991">
+        <v>4326076</v>
+      </c>
+      <c r="B199" s="992" t="s">
+        <v>546</v>
+      </c>
+      <c r="C199" s="992" t="s">
+        <v>91</v>
+      </c>
+      <c r="D199" s="993" t="s">
+        <v>535</v>
+      </c>
+      <c r="E199" s="992" t="s">
+        <v>23</v>
+      </c>
+      <c r="F199" s="992" t="s">
+        <v>24</v>
+      </c>
+      <c r="G199" s="994" t="s">
+        <v>25</v>
+      </c>
+      <c r="H199" s="992" t="s">
+        <v>343</v>
+      </c>
+      <c r="I199" s="994">
+        <v>1</v>
+      </c>
+      <c r="J199" s="993" t="s">
+        <v>92</v>
+      </c>
+      <c r="K199" s="993" t="s">
+        <v>93</v>
+      </c>
+      <c r="L199" s="993" t="s">
+        <v>94</v>
+      </c>
+      <c r="M199" s="993" t="s">
+        <v>55</v>
+      </c>
+      <c r="N199" s="993" t="s">
+        <v>96</v>
+      </c>
+      <c r="O199" s="993" t="s">
+        <v>97</v>
+      </c>
+      <c r="P199" s="993"/>
+      <c r="Q199" s="993"/>
+      <c r="R199" s="993" t="s">
+        <v>33</v>
+      </c>
+      <c r="S199" s="994" t="s">
+        <v>34</v>
+      </c>
+      <c r="T199" s="995">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="200" spans="1:20">
+      <c r="A200" s="996">
+        <v>4326082</v>
+      </c>
+      <c r="B200" s="997" t="s">
+        <v>547</v>
+      </c>
+      <c r="C200" s="997" t="s">
+        <v>91</v>
+      </c>
+      <c r="D200" s="998" t="s">
+        <v>535</v>
+      </c>
+      <c r="E200" s="997" t="s">
+        <v>23</v>
+      </c>
+      <c r="F200" s="997" t="s">
+        <v>24</v>
+      </c>
+      <c r="G200" s="999" t="s">
+        <v>25</v>
+      </c>
+      <c r="H200" s="997" t="s">
+        <v>343</v>
+      </c>
+      <c r="I200" s="999">
+        <v>1</v>
+      </c>
+      <c r="J200" s="998" t="s">
+        <v>92</v>
+      </c>
+      <c r="K200" s="998" t="s">
+        <v>93</v>
+      </c>
+      <c r="L200" s="998" t="s">
+        <v>94</v>
+      </c>
+      <c r="M200" s="998" t="s">
+        <v>95</v>
+      </c>
+      <c r="N200" s="998" t="s">
+        <v>96</v>
+      </c>
+      <c r="O200" s="998" t="s">
+        <v>97</v>
+      </c>
+      <c r="P200" s="998"/>
+      <c r="Q200" s="998"/>
+      <c r="R200" s="998" t="s">
+        <v>33</v>
+      </c>
+      <c r="S200" s="999" t="s">
+        <v>42</v>
+      </c>
+      <c r="T200" s="1000">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="201" spans="1:20">
+      <c r="A201" s="1001">
+        <v>4326040</v>
+      </c>
+      <c r="B201" s="1002" t="s">
+        <v>548</v>
+      </c>
+      <c r="C201" s="1002" t="s">
+        <v>111</v>
+      </c>
+      <c r="D201" s="1003" t="s">
+        <v>535</v>
+      </c>
+      <c r="E201" s="1002" t="s">
+        <v>23</v>
+      </c>
+      <c r="F201" s="1002" t="s">
+        <v>24</v>
+      </c>
+      <c r="G201" s="1004" t="s">
+        <v>25</v>
+      </c>
+      <c r="H201" s="1002" t="s">
+        <v>358</v>
+      </c>
+      <c r="I201" s="1004">
+        <v>1</v>
+      </c>
+      <c r="J201" s="1003" t="s">
+        <v>101</v>
+      </c>
+      <c r="K201" s="1003" t="s">
+        <v>113</v>
+      </c>
+      <c r="L201" s="1003" t="s">
+        <v>114</v>
+      </c>
+      <c r="M201" s="1003" t="s">
+        <v>115</v>
+      </c>
+      <c r="N201" s="1003" t="s">
+        <v>73</v>
+      </c>
+      <c r="O201" s="1003" t="s">
+        <v>116</v>
+      </c>
+      <c r="P201" s="1003" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q201" s="1003" t="s">
+        <v>104</v>
+      </c>
+      <c r="R201" s="1003" t="s">
+        <v>33</v>
+      </c>
+      <c r="S201" s="1004" t="s">
+        <v>34</v>
+      </c>
+      <c r="T201" s="1005">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="202" spans="1:20">
+      <c r="A202" s="1006">
+        <v>4326064</v>
+      </c>
+      <c r="B202" s="1007" t="s">
+        <v>549</v>
+      </c>
+      <c r="C202" s="1007" t="s">
+        <v>106</v>
+      </c>
+      <c r="D202" s="1008" t="s">
+        <v>535</v>
+      </c>
+      <c r="E202" s="1007" t="s">
+        <v>23</v>
+      </c>
+      <c r="F202" s="1007" t="s">
+        <v>24</v>
+      </c>
+      <c r="G202" s="1009" t="s">
+        <v>25</v>
+      </c>
+      <c r="H202" s="1007" t="s">
+        <v>343</v>
+      </c>
+      <c r="I202" s="1009">
+        <v>1</v>
+      </c>
+      <c r="J202" s="1008" t="s">
+        <v>101</v>
+      </c>
+      <c r="K202" s="1008"/>
+      <c r="L202" s="1008" t="s">
+        <v>107</v>
+      </c>
+      <c r="M202" s="1008" t="s">
+        <v>108</v>
+      </c>
+      <c r="N202" s="1008" t="s">
+        <v>96</v>
+      </c>
+      <c r="O202" s="1008" t="s">
+        <v>109</v>
+      </c>
+      <c r="P202" s="1008"/>
+      <c r="Q202" s="1008"/>
+      <c r="R202" s="1008" t="s">
+        <v>33</v>
+      </c>
+      <c r="S202" s="1009" t="s">
+        <v>34</v>
+      </c>
+      <c r="T202" s="1010">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="203" spans="1:20">
+      <c r="A203" s="1011">
+        <v>4326070</v>
+      </c>
+      <c r="B203" s="1012" t="s">
+        <v>550</v>
+      </c>
+      <c r="C203" s="1012" t="s">
+        <v>118</v>
+      </c>
+      <c r="D203" s="1013" t="s">
+        <v>535</v>
+      </c>
+      <c r="E203" s="1012" t="s">
+        <v>23</v>
+      </c>
+      <c r="F203" s="1012" t="s">
+        <v>24</v>
+      </c>
+      <c r="G203" s="1014" t="s">
+        <v>25</v>
+      </c>
+      <c r="H203" s="1012" t="s">
+        <v>343</v>
+      </c>
+      <c r="I203" s="1014">
+        <v>1</v>
+      </c>
+      <c r="J203" s="1013" t="s">
+        <v>101</v>
+      </c>
+      <c r="K203" s="1013" t="s">
+        <v>102</v>
+      </c>
+      <c r="L203" s="1013" t="s">
+        <v>119</v>
+      </c>
+      <c r="M203" s="1013" t="s">
+        <v>120</v>
+      </c>
+      <c r="N203" s="1013" t="s">
+        <v>73</v>
+      </c>
+      <c r="O203" s="1013" t="s">
+        <v>116</v>
+      </c>
+      <c r="P203" s="1013" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q203" s="1013" t="s">
+        <v>104</v>
+      </c>
+      <c r="R203" s="1013" t="s">
+        <v>33</v>
+      </c>
+      <c r="S203" s="1014" t="s">
+        <v>34</v>
+      </c>
+      <c r="T203" s="1015">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="204" spans="1:20">
+      <c r="A204" s="1016">
+        <v>4326100</v>
+      </c>
+      <c r="B204" s="1017" t="s">
+        <v>551</v>
+      </c>
+      <c r="C204" s="1017" t="s">
+        <v>100</v>
+      </c>
+      <c r="D204" s="1018" t="s">
+        <v>535</v>
+      </c>
+      <c r="E204" s="1017" t="s">
+        <v>23</v>
+      </c>
+      <c r="F204" s="1017" t="s">
+        <v>24</v>
+      </c>
+      <c r="G204" s="1019" t="s">
+        <v>25</v>
+      </c>
+      <c r="H204" s="1017" t="s">
+        <v>343</v>
+      </c>
+      <c r="I204" s="1019">
+        <v>1</v>
+      </c>
+      <c r="J204" s="1018" t="s">
+        <v>101</v>
+      </c>
+      <c r="K204" s="1018" t="s">
+        <v>102</v>
+      </c>
+      <c r="L204" s="1018"/>
+      <c r="M204" s="1018"/>
+      <c r="N204" s="1018" t="s">
+        <v>73</v>
+      </c>
+      <c r="O204" s="1018" t="s">
+        <v>103</v>
+      </c>
+      <c r="P204" s="1018" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q204" s="1018" t="s">
+        <v>104</v>
+      </c>
+      <c r="R204" s="1018" t="s">
+        <v>33</v>
+      </c>
+      <c r="S204" s="1019" t="s">
+        <v>42</v>
+      </c>
+      <c r="T204" s="1020">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="205" spans="1:20">
+      <c r="A205" s="1021">
+        <v>4126108</v>
+      </c>
+      <c r="B205" s="1022" t="s">
+        <v>149</v>
+      </c>
+      <c r="C205" s="1022" t="s">
+        <v>150</v>
+      </c>
+      <c r="D205" s="1023" t="s">
+        <v>552</v>
+      </c>
+      <c r="E205" s="1022" t="s">
+        <v>152</v>
+      </c>
+      <c r="F205" s="1022" t="s">
+        <v>141</v>
+      </c>
+      <c r="G205" s="1024">
+        <v>25</v>
+      </c>
+      <c r="H205" s="1022" t="s">
+        <v>358</v>
+      </c>
+      <c r="I205" s="1024">
+        <v>1</v>
+      </c>
+      <c r="J205" s="1023" t="s">
+        <v>101</v>
+      </c>
+      <c r="K205" s="1023" t="s">
+        <v>102</v>
+      </c>
+      <c r="L205" s="1023"/>
+      <c r="M205" s="1023"/>
+      <c r="N205" s="1023" t="s">
+        <v>73</v>
+      </c>
+      <c r="O205" s="1023" t="s">
+        <v>103</v>
+      </c>
+      <c r="P205" s="1023"/>
+      <c r="Q205" s="1023"/>
+      <c r="R205" s="1023" t="s">
+        <v>33</v>
+      </c>
+      <c r="S205" s="1024" t="s">
+        <v>34</v>
+      </c>
+      <c r="T205" s="1025">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="206" spans="1:20">
+      <c r="A206" s="1026">
+        <v>4126063</v>
+      </c>
+      <c r="B206" s="1027" t="s">
+        <v>553</v>
+      </c>
+      <c r="C206" s="1027" t="s">
+        <v>290</v>
+      </c>
+      <c r="D206" s="1028" t="s">
+        <v>554</v>
+      </c>
+      <c r="E206" s="1027" t="s">
+        <v>147</v>
+      </c>
+      <c r="F206" s="1027" t="s">
+        <v>24</v>
+      </c>
+      <c r="G206" s="1029">
+        <v>25</v>
+      </c>
+      <c r="H206" s="1027" t="s">
+        <v>358</v>
+      </c>
+      <c r="I206" s="1029">
+        <v>1</v>
+      </c>
+      <c r="J206" s="1028" t="s">
+        <v>92</v>
+      </c>
+      <c r="K206" s="1028" t="s">
+        <v>555</v>
+      </c>
+      <c r="L206" s="1028" t="s">
+        <v>94</v>
+      </c>
+      <c r="M206" s="1028" t="s">
+        <v>95</v>
+      </c>
+      <c r="N206" s="1028" t="s">
+        <v>96</v>
+      </c>
+      <c r="O206" s="1028" t="s">
+        <v>97</v>
+      </c>
+      <c r="P206" s="1028"/>
+      <c r="Q206" s="1028"/>
+      <c r="R206" s="1028" t="s">
+        <v>33</v>
+      </c>
+      <c r="S206" s="1029" t="s">
+        <v>42</v>
+      </c>
+      <c r="T206" s="1030">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="207" spans="1:20">
+      <c r="A207" s="1031">
+        <v>4126036</v>
+      </c>
+      <c r="B207" s="1032" t="s">
+        <v>298</v>
+      </c>
+      <c r="C207" s="1032" t="s">
+        <v>182</v>
+      </c>
+      <c r="D207" s="1033" t="s">
+        <v>556</v>
+      </c>
+      <c r="E207" s="1032" t="s">
+        <v>178</v>
+      </c>
+      <c r="F207" s="1032" t="s">
+        <v>141</v>
+      </c>
+      <c r="G207" s="1034">
+        <v>25</v>
+      </c>
+      <c r="H207" s="1032" t="s">
+        <v>358</v>
+      </c>
+      <c r="I207" s="1034">
+        <v>1</v>
+      </c>
+      <c r="J207" s="1033" t="s">
+        <v>300</v>
+      </c>
+      <c r="K207" s="1033" t="s">
+        <v>301</v>
+      </c>
+      <c r="L207" s="1033" t="s">
+        <v>94</v>
+      </c>
+      <c r="M207" s="1033" t="s">
+        <v>55</v>
+      </c>
+      <c r="N207" s="1033" t="s">
+        <v>55</v>
+      </c>
+      <c r="O207" s="1033" t="s">
+        <v>302</v>
+      </c>
+      <c r="P207" s="1033"/>
+      <c r="Q207" s="1033"/>
+      <c r="R207" s="1033" t="s">
+        <v>33</v>
+      </c>
+      <c r="S207" s="1034" t="s">
+        <v>42</v>
+      </c>
+      <c r="T207" s="1035">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="208" spans="1:20">
+      <c r="A208" s="1036">
+        <v>4126025</v>
+      </c>
+      <c r="B208" s="1037" t="s">
+        <v>191</v>
+      </c>
+      <c r="C208" s="1037" t="s">
+        <v>192</v>
+      </c>
+      <c r="D208" s="1038" t="s">
+        <v>557</v>
+      </c>
+      <c r="E208" s="1037" t="s">
+        <v>178</v>
+      </c>
+      <c r="F208" s="1037" t="s">
+        <v>141</v>
+      </c>
+      <c r="G208" s="1039">
+        <v>25</v>
+      </c>
+      <c r="H208" s="1037" t="s">
+        <v>358</v>
+      </c>
+      <c r="I208" s="1039">
+        <v>1</v>
+      </c>
+      <c r="J208" s="1038" t="s">
+        <v>194</v>
+      </c>
+      <c r="K208" s="1038" t="s">
+        <v>195</v>
+      </c>
+      <c r="L208" s="1038" t="s">
+        <v>107</v>
+      </c>
+      <c r="M208" s="1038" t="s">
+        <v>196</v>
+      </c>
+      <c r="N208" s="1038" t="s">
+        <v>47</v>
+      </c>
+      <c r="O208" s="1038" t="s">
+        <v>48</v>
+      </c>
+      <c r="P208" s="1038"/>
+      <c r="Q208" s="1038"/>
+      <c r="R208" s="1038" t="s">
+        <v>33</v>
+      </c>
+      <c r="S208" s="1039" t="s">
+        <v>42</v>
+      </c>
+      <c r="T208" s="1040">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="209" spans="1:20">
+      <c r="A209" s="1041">
+        <v>4126136</v>
+      </c>
+      <c r="B209" s="1042" t="s">
+        <v>558</v>
+      </c>
+      <c r="C209" s="1042" t="s">
+        <v>91</v>
+      </c>
+      <c r="D209" s="1043" t="s">
+        <v>557</v>
+      </c>
+      <c r="E209" s="1042" t="s">
+        <v>132</v>
+      </c>
+      <c r="F209" s="1042" t="s">
+        <v>24</v>
+      </c>
+      <c r="G209" s="1044">
+        <v>25</v>
+      </c>
+      <c r="H209" s="1042" t="s">
+        <v>343</v>
+      </c>
+      <c r="I209" s="1044">
+        <v>1</v>
+      </c>
+      <c r="J209" s="1043" t="s">
+        <v>92</v>
+      </c>
+      <c r="K209" s="1043" t="s">
+        <v>93</v>
+      </c>
+      <c r="L209" s="1043" t="s">
+        <v>94</v>
+      </c>
+      <c r="M209" s="1043" t="s">
+        <v>95</v>
+      </c>
+      <c r="N209" s="1043" t="s">
+        <v>96</v>
+      </c>
+      <c r="O209" s="1043" t="s">
+        <v>97</v>
+      </c>
+      <c r="P209" s="1043"/>
+      <c r="Q209" s="1043"/>
+      <c r="R209" s="1043" t="s">
+        <v>33</v>
+      </c>
+      <c r="S209" s="1044" t="s">
+        <v>42</v>
+      </c>
+      <c r="T209" s="1045">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="210" spans="1:20">
+      <c r="A210" s="1046">
+        <v>4126159</v>
+      </c>
+      <c r="B210" s="1047" t="s">
+        <v>559</v>
+      </c>
+      <c r="C210" s="1047" t="s">
+        <v>405</v>
+      </c>
+      <c r="D210" s="1048" t="s">
+        <v>560</v>
+      </c>
+      <c r="E210" s="1047" t="s">
+        <v>561</v>
+      </c>
+      <c r="F210" s="1047" t="s">
+        <v>141</v>
+      </c>
+      <c r="G210" s="1049">
+        <v>25</v>
+      </c>
+      <c r="H210" s="1047" t="s">
+        <v>408</v>
+      </c>
+      <c r="I210" s="1049">
+        <v>4</v>
+      </c>
+      <c r="J210" s="1048" t="s">
+        <v>194</v>
+      </c>
+      <c r="K210" s="1048" t="s">
+        <v>562</v>
+      </c>
+      <c r="L210" s="1048" t="s">
+        <v>77</v>
+      </c>
+      <c r="M210" s="1048" t="s">
+        <v>563</v>
+      </c>
+      <c r="N210" s="1048" t="s">
+        <v>47</v>
+      </c>
+      <c r="O210" s="1048" t="s">
+        <v>79</v>
+      </c>
+      <c r="P210" s="1048"/>
+      <c r="Q210" s="1048"/>
+      <c r="R210" s="1048" t="s">
+        <v>33</v>
+      </c>
+      <c r="S210" s="1049" t="s">
+        <v>42</v>
+      </c>
+      <c r="T210" s="1050">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="211" spans="1:20">
+      <c r="A211" s="1051">
+        <v>4126125</v>
+      </c>
+      <c r="B211" s="1052" t="s">
+        <v>564</v>
+      </c>
+      <c r="C211" s="1052" t="s">
+        <v>565</v>
+      </c>
+      <c r="D211" s="1053" t="s">
+        <v>566</v>
+      </c>
+      <c r="E211" s="1052" t="s">
+        <v>178</v>
+      </c>
+      <c r="F211" s="1052" t="s">
+        <v>141</v>
+      </c>
+      <c r="G211" s="1054">
+        <v>25</v>
+      </c>
+      <c r="H211" s="1052" t="s">
+        <v>358</v>
+      </c>
+      <c r="I211" s="1054">
+        <v>1</v>
+      </c>
+      <c r="J211" s="1053" t="s">
+        <v>60</v>
+      </c>
+      <c r="K211" s="1053" t="s">
+        <v>62</v>
+      </c>
+      <c r="L211" s="1053" t="s">
+        <v>365</v>
+      </c>
+      <c r="M211" s="1053" t="s">
+        <v>366</v>
+      </c>
+      <c r="N211" s="1053" t="s">
+        <v>62</v>
+      </c>
+      <c r="O211" s="1053" t="s">
+        <v>62</v>
+      </c>
+      <c r="P211" s="1053" t="s">
+        <v>126</v>
+      </c>
+      <c r="Q211" s="1053" t="s">
+        <v>213</v>
+      </c>
+      <c r="R211" s="1053" t="s">
+        <v>33</v>
+      </c>
+      <c r="S211" s="1054" t="s">
+        <v>42</v>
+      </c>
+      <c r="T211" s="1055">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="212" spans="1:20">
+      <c r="A212" s="1056">
+        <v>4126046</v>
+      </c>
+      <c r="B212" s="1057" t="s">
+        <v>567</v>
+      </c>
+      <c r="C212" s="1057" t="s">
+        <v>21</v>
+      </c>
+      <c r="D212" s="1058" t="s">
+        <v>568</v>
+      </c>
+      <c r="E212" s="1057" t="s">
+        <v>147</v>
+      </c>
+      <c r="F212" s="1057" t="s">
+        <v>24</v>
+      </c>
+      <c r="G212" s="1059">
+        <v>25</v>
+      </c>
+      <c r="H212" s="1057" t="s">
+        <v>358</v>
+      </c>
+      <c r="I212" s="1059">
+        <v>1</v>
+      </c>
+      <c r="J212" s="1058" t="s">
+        <v>60</v>
+      </c>
+      <c r="K212" s="1058" t="s">
+        <v>569</v>
+      </c>
+      <c r="L212" s="1058" t="s">
+        <v>39</v>
+      </c>
+      <c r="M212" s="1058" t="s">
+        <v>570</v>
+      </c>
+      <c r="N212" s="1058" t="s">
+        <v>62</v>
+      </c>
+      <c r="O212" s="1058" t="s">
+        <v>62</v>
+      </c>
+      <c r="P212" s="1058"/>
+      <c r="Q212" s="1058"/>
+      <c r="R212" s="1058" t="s">
+        <v>206</v>
+      </c>
+      <c r="S212" s="1059" t="s">
+        <v>42</v>
+      </c>
+      <c r="T212" s="1060">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="213" spans="1:20">
+      <c r="A213" s="1061">
+        <v>4126146</v>
+      </c>
+      <c r="B213" s="1062" t="s">
+        <v>197</v>
+      </c>
+      <c r="C213" s="1062" t="s">
+        <v>51</v>
+      </c>
+      <c r="D213" s="1063" t="s">
+        <v>571</v>
+      </c>
+      <c r="E213" s="1062" t="s">
+        <v>199</v>
+      </c>
+      <c r="F213" s="1062" t="s">
+        <v>24</v>
+      </c>
+      <c r="G213" s="1064">
+        <v>25</v>
+      </c>
+      <c r="H213" s="1062" t="s">
+        <v>403</v>
+      </c>
+      <c r="I213" s="1064">
+        <v>2</v>
+      </c>
+      <c r="J213" s="1063" t="s">
+        <v>71</v>
+      </c>
+      <c r="K213" s="1063" t="s">
+        <v>200</v>
+      </c>
+      <c r="L213" s="1063" t="s">
+        <v>77</v>
+      </c>
+      <c r="M213" s="1063" t="s">
+        <v>201</v>
+      </c>
+      <c r="N213" s="1063" t="s">
+        <v>47</v>
+      </c>
+      <c r="O213" s="1063" t="s">
+        <v>57</v>
+      </c>
+      <c r="P213" s="1063"/>
+      <c r="Q213" s="1063"/>
+      <c r="R213" s="1063" t="s">
+        <v>33</v>
+      </c>
+      <c r="S213" s="1064" t="s">
+        <v>34</v>
+      </c>
+      <c r="T213" s="1065">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="214" spans="1:20">
+      <c r="A214" s="1066">
+        <v>4126101</v>
+      </c>
+      <c r="B214" s="1067" t="s">
+        <v>279</v>
+      </c>
+      <c r="C214" s="1067" t="s">
+        <v>280</v>
+      </c>
+      <c r="D214" s="1068" t="s">
+        <v>572</v>
+      </c>
+      <c r="E214" s="1067" t="s">
+        <v>178</v>
+      </c>
+      <c r="F214" s="1067" t="s">
+        <v>141</v>
+      </c>
+      <c r="G214" s="1069">
+        <v>25</v>
+      </c>
+      <c r="H214" s="1067" t="s">
+        <v>358</v>
+      </c>
+      <c r="I214" s="1069">
+        <v>1</v>
+      </c>
+      <c r="J214" s="1068" t="s">
+        <v>281</v>
+      </c>
+      <c r="K214" s="1068" t="s">
+        <v>281</v>
+      </c>
+      <c r="L214" s="1068" t="s">
+        <v>114</v>
+      </c>
+      <c r="M214" s="1068" t="s">
+        <v>282</v>
+      </c>
+      <c r="N214" s="1068" t="s">
+        <v>126</v>
+      </c>
+      <c r="O214" s="1068" t="s">
+        <v>283</v>
+      </c>
+      <c r="P214" s="1068" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q214" s="1068" t="s">
+        <v>104</v>
+      </c>
+      <c r="R214" s="1068" t="s">
+        <v>33</v>
+      </c>
+      <c r="S214" s="1069" t="s">
+        <v>34</v>
+      </c>
+      <c r="T214" s="1070">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="215" spans="1:20">
+      <c r="A215" s="1071">
+        <v>4126027</v>
+      </c>
+      <c r="B215" s="1072" t="s">
+        <v>224</v>
+      </c>
+      <c r="C215" s="1072" t="s">
+        <v>59</v>
+      </c>
+      <c r="D215" s="1073" t="s">
+        <v>573</v>
+      </c>
+      <c r="E215" s="1072" t="s">
+        <v>225</v>
+      </c>
+      <c r="F215" s="1072" t="s">
+        <v>24</v>
+      </c>
+      <c r="G215" s="1074">
+        <v>25</v>
+      </c>
+      <c r="H215" s="1072" t="s">
+        <v>358</v>
+      </c>
+      <c r="I215" s="1074">
+        <v>1</v>
+      </c>
+      <c r="J215" s="1073" t="s">
+        <v>226</v>
+      </c>
+      <c r="K215" s="1073" t="s">
+        <v>227</v>
+      </c>
+      <c r="L215" s="1073"/>
+      <c r="M215" s="1073"/>
+      <c r="N215" s="1073" t="s">
+        <v>62</v>
+      </c>
+      <c r="O215" s="1073" t="s">
+        <v>62</v>
+      </c>
+      <c r="P215" s="1073"/>
+      <c r="Q215" s="1073"/>
+      <c r="R215" s="1073" t="s">
+        <v>33</v>
+      </c>
+      <c r="S215" s="1074" t="s">
+        <v>42</v>
+      </c>
+      <c r="T215" s="1075">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="216" spans="1:20">
+      <c r="A216" s="1076">
+        <v>4126148</v>
+      </c>
+      <c r="B216" s="1077" t="s">
+        <v>574</v>
+      </c>
+      <c r="C216" s="1077" t="s">
+        <v>248</v>
+      </c>
+      <c r="D216" s="1078" t="s">
+        <v>575</v>
+      </c>
+      <c r="E216" s="1077" t="s">
+        <v>147</v>
+      </c>
+      <c r="F216" s="1077" t="s">
+        <v>24</v>
+      </c>
+      <c r="G216" s="1079">
+        <v>25</v>
+      </c>
+      <c r="H216" s="1077" t="s">
+        <v>358</v>
+      </c>
+      <c r="I216" s="1079">
+        <v>1</v>
+      </c>
+      <c r="J216" s="1078" t="s">
+        <v>92</v>
+      </c>
+      <c r="K216" s="1078" t="s">
+        <v>576</v>
+      </c>
+      <c r="L216" s="1078"/>
+      <c r="M216" s="1078"/>
+      <c r="N216" s="1078" t="s">
+        <v>96</v>
+      </c>
+      <c r="O216" s="1078" t="s">
+        <v>231</v>
+      </c>
+      <c r="P216" s="1078"/>
+      <c r="Q216" s="1078"/>
+      <c r="R216" s="1078" t="s">
+        <v>33</v>
+      </c>
+      <c r="S216" s="1079" t="s">
+        <v>42</v>
+      </c>
+      <c r="T216" s="1080">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="217" spans="1:20">
+      <c r="A217" s="1081">
+        <v>4126106</v>
+      </c>
+      <c r="B217" s="1082" t="s">
+        <v>577</v>
+      </c>
+      <c r="C217" s="1082" t="s">
+        <v>150</v>
+      </c>
+      <c r="D217" s="1083" t="s">
+        <v>578</v>
+      </c>
+      <c r="E217" s="1082" t="s">
+        <v>152</v>
+      </c>
+      <c r="F217" s="1082" t="s">
+        <v>141</v>
+      </c>
+      <c r="G217" s="1084">
+        <v>25</v>
+      </c>
+      <c r="H217" s="1082" t="s">
+        <v>358</v>
+      </c>
+      <c r="I217" s="1084">
+        <v>1</v>
+      </c>
+      <c r="J217" s="1083" t="s">
+        <v>101</v>
+      </c>
+      <c r="K217" s="1083" t="s">
+        <v>102</v>
+      </c>
+      <c r="L217" s="1083"/>
+      <c r="M217" s="1083"/>
+      <c r="N217" s="1083" t="s">
+        <v>73</v>
+      </c>
+      <c r="O217" s="1083" t="s">
+        <v>103</v>
+      </c>
+      <c r="P217" s="1083"/>
+      <c r="Q217" s="1083"/>
+      <c r="R217" s="1083" t="s">
+        <v>206</v>
+      </c>
+      <c r="S217" s="1084" t="s">
+        <v>34</v>
+      </c>
+      <c r="T217" s="1085">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="218" spans="1:20">
+      <c r="A218" s="1086">
+        <v>4126065</v>
+      </c>
+      <c r="B218" s="1087" t="s">
+        <v>235</v>
+      </c>
+      <c r="C218" s="1087" t="s">
+        <v>236</v>
+      </c>
+      <c r="D218" s="1088" t="s">
+        <v>579</v>
+      </c>
+      <c r="E218" s="1087" t="s">
+        <v>178</v>
+      </c>
+      <c r="F218" s="1087" t="s">
+        <v>141</v>
+      </c>
+      <c r="G218" s="1089">
+        <v>25</v>
+      </c>
+      <c r="H218" s="1087" t="s">
+        <v>358</v>
+      </c>
+      <c r="I218" s="1089">
+        <v>1</v>
+      </c>
+      <c r="J218" s="1088" t="s">
+        <v>45</v>
+      </c>
+      <c r="K218" s="1088" t="s">
+        <v>238</v>
+      </c>
+      <c r="L218" s="1088" t="s">
+        <v>107</v>
+      </c>
+      <c r="M218" s="1088" t="s">
+        <v>196</v>
+      </c>
+      <c r="N218" s="1088" t="s">
+        <v>73</v>
+      </c>
+      <c r="O218" s="1088" t="s">
+        <v>116</v>
+      </c>
+      <c r="P218" s="1088" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q218" s="1088" t="s">
+        <v>68</v>
+      </c>
+      <c r="R218" s="1088" t="s">
+        <v>33</v>
+      </c>
+      <c r="S218" s="1089" t="s">
+        <v>34</v>
+      </c>
+      <c r="T218" s="1090">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="219" spans="1:20">
+      <c r="A219" s="1091">
+        <v>4126168</v>
+      </c>
+      <c r="B219" s="1092" t="s">
+        <v>580</v>
+      </c>
+      <c r="C219" s="1092" t="s">
+        <v>581</v>
+      </c>
+      <c r="D219" s="1093" t="s">
+        <v>579</v>
+      </c>
+      <c r="E219" s="1092" t="s">
+        <v>178</v>
+      </c>
+      <c r="F219" s="1092" t="s">
+        <v>141</v>
+      </c>
+      <c r="G219" s="1094">
+        <v>25</v>
+      </c>
+      <c r="H219" s="1092" t="s">
+        <v>358</v>
+      </c>
+      <c r="I219" s="1094">
+        <v>1</v>
+      </c>
+      <c r="J219" s="1093" t="s">
+        <v>71</v>
+      </c>
+      <c r="K219" s="1093" t="s">
+        <v>316</v>
+      </c>
+      <c r="L219" s="1093"/>
+      <c r="M219" s="1093"/>
+      <c r="N219" s="1093" t="s">
+        <v>64</v>
+      </c>
+      <c r="O219" s="1093" t="s">
+        <v>65</v>
+      </c>
+      <c r="P219" s="1093" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q219" s="1093" t="s">
+        <v>66</v>
+      </c>
+      <c r="R219" s="1093" t="s">
+        <v>33</v>
+      </c>
+      <c r="S219" s="1094" t="s">
+        <v>42</v>
+      </c>
+      <c r="T219" s="1095">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="220" spans="1:20">
+      <c r="A220" s="1096">
+        <v>4126173</v>
+      </c>
+      <c r="B220" s="1097" t="s">
+        <v>582</v>
+      </c>
+      <c r="C220" s="1097" t="s">
+        <v>583</v>
+      </c>
+      <c r="D220" s="1098" t="s">
+        <v>584</v>
+      </c>
+      <c r="E220" s="1097" t="s">
+        <v>178</v>
+      </c>
+      <c r="F220" s="1097" t="s">
+        <v>141</v>
+      </c>
+      <c r="G220" s="1099">
+        <v>25</v>
+      </c>
+      <c r="H220" s="1097" t="s">
+        <v>358</v>
+      </c>
+      <c r="I220" s="1099">
+        <v>1</v>
+      </c>
+      <c r="J220" s="1098" t="s">
+        <v>194</v>
+      </c>
+      <c r="K220" s="1098" t="s">
+        <v>195</v>
+      </c>
+      <c r="L220" s="1098"/>
+      <c r="M220" s="1098"/>
+      <c r="N220" s="1098" t="s">
+        <v>47</v>
+      </c>
+      <c r="O220" s="1098" t="s">
+        <v>48</v>
+      </c>
+      <c r="P220" s="1098" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q220" s="1098" t="s">
+        <v>41</v>
+      </c>
+      <c r="R220" s="1098" t="s">
+        <v>33</v>
+      </c>
+      <c r="S220" s="1099" t="s">
+        <v>42</v>
+      </c>
+      <c r="T220" s="1100">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="221" spans="1:20">
+      <c r="A221" s="1101">
+        <v>4126196</v>
+      </c>
+      <c r="B221" s="1102" t="s">
+        <v>585</v>
+      </c>
+      <c r="C221" s="1102" t="s">
+        <v>188</v>
+      </c>
+      <c r="D221" s="1103" t="s">
+        <v>586</v>
+      </c>
+      <c r="E221" s="1102" t="s">
+        <v>587</v>
+      </c>
+      <c r="F221" s="1102" t="s">
+        <v>141</v>
+      </c>
+      <c r="G221" s="1104">
+        <v>25</v>
+      </c>
+      <c r="H221" s="1102" t="s">
+        <v>403</v>
+      </c>
+      <c r="I221" s="1104">
+        <v>2</v>
+      </c>
+      <c r="J221" s="1103" t="s">
+        <v>71</v>
+      </c>
+      <c r="K221" s="1103" t="s">
+        <v>190</v>
+      </c>
+      <c r="L221" s="1103"/>
+      <c r="M221" s="1103"/>
+      <c r="N221" s="1103" t="s">
+        <v>73</v>
+      </c>
+      <c r="O221" s="1103" t="s">
+        <v>74</v>
+      </c>
+      <c r="P221" s="1103" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q221" s="1103" t="s">
+        <v>74</v>
+      </c>
+      <c r="R221" s="1103" t="s">
+        <v>33</v>
+      </c>
+      <c r="S221" s="1104" t="s">
+        <v>42</v>
+      </c>
+      <c r="T221" s="1105" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="222" spans="1:20">
+      <c r="A222" s="1106">
+        <v>4126016</v>
+      </c>
+      <c r="B222" s="1107" t="s">
+        <v>588</v>
+      </c>
+      <c r="C222" s="1107" t="s">
+        <v>118</v>
+      </c>
+      <c r="D222" s="1108" t="s">
+        <v>589</v>
+      </c>
+      <c r="E222" s="1107" t="s">
+        <v>147</v>
+      </c>
+      <c r="F222" s="1107" t="s">
+        <v>24</v>
+      </c>
+      <c r="G222" s="1109">
+        <v>25</v>
+      </c>
+      <c r="H222" s="1107" t="s">
+        <v>358</v>
+      </c>
+      <c r="I222" s="1109">
+        <v>1</v>
+      </c>
+      <c r="J222" s="1108" t="s">
+        <v>101</v>
+      </c>
+      <c r="K222" s="1108" t="s">
+        <v>468</v>
+      </c>
+      <c r="L222" s="1108"/>
+      <c r="M222" s="1108"/>
+      <c r="N222" s="1108" t="s">
+        <v>73</v>
+      </c>
+      <c r="O222" s="1108" t="s">
+        <v>103</v>
+      </c>
+      <c r="P222" s="1108"/>
+      <c r="Q222" s="1108"/>
+      <c r="R222" s="1108" t="s">
+        <v>206</v>
+      </c>
+      <c r="S222" s="1109" t="s">
+        <v>34</v>
+      </c>
+      <c r="T222" s="1110">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="223" spans="1:20">
+      <c r="A223" s="1111">
+        <v>4126116</v>
+      </c>
+      <c r="B223" s="1112" t="s">
+        <v>590</v>
+      </c>
+      <c r="C223" s="1112"/>
+      <c r="D223" s="1113" t="s">
+        <v>591</v>
+      </c>
+      <c r="E223" s="1112" t="s">
+        <v>592</v>
+      </c>
+      <c r="F223" s="1112" t="s">
+        <v>141</v>
+      </c>
+      <c r="G223" s="1114">
+        <v>16</v>
+      </c>
+      <c r="H223" s="1112" t="s">
+        <v>358</v>
+      </c>
+      <c r="I223" s="1114">
+        <v>1</v>
+      </c>
+      <c r="J223" s="1113" t="s">
+        <v>101</v>
+      </c>
+      <c r="K223" s="1113" t="s">
+        <v>297</v>
+      </c>
+      <c r="L223" s="1113"/>
+      <c r="M223" s="1113"/>
+      <c r="N223" s="1113" t="s">
+        <v>73</v>
+      </c>
+      <c r="O223" s="1113" t="s">
+        <v>234</v>
+      </c>
+      <c r="P223" s="1113"/>
+      <c r="Q223" s="1113"/>
+      <c r="R223" s="1113" t="s">
+        <v>206</v>
+      </c>
+      <c r="S223" s="1114" t="s">
+        <v>34</v>
+      </c>
+      <c r="T223" s="1115">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="224" spans="1:20">
+      <c r="A224" s="1116">
+        <v>4126067</v>
+      </c>
+      <c r="B224" s="1117" t="s">
+        <v>311</v>
+      </c>
+      <c r="C224" s="1117" t="s">
+        <v>312</v>
+      </c>
+      <c r="D224" s="1118" t="s">
+        <v>593</v>
+      </c>
+      <c r="E224" s="1117" t="s">
+        <v>178</v>
+      </c>
+      <c r="F224" s="1117" t="s">
+        <v>141</v>
+      </c>
+      <c r="G224" s="1119">
+        <v>25</v>
+      </c>
+      <c r="H224" s="1117" t="s">
+        <v>358</v>
+      </c>
+      <c r="I224" s="1119">
+        <v>1</v>
+      </c>
+      <c r="J224" s="1118" t="s">
+        <v>101</v>
+      </c>
+      <c r="K224" s="1118" t="s">
+        <v>102</v>
+      </c>
+      <c r="L224" s="1118"/>
+      <c r="M224" s="1118"/>
+      <c r="N224" s="1118" t="s">
+        <v>73</v>
+      </c>
+      <c r="O224" s="1118" t="s">
+        <v>103</v>
+      </c>
+      <c r="P224" s="1118" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q224" s="1118" t="s">
+        <v>104</v>
+      </c>
+      <c r="R224" s="1118" t="s">
+        <v>206</v>
+      </c>
+      <c r="S224" s="1119" t="s">
+        <v>34</v>
+      </c>
+      <c r="T224" s="1120">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="225" spans="1:20">
+      <c r="A225" s="1121">
+        <v>4126161</v>
+      </c>
+      <c r="B225" s="1122" t="s">
+        <v>219</v>
+      </c>
+      <c r="C225" s="1122" t="s">
+        <v>220</v>
+      </c>
+      <c r="D225" s="1123" t="s">
+        <v>594</v>
+      </c>
+      <c r="E225" s="1122" t="s">
+        <v>178</v>
+      </c>
+      <c r="F225" s="1122" t="s">
+        <v>141</v>
+      </c>
+      <c r="G225" s="1124">
+        <v>25</v>
+      </c>
+      <c r="H225" s="1122" t="s">
+        <v>358</v>
+      </c>
+      <c r="I225" s="1124">
+        <v>1</v>
+      </c>
+      <c r="J225" s="1123" t="s">
+        <v>222</v>
+      </c>
+      <c r="K225" s="1123" t="s">
+        <v>223</v>
+      </c>
+      <c r="L225" s="1123"/>
+      <c r="M225" s="1123"/>
+      <c r="N225" s="1123" t="s">
+        <v>47</v>
+      </c>
+      <c r="O225" s="1123" t="s">
+        <v>49</v>
+      </c>
+      <c r="P225" s="1123"/>
+      <c r="Q225" s="1123"/>
+      <c r="R225" s="1123" t="s">
+        <v>33</v>
+      </c>
+      <c r="S225" s="1124" t="s">
+        <v>42</v>
+      </c>
+      <c r="T225" s="1125">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="226" spans="1:20">
+      <c r="A226" s="1126">
+        <v>4126174</v>
+      </c>
+      <c r="B226" s="1127" t="s">
+        <v>595</v>
+      </c>
+      <c r="C226" s="1127" t="s">
+        <v>76</v>
+      </c>
+      <c r="D226" s="1128" t="s">
+        <v>594</v>
+      </c>
+      <c r="E226" s="1127" t="s">
+        <v>178</v>
+      </c>
+      <c r="F226" s="1127" t="s">
+        <v>141</v>
+      </c>
+      <c r="G226" s="1129">
+        <v>25</v>
+      </c>
+      <c r="H226" s="1127" t="s">
+        <v>358</v>
+      </c>
+      <c r="I226" s="1129">
+        <v>1</v>
+      </c>
+      <c r="J226" s="1128" t="s">
+        <v>71</v>
+      </c>
+      <c r="K226" s="1128" t="s">
+        <v>240</v>
+      </c>
+      <c r="L226" s="1128"/>
+      <c r="M226" s="1128"/>
+      <c r="N226" s="1128" t="s">
+        <v>64</v>
+      </c>
+      <c r="O226" s="1128" t="s">
+        <v>241</v>
+      </c>
+      <c r="P226" s="1128"/>
+      <c r="Q226" s="1128"/>
+      <c r="R226" s="1128" t="s">
+        <v>33</v>
+      </c>
+      <c r="S226" s="1129" t="s">
+        <v>42</v>
+      </c>
+      <c r="T226" s="1130">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="227" spans="1:20">
+      <c r="A227" s="1131">
+        <v>4126118</v>
+      </c>
+      <c r="B227" s="1132" t="s">
+        <v>276</v>
+      </c>
+      <c r="C227" s="1132" t="s">
+        <v>277</v>
+      </c>
+      <c r="D227" s="1133" t="s">
+        <v>596</v>
+      </c>
+      <c r="E227" s="1132" t="s">
+        <v>178</v>
+      </c>
+      <c r="F227" s="1132" t="s">
+        <v>141</v>
+      </c>
+      <c r="G227" s="1134">
+        <v>25</v>
+      </c>
+      <c r="H227" s="1132" t="s">
+        <v>358</v>
+      </c>
+      <c r="I227" s="1134">
+        <v>1</v>
+      </c>
+      <c r="J227" s="1133" t="s">
+        <v>60</v>
+      </c>
+      <c r="K227" s="1133" t="s">
+        <v>278</v>
+      </c>
+      <c r="L227" s="1133"/>
+      <c r="M227" s="1133"/>
+      <c r="N227" s="1133" t="s">
+        <v>62</v>
+      </c>
+      <c r="O227" s="1133" t="s">
+        <v>62</v>
+      </c>
+      <c r="P227" s="1133" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q227" s="1133" t="s">
+        <v>103</v>
+      </c>
+      <c r="R227" s="1133" t="s">
+        <v>33</v>
+      </c>
+      <c r="S227" s="1134" t="s">
+        <v>42</v>
+      </c>
+      <c r="T227" s="1135">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="228" spans="1:20">
+      <c r="A228" s="1136">
+        <v>4126198</v>
+      </c>
+      <c r="B228" s="1137" t="s">
+        <v>597</v>
+      </c>
+      <c r="C228" s="1137" t="s">
+        <v>598</v>
+      </c>
+      <c r="D228" s="1138" t="s">
+        <v>596</v>
+      </c>
+      <c r="E228" s="1137" t="s">
+        <v>178</v>
+      </c>
+      <c r="F228" s="1137" t="s">
+        <v>141</v>
+      </c>
+      <c r="G228" s="1139">
+        <v>25</v>
+      </c>
+      <c r="H228" s="1137" t="s">
+        <v>358</v>
+      </c>
+      <c r="I228" s="1139">
+        <v>1</v>
+      </c>
+      <c r="J228" s="1138" t="s">
+        <v>87</v>
+      </c>
+      <c r="K228" s="1138" t="s">
+        <v>87</v>
+      </c>
+      <c r="L228" s="1138"/>
+      <c r="M228" s="1138"/>
+      <c r="N228" s="1138" t="s">
+        <v>64</v>
+      </c>
+      <c r="O228" s="1138" t="s">
+        <v>88</v>
+      </c>
+      <c r="P228" s="1138" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q228" s="1138" t="s">
+        <v>88</v>
+      </c>
+      <c r="R228" s="1138" t="s">
+        <v>33</v>
+      </c>
+      <c r="S228" s="1139" t="s">
+        <v>42</v>
+      </c>
+      <c r="T228" s="1140">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="229" spans="1:20">
+      <c r="A229" s="1141">
+        <v>4126039</v>
+      </c>
+      <c r="B229" s="1142" t="s">
+        <v>181</v>
+      </c>
+      <c r="C229" s="1142" t="s">
+        <v>182</v>
+      </c>
+      <c r="D229" s="1143" t="s">
+        <v>599</v>
+      </c>
+      <c r="E229" s="1142" t="s">
+        <v>184</v>
+      </c>
+      <c r="F229" s="1142" t="s">
+        <v>141</v>
+      </c>
+      <c r="G229" s="1144">
+        <v>25</v>
+      </c>
+      <c r="H229" s="1142" t="s">
+        <v>403</v>
+      </c>
+      <c r="I229" s="1144">
+        <v>2</v>
+      </c>
+      <c r="J229" s="1143" t="s">
+        <v>92</v>
+      </c>
+      <c r="K229" s="1143" t="s">
+        <v>55</v>
+      </c>
+      <c r="L229" s="1143" t="s">
+        <v>94</v>
+      </c>
+      <c r="M229" s="1143" t="s">
+        <v>55</v>
+      </c>
+      <c r="N229" s="1143" t="s">
+        <v>55</v>
+      </c>
+      <c r="O229" s="1143" t="s">
+        <v>186</v>
+      </c>
+      <c r="P229" s="1143"/>
+      <c r="Q229" s="1143"/>
+      <c r="R229" s="1143" t="s">
+        <v>33</v>
+      </c>
+      <c r="S229" s="1144" t="s">
+        <v>34</v>
+      </c>
+      <c r="T229" s="1145">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="230" spans="1:20">
+      <c r="A230" s="1146">
+        <v>4126050</v>
+      </c>
+      <c r="B230" s="1147" t="s">
+        <v>303</v>
+      </c>
+      <c r="C230" s="1147" t="s">
+        <v>59</v>
+      </c>
+      <c r="D230" s="1148" t="s">
+        <v>600</v>
+      </c>
+      <c r="E230" s="1147" t="s">
+        <v>225</v>
+      </c>
+      <c r="F230" s="1147" t="s">
+        <v>24</v>
+      </c>
+      <c r="G230" s="1149">
+        <v>25</v>
+      </c>
+      <c r="H230" s="1147" t="s">
+        <v>358</v>
+      </c>
+      <c r="I230" s="1149">
+        <v>1</v>
+      </c>
+      <c r="J230" s="1148" t="s">
+        <v>60</v>
+      </c>
+      <c r="K230" s="1148" t="s">
+        <v>61</v>
+      </c>
+      <c r="L230" s="1148"/>
+      <c r="M230" s="1148"/>
+      <c r="N230" s="1148" t="s">
+        <v>62</v>
+      </c>
+      <c r="O230" s="1148" t="s">
+        <v>62</v>
+      </c>
+      <c r="P230" s="1148"/>
+      <c r="Q230" s="1148"/>
+      <c r="R230" s="1148" t="s">
+        <v>33</v>
+      </c>
+      <c r="S230" s="1149" t="s">
+        <v>42</v>
+      </c>
+      <c r="T230" s="1150">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="231" spans="1:20">
+      <c r="A231" s="1151">
+        <v>4126031</v>
+      </c>
+      <c r="B231" s="1152" t="s">
+        <v>601</v>
+      </c>
+      <c r="C231" s="1152" t="s">
+        <v>146</v>
+      </c>
+      <c r="D231" s="1153" t="s">
+        <v>600</v>
+      </c>
+      <c r="E231" s="1152" t="s">
+        <v>147</v>
+      </c>
+      <c r="F231" s="1152" t="s">
+        <v>24</v>
+      </c>
+      <c r="G231" s="1154">
+        <v>25</v>
+      </c>
+      <c r="H231" s="1152" t="s">
+        <v>358</v>
+      </c>
+      <c r="I231" s="1154">
+        <v>1</v>
+      </c>
+      <c r="J231" s="1153" t="s">
+        <v>71</v>
+      </c>
+      <c r="K231" s="1153" t="s">
+        <v>72</v>
+      </c>
+      <c r="L231" s="1153"/>
+      <c r="M231" s="1153"/>
+      <c r="N231" s="1153" t="s">
+        <v>47</v>
+      </c>
+      <c r="O231" s="1153" t="s">
+        <v>79</v>
+      </c>
+      <c r="P231" s="1153"/>
+      <c r="Q231" s="1153"/>
+      <c r="R231" s="1153" t="s">
+        <v>33</v>
+      </c>
+      <c r="S231" s="1154" t="s">
+        <v>42</v>
+      </c>
+      <c r="T231" s="1155">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="232" spans="1:20">
+      <c r="A232" s="1156">
+        <v>4126182</v>
+      </c>
+      <c r="B232" s="1157" t="s">
+        <v>602</v>
+      </c>
+      <c r="C232" s="1157" t="s">
+        <v>603</v>
+      </c>
+      <c r="D232" s="1158" t="s">
+        <v>604</v>
+      </c>
+      <c r="E232" s="1157" t="s">
+        <v>178</v>
+      </c>
+      <c r="F232" s="1157" t="s">
+        <v>141</v>
+      </c>
+      <c r="G232" s="1159">
+        <v>25</v>
+      </c>
+      <c r="H232" s="1157" t="s">
+        <v>358</v>
+      </c>
+      <c r="I232" s="1159">
+        <v>1</v>
+      </c>
+      <c r="J232" s="1158" t="s">
+        <v>101</v>
+      </c>
+      <c r="K232" s="1158" t="s">
+        <v>102</v>
+      </c>
+      <c r="L232" s="1158"/>
+      <c r="M232" s="1158"/>
+      <c r="N232" s="1158" t="s">
+        <v>73</v>
+      </c>
+      <c r="O232" s="1158" t="s">
+        <v>103</v>
+      </c>
+      <c r="P232" s="1158"/>
+      <c r="Q232" s="1158"/>
+      <c r="R232" s="1158" t="s">
+        <v>206</v>
+      </c>
+      <c r="S232" s="1159" t="s">
+        <v>34</v>
+      </c>
+      <c r="T232" s="1160">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="233" spans="1:20">
+      <c r="A233" s="1161">
+        <v>4126078</v>
+      </c>
+      <c r="B233" s="1162" t="s">
+        <v>605</v>
+      </c>
+      <c r="C233" s="1162" t="s">
+        <v>269</v>
+      </c>
+      <c r="D233" s="1163" t="s">
+        <v>606</v>
+      </c>
+      <c r="E233" s="1162" t="s">
+        <v>147</v>
+      </c>
+      <c r="F233" s="1162" t="s">
+        <v>24</v>
+      </c>
+      <c r="G233" s="1164">
+        <v>25</v>
+      </c>
+      <c r="H233" s="1162" t="s">
+        <v>358</v>
+      </c>
+      <c r="I233" s="1164">
+        <v>1</v>
+      </c>
+      <c r="J233" s="1163" t="s">
+        <v>71</v>
+      </c>
+      <c r="K233" s="1163" t="s">
+        <v>316</v>
+      </c>
+      <c r="L233" s="1163"/>
+      <c r="M233" s="1163"/>
+      <c r="N233" s="1163" t="s">
+        <v>47</v>
+      </c>
+      <c r="O233" s="1163" t="s">
+        <v>49</v>
+      </c>
+      <c r="P233" s="1163"/>
+      <c r="Q233" s="1163"/>
+      <c r="R233" s="1163" t="s">
+        <v>33</v>
+      </c>
+      <c r="S233" s="1164" t="s">
+        <v>42</v>
+      </c>
+      <c r="T233" s="1165">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="234" spans="1:20">
+      <c r="A234" s="1166">
+        <v>4126098</v>
+      </c>
+      <c r="B234" s="1167" t="s">
+        <v>607</v>
+      </c>
+      <c r="C234" s="1167" t="s">
+        <v>401</v>
+      </c>
+      <c r="D234" s="1168" t="s">
+        <v>608</v>
+      </c>
+      <c r="E234" s="1167" t="s">
+        <v>178</v>
+      </c>
+      <c r="F234" s="1167" t="s">
+        <v>141</v>
+      </c>
+      <c r="G234" s="1169">
+        <v>25</v>
+      </c>
+      <c r="H234" s="1167" t="s">
+        <v>358</v>
+      </c>
+      <c r="I234" s="1169">
+        <v>1</v>
+      </c>
+      <c r="J234" s="1168" t="s">
+        <v>45</v>
+      </c>
+      <c r="K234" s="1168" t="s">
+        <v>46</v>
+      </c>
+      <c r="L234" s="1168"/>
+      <c r="M234" s="1168"/>
+      <c r="N234" s="1168" t="s">
+        <v>47</v>
+      </c>
+      <c r="O234" s="1168" t="s">
+        <v>48</v>
+      </c>
+      <c r="P234" s="1168"/>
+      <c r="Q234" s="1168"/>
+      <c r="R234" s="1168" t="s">
+        <v>33</v>
+      </c>
+      <c r="S234" s="1169" t="s">
+        <v>42</v>
+      </c>
+      <c r="T234" s="1170">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="235" spans="1:20">
+      <c r="A235" s="1171">
+        <v>4126081</v>
+      </c>
+      <c r="B235" s="1172" t="s">
+        <v>609</v>
+      </c>
+      <c r="C235" s="1172" t="s">
+        <v>269</v>
+      </c>
+      <c r="D235" s="1173" t="s">
+        <v>608</v>
+      </c>
+      <c r="E235" s="1172" t="s">
+        <v>147</v>
+      </c>
+      <c r="F235" s="1172" t="s">
+        <v>24</v>
+      </c>
+      <c r="G235" s="1174">
+        <v>25</v>
+      </c>
+      <c r="H235" s="1172" t="s">
+        <v>358</v>
+      </c>
+      <c r="I235" s="1174">
+        <v>1</v>
+      </c>
+      <c r="J235" s="1173" t="s">
+        <v>226</v>
+      </c>
+      <c r="K235" s="1173" t="s">
+        <v>113</v>
+      </c>
+      <c r="L235" s="1173" t="s">
+        <v>119</v>
+      </c>
+      <c r="M235" s="1173" t="s">
+        <v>258</v>
+      </c>
+      <c r="N235" s="1173" t="s">
+        <v>73</v>
+      </c>
+      <c r="O235" s="1173" t="s">
+        <v>116</v>
+      </c>
+      <c r="P235" s="1173"/>
+      <c r="Q235" s="1173"/>
+      <c r="R235" s="1173" t="s">
+        <v>33</v>
+      </c>
+      <c r="S235" s="1174" t="s">
+        <v>34</v>
+      </c>
+      <c r="T235" s="1175">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="236" spans="1:20">
+      <c r="A236" s="1176">
+        <v>4326011</v>
+      </c>
+      <c r="B236" s="1177" t="s">
+        <v>610</v>
+      </c>
+      <c r="C236" s="1177" t="s">
+        <v>21</v>
+      </c>
+      <c r="D236" s="1178" t="s">
+        <v>611</v>
+      </c>
+      <c r="E236" s="1177" t="s">
+        <v>23</v>
+      </c>
+      <c r="F236" s="1177" t="s">
+        <v>24</v>
+      </c>
+      <c r="G236" s="1179" t="s">
+        <v>25</v>
+      </c>
+      <c r="H236" s="1177" t="s">
+        <v>343</v>
+      </c>
+      <c r="I236" s="1179">
+        <v>1</v>
+      </c>
+      <c r="J236" s="1178" t="s">
+        <v>45</v>
+      </c>
+      <c r="K236" s="1178" t="s">
+        <v>46</v>
+      </c>
+      <c r="L236" s="1178" t="s">
+        <v>158</v>
+      </c>
+      <c r="M236" s="1178" t="s">
+        <v>159</v>
+      </c>
+      <c r="N236" s="1178" t="s">
+        <v>47</v>
+      </c>
+      <c r="O236" s="1178" t="s">
+        <v>48</v>
+      </c>
+      <c r="P236" s="1178" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q236" s="1178" t="s">
+        <v>160</v>
+      </c>
+      <c r="R236" s="1178" t="s">
+        <v>33</v>
+      </c>
+      <c r="S236" s="1179" t="s">
+        <v>42</v>
+      </c>
+      <c r="T236" s="1180">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="237" spans="1:20">
+      <c r="A237" s="1181">
+        <v>4326047</v>
+      </c>
+      <c r="B237" s="1182" t="s">
+        <v>612</v>
+      </c>
+      <c r="C237" s="1182" t="s">
+        <v>44</v>
+      </c>
+      <c r="D237" s="1183" t="s">
+        <v>611</v>
+      </c>
+      <c r="E237" s="1182" t="s">
+        <v>23</v>
+      </c>
+      <c r="F237" s="1182" t="s">
+        <v>24</v>
+      </c>
+      <c r="G237" s="1184" t="s">
+        <v>25</v>
+      </c>
+      <c r="H237" s="1182" t="s">
+        <v>343</v>
+      </c>
+      <c r="I237" s="1184">
+        <v>1</v>
+      </c>
+      <c r="J237" s="1183" t="s">
+        <v>45</v>
+      </c>
+      <c r="K237" s="1183" t="s">
+        <v>46</v>
+      </c>
+      <c r="L237" s="1183"/>
+      <c r="M237" s="1183"/>
+      <c r="N237" s="1183" t="s">
+        <v>47</v>
+      </c>
+      <c r="O237" s="1183" t="s">
+        <v>48</v>
+      </c>
+      <c r="P237" s="1183" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q237" s="1183" t="s">
+        <v>49</v>
+      </c>
+      <c r="R237" s="1183" t="s">
+        <v>33</v>
+      </c>
+      <c r="S237" s="1184" t="s">
+        <v>34</v>
+      </c>
+      <c r="T237" s="1185">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="238" spans="1:20">
+      <c r="A238" s="1186">
+        <v>4326053</v>
+      </c>
+      <c r="B238" s="1187" t="s">
+        <v>613</v>
+      </c>
+      <c r="C238" s="1187" t="s">
+        <v>130</v>
+      </c>
+      <c r="D238" s="1188" t="s">
+        <v>611</v>
+      </c>
+      <c r="E238" s="1187" t="s">
+        <v>23</v>
+      </c>
+      <c r="F238" s="1187" t="s">
+        <v>24</v>
+      </c>
+      <c r="G238" s="1189" t="s">
+        <v>25</v>
+      </c>
+      <c r="H238" s="1187" t="s">
+        <v>343</v>
+      </c>
+      <c r="I238" s="1189">
+        <v>1</v>
+      </c>
+      <c r="J238" s="1188" t="s">
+        <v>52</v>
+      </c>
+      <c r="K238" s="1188" t="s">
+        <v>52</v>
+      </c>
+      <c r="L238" s="1188" t="s">
+        <v>77</v>
+      </c>
+      <c r="M238" s="1188" t="s">
+        <v>346</v>
+      </c>
+      <c r="N238" s="1188" t="s">
+        <v>104</v>
+      </c>
+      <c r="O238" s="1188" t="s">
+        <v>104</v>
+      </c>
+      <c r="P238" s="1188"/>
+      <c r="Q238" s="1188"/>
+      <c r="R238" s="1188" t="s">
+        <v>33</v>
+      </c>
+      <c r="S238" s="1189" t="s">
+        <v>34</v>
+      </c>
+      <c r="T238" s="1190">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="239" spans="1:20">
+      <c r="A239" s="1191">
+        <v>4326059</v>
+      </c>
+      <c r="B239" s="1192" t="s">
+        <v>614</v>
+      </c>
+      <c r="C239" s="1192" t="s">
+        <v>51</v>
+      </c>
+      <c r="D239" s="1193" t="s">
+        <v>611</v>
+      </c>
+      <c r="E239" s="1192" t="s">
+        <v>23</v>
+      </c>
+      <c r="F239" s="1192" t="s">
+        <v>24</v>
+      </c>
+      <c r="G239" s="1194" t="s">
+        <v>25</v>
+      </c>
+      <c r="H239" s="1192" t="s">
+        <v>343</v>
+      </c>
+      <c r="I239" s="1194">
+        <v>1</v>
+      </c>
+      <c r="J239" s="1193" t="s">
+        <v>52</v>
+      </c>
+      <c r="K239" s="1193" t="s">
+        <v>52</v>
+      </c>
+      <c r="L239" s="1193" t="s">
+        <v>53</v>
+      </c>
+      <c r="M239" s="1193" t="s">
+        <v>54</v>
+      </c>
+      <c r="N239" s="1193" t="s">
+        <v>55</v>
+      </c>
+      <c r="O239" s="1193" t="s">
+        <v>56</v>
+      </c>
+      <c r="P239" s="1193" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q239" s="1193" t="s">
+        <v>57</v>
+      </c>
+      <c r="R239" s="1193" t="s">
+        <v>33</v>
+      </c>
+      <c r="S239" s="1194" t="s">
+        <v>34</v>
+      </c>
+      <c r="T239" s="1195">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="240" spans="1:20">
+      <c r="A240" s="1196">
+        <v>4326005</v>
+      </c>
+      <c r="B240" s="1197" t="s">
+        <v>615</v>
+      </c>
+      <c r="C240" s="1197" t="s">
+        <v>59</v>
+      </c>
+      <c r="D240" s="1198" t="s">
+        <v>611</v>
+      </c>
+      <c r="E240" s="1197" t="s">
+        <v>23</v>
+      </c>
+      <c r="F240" s="1197" t="s">
+        <v>24</v>
+      </c>
+      <c r="G240" s="1199" t="s">
+        <v>25</v>
+      </c>
+      <c r="H240" s="1197" t="s">
+        <v>343</v>
+      </c>
+      <c r="I240" s="1199">
+        <v>1</v>
+      </c>
+      <c r="J240" s="1198" t="s">
+        <v>60</v>
+      </c>
+      <c r="K240" s="1198" t="s">
+        <v>61</v>
+      </c>
+      <c r="L240" s="1198"/>
+      <c r="M240" s="1198"/>
+      <c r="N240" s="1198" t="s">
+        <v>62</v>
+      </c>
+      <c r="O240" s="1198" t="s">
+        <v>62</v>
+      </c>
+      <c r="P240" s="1198"/>
+      <c r="Q240" s="1198"/>
+      <c r="R240" s="1198" t="s">
+        <v>33</v>
+      </c>
+      <c r="S240" s="1199" t="s">
+        <v>42</v>
+      </c>
+      <c r="T240" s="1200">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="241" spans="1:20">
+      <c r="A241" s="1201">
+        <v>4326017</v>
+      </c>
+      <c r="B241" s="1202" t="s">
+        <v>616</v>
+      </c>
+      <c r="C241" s="1202" t="s">
+        <v>21</v>
+      </c>
+      <c r="D241" s="1203" t="s">
+        <v>611</v>
+      </c>
+      <c r="E241" s="1202" t="s">
+        <v>23</v>
+      </c>
+      <c r="F241" s="1202" t="s">
+        <v>24</v>
+      </c>
+      <c r="G241" s="1204" t="s">
+        <v>25</v>
+      </c>
+      <c r="H241" s="1202" t="s">
+        <v>343</v>
+      </c>
+      <c r="I241" s="1204">
+        <v>1</v>
+      </c>
+      <c r="J241" s="1203" t="s">
+        <v>60</v>
+      </c>
+      <c r="K241" s="1203" t="s">
+        <v>62</v>
+      </c>
+      <c r="L241" s="1203"/>
+      <c r="M241" s="1203"/>
+      <c r="N241" s="1203" t="s">
+        <v>62</v>
+      </c>
+      <c r="O241" s="1203" t="s">
+        <v>66</v>
+      </c>
+      <c r="P241" s="1203" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q241" s="1203" t="s">
+        <v>68</v>
+      </c>
+      <c r="R241" s="1203" t="s">
+        <v>33</v>
+      </c>
+      <c r="S241" s="1204" t="s">
+        <v>42</v>
+      </c>
+      <c r="T241" s="1205">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="242" spans="1:20">
+      <c r="A242" s="1206">
+        <v>4326023</v>
+      </c>
+      <c r="B242" s="1207" t="s">
+        <v>617</v>
+      </c>
+      <c r="C242" s="1207" t="s">
+        <v>21</v>
+      </c>
+      <c r="D242" s="1208" t="s">
+        <v>611</v>
+      </c>
+      <c r="E242" s="1207" t="s">
+        <v>23</v>
+      </c>
+      <c r="F242" s="1207" t="s">
+        <v>24</v>
+      </c>
+      <c r="G242" s="1209" t="s">
+        <v>25</v>
+      </c>
+      <c r="H242" s="1207" t="s">
+        <v>343</v>
+      </c>
+      <c r="I242" s="1209">
+        <v>1</v>
+      </c>
+      <c r="J242" s="1208" t="s">
+        <v>60</v>
+      </c>
+      <c r="K242" s="1208" t="s">
+        <v>62</v>
+      </c>
+      <c r="L242" s="1208"/>
+      <c r="M242" s="1208"/>
+      <c r="N242" s="1208" t="s">
+        <v>64</v>
+      </c>
+      <c r="O242" s="1208" t="s">
+        <v>65</v>
+      </c>
+      <c r="P242" s="1208" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q242" s="1208" t="s">
+        <v>66</v>
+      </c>
+      <c r="R242" s="1208" t="s">
+        <v>33</v>
+      </c>
+      <c r="S242" s="1209" t="s">
+        <v>34</v>
+      </c>
+      <c r="T242" s="1210">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="243" spans="1:20">
+      <c r="A243" s="1211">
+        <v>4326029</v>
+      </c>
+      <c r="B243" s="1212" t="s">
+        <v>618</v>
+      </c>
+      <c r="C243" s="1212" t="s">
+        <v>81</v>
+      </c>
+      <c r="D243" s="1213" t="s">
+        <v>611</v>
+      </c>
+      <c r="E243" s="1212" t="s">
+        <v>23</v>
+      </c>
+      <c r="F243" s="1212" t="s">
+        <v>24</v>
+      </c>
+      <c r="G243" s="1214" t="s">
+        <v>25</v>
+      </c>
+      <c r="H243" s="1212" t="s">
+        <v>343</v>
+      </c>
+      <c r="I243" s="1214">
+        <v>1</v>
+      </c>
+      <c r="J243" s="1213" t="s">
+        <v>71</v>
+      </c>
+      <c r="K243" s="1213" t="s">
+        <v>82</v>
+      </c>
+      <c r="L243" s="1213" t="s">
+        <v>77</v>
+      </c>
+      <c r="M243" s="1213" t="s">
+        <v>83</v>
+      </c>
+      <c r="N243" s="1213" t="s">
+        <v>47</v>
+      </c>
+      <c r="O243" s="1213" t="s">
+        <v>84</v>
+      </c>
+      <c r="P243" s="1213"/>
+      <c r="Q243" s="1213"/>
+      <c r="R243" s="1213" t="s">
+        <v>33</v>
+      </c>
+      <c r="S243" s="1214" t="s">
+        <v>42</v>
+      </c>
+      <c r="T243" s="1215">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="244" spans="1:20">
+      <c r="A244" s="1216">
+        <v>4326035</v>
+      </c>
+      <c r="B244" s="1217" t="s">
+        <v>619</v>
+      </c>
+      <c r="C244" s="1217" t="s">
+        <v>76</v>
+      </c>
+      <c r="D244" s="1218" t="s">
+        <v>611</v>
+      </c>
+      <c r="E244" s="1217" t="s">
+        <v>23</v>
+      </c>
+      <c r="F244" s="1217" t="s">
+        <v>24</v>
+      </c>
+      <c r="G244" s="1219" t="s">
+        <v>25</v>
+      </c>
+      <c r="H244" s="1217" t="s">
+        <v>343</v>
+      </c>
+      <c r="I244" s="1219">
+        <v>1</v>
+      </c>
+      <c r="J244" s="1218" t="s">
+        <v>71</v>
+      </c>
+      <c r="K244" s="1218"/>
+      <c r="L244" s="1218" t="s">
+        <v>77</v>
+      </c>
+      <c r="M244" s="1218" t="s">
+        <v>78</v>
+      </c>
+      <c r="N244" s="1218" t="s">
+        <v>47</v>
+      </c>
+      <c r="O244" s="1218" t="s">
+        <v>79</v>
+      </c>
+      <c r="P244" s="1218"/>
+      <c r="Q244" s="1218"/>
+      <c r="R244" s="1218" t="s">
+        <v>33</v>
+      </c>
+      <c r="S244" s="1219" t="s">
+        <v>34</v>
+      </c>
+      <c r="T244" s="1220">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="245" spans="1:20">
+      <c r="A245" s="1221">
+        <v>4326089</v>
+      </c>
+      <c r="B245" s="1222" t="s">
+        <v>620</v>
+      </c>
+      <c r="C245" s="1222" t="s">
+        <v>70</v>
+      </c>
+      <c r="D245" s="1223" t="s">
+        <v>611</v>
+      </c>
+      <c r="E245" s="1222" t="s">
+        <v>23</v>
+      </c>
+      <c r="F245" s="1222" t="s">
+        <v>24</v>
+      </c>
+      <c r="G245" s="1224" t="s">
+        <v>25</v>
+      </c>
+      <c r="H245" s="1222" t="s">
+        <v>343</v>
+      </c>
+      <c r="I245" s="1224">
+        <v>1</v>
+      </c>
+      <c r="J245" s="1223" t="s">
+        <v>71</v>
+      </c>
+      <c r="K245" s="1223" t="s">
+        <v>72</v>
+      </c>
+      <c r="L245" s="1223"/>
+      <c r="M245" s="1223"/>
+      <c r="N245" s="1223" t="s">
+        <v>73</v>
+      </c>
+      <c r="O245" s="1223" t="s">
+        <v>74</v>
+      </c>
+      <c r="P245" s="1223"/>
+      <c r="Q245" s="1223"/>
+      <c r="R245" s="1223" t="s">
+        <v>33</v>
+      </c>
+      <c r="S245" s="1224" t="s">
+        <v>34</v>
+      </c>
+      <c r="T245" s="1225">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="246" spans="1:20">
+      <c r="A246" s="1226">
+        <v>4126085</v>
+      </c>
+      <c r="B246" s="1227" t="s">
+        <v>621</v>
+      </c>
+      <c r="C246" s="1227" t="s">
+        <v>622</v>
+      </c>
+      <c r="D246" s="1228" t="s">
+        <v>623</v>
+      </c>
+      <c r="E246" s="1227" t="s">
+        <v>147</v>
+      </c>
+      <c r="F246" s="1227" t="s">
+        <v>24</v>
+      </c>
+      <c r="G246" s="1229">
+        <v>25</v>
+      </c>
+      <c r="H246" s="1227" t="s">
+        <v>358</v>
+      </c>
+      <c r="I246" s="1229">
+        <v>1</v>
+      </c>
+      <c r="J246" s="1228" t="s">
+        <v>281</v>
+      </c>
+      <c r="K246" s="1228" t="s">
+        <v>281</v>
+      </c>
+      <c r="L246" s="1228" t="s">
+        <v>624</v>
+      </c>
+      <c r="M246" s="1228" t="s">
+        <v>625</v>
+      </c>
+      <c r="N246" s="1228" t="s">
+        <v>126</v>
+      </c>
+      <c r="O246" s="1228" t="s">
+        <v>283</v>
+      </c>
+      <c r="P246" s="1228"/>
+      <c r="Q246" s="1228"/>
+      <c r="R246" s="1228" t="s">
+        <v>33</v>
+      </c>
+      <c r="S246" s="1229" t="s">
+        <v>42</v>
+      </c>
+      <c r="T246" s="1230">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="247" spans="1:20">
+      <c r="A247" s="1231">
+        <v>4326095</v>
+      </c>
+      <c r="B247" s="1232" t="s">
+        <v>626</v>
+      </c>
+      <c r="C247" s="1232" t="s">
+        <v>86</v>
+      </c>
+      <c r="D247" s="1233" t="s">
+        <v>611</v>
+      </c>
+      <c r="E247" s="1232" t="s">
+        <v>23</v>
+      </c>
+      <c r="F247" s="1232" t="s">
+        <v>24</v>
+      </c>
+      <c r="G247" s="1234" t="s">
+        <v>25</v>
+      </c>
+      <c r="H247" s="1232" t="s">
+        <v>343</v>
+      </c>
+      <c r="I247" s="1234">
+        <v>1</v>
+      </c>
+      <c r="J247" s="1233" t="s">
+        <v>87</v>
+      </c>
+      <c r="K247" s="1233" t="s">
+        <v>87</v>
+      </c>
+      <c r="L247" s="1233"/>
+      <c r="M247" s="1233"/>
+      <c r="N247" s="1233" t="s">
+        <v>64</v>
+      </c>
+      <c r="O247" s="1233" t="s">
+        <v>88</v>
+      </c>
+      <c r="P247" s="1233" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q247" s="1233" t="s">
+        <v>89</v>
+      </c>
+      <c r="R247" s="1233" t="s">
+        <v>33</v>
+      </c>
+      <c r="S247" s="1234" t="s">
+        <v>34</v>
+      </c>
+      <c r="T247" s="1235">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="248" spans="1:20">
+      <c r="A248" s="1236">
+        <v>4126064</v>
+      </c>
+      <c r="B248" s="1237" t="s">
+        <v>289</v>
+      </c>
+      <c r="C248" s="1237" t="s">
+        <v>290</v>
+      </c>
+      <c r="D248" s="1238" t="s">
+        <v>623</v>
+      </c>
+      <c r="E248" s="1237" t="s">
+        <v>147</v>
+      </c>
+      <c r="F248" s="1237" t="s">
+        <v>24</v>
+      </c>
+      <c r="G248" s="1239">
+        <v>25</v>
+      </c>
+      <c r="H248" s="1237" t="s">
+        <v>358</v>
+      </c>
+      <c r="I248" s="1239">
+        <v>1</v>
+      </c>
+      <c r="J248" s="1238" t="s">
+        <v>92</v>
+      </c>
+      <c r="K248" s="1238" t="s">
+        <v>292</v>
+      </c>
+      <c r="L248" s="1238" t="s">
+        <v>94</v>
+      </c>
+      <c r="M248" s="1238" t="s">
+        <v>95</v>
+      </c>
+      <c r="N248" s="1238" t="s">
+        <v>96</v>
+      </c>
+      <c r="O248" s="1238" t="s">
+        <v>97</v>
+      </c>
+      <c r="P248" s="1238"/>
+      <c r="Q248" s="1238"/>
+      <c r="R248" s="1238" t="s">
+        <v>33</v>
+      </c>
+      <c r="S248" s="1239" t="s">
+        <v>42</v>
+      </c>
+      <c r="T248" s="1240">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="249" spans="1:20">
+      <c r="A249" s="1241">
+        <v>4326077</v>
+      </c>
+      <c r="B249" s="1242" t="s">
+        <v>627</v>
+      </c>
+      <c r="C249" s="1242" t="s">
+        <v>91</v>
+      </c>
+      <c r="D249" s="1243" t="s">
+        <v>611</v>
+      </c>
+      <c r="E249" s="1242" t="s">
+        <v>23</v>
+      </c>
+      <c r="F249" s="1242" t="s">
+        <v>24</v>
+      </c>
+      <c r="G249" s="1244" t="s">
+        <v>25</v>
+      </c>
+      <c r="H249" s="1242" t="s">
+        <v>343</v>
+      </c>
+      <c r="I249" s="1244">
+        <v>1</v>
+      </c>
+      <c r="J249" s="1243" t="s">
+        <v>92</v>
+      </c>
+      <c r="K249" s="1243" t="s">
+        <v>93</v>
+      </c>
+      <c r="L249" s="1243" t="s">
+        <v>94</v>
+      </c>
+      <c r="M249" s="1243" t="s">
+        <v>55</v>
+      </c>
+      <c r="N249" s="1243" t="s">
+        <v>96</v>
+      </c>
+      <c r="O249" s="1243" t="s">
+        <v>97</v>
+      </c>
+      <c r="P249" s="1243"/>
+      <c r="Q249" s="1243"/>
+      <c r="R249" s="1243" t="s">
+        <v>33</v>
+      </c>
+      <c r="S249" s="1244" t="s">
+        <v>34</v>
+      </c>
+      <c r="T249" s="1245">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="250" spans="1:20">
+      <c r="A250" s="1246">
+        <v>4326083</v>
+      </c>
+      <c r="B250" s="1247" t="s">
+        <v>628</v>
+      </c>
+      <c r="C250" s="1247" t="s">
+        <v>91</v>
+      </c>
+      <c r="D250" s="1248" t="s">
+        <v>611</v>
+      </c>
+      <c r="E250" s="1247" t="s">
+        <v>23</v>
+      </c>
+      <c r="F250" s="1247" t="s">
+        <v>24</v>
+      </c>
+      <c r="G250" s="1249" t="s">
+        <v>25</v>
+      </c>
+      <c r="H250" s="1247" t="s">
+        <v>343</v>
+      </c>
+      <c r="I250" s="1249">
+        <v>1</v>
+      </c>
+      <c r="J250" s="1248" t="s">
+        <v>92</v>
+      </c>
+      <c r="K250" s="1248" t="s">
+        <v>93</v>
+      </c>
+      <c r="L250" s="1248" t="s">
+        <v>94</v>
+      </c>
+      <c r="M250" s="1248" t="s">
+        <v>95</v>
+      </c>
+      <c r="N250" s="1248" t="s">
+        <v>96</v>
+      </c>
+      <c r="O250" s="1248" t="s">
+        <v>97</v>
+      </c>
+      <c r="P250" s="1248"/>
+      <c r="Q250" s="1248"/>
+      <c r="R250" s="1248" t="s">
+        <v>33</v>
+      </c>
+      <c r="S250" s="1249" t="s">
+        <v>42</v>
+      </c>
+      <c r="T250" s="1250">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="251" spans="1:20">
+      <c r="A251" s="1251">
+        <v>4326041</v>
+      </c>
+      <c r="B251" s="1252" t="s">
+        <v>629</v>
+      </c>
+      <c r="C251" s="1252" t="s">
+        <v>111</v>
+      </c>
+      <c r="D251" s="1253" t="s">
+        <v>611</v>
+      </c>
+      <c r="E251" s="1252" t="s">
+        <v>23</v>
+      </c>
+      <c r="F251" s="1252" t="s">
+        <v>24</v>
+      </c>
+      <c r="G251" s="1254" t="s">
+        <v>25</v>
+      </c>
+      <c r="H251" s="1252" t="s">
+        <v>358</v>
+      </c>
+      <c r="I251" s="1254">
+        <v>1</v>
+      </c>
+      <c r="J251" s="1253" t="s">
+        <v>101</v>
+      </c>
+      <c r="K251" s="1253" t="s">
+        <v>113</v>
+      </c>
+      <c r="L251" s="1253" t="s">
+        <v>114</v>
+      </c>
+      <c r="M251" s="1253" t="s">
+        <v>115</v>
+      </c>
+      <c r="N251" s="1253" t="s">
+        <v>73</v>
+      </c>
+      <c r="O251" s="1253" t="s">
+        <v>116</v>
+      </c>
+      <c r="P251" s="1253" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q251" s="1253" t="s">
+        <v>104</v>
+      </c>
+      <c r="R251" s="1253" t="s">
+        <v>33</v>
+      </c>
+      <c r="S251" s="1254" t="s">
+        <v>34</v>
+      </c>
+      <c r="T251" s="1255">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="252" spans="1:20">
+      <c r="A252" s="1256">
+        <v>4326065</v>
+      </c>
+      <c r="B252" s="1257" t="s">
+        <v>630</v>
+      </c>
+      <c r="C252" s="1257" t="s">
+        <v>106</v>
+      </c>
+      <c r="D252" s="1258" t="s">
+        <v>611</v>
+      </c>
+      <c r="E252" s="1257" t="s">
+        <v>23</v>
+      </c>
+      <c r="F252" s="1257" t="s">
+        <v>24</v>
+      </c>
+      <c r="G252" s="1259" t="s">
+        <v>25</v>
+      </c>
+      <c r="H252" s="1257" t="s">
+        <v>343</v>
+      </c>
+      <c r="I252" s="1259">
+        <v>1</v>
+      </c>
+      <c r="J252" s="1258" t="s">
+        <v>101</v>
+      </c>
+      <c r="K252" s="1258"/>
+      <c r="L252" s="1258" t="s">
+        <v>107</v>
+      </c>
+      <c r="M252" s="1258" t="s">
+        <v>108</v>
+      </c>
+      <c r="N252" s="1258" t="s">
+        <v>96</v>
+      </c>
+      <c r="O252" s="1258" t="s">
+        <v>109</v>
+      </c>
+      <c r="P252" s="1258"/>
+      <c r="Q252" s="1258"/>
+      <c r="R252" s="1258" t="s">
+        <v>33</v>
+      </c>
+      <c r="S252" s="1259" t="s">
+        <v>34</v>
+      </c>
+      <c r="T252" s="1260">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="253" spans="1:20">
+      <c r="A253" s="1261">
+        <v>4326071</v>
+      </c>
+      <c r="B253" s="1262" t="s">
+        <v>631</v>
+      </c>
+      <c r="C253" s="1262" t="s">
+        <v>118</v>
+      </c>
+      <c r="D253" s="1263" t="s">
+        <v>611</v>
+      </c>
+      <c r="E253" s="1262" t="s">
+        <v>23</v>
+      </c>
+      <c r="F253" s="1262" t="s">
+        <v>24</v>
+      </c>
+      <c r="G253" s="1264" t="s">
+        <v>25</v>
+      </c>
+      <c r="H253" s="1262" t="s">
+        <v>343</v>
+      </c>
+      <c r="I253" s="1264">
+        <v>1</v>
+      </c>
+      <c r="J253" s="1263" t="s">
+        <v>101</v>
+      </c>
+      <c r="K253" s="1263" t="s">
+        <v>102</v>
+      </c>
+      <c r="L253" s="1263" t="s">
+        <v>119</v>
+      </c>
+      <c r="M253" s="1263" t="s">
+        <v>120</v>
+      </c>
+      <c r="N253" s="1263" t="s">
+        <v>73</v>
+      </c>
+      <c r="O253" s="1263" t="s">
+        <v>116</v>
+      </c>
+      <c r="P253" s="1263" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q253" s="1263" t="s">
+        <v>104</v>
+      </c>
+      <c r="R253" s="1263" t="s">
+        <v>33</v>
+      </c>
+      <c r="S253" s="1264" t="s">
+        <v>34</v>
+      </c>
+      <c r="T253" s="1265">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="254" spans="1:20">
+      <c r="A254" s="1266">
+        <v>4326101</v>
+      </c>
+      <c r="B254" s="1267" t="s">
+        <v>632</v>
+      </c>
+      <c r="C254" s="1267" t="s">
+        <v>100</v>
+      </c>
+      <c r="D254" s="1268" t="s">
+        <v>611</v>
+      </c>
+      <c r="E254" s="1267" t="s">
+        <v>23</v>
+      </c>
+      <c r="F254" s="1267" t="s">
+        <v>24</v>
+      </c>
+      <c r="G254" s="1269" t="s">
+        <v>25</v>
+      </c>
+      <c r="H254" s="1267" t="s">
+        <v>343</v>
+      </c>
+      <c r="I254" s="1269">
+        <v>1</v>
+      </c>
+      <c r="J254" s="1268" t="s">
+        <v>101</v>
+      </c>
+      <c r="K254" s="1268" t="s">
+        <v>102</v>
+      </c>
+      <c r="L254" s="1268"/>
+      <c r="M254" s="1268"/>
+      <c r="N254" s="1268" t="s">
+        <v>73</v>
+      </c>
+      <c r="O254" s="1268" t="s">
+        <v>103</v>
+      </c>
+      <c r="P254" s="1268" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q254" s="1268" t="s">
+        <v>104</v>
+      </c>
+      <c r="R254" s="1268" t="s">
+        <v>33</v>
+      </c>
+      <c r="S254" s="1269" t="s">
+        <v>42</v>
+      </c>
+      <c r="T254" s="1270">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="255" spans="1:20">
+      <c r="A255" s="1271">
+        <v>4126021</v>
+      </c>
+      <c r="B255" s="1272" t="s">
+        <v>175</v>
+      </c>
+      <c r="C255" s="1272" t="s">
+        <v>176</v>
+      </c>
+      <c r="D255" s="1273" t="s">
+        <v>633</v>
+      </c>
+      <c r="E255" s="1272" t="s">
+        <v>178</v>
+      </c>
+      <c r="F255" s="1272" t="s">
+        <v>141</v>
+      </c>
+      <c r="G255" s="1274">
+        <v>25</v>
+      </c>
+      <c r="H255" s="1272" t="s">
+        <v>358</v>
+      </c>
+      <c r="I255" s="1274">
+        <v>1</v>
+      </c>
+      <c r="J255" s="1273" t="s">
+        <v>179</v>
+      </c>
+      <c r="K255" s="1273" t="s">
+        <v>180</v>
+      </c>
+      <c r="L255" s="1273"/>
+      <c r="M255" s="1273"/>
+      <c r="N255" s="1273" t="s">
+        <v>31</v>
+      </c>
+      <c r="O255" s="1273" t="s">
+        <v>160</v>
+      </c>
+      <c r="P255" s="1273"/>
+      <c r="Q255" s="1273"/>
+      <c r="R255" s="1273" t="s">
+        <v>33</v>
+      </c>
+      <c r="S255" s="1274" t="s">
+        <v>34</v>
+      </c>
+      <c r="T255" s="1275">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="256" spans="1:20">
+      <c r="A256" s="1276">
+        <v>4126041</v>
+      </c>
+      <c r="B256" s="1277" t="s">
+        <v>634</v>
+      </c>
+      <c r="C256" s="1277" t="s">
+        <v>59</v>
+      </c>
+      <c r="D256" s="1278" t="s">
+        <v>633</v>
+      </c>
+      <c r="E256" s="1277" t="s">
+        <v>225</v>
+      </c>
+      <c r="F256" s="1277" t="s">
+        <v>24</v>
+      </c>
+      <c r="G256" s="1279">
+        <v>25</v>
+      </c>
+      <c r="H256" s="1277" t="s">
+        <v>358</v>
+      </c>
+      <c r="I256" s="1279">
+        <v>1</v>
+      </c>
+      <c r="J256" s="1278" t="s">
+        <v>226</v>
+      </c>
+      <c r="K256" s="1278" t="s">
+        <v>227</v>
+      </c>
+      <c r="L256" s="1278"/>
+      <c r="M256" s="1278"/>
+      <c r="N256" s="1278" t="s">
+        <v>73</v>
+      </c>
+      <c r="O256" s="1278" t="s">
+        <v>103</v>
+      </c>
+      <c r="P256" s="1278"/>
+      <c r="Q256" s="1278"/>
+      <c r="R256" s="1278" t="s">
+        <v>206</v>
+      </c>
+      <c r="S256" s="1279" t="s">
+        <v>42</v>
+      </c>
+      <c r="T256" s="1280">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="257" spans="1:20">
+      <c r="A257" s="1281">
+        <v>4126137</v>
+      </c>
+      <c r="B257" s="1282" t="s">
+        <v>635</v>
+      </c>
+      <c r="C257" s="1282" t="s">
+        <v>91</v>
+      </c>
+      <c r="D257" s="1283" t="s">
+        <v>636</v>
+      </c>
+      <c r="E257" s="1282" t="s">
+        <v>147</v>
+      </c>
+      <c r="F257" s="1282" t="s">
+        <v>24</v>
+      </c>
+      <c r="G257" s="1284">
+        <v>25</v>
+      </c>
+      <c r="H257" s="1282" t="s">
+        <v>358</v>
+      </c>
+      <c r="I257" s="1284">
+        <v>1</v>
+      </c>
+      <c r="J257" s="1283" t="s">
+        <v>92</v>
+      </c>
+      <c r="K257" s="1283" t="s">
+        <v>93</v>
+      </c>
+      <c r="L257" s="1283" t="s">
+        <v>94</v>
+      </c>
+      <c r="M257" s="1283" t="s">
+        <v>95</v>
+      </c>
+      <c r="N257" s="1283" t="s">
+        <v>96</v>
+      </c>
+      <c r="O257" s="1283" t="s">
+        <v>97</v>
+      </c>
+      <c r="P257" s="1283"/>
+      <c r="Q257" s="1283"/>
+      <c r="R257" s="1283" t="s">
+        <v>33</v>
+      </c>
+      <c r="S257" s="1284" t="s">
+        <v>34</v>
+      </c>
+      <c r="T257" s="1285">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="258" spans="1:20">
+      <c r="A258" s="1286">
+        <v>4126048</v>
+      </c>
+      <c r="B258" s="1287" t="s">
+        <v>637</v>
+      </c>
+      <c r="C258" s="1287" t="s">
+        <v>638</v>
+      </c>
+      <c r="D258" s="1288" t="s">
+        <v>639</v>
+      </c>
+      <c r="E258" s="1287" t="s">
+        <v>178</v>
+      </c>
+      <c r="F258" s="1287" t="s">
+        <v>141</v>
+      </c>
+      <c r="G258" s="1289">
+        <v>25</v>
+      </c>
+      <c r="H258" s="1287" t="s">
+        <v>358</v>
+      </c>
+      <c r="I258" s="1289">
+        <v>1</v>
+      </c>
+      <c r="J258" s="1288" t="s">
+        <v>71</v>
+      </c>
+      <c r="K258" s="1288" t="s">
+        <v>640</v>
+      </c>
+      <c r="L258" s="1288"/>
+      <c r="M258" s="1288"/>
+      <c r="N258" s="1288" t="s">
+        <v>64</v>
+      </c>
+      <c r="O258" s="1288" t="s">
+        <v>241</v>
+      </c>
+      <c r="P258" s="1288"/>
+      <c r="Q258" s="1288"/>
+      <c r="R258" s="1288" t="s">
+        <v>33</v>
+      </c>
+      <c r="S258" s="1289" t="s">
+        <v>42</v>
+      </c>
+      <c r="T258" s="1290">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="259" spans="1:20">
+      <c r="A259" s="1291">
+        <v>4126073</v>
+      </c>
+      <c r="B259" s="1292" t="s">
+        <v>336</v>
+      </c>
+      <c r="C259" s="1292" t="s">
+        <v>192</v>
+      </c>
+      <c r="D259" s="1293" t="s">
+        <v>639</v>
+      </c>
+      <c r="E259" s="1292" t="s">
+        <v>178</v>
+      </c>
+      <c r="F259" s="1292" t="s">
+        <v>141</v>
+      </c>
+      <c r="G259" s="1294">
+        <v>25</v>
+      </c>
+      <c r="H259" s="1292" t="s">
+        <v>358</v>
+      </c>
+      <c r="I259" s="1294">
+        <v>1</v>
+      </c>
+      <c r="J259" s="1293" t="s">
+        <v>71</v>
+      </c>
+      <c r="K259" s="1293" t="s">
+        <v>316</v>
+      </c>
+      <c r="L259" s="1293" t="s">
+        <v>77</v>
+      </c>
+      <c r="M259" s="1293" t="s">
+        <v>78</v>
+      </c>
+      <c r="N259" s="1293" t="s">
+        <v>47</v>
+      </c>
+      <c r="O259" s="1293" t="s">
+        <v>49</v>
+      </c>
+      <c r="P259" s="1293" t="s">
+        <v>126</v>
+      </c>
+      <c r="Q259" s="1293" t="s">
+        <v>127</v>
+      </c>
+      <c r="R259" s="1293" t="s">
+        <v>33</v>
+      </c>
+      <c r="S259" s="1294" t="s">
+        <v>42</v>
+      </c>
+      <c r="T259" s="1295">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="260" spans="1:20">
+      <c r="A260" s="1296">
+        <v>4126169</v>
+      </c>
+      <c r="B260" s="1297" t="s">
+        <v>641</v>
+      </c>
+      <c r="C260" s="1297" t="s">
+        <v>76</v>
+      </c>
+      <c r="D260" s="1298" t="s">
+        <v>642</v>
+      </c>
+      <c r="E260" s="1297" t="s">
+        <v>178</v>
+      </c>
+      <c r="F260" s="1297" t="s">
+        <v>141</v>
+      </c>
+      <c r="G260" s="1299">
+        <v>25</v>
+      </c>
+      <c r="H260" s="1297" t="s">
+        <v>358</v>
+      </c>
+      <c r="I260" s="1299">
+        <v>1</v>
+      </c>
+      <c r="J260" s="1298" t="s">
+        <v>71</v>
+      </c>
+      <c r="K260" s="1298" t="s">
+        <v>212</v>
+      </c>
+      <c r="L260" s="1298"/>
+      <c r="M260" s="1298"/>
+      <c r="N260" s="1298" t="s">
+        <v>47</v>
+      </c>
+      <c r="O260" s="1298" t="s">
+        <v>148</v>
+      </c>
+      <c r="P260" s="1298"/>
+      <c r="Q260" s="1298"/>
+      <c r="R260" s="1298" t="s">
+        <v>33</v>
+      </c>
+      <c r="S260" s="1299" t="s">
+        <v>42</v>
+      </c>
+      <c r="T260" s="1300">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="261" spans="1:20">
+      <c r="A261" s="1301">
+        <v>4126164</v>
+      </c>
+      <c r="B261" s="1302" t="s">
+        <v>228</v>
+      </c>
+      <c r="C261" s="1302" t="s">
+        <v>229</v>
+      </c>
+      <c r="D261" s="1303" t="s">
+        <v>643</v>
+      </c>
+      <c r="E261" s="1302" t="s">
+        <v>178</v>
+      </c>
+      <c r="F261" s="1302" t="s">
+        <v>141</v>
+      </c>
+      <c r="G261" s="1304">
+        <v>25</v>
+      </c>
+      <c r="H261" s="1302" t="s">
+        <v>358</v>
+      </c>
+      <c r="I261" s="1304">
+        <v>1</v>
+      </c>
+      <c r="J261" s="1303" t="s">
+        <v>92</v>
+      </c>
+      <c r="K261" s="1303" t="s">
+        <v>230</v>
+      </c>
+      <c r="L261" s="1303"/>
+      <c r="M261" s="1303"/>
+      <c r="N261" s="1303" t="s">
+        <v>31</v>
+      </c>
+      <c r="O261" s="1303" t="s">
+        <v>41</v>
+      </c>
+      <c r="P261" s="1303" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q261" s="1303" t="s">
+        <v>231</v>
+      </c>
+      <c r="R261" s="1303" t="s">
+        <v>33</v>
+      </c>
+      <c r="S261" s="1304" t="s">
+        <v>42</v>
+      </c>
+      <c r="T261" s="1305">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="262" spans="1:20">
+      <c r="A262" s="1306">
+        <v>4126083</v>
+      </c>
+      <c r="B262" s="1307" t="s">
+        <v>644</v>
+      </c>
+      <c r="C262" s="1307" t="s">
+        <v>106</v>
+      </c>
+      <c r="D262" s="1308" t="s">
+        <v>645</v>
+      </c>
+      <c r="E262" s="1307" t="s">
+        <v>147</v>
+      </c>
+      <c r="F262" s="1307" t="s">
+        <v>24</v>
+      </c>
+      <c r="G262" s="1309">
+        <v>25</v>
+      </c>
+      <c r="H262" s="1307" t="s">
+        <v>358</v>
+      </c>
+      <c r="I262" s="1309">
+        <v>1</v>
+      </c>
+      <c r="J262" s="1308" t="s">
+        <v>101</v>
+      </c>
+      <c r="K262" s="1308" t="s">
+        <v>113</v>
+      </c>
+      <c r="L262" s="1308"/>
+      <c r="M262" s="1308"/>
+      <c r="N262" s="1308" t="s">
+        <v>96</v>
+      </c>
+      <c r="O262" s="1308" t="s">
+        <v>109</v>
+      </c>
+      <c r="P262" s="1308"/>
+      <c r="Q262" s="1308"/>
+      <c r="R262" s="1308" t="s">
+        <v>33</v>
+      </c>
+      <c r="S262" s="1309" t="s">
+        <v>34</v>
+      </c>
+      <c r="T262" s="1310">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="263" spans="1:20">
+      <c r="A263" s="1311">
+        <v>4126022</v>
+      </c>
+      <c r="B263" s="1312" t="s">
+        <v>646</v>
+      </c>
+      <c r="C263" s="1312" t="s">
+        <v>111</v>
+      </c>
+      <c r="D263" s="1313" t="s">
+        <v>647</v>
+      </c>
+      <c r="E263" s="1312" t="s">
+        <v>178</v>
+      </c>
+      <c r="F263" s="1312" t="s">
+        <v>141</v>
+      </c>
+      <c r="G263" s="1314">
+        <v>25</v>
+      </c>
+      <c r="H263" s="1312" t="s">
+        <v>358</v>
+      </c>
+      <c r="I263" s="1314">
+        <v>1</v>
+      </c>
+      <c r="J263" s="1313" t="s">
+        <v>60</v>
+      </c>
+      <c r="K263" s="1313" t="s">
+        <v>223</v>
+      </c>
+      <c r="L263" s="1313"/>
+      <c r="M263" s="1313"/>
+      <c r="N263" s="1313" t="s">
+        <v>73</v>
+      </c>
+      <c r="O263" s="1313" t="s">
+        <v>103</v>
+      </c>
+      <c r="P263" s="1313"/>
+      <c r="Q263" s="1313"/>
+      <c r="R263" s="1313" t="s">
+        <v>33</v>
+      </c>
+      <c r="S263" s="1314" t="s">
+        <v>34</v>
+      </c>
+      <c r="T263" s="1315">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="264" spans="1:20">
+      <c r="A264" s="1316">
+        <v>4126111</v>
+      </c>
+      <c r="B264" s="1317" t="s">
+        <v>648</v>
+      </c>
+      <c r="C264" s="1317"/>
+      <c r="D264" s="1318" t="s">
+        <v>649</v>
+      </c>
+      <c r="E264" s="1317" t="s">
+        <v>650</v>
+      </c>
+      <c r="F264" s="1317" t="s">
+        <v>141</v>
+      </c>
+      <c r="G264" s="1319">
+        <v>25</v>
+      </c>
+      <c r="H264" s="1317" t="s">
+        <v>651</v>
+      </c>
+      <c r="I264" s="1319">
+        <v>10</v>
+      </c>
+      <c r="J264" s="1318"/>
+      <c r="K264" s="1318"/>
+      <c r="L264" s="1318"/>
+      <c r="M264" s="1318"/>
+      <c r="N264" s="1318" t="s">
+        <v>104</v>
+      </c>
+      <c r="O264" s="1318" t="s">
+        <v>104</v>
+      </c>
+      <c r="P264" s="1318"/>
+      <c r="Q264" s="1318"/>
+      <c r="R264" s="1318" t="s">
+        <v>33</v>
+      </c>
+      <c r="S264" s="1319" t="s">
+        <v>34</v>
+      </c>
+      <c r="T264" s="1320"/>
+    </row>
+    <row r="265" spans="1:20">
+      <c r="A265" s="1321">
+        <v>4126202</v>
+      </c>
+      <c r="B265" s="1322" t="s">
+        <v>652</v>
+      </c>
+      <c r="C265" s="1322" t="s">
+        <v>653</v>
+      </c>
+      <c r="D265" s="1323" t="s">
+        <v>654</v>
+      </c>
+      <c r="E265" s="1322" t="s">
+        <v>178</v>
+      </c>
+      <c r="F265" s="1322" t="s">
+        <v>141</v>
+      </c>
+      <c r="G265" s="1324">
+        <v>25</v>
+      </c>
+      <c r="H265" s="1322" t="s">
+        <v>358</v>
+      </c>
+      <c r="I265" s="1324">
+        <v>1</v>
+      </c>
+      <c r="J265" s="1323" t="s">
+        <v>194</v>
+      </c>
+      <c r="K265" s="1323" t="s">
+        <v>195</v>
+      </c>
+      <c r="L265" s="1323" t="s">
+        <v>158</v>
+      </c>
+      <c r="M265" s="1323" t="s">
+        <v>655</v>
+      </c>
+      <c r="N265" s="1323" t="s">
+        <v>104</v>
+      </c>
+      <c r="O265" s="1323" t="s">
+        <v>104</v>
+      </c>
+      <c r="P265" s="1323" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q265" s="1323" t="s">
+        <v>48</v>
+      </c>
+      <c r="R265" s="1323" t="s">
+        <v>33</v>
+      </c>
+      <c r="S265" s="1324" t="s">
+        <v>34</v>
+      </c>
+      <c r="T265" s="1325">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="266" spans="1:20">
+      <c r="A266" s="1326">
+        <v>4126154</v>
+      </c>
+      <c r="B266" s="1327" t="s">
+        <v>416</v>
+      </c>
+      <c r="C266" s="1327" t="s">
+        <v>130</v>
+      </c>
+      <c r="D266" s="1328" t="s">
+        <v>656</v>
+      </c>
+      <c r="E266" s="1327" t="s">
+        <v>178</v>
+      </c>
+      <c r="F266" s="1327" t="s">
+        <v>141</v>
+      </c>
+      <c r="G266" s="1329">
+        <v>25</v>
+      </c>
+      <c r="H266" s="1327" t="s">
+        <v>358</v>
+      </c>
+      <c r="I266" s="1329">
+        <v>1</v>
+      </c>
+      <c r="J266" s="1328" t="s">
+        <v>52</v>
+      </c>
+      <c r="K266" s="1328" t="s">
+        <v>52</v>
+      </c>
+      <c r="L266" s="1328" t="s">
+        <v>77</v>
+      </c>
+      <c r="M266" s="1328" t="s">
+        <v>346</v>
+      </c>
+      <c r="N266" s="1328" t="s">
+        <v>104</v>
+      </c>
+      <c r="O266" s="1328" t="s">
+        <v>104</v>
+      </c>
+      <c r="P266" s="1328" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q266" s="1328" t="s">
+        <v>65</v>
+      </c>
+      <c r="R266" s="1328" t="s">
+        <v>33</v>
+      </c>
+      <c r="S266" s="1329" t="s">
+        <v>34</v>
+      </c>
+      <c r="T266" s="1330">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="267" spans="1:20">
+      <c r="A267" s="1331">
+        <v>4126114</v>
+      </c>
+      <c r="B267" s="1332" t="s">
+        <v>657</v>
+      </c>
+      <c r="C267" s="1332" t="s">
+        <v>150</v>
+      </c>
+      <c r="D267" s="1333" t="s">
+        <v>656</v>
+      </c>
+      <c r="E267" s="1332" t="s">
+        <v>152</v>
+      </c>
+      <c r="F267" s="1332" t="s">
+        <v>141</v>
+      </c>
+      <c r="G267" s="1334">
+        <v>25</v>
+      </c>
+      <c r="H267" s="1332" t="s">
+        <v>358</v>
+      </c>
+      <c r="I267" s="1334">
+        <v>1</v>
+      </c>
+      <c r="J267" s="1333" t="s">
+        <v>92</v>
+      </c>
+      <c r="K267" s="1333" t="s">
+        <v>297</v>
+      </c>
+      <c r="L267" s="1333"/>
+      <c r="M267" s="1333"/>
+      <c r="N267" s="1333" t="s">
+        <v>73</v>
+      </c>
+      <c r="O267" s="1333" t="s">
+        <v>103</v>
+      </c>
+      <c r="P267" s="1333"/>
+      <c r="Q267" s="1333"/>
+      <c r="R267" s="1333" t="s">
+        <v>206</v>
+      </c>
+      <c r="S267" s="1334" t="s">
+        <v>42</v>
+      </c>
+      <c r="T267" s="1335">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="268" spans="1:20">
+      <c r="A268" s="1336">
+        <v>4126156</v>
+      </c>
+      <c r="B268" s="1337" t="s">
+        <v>436</v>
+      </c>
+      <c r="C268" s="1337" t="s">
+        <v>130</v>
+      </c>
+      <c r="D268" s="1338" t="s">
+        <v>658</v>
+      </c>
+      <c r="E268" s="1337" t="s">
+        <v>178</v>
+      </c>
+      <c r="F268" s="1337" t="s">
+        <v>141</v>
+      </c>
+      <c r="G268" s="1339">
+        <v>25</v>
+      </c>
+      <c r="H268" s="1337" t="s">
+        <v>358</v>
+      </c>
+      <c r="I268" s="1339">
+        <v>1</v>
+      </c>
+      <c r="J268" s="1338" t="s">
+        <v>71</v>
+      </c>
+      <c r="K268" s="1338" t="s">
+        <v>133</v>
+      </c>
+      <c r="L268" s="1338"/>
+      <c r="M268" s="1338"/>
+      <c r="N268" s="1338" t="s">
+        <v>104</v>
+      </c>
+      <c r="O268" s="1338" t="s">
+        <v>104</v>
+      </c>
+      <c r="P268" s="1338" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q268" s="1338" t="s">
+        <v>65</v>
+      </c>
+      <c r="R268" s="1338" t="s">
+        <v>33</v>
+      </c>
+      <c r="S268" s="1339" t="s">
+        <v>34</v>
+      </c>
+      <c r="T268" s="1340">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="269" spans="1:20">
+      <c r="A269" s="1341">
+        <v>4126100</v>
+      </c>
+      <c r="B269" s="1342" t="s">
+        <v>400</v>
+      </c>
+      <c r="C269" s="1342" t="s">
+        <v>401</v>
+      </c>
+      <c r="D269" s="1343" t="s">
+        <v>659</v>
+      </c>
+      <c r="E269" s="1342" t="s">
+        <v>307</v>
+      </c>
+      <c r="F269" s="1342" t="s">
+        <v>141</v>
+      </c>
+      <c r="G269" s="1344">
+        <v>25</v>
+      </c>
+      <c r="H269" s="1342" t="s">
+        <v>403</v>
+      </c>
+      <c r="I269" s="1344">
+        <v>2</v>
+      </c>
+      <c r="J269" s="1343" t="s">
+        <v>60</v>
+      </c>
+      <c r="K269" s="1343" t="s">
+        <v>62</v>
+      </c>
+      <c r="L269" s="1343"/>
+      <c r="M269" s="1343"/>
+      <c r="N269" s="1343" t="s">
+        <v>62</v>
+      </c>
+      <c r="O269" s="1343" t="s">
+        <v>62</v>
+      </c>
+      <c r="P269" s="1343" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q269" s="1343" t="s">
+        <v>104</v>
+      </c>
+      <c r="R269" s="1343" t="s">
+        <v>33</v>
+      </c>
+      <c r="S269" s="1344" t="s">
+        <v>34</v>
+      </c>
+      <c r="T269" s="1345">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="270" spans="1:20">
+      <c r="A270" s="1346">
+        <v>4126056</v>
+      </c>
+      <c r="B270" s="1347" t="s">
+        <v>660</v>
+      </c>
+      <c r="C270" s="1347" t="s">
+        <v>661</v>
+      </c>
+      <c r="D270" s="1348" t="s">
+        <v>662</v>
+      </c>
+      <c r="E270" s="1347" t="s">
+        <v>178</v>
+      </c>
+      <c r="F270" s="1347" t="s">
+        <v>141</v>
+      </c>
+      <c r="G270" s="1349">
+        <v>25</v>
+      </c>
+      <c r="H270" s="1347" t="s">
+        <v>358</v>
+      </c>
+      <c r="I270" s="1349">
+        <v>1</v>
+      </c>
+      <c r="J270" s="1348" t="s">
+        <v>87</v>
+      </c>
+      <c r="K270" s="1348" t="s">
+        <v>87</v>
+      </c>
+      <c r="L270" s="1348"/>
+      <c r="M270" s="1348"/>
+      <c r="N270" s="1348" t="s">
+        <v>104</v>
+      </c>
+      <c r="O270" s="1348" t="s">
+        <v>104</v>
+      </c>
+      <c r="P270" s="1348" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q270" s="1348" t="s">
+        <v>88</v>
+      </c>
+      <c r="R270" s="1348" t="s">
+        <v>33</v>
+      </c>
+      <c r="S270" s="1349" t="s">
+        <v>34</v>
+      </c>
+      <c r="T270" s="1350">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="271" spans="1:20">
+      <c r="A271" s="1351">
+        <v>4126183</v>
+      </c>
+      <c r="B271" s="1352" t="s">
+        <v>663</v>
+      </c>
+      <c r="C271" s="1352" t="s">
+        <v>51</v>
+      </c>
+      <c r="D271" s="1353" t="s">
+        <v>664</v>
+      </c>
+      <c r="E271" s="1352" t="s">
+        <v>199</v>
+      </c>
+      <c r="F271" s="1352" t="s">
+        <v>24</v>
+      </c>
+      <c r="G271" s="1354">
+        <v>25</v>
+      </c>
+      <c r="H271" s="1352" t="s">
+        <v>403</v>
+      </c>
+      <c r="I271" s="1354">
+        <v>2</v>
+      </c>
+      <c r="J271" s="1353" t="s">
+        <v>87</v>
+      </c>
+      <c r="K271" s="1353" t="s">
+        <v>87</v>
+      </c>
+      <c r="L271" s="1353"/>
+      <c r="M271" s="1353"/>
+      <c r="N271" s="1353" t="s">
+        <v>64</v>
+      </c>
+      <c r="O271" s="1353" t="s">
+        <v>88</v>
+      </c>
+      <c r="P271" s="1353" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q271" s="1353" t="s">
+        <v>88</v>
+      </c>
+      <c r="R271" s="1353" t="s">
+        <v>33</v>
+      </c>
+      <c r="S271" s="1354" t="s">
+        <v>42</v>
+      </c>
+      <c r="T271" s="1355">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="272" spans="1:20">
+      <c r="A272" s="1356">
+        <v>4126093</v>
+      </c>
+      <c r="B272" s="1357" t="s">
+        <v>377</v>
+      </c>
+      <c r="C272" s="1357" t="s">
+        <v>182</v>
+      </c>
+      <c r="D272" s="1358" t="s">
+        <v>665</v>
+      </c>
+      <c r="E272" s="1357" t="s">
+        <v>178</v>
+      </c>
+      <c r="F272" s="1357" t="s">
+        <v>141</v>
+      </c>
+      <c r="G272" s="1359">
+        <v>25</v>
+      </c>
+      <c r="H272" s="1357" t="s">
+        <v>358</v>
+      </c>
+      <c r="I272" s="1359">
+        <v>1</v>
+      </c>
+      <c r="J272" s="1358" t="s">
+        <v>300</v>
+      </c>
+      <c r="K272" s="1358" t="s">
+        <v>379</v>
+      </c>
+      <c r="L272" s="1358" t="s">
+        <v>94</v>
+      </c>
+      <c r="M272" s="1358" t="s">
+        <v>55</v>
+      </c>
+      <c r="N272" s="1358" t="s">
+        <v>104</v>
+      </c>
+      <c r="O272" s="1358" t="s">
+        <v>104</v>
+      </c>
+      <c r="P272" s="1358" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q272" s="1358" t="s">
+        <v>186</v>
+      </c>
+      <c r="R272" s="1358" t="s">
+        <v>33</v>
+      </c>
+      <c r="S272" s="1359" t="s">
+        <v>34</v>
+      </c>
+      <c r="T272" s="1360">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="273" spans="1:20">
+      <c r="A273" s="1361">
+        <v>4126038</v>
+      </c>
+      <c r="B273" s="1362" t="s">
+        <v>666</v>
+      </c>
+      <c r="C273" s="1362" t="s">
+        <v>385</v>
+      </c>
+      <c r="D273" s="1363" t="s">
+        <v>667</v>
+      </c>
+      <c r="E273" s="1362" t="s">
+        <v>668</v>
+      </c>
+      <c r="F273" s="1362" t="s">
+        <v>141</v>
+      </c>
+      <c r="G273" s="1364">
+        <v>25</v>
+      </c>
+      <c r="H273" s="1362" t="s">
+        <v>467</v>
+      </c>
+      <c r="I273" s="1364">
+        <v>3</v>
+      </c>
+      <c r="J273" s="1363" t="s">
+        <v>669</v>
+      </c>
+      <c r="K273" s="1363" t="s">
+        <v>670</v>
+      </c>
+      <c r="L273" s="1363"/>
+      <c r="M273" s="1363"/>
+      <c r="N273" s="1363" t="s">
+        <v>104</v>
+      </c>
+      <c r="O273" s="1363" t="s">
+        <v>104</v>
+      </c>
+      <c r="P273" s="1363" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q273" s="1363" t="s">
+        <v>65</v>
+      </c>
+      <c r="R273" s="1363" t="s">
+        <v>33</v>
+      </c>
+      <c r="S273" s="1364" t="s">
+        <v>34</v>
+      </c>
+      <c r="T273" s="1365">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="274" spans="1:20">
+      <c r="A274" s="1366">
+        <v>4126160</v>
+      </c>
+      <c r="B274" s="1367" t="s">
+        <v>559</v>
+      </c>
+      <c r="C274" s="1367" t="s">
+        <v>405</v>
+      </c>
+      <c r="D274" s="1368" t="s">
+        <v>671</v>
+      </c>
+      <c r="E274" s="1367" t="s">
+        <v>561</v>
+      </c>
+      <c r="F274" s="1367" t="s">
+        <v>141</v>
+      </c>
+      <c r="G274" s="1369">
+        <v>25</v>
+      </c>
+      <c r="H274" s="1367" t="s">
+        <v>408</v>
+      </c>
+      <c r="I274" s="1369">
+        <v>4</v>
+      </c>
+      <c r="J274" s="1368" t="s">
+        <v>194</v>
+      </c>
+      <c r="K274" s="1368" t="s">
+        <v>562</v>
+      </c>
+      <c r="L274" s="1368" t="s">
+        <v>77</v>
+      </c>
+      <c r="M274" s="1368" t="s">
+        <v>563</v>
+      </c>
+      <c r="N274" s="1368" t="s">
+        <v>47</v>
+      </c>
+      <c r="O274" s="1368" t="s">
+        <v>79</v>
+      </c>
+      <c r="P274" s="1368"/>
+      <c r="Q274" s="1368"/>
+      <c r="R274" s="1368" t="s">
+        <v>33</v>
+      </c>
+      <c r="S274" s="1369" t="s">
+        <v>42</v>
+      </c>
+      <c r="T274" s="1370">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="275" spans="1:20">
+      <c r="A275" s="1371">
+        <v>4126014</v>
+      </c>
+      <c r="B275" s="1372" t="s">
+        <v>446</v>
+      </c>
+      <c r="C275" s="1372" t="s">
+        <v>447</v>
+      </c>
+      <c r="D275" s="1373" t="s">
+        <v>672</v>
+      </c>
+      <c r="E275" s="1372" t="s">
+        <v>225</v>
+      </c>
+      <c r="F275" s="1372" t="s">
+        <v>24</v>
+      </c>
+      <c r="G275" s="1374">
+        <v>25</v>
+      </c>
+      <c r="H275" s="1372" t="s">
+        <v>358</v>
+      </c>
+      <c r="I275" s="1374">
+        <v>1</v>
+      </c>
+      <c r="J275" s="1373" t="s">
+        <v>101</v>
+      </c>
+      <c r="K275" s="1373" t="s">
+        <v>102</v>
+      </c>
+      <c r="L275" s="1373" t="s">
+        <v>119</v>
+      </c>
+      <c r="M275" s="1373" t="s">
+        <v>448</v>
+      </c>
+      <c r="N275" s="1373" t="s">
+        <v>73</v>
+      </c>
+      <c r="O275" s="1373" t="s">
+        <v>103</v>
+      </c>
+      <c r="P275" s="1373"/>
+      <c r="Q275" s="1373"/>
+      <c r="R275" s="1373" t="s">
+        <v>206</v>
+      </c>
+      <c r="S275" s="1374" t="s">
+        <v>34</v>
+      </c>
+      <c r="T275" s="1375">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="276" spans="1:20">
+      <c r="A276" s="1376">
+        <v>4126053</v>
+      </c>
+      <c r="B276" s="1377" t="s">
+        <v>673</v>
+      </c>
+      <c r="C276" s="1377" t="s">
+        <v>21</v>
+      </c>
+      <c r="D276" s="1378" t="s">
+        <v>674</v>
+      </c>
+      <c r="E276" s="1377" t="s">
+        <v>178</v>
+      </c>
+      <c r="F276" s="1377" t="s">
+        <v>141</v>
+      </c>
+      <c r="G276" s="1379">
+        <v>25</v>
+      </c>
+      <c r="H276" s="1377" t="s">
+        <v>358</v>
+      </c>
+      <c r="I276" s="1379">
+        <v>1</v>
+      </c>
+      <c r="J276" s="1378" t="s">
+        <v>669</v>
+      </c>
+      <c r="K276" s="1378" t="s">
+        <v>675</v>
+      </c>
+      <c r="L276" s="1378"/>
+      <c r="M276" s="1378"/>
+      <c r="N276" s="1378" t="s">
+        <v>47</v>
+      </c>
+      <c r="O276" s="1378" t="s">
+        <v>48</v>
+      </c>
+      <c r="P276" s="1378"/>
+      <c r="Q276" s="1378"/>
+      <c r="R276" s="1378" t="s">
+        <v>33</v>
+      </c>
+      <c r="S276" s="1379" t="s">
+        <v>42</v>
+      </c>
+      <c r="T276" s="1380">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="277" spans="1:20">
+      <c r="A277" s="1381">
+        <v>4126123</v>
+      </c>
+      <c r="B277" s="1382" t="s">
+        <v>676</v>
+      </c>
+      <c r="C277" s="1382" t="s">
+        <v>464</v>
+      </c>
+      <c r="D277" s="1383" t="s">
+        <v>677</v>
+      </c>
+      <c r="E277" s="1382" t="s">
+        <v>678</v>
+      </c>
+      <c r="F277" s="1382" t="s">
+        <v>141</v>
+      </c>
+      <c r="G277" s="1384">
+        <v>20</v>
+      </c>
+      <c r="H277" s="1382" t="s">
+        <v>467</v>
+      </c>
+      <c r="I277" s="1384">
+        <v>3</v>
+      </c>
+      <c r="J277" s="1383" t="s">
+        <v>101</v>
+      </c>
+      <c r="K277" s="1383" t="s">
+        <v>468</v>
+      </c>
+      <c r="L277" s="1383"/>
+      <c r="M277" s="1383"/>
+      <c r="N277" s="1383" t="s">
+        <v>73</v>
+      </c>
+      <c r="O277" s="1383" t="s">
+        <v>234</v>
+      </c>
+      <c r="P277" s="1383"/>
+      <c r="Q277" s="1383"/>
+      <c r="R277" s="1383" t="s">
+        <v>206</v>
+      </c>
+      <c r="S277" s="1384" t="s">
+        <v>34</v>
+      </c>
+      <c r="T277" s="1385" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="278" spans="1:20">
+      <c r="A278" s="1386">
+        <v>4126077</v>
+      </c>
+      <c r="B278" s="1387" t="s">
+        <v>393</v>
+      </c>
+      <c r="C278" s="1387" t="s">
+        <v>394</v>
+      </c>
+      <c r="D278" s="1388" t="s">
+        <v>679</v>
+      </c>
+      <c r="E278" s="1387" t="s">
+        <v>132</v>
+      </c>
+      <c r="F278" s="1387" t="s">
+        <v>24</v>
+      </c>
+      <c r="G278" s="1389">
+        <v>25</v>
+      </c>
+      <c r="H278" s="1387" t="s">
+        <v>343</v>
+      </c>
+      <c r="I278" s="1389">
+        <v>1</v>
+      </c>
+      <c r="J278" s="1388" t="s">
+        <v>71</v>
+      </c>
+      <c r="K278" s="1388" t="s">
+        <v>82</v>
+      </c>
+      <c r="L278" s="1388" t="s">
+        <v>77</v>
+      </c>
+      <c r="M278" s="1388" t="s">
+        <v>83</v>
+      </c>
+      <c r="N278" s="1388" t="s">
+        <v>47</v>
+      </c>
+      <c r="O278" s="1388" t="s">
+        <v>84</v>
+      </c>
+      <c r="P278" s="1388" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q278" s="1388" t="s">
+        <v>57</v>
+      </c>
+      <c r="R278" s="1388" t="s">
+        <v>33</v>
+      </c>
+      <c r="S278" s="1389" t="s">
+        <v>34</v>
+      </c>
+      <c r="T278" s="1390">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="279" spans="1:20">
+      <c r="A279" s="1391">
+        <v>4126107</v>
+      </c>
+      <c r="B279" s="1392" t="s">
+        <v>680</v>
+      </c>
+      <c r="C279" s="1392" t="s">
+        <v>150</v>
+      </c>
+      <c r="D279" s="1393" t="s">
+        <v>679</v>
+      </c>
+      <c r="E279" s="1392" t="s">
+        <v>152</v>
+      </c>
+      <c r="F279" s="1392" t="s">
+        <v>141</v>
+      </c>
+      <c r="G279" s="1394">
+        <v>25</v>
+      </c>
+      <c r="H279" s="1392" t="s">
+        <v>358</v>
+      </c>
+      <c r="I279" s="1394">
+        <v>1</v>
+      </c>
+      <c r="J279" s="1393" t="s">
+        <v>101</v>
+      </c>
+      <c r="K279" s="1393" t="s">
+        <v>102</v>
+      </c>
+      <c r="L279" s="1393"/>
+      <c r="M279" s="1393"/>
+      <c r="N279" s="1393" t="s">
+        <v>73</v>
+      </c>
+      <c r="O279" s="1393" t="s">
+        <v>103</v>
+      </c>
+      <c r="P279" s="1393"/>
+      <c r="Q279" s="1393"/>
+      <c r="R279" s="1393" t="s">
+        <v>206</v>
+      </c>
+      <c r="S279" s="1394" t="s">
+        <v>42</v>
+      </c>
+      <c r="T279" s="1395">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="280" spans="1:20">
+      <c r="A280" s="1396">
+        <v>4126033</v>
+      </c>
+      <c r="B280" s="1397" t="s">
+        <v>681</v>
+      </c>
+      <c r="C280" s="1397" t="s">
+        <v>385</v>
+      </c>
+      <c r="D280" s="1398" t="s">
+        <v>682</v>
+      </c>
+      <c r="E280" s="1397" t="s">
+        <v>147</v>
+      </c>
+      <c r="F280" s="1397" t="s">
+        <v>24</v>
+      </c>
+      <c r="G280" s="1399">
+        <v>25</v>
+      </c>
+      <c r="H280" s="1397" t="s">
+        <v>358</v>
+      </c>
+      <c r="I280" s="1399">
+        <v>1</v>
+      </c>
+      <c r="J280" s="1398" t="s">
+        <v>60</v>
+      </c>
+      <c r="K280" s="1398" t="s">
+        <v>62</v>
+      </c>
+      <c r="L280" s="1398"/>
+      <c r="M280" s="1398"/>
+      <c r="N280" s="1398" t="s">
+        <v>62</v>
+      </c>
+      <c r="O280" s="1398" t="s">
+        <v>62</v>
+      </c>
+      <c r="P280" s="1398"/>
+      <c r="Q280" s="1398"/>
+      <c r="R280" s="1398" t="s">
+        <v>33</v>
+      </c>
+      <c r="S280" s="1399" t="s">
+        <v>42</v>
+      </c>
+      <c r="T280" s="1400">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="281" spans="1:20">
+      <c r="A281" s="1401">
+        <v>4126023</v>
+      </c>
+      <c r="B281" s="1402" t="s">
+        <v>683</v>
+      </c>
+      <c r="C281" s="1402" t="s">
+        <v>684</v>
+      </c>
+      <c r="D281" s="1403" t="s">
+        <v>682</v>
+      </c>
+      <c r="E281" s="1402" t="s">
+        <v>178</v>
+      </c>
+      <c r="F281" s="1402" t="s">
+        <v>141</v>
+      </c>
+      <c r="G281" s="1404">
+        <v>25</v>
+      </c>
+      <c r="H281" s="1402" t="s">
+        <v>358</v>
+      </c>
+      <c r="I281" s="1404">
+        <v>1</v>
+      </c>
+      <c r="J281" s="1403" t="s">
+        <v>270</v>
+      </c>
+      <c r="K281" s="1403" t="s">
+        <v>468</v>
+      </c>
+      <c r="L281" s="1403"/>
+      <c r="M281" s="1403"/>
+      <c r="N281" s="1403" t="s">
+        <v>73</v>
+      </c>
+      <c r="O281" s="1403" t="s">
+        <v>234</v>
+      </c>
+      <c r="P281" s="1403"/>
+      <c r="Q281" s="1403"/>
+      <c r="R281" s="1403" t="s">
+        <v>206</v>
+      </c>
+      <c r="S281" s="1404" t="s">
+        <v>42</v>
+      </c>
+      <c r="T281" s="1405">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="282" spans="1:20">
+      <c r="A282" s="1406">
+        <v>4126097</v>
+      </c>
+      <c r="B282" s="1407" t="s">
+        <v>685</v>
+      </c>
+      <c r="C282" s="1407" t="s">
+        <v>401</v>
+      </c>
+      <c r="D282" s="1408" t="s">
+        <v>686</v>
+      </c>
+      <c r="E282" s="1407" t="s">
+        <v>178</v>
+      </c>
+      <c r="F282" s="1407" t="s">
+        <v>141</v>
+      </c>
+      <c r="G282" s="1409">
+        <v>25</v>
+      </c>
+      <c r="H282" s="1407" t="s">
+        <v>358</v>
+      </c>
+      <c r="I282" s="1409">
+        <v>1</v>
+      </c>
+      <c r="J282" s="1408" t="s">
+        <v>226</v>
+      </c>
+      <c r="K282" s="1408" t="s">
+        <v>687</v>
+      </c>
+      <c r="L282" s="1408" t="s">
+        <v>119</v>
+      </c>
+      <c r="M282" s="1408" t="s">
+        <v>272</v>
+      </c>
+      <c r="N282" s="1408" t="s">
+        <v>73</v>
+      </c>
+      <c r="O282" s="1408" t="s">
+        <v>234</v>
+      </c>
+      <c r="P282" s="1408"/>
+      <c r="Q282" s="1408"/>
+      <c r="R282" s="1408" t="s">
+        <v>206</v>
+      </c>
+      <c r="S282" s="1409" t="s">
+        <v>42</v>
+      </c>
+      <c r="T282" s="1410">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="283" spans="1:20">
+      <c r="A283" s="1411">
+        <v>4126062</v>
+      </c>
+      <c r="B283" s="1412" t="s">
+        <v>688</v>
+      </c>
+      <c r="C283" s="1412" t="s">
+        <v>290</v>
+      </c>
+      <c r="D283" s="1413" t="s">
+        <v>686</v>
+      </c>
+      <c r="E283" s="1412" t="s">
+        <v>147</v>
+      </c>
+      <c r="F283" s="1412" t="s">
+        <v>24</v>
+      </c>
+      <c r="G283" s="1414">
+        <v>25</v>
+      </c>
+      <c r="H283" s="1412" t="s">
+        <v>358</v>
+      </c>
+      <c r="I283" s="1414">
+        <v>1</v>
+      </c>
+      <c r="J283" s="1413" t="s">
+        <v>92</v>
+      </c>
+      <c r="K283" s="1413" t="s">
+        <v>292</v>
+      </c>
+      <c r="L283" s="1413" t="s">
+        <v>94</v>
+      </c>
+      <c r="M283" s="1413" t="s">
+        <v>95</v>
+      </c>
+      <c r="N283" s="1413" t="s">
+        <v>126</v>
+      </c>
+      <c r="O283" s="1413" t="s">
+        <v>127</v>
+      </c>
+      <c r="P283" s="1413"/>
+      <c r="Q283" s="1413"/>
+      <c r="R283" s="1413" t="s">
+        <v>33</v>
+      </c>
+      <c r="S283" s="1414" t="s">
+        <v>42</v>
+      </c>
+      <c r="T283" s="1415">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="284" spans="1:20">
+      <c r="A284" s="1416">
+        <v>4126018</v>
+      </c>
+      <c r="B284" s="1417" t="s">
+        <v>409</v>
+      </c>
+      <c r="C284" s="1417" t="s">
+        <v>410</v>
+      </c>
+      <c r="D284" s="1418" t="s">
+        <v>689</v>
+      </c>
+      <c r="E284" s="1417" t="s">
+        <v>147</v>
+      </c>
+      <c r="F284" s="1417" t="s">
+        <v>24</v>
+      </c>
+      <c r="G284" s="1419">
+        <v>25</v>
+      </c>
+      <c r="H284" s="1417" t="s">
+        <v>358</v>
+      </c>
+      <c r="I284" s="1419">
+        <v>1</v>
+      </c>
+      <c r="J284" s="1418" t="s">
+        <v>45</v>
+      </c>
+      <c r="K284" s="1418" t="s">
+        <v>412</v>
+      </c>
+      <c r="L284" s="1418"/>
+      <c r="M284" s="1418"/>
+      <c r="N284" s="1418" t="s">
+        <v>64</v>
+      </c>
+      <c r="O284" s="1418" t="s">
+        <v>65</v>
+      </c>
+      <c r="P284" s="1418" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q284" s="1418" t="s">
+        <v>104</v>
+      </c>
+      <c r="R284" s="1418" t="s">
+        <v>33</v>
+      </c>
+      <c r="S284" s="1419" t="s">
+        <v>34</v>
+      </c>
+      <c r="T284" s="1420">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="285" spans="1:20">
+      <c r="A285" s="1421">
+        <v>4126080</v>
+      </c>
+      <c r="B285" s="1422" t="s">
+        <v>690</v>
+      </c>
+      <c r="C285" s="1422" t="s">
+        <v>269</v>
+      </c>
+      <c r="D285" s="1423" t="s">
+        <v>691</v>
+      </c>
+      <c r="E285" s="1422" t="s">
+        <v>147</v>
+      </c>
+      <c r="F285" s="1422" t="s">
+        <v>24</v>
+      </c>
+      <c r="G285" s="1424">
+        <v>25</v>
+      </c>
+      <c r="H285" s="1422" t="s">
+        <v>358</v>
+      </c>
+      <c r="I285" s="1424">
+        <v>1</v>
+      </c>
+      <c r="J285" s="1423" t="s">
+        <v>60</v>
+      </c>
+      <c r="K285" s="1423" t="s">
+        <v>692</v>
+      </c>
+      <c r="L285" s="1423"/>
+      <c r="M285" s="1423"/>
+      <c r="N285" s="1423" t="s">
+        <v>31</v>
+      </c>
+      <c r="O285" s="1423" t="s">
+        <v>160</v>
+      </c>
+      <c r="P285" s="1423" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q285" s="1423" t="s">
+        <v>49</v>
+      </c>
+      <c r="R285" s="1423" t="s">
+        <v>33</v>
+      </c>
+      <c r="S285" s="1424" t="s">
+        <v>42</v>
+      </c>
+      <c r="T285" s="1425">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="286" spans="1:20">
+      <c r="A286" s="1426">
+        <v>4126179</v>
+      </c>
+      <c r="B286" s="1427" t="s">
+        <v>460</v>
+      </c>
+      <c r="C286" s="1427" t="s">
+        <v>461</v>
+      </c>
+      <c r="D286" s="1428" t="s">
+        <v>693</v>
+      </c>
+      <c r="E286" s="1427" t="s">
+        <v>178</v>
+      </c>
+      <c r="F286" s="1427" t="s">
+        <v>141</v>
+      </c>
+      <c r="G286" s="1429">
+        <v>25</v>
+      </c>
+      <c r="H286" s="1427" t="s">
+        <v>358</v>
+      </c>
+      <c r="I286" s="1429">
+        <v>1</v>
+      </c>
+      <c r="J286" s="1428" t="s">
+        <v>92</v>
+      </c>
+      <c r="K286" s="1428" t="s">
+        <v>297</v>
+      </c>
+      <c r="L286" s="1428"/>
+      <c r="M286" s="1428"/>
+      <c r="N286" s="1428" t="s">
+        <v>73</v>
+      </c>
+      <c r="O286" s="1428" t="s">
+        <v>234</v>
+      </c>
+      <c r="P286" s="1428"/>
+      <c r="Q286" s="1428"/>
+      <c r="R286" s="1428" t="s">
+        <v>206</v>
+      </c>
+      <c r="S286" s="1429" t="s">
+        <v>42</v>
+      </c>
+      <c r="T286" s="1430">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="287" spans="1:20">
+      <c r="A287" s="1431">
+        <v>4126195</v>
+      </c>
+      <c r="B287" s="1432" t="s">
+        <v>694</v>
+      </c>
+      <c r="C287" s="1432" t="s">
+        <v>229</v>
+      </c>
+      <c r="D287" s="1433" t="s">
+        <v>695</v>
+      </c>
+      <c r="E287" s="1432" t="s">
+        <v>178</v>
+      </c>
+      <c r="F287" s="1432" t="s">
+        <v>141</v>
+      </c>
+      <c r="G287" s="1434">
+        <v>25</v>
+      </c>
+      <c r="H287" s="1432" t="s">
+        <v>358</v>
+      </c>
+      <c r="I287" s="1434">
+        <v>1</v>
+      </c>
+      <c r="J287" s="1433" t="s">
+        <v>45</v>
+      </c>
+      <c r="K287" s="1433" t="s">
+        <v>46</v>
+      </c>
+      <c r="L287" s="1433"/>
+      <c r="M287" s="1433"/>
+      <c r="N287" s="1433" t="s">
+        <v>47</v>
+      </c>
+      <c r="O287" s="1433" t="s">
+        <v>48</v>
+      </c>
+      <c r="P287" s="1433" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q287" s="1433" t="s">
+        <v>48</v>
+      </c>
+      <c r="R287" s="1433" t="s">
+        <v>33</v>
+      </c>
+      <c r="S287" s="1434" t="s">
+        <v>42</v>
+      </c>
+      <c r="T287" s="1435">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="288" spans="1:20">
+      <c r="A288" s="1436">
+        <v>4126054</v>
+      </c>
+      <c r="B288" s="1437" t="s">
+        <v>696</v>
+      </c>
+      <c r="C288" s="1437" t="s">
+        <v>21</v>
+      </c>
+      <c r="D288" s="1438" t="s">
+        <v>697</v>
+      </c>
+      <c r="E288" s="1437" t="s">
+        <v>147</v>
+      </c>
+      <c r="F288" s="1437" t="s">
+        <v>24</v>
+      </c>
+      <c r="G288" s="1439">
+        <v>25</v>
+      </c>
+      <c r="H288" s="1437" t="s">
+        <v>358</v>
+      </c>
+      <c r="I288" s="1439">
+        <v>1</v>
+      </c>
+      <c r="J288" s="1438" t="s">
+        <v>60</v>
+      </c>
+      <c r="K288" s="1438" t="s">
+        <v>62</v>
+      </c>
+      <c r="L288" s="1438"/>
+      <c r="M288" s="1438"/>
+      <c r="N288" s="1438" t="s">
+        <v>62</v>
+      </c>
+      <c r="O288" s="1438" t="s">
+        <v>62</v>
+      </c>
+      <c r="P288" s="1438"/>
+      <c r="Q288" s="1438"/>
+      <c r="R288" s="1438" t="s">
+        <v>33</v>
+      </c>
+      <c r="S288" s="1439" t="s">
+        <v>42</v>
+      </c>
+      <c r="T288" s="1440" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="289" spans="1:20">
+      <c r="A289" s="1441">
+        <v>4126103</v>
+      </c>
+      <c r="B289" s="1442" t="s">
+        <v>699</v>
+      </c>
+      <c r="C289" s="1442" t="s">
+        <v>486</v>
+      </c>
+      <c r="D289" s="1443" t="s">
+        <v>700</v>
+      </c>
+      <c r="E289" s="1442" t="s">
+        <v>178</v>
+      </c>
+      <c r="F289" s="1442" t="s">
+        <v>141</v>
+      </c>
+      <c r="G289" s="1444">
+        <v>25</v>
+      </c>
+      <c r="H289" s="1442" t="s">
+        <v>358</v>
+      </c>
+      <c r="I289" s="1444">
+        <v>1</v>
+      </c>
+      <c r="J289" s="1443" t="s">
+        <v>60</v>
+      </c>
+      <c r="K289" s="1443" t="s">
+        <v>62</v>
+      </c>
+      <c r="L289" s="1443"/>
+      <c r="M289" s="1443"/>
+      <c r="N289" s="1443" t="s">
+        <v>62</v>
+      </c>
+      <c r="O289" s="1443" t="s">
+        <v>66</v>
+      </c>
+      <c r="P289" s="1443"/>
+      <c r="Q289" s="1443"/>
+      <c r="R289" s="1443" t="s">
+        <v>33</v>
+      </c>
+      <c r="S289" s="1444" t="s">
+        <v>42</v>
+      </c>
+      <c r="T289" s="1445">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="290" spans="1:20">
+      <c r="A290" s="1446">
+        <v>4326012</v>
+      </c>
+      <c r="B290" s="1447" t="s">
+        <v>701</v>
+      </c>
+      <c r="C290" s="1447" t="s">
+        <v>21</v>
+      </c>
+      <c r="D290" s="1448" t="s">
+        <v>702</v>
+      </c>
+      <c r="E290" s="1447" t="s">
+        <v>23</v>
+      </c>
+      <c r="F290" s="1447" t="s">
+        <v>24</v>
+      </c>
+      <c r="G290" s="1449" t="s">
+        <v>25</v>
+      </c>
+      <c r="H290" s="1447" t="s">
+        <v>343</v>
+      </c>
+      <c r="I290" s="1449">
+        <v>1</v>
+      </c>
+      <c r="J290" s="1448" t="s">
+        <v>45</v>
+      </c>
+      <c r="K290" s="1448" t="s">
+        <v>46</v>
+      </c>
+      <c r="L290" s="1448" t="s">
+        <v>158</v>
+      </c>
+      <c r="M290" s="1448" t="s">
+        <v>159</v>
+      </c>
+      <c r="N290" s="1448" t="s">
+        <v>47</v>
+      </c>
+      <c r="O290" s="1448" t="s">
+        <v>48</v>
+      </c>
+      <c r="P290" s="1448" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q290" s="1448" t="s">
+        <v>160</v>
+      </c>
+      <c r="R290" s="1448" t="s">
+        <v>33</v>
+      </c>
+      <c r="S290" s="1449" t="s">
+        <v>42</v>
+      </c>
+      <c r="T290" s="1450">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="291" spans="1:20">
+      <c r="A291" s="1451">
+        <v>4326048</v>
+      </c>
+      <c r="B291" s="1452" t="s">
+        <v>703</v>
+      </c>
+      <c r="C291" s="1452" t="s">
+        <v>44</v>
+      </c>
+      <c r="D291" s="1453" t="s">
+        <v>702</v>
+      </c>
+      <c r="E291" s="1452" t="s">
+        <v>23</v>
+      </c>
+      <c r="F291" s="1452" t="s">
+        <v>24</v>
+      </c>
+      <c r="G291" s="1454" t="s">
+        <v>25</v>
+      </c>
+      <c r="H291" s="1452" t="s">
+        <v>343</v>
+      </c>
+      <c r="I291" s="1454">
+        <v>1</v>
+      </c>
+      <c r="J291" s="1453" t="s">
+        <v>45</v>
+      </c>
+      <c r="K291" s="1453" t="s">
+        <v>46</v>
+      </c>
+      <c r="L291" s="1453"/>
+      <c r="M291" s="1453"/>
+      <c r="N291" s="1453" t="s">
+        <v>47</v>
+      </c>
+      <c r="O291" s="1453" t="s">
+        <v>48</v>
+      </c>
+      <c r="P291" s="1453" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q291" s="1453" t="s">
+        <v>49</v>
+      </c>
+      <c r="R291" s="1453" t="s">
+        <v>33</v>
+      </c>
+      <c r="S291" s="1454" t="s">
+        <v>34</v>
+      </c>
+      <c r="T291" s="1455">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="292" spans="1:20">
+      <c r="A292" s="1456">
+        <v>4126120</v>
+      </c>
+      <c r="B292" s="1457" t="s">
+        <v>704</v>
+      </c>
+      <c r="C292" s="1457" t="s">
+        <v>447</v>
+      </c>
+      <c r="D292" s="1458" t="s">
+        <v>705</v>
+      </c>
+      <c r="E292" s="1457" t="s">
+        <v>453</v>
+      </c>
+      <c r="F292" s="1457" t="s">
+        <v>24</v>
+      </c>
+      <c r="G292" s="1459">
+        <v>25</v>
+      </c>
+      <c r="H292" s="1457" t="s">
+        <v>358</v>
+      </c>
+      <c r="I292" s="1459">
+        <v>1</v>
+      </c>
+      <c r="J292" s="1458" t="s">
+        <v>454</v>
+      </c>
+      <c r="K292" s="1458" t="s">
+        <v>455</v>
+      </c>
+      <c r="L292" s="1458" t="s">
+        <v>29</v>
+      </c>
+      <c r="M292" s="1458" t="s">
+        <v>456</v>
+      </c>
+      <c r="N292" s="1458" t="s">
+        <v>64</v>
+      </c>
+      <c r="O292" s="1458" t="s">
+        <v>65</v>
+      </c>
+      <c r="P292" s="1458"/>
+      <c r="Q292" s="1458"/>
+      <c r="R292" s="1458" t="s">
+        <v>33</v>
+      </c>
+      <c r="S292" s="1459" t="s">
+        <v>34</v>
+      </c>
+      <c r="T292" s="1460">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="293" spans="1:20">
+      <c r="A293" s="1461">
+        <v>4326054</v>
+      </c>
+      <c r="B293" s="1462" t="s">
+        <v>706</v>
+      </c>
+      <c r="C293" s="1462" t="s">
+        <v>130</v>
+      </c>
+      <c r="D293" s="1463" t="s">
+        <v>702</v>
+      </c>
+      <c r="E293" s="1462" t="s">
+        <v>23</v>
+      </c>
+      <c r="F293" s="1462" t="s">
+        <v>24</v>
+      </c>
+      <c r="G293" s="1464" t="s">
+        <v>25</v>
+      </c>
+      <c r="H293" s="1462" t="s">
+        <v>343</v>
+      </c>
+      <c r="I293" s="1464">
+        <v>1</v>
+      </c>
+      <c r="J293" s="1463" t="s">
+        <v>52</v>
+      </c>
+      <c r="K293" s="1463" t="s">
+        <v>52</v>
+      </c>
+      <c r="L293" s="1463" t="s">
+        <v>77</v>
+      </c>
+      <c r="M293" s="1463" t="s">
+        <v>346</v>
+      </c>
+      <c r="N293" s="1463" t="s">
+        <v>104</v>
+      </c>
+      <c r="O293" s="1463" t="s">
+        <v>104</v>
+      </c>
+      <c r="P293" s="1463"/>
+      <c r="Q293" s="1463"/>
+      <c r="R293" s="1463" t="s">
+        <v>33</v>
+      </c>
+      <c r="S293" s="1464" t="s">
+        <v>34</v>
+      </c>
+      <c r="T293" s="1465">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="294" spans="1:20">
+      <c r="A294" s="1466">
+        <v>4326060</v>
+      </c>
+      <c r="B294" s="1467" t="s">
+        <v>707</v>
+      </c>
+      <c r="C294" s="1467" t="s">
+        <v>51</v>
+      </c>
+      <c r="D294" s="1468" t="s">
+        <v>702</v>
+      </c>
+      <c r="E294" s="1467" t="s">
+        <v>23</v>
+      </c>
+      <c r="F294" s="1467" t="s">
+        <v>24</v>
+      </c>
+      <c r="G294" s="1469" t="s">
+        <v>25</v>
+      </c>
+      <c r="H294" s="1467" t="s">
+        <v>343</v>
+      </c>
+      <c r="I294" s="1469">
+        <v>1</v>
+      </c>
+      <c r="J294" s="1468" t="s">
+        <v>52</v>
+      </c>
+      <c r="K294" s="1468" t="s">
+        <v>52</v>
+      </c>
+      <c r="L294" s="1468" t="s">
+        <v>53</v>
+      </c>
+      <c r="M294" s="1468" t="s">
+        <v>54</v>
+      </c>
+      <c r="N294" s="1468" t="s">
+        <v>55</v>
+      </c>
+      <c r="O294" s="1468" t="s">
+        <v>56</v>
+      </c>
+      <c r="P294" s="1468" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q294" s="1468" t="s">
+        <v>57</v>
+      </c>
+      <c r="R294" s="1468" t="s">
+        <v>33</v>
+      </c>
+      <c r="S294" s="1469" t="s">
+        <v>34</v>
+      </c>
+      <c r="T294" s="1470">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="295" spans="1:20">
+      <c r="A295" s="1471">
+        <v>4326006</v>
+      </c>
+      <c r="B295" s="1472" t="s">
+        <v>708</v>
+      </c>
+      <c r="C295" s="1472" t="s">
+        <v>59</v>
+      </c>
+      <c r="D295" s="1473" t="s">
+        <v>702</v>
+      </c>
+      <c r="E295" s="1472" t="s">
+        <v>23</v>
+      </c>
+      <c r="F295" s="1472" t="s">
+        <v>24</v>
+      </c>
+      <c r="G295" s="1474" t="s">
+        <v>25</v>
+      </c>
+      <c r="H295" s="1472" t="s">
+        <v>343</v>
+      </c>
+      <c r="I295" s="1474">
+        <v>1</v>
+      </c>
+      <c r="J295" s="1473" t="s">
+        <v>60</v>
+      </c>
+      <c r="K295" s="1473" t="s">
+        <v>61</v>
+      </c>
+      <c r="L295" s="1473"/>
+      <c r="M295" s="1473"/>
+      <c r="N295" s="1473" t="s">
+        <v>62</v>
+      </c>
+      <c r="O295" s="1473" t="s">
+        <v>62</v>
+      </c>
+      <c r="P295" s="1473"/>
+      <c r="Q295" s="1473"/>
+      <c r="R295" s="1473" t="s">
+        <v>33</v>
+      </c>
+      <c r="S295" s="1474" t="s">
+        <v>42</v>
+      </c>
+      <c r="T295" s="1475">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="296" spans="1:20">
+      <c r="A296" s="1476">
+        <v>4326018</v>
+      </c>
+      <c r="B296" s="1477" t="s">
+        <v>709</v>
+      </c>
+      <c r="C296" s="1477" t="s">
+        <v>21</v>
+      </c>
+      <c r="D296" s="1478" t="s">
+        <v>702</v>
+      </c>
+      <c r="E296" s="1477" t="s">
+        <v>23</v>
+      </c>
+      <c r="F296" s="1477" t="s">
+        <v>24</v>
+      </c>
+      <c r="G296" s="1479" t="s">
+        <v>25</v>
+      </c>
+      <c r="H296" s="1477" t="s">
+        <v>343</v>
+      </c>
+      <c r="I296" s="1479">
+        <v>1</v>
+      </c>
+      <c r="J296" s="1478" t="s">
+        <v>60</v>
+      </c>
+      <c r="K296" s="1478" t="s">
+        <v>62</v>
+      </c>
+      <c r="L296" s="1478"/>
+      <c r="M296" s="1478"/>
+      <c r="N296" s="1478" t="s">
+        <v>62</v>
+      </c>
+      <c r="O296" s="1478" t="s">
+        <v>66</v>
+      </c>
+      <c r="P296" s="1478" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q296" s="1478" t="s">
+        <v>68</v>
+      </c>
+      <c r="R296" s="1478" t="s">
+        <v>33</v>
+      </c>
+      <c r="S296" s="1479" t="s">
+        <v>42</v>
+      </c>
+      <c r="T296" s="1480">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="297" spans="1:20">
+      <c r="A297" s="1481">
+        <v>4326024</v>
+      </c>
+      <c r="B297" s="1482" t="s">
+        <v>710</v>
+      </c>
+      <c r="C297" s="1482" t="s">
+        <v>21</v>
+      </c>
+      <c r="D297" s="1483" t="s">
+        <v>702</v>
+      </c>
+      <c r="E297" s="1482" t="s">
+        <v>23</v>
+      </c>
+      <c r="F297" s="1482" t="s">
+        <v>24</v>
+      </c>
+      <c r="G297" s="1484" t="s">
+        <v>25</v>
+      </c>
+      <c r="H297" s="1482" t="s">
+        <v>343</v>
+      </c>
+      <c r="I297" s="1484">
+        <v>1</v>
+      </c>
+      <c r="J297" s="1483" t="s">
+        <v>60</v>
+      </c>
+      <c r="K297" s="1483" t="s">
+        <v>62</v>
+      </c>
+      <c r="L297" s="1483"/>
+      <c r="M297" s="1483"/>
+      <c r="N297" s="1483" t="s">
+        <v>64</v>
+      </c>
+      <c r="O297" s="1483" t="s">
+        <v>65</v>
+      </c>
+      <c r="P297" s="1483" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q297" s="1483" t="s">
+        <v>66</v>
+      </c>
+      <c r="R297" s="1483" t="s">
+        <v>33</v>
+      </c>
+      <c r="S297" s="1484" t="s">
+        <v>34</v>
+      </c>
+      <c r="T297" s="1485">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="298" spans="1:20">
+      <c r="A298" s="1486">
+        <v>4326030</v>
+      </c>
+      <c r="B298" s="1487" t="s">
+        <v>711</v>
+      </c>
+      <c r="C298" s="1487" t="s">
+        <v>81</v>
+      </c>
+      <c r="D298" s="1488" t="s">
+        <v>702</v>
+      </c>
+      <c r="E298" s="1487" t="s">
+        <v>23</v>
+      </c>
+      <c r="F298" s="1487" t="s">
+        <v>24</v>
+      </c>
+      <c r="G298" s="1489" t="s">
+        <v>25</v>
+      </c>
+      <c r="H298" s="1487" t="s">
+        <v>343</v>
+      </c>
+      <c r="I298" s="1489">
+        <v>1</v>
+      </c>
+      <c r="J298" s="1488" t="s">
+        <v>71</v>
+      </c>
+      <c r="K298" s="1488" t="s">
+        <v>82</v>
+      </c>
+      <c r="L298" s="1488" t="s">
+        <v>77</v>
+      </c>
+      <c r="M298" s="1488" t="s">
+        <v>83</v>
+      </c>
+      <c r="N298" s="1488" t="s">
+        <v>47</v>
+      </c>
+      <c r="O298" s="1488" t="s">
+        <v>84</v>
+      </c>
+      <c r="P298" s="1488"/>
+      <c r="Q298" s="1488"/>
+      <c r="R298" s="1488" t="s">
+        <v>33</v>
+      </c>
+      <c r="S298" s="1489" t="s">
+        <v>42</v>
+      </c>
+      <c r="T298" s="1490">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="299" spans="1:20">
+      <c r="A299" s="1491">
+        <v>4326036</v>
+      </c>
+      <c r="B299" s="1492" t="s">
+        <v>712</v>
+      </c>
+      <c r="C299" s="1492" t="s">
+        <v>76</v>
+      </c>
+      <c r="D299" s="1493" t="s">
+        <v>702</v>
+      </c>
+      <c r="E299" s="1492" t="s">
+        <v>23</v>
+      </c>
+      <c r="F299" s="1492" t="s">
+        <v>24</v>
+      </c>
+      <c r="G299" s="1494" t="s">
+        <v>25</v>
+      </c>
+      <c r="H299" s="1492" t="s">
+        <v>343</v>
+      </c>
+      <c r="I299" s="1494">
+        <v>1</v>
+      </c>
+      <c r="J299" s="1493" t="s">
+        <v>71</v>
+      </c>
+      <c r="K299" s="1493"/>
+      <c r="L299" s="1493" t="s">
+        <v>77</v>
+      </c>
+      <c r="M299" s="1493" t="s">
+        <v>78</v>
+      </c>
+      <c r="N299" s="1493" t="s">
+        <v>47</v>
+      </c>
+      <c r="O299" s="1493" t="s">
+        <v>79</v>
+      </c>
+      <c r="P299" s="1493"/>
+      <c r="Q299" s="1493"/>
+      <c r="R299" s="1493" t="s">
+        <v>33</v>
+      </c>
+      <c r="S299" s="1494" t="s">
+        <v>34</v>
+      </c>
+      <c r="T299" s="1495">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="300" spans="1:20">
+      <c r="A300" s="1496">
+        <v>4326090</v>
+      </c>
+      <c r="B300" s="1497" t="s">
+        <v>713</v>
+      </c>
+      <c r="C300" s="1497" t="s">
+        <v>70</v>
+      </c>
+      <c r="D300" s="1498" t="s">
+        <v>702</v>
+      </c>
+      <c r="E300" s="1497" t="s">
+        <v>23</v>
+      </c>
+      <c r="F300" s="1497" t="s">
+        <v>24</v>
+      </c>
+      <c r="G300" s="1499" t="s">
+        <v>25</v>
+      </c>
+      <c r="H300" s="1497" t="s">
+        <v>343</v>
+      </c>
+      <c r="I300" s="1499">
+        <v>1</v>
+      </c>
+      <c r="J300" s="1498" t="s">
+        <v>71</v>
+      </c>
+      <c r="K300" s="1498" t="s">
+        <v>72</v>
+      </c>
+      <c r="L300" s="1498"/>
+      <c r="M300" s="1498"/>
+      <c r="N300" s="1498" t="s">
+        <v>73</v>
+      </c>
+      <c r="O300" s="1498" t="s">
+        <v>74</v>
+      </c>
+      <c r="P300" s="1498"/>
+      <c r="Q300" s="1498"/>
+      <c r="R300" s="1498" t="s">
+        <v>33</v>
+      </c>
+      <c r="S300" s="1499" t="s">
+        <v>34</v>
+      </c>
+      <c r="T300" s="1500">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="301" spans="1:20">
+      <c r="A301" s="1501">
+        <v>4326096</v>
+      </c>
+      <c r="B301" s="1502" t="s">
+        <v>714</v>
+      </c>
+      <c r="C301" s="1502" t="s">
+        <v>86</v>
+      </c>
+      <c r="D301" s="1503" t="s">
+        <v>702</v>
+      </c>
+      <c r="E301" s="1502" t="s">
+        <v>23</v>
+      </c>
+      <c r="F301" s="1502" t="s">
+        <v>24</v>
+      </c>
+      <c r="G301" s="1504" t="s">
+        <v>25</v>
+      </c>
+      <c r="H301" s="1502" t="s">
+        <v>343</v>
+      </c>
+      <c r="I301" s="1504">
+        <v>1</v>
+      </c>
+      <c r="J301" s="1503" t="s">
+        <v>87</v>
+      </c>
+      <c r="K301" s="1503" t="s">
+        <v>87</v>
+      </c>
+      <c r="L301" s="1503"/>
+      <c r="M301" s="1503"/>
+      <c r="N301" s="1503" t="s">
+        <v>64</v>
+      </c>
+      <c r="O301" s="1503" t="s">
+        <v>88</v>
+      </c>
+      <c r="P301" s="1503" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q301" s="1503" t="s">
+        <v>89</v>
+      </c>
+      <c r="R301" s="1503" t="s">
+        <v>33</v>
+      </c>
+      <c r="S301" s="1504" t="s">
+        <v>34</v>
+      </c>
+      <c r="T301" s="1505">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="302" spans="1:20">
+      <c r="A302" s="1506">
+        <v>4326078</v>
+      </c>
+      <c r="B302" s="1507" t="s">
+        <v>715</v>
+      </c>
+      <c r="C302" s="1507" t="s">
+        <v>91</v>
+      </c>
+      <c r="D302" s="1508" t="s">
+        <v>702</v>
+      </c>
+      <c r="E302" s="1507" t="s">
+        <v>23</v>
+      </c>
+      <c r="F302" s="1507" t="s">
+        <v>24</v>
+      </c>
+      <c r="G302" s="1509" t="s">
+        <v>25</v>
+      </c>
+      <c r="H302" s="1507" t="s">
+        <v>343</v>
+      </c>
+      <c r="I302" s="1509">
+        <v>1</v>
+      </c>
+      <c r="J302" s="1508" t="s">
+        <v>92</v>
+      </c>
+      <c r="K302" s="1508" t="s">
+        <v>93</v>
+      </c>
+      <c r="L302" s="1508" t="s">
+        <v>94</v>
+      </c>
+      <c r="M302" s="1508" t="s">
+        <v>55</v>
+      </c>
+      <c r="N302" s="1508" t="s">
+        <v>96</v>
+      </c>
+      <c r="O302" s="1508" t="s">
+        <v>97</v>
+      </c>
+      <c r="P302" s="1508"/>
+      <c r="Q302" s="1508"/>
+      <c r="R302" s="1508" t="s">
+        <v>33</v>
+      </c>
+      <c r="S302" s="1509" t="s">
+        <v>34</v>
+      </c>
+      <c r="T302" s="1510">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="303" spans="1:20">
+      <c r="A303" s="1511">
+        <v>4326084</v>
+      </c>
+      <c r="B303" s="1512" t="s">
+        <v>716</v>
+      </c>
+      <c r="C303" s="1512" t="s">
+        <v>91</v>
+      </c>
+      <c r="D303" s="1513" t="s">
+        <v>702</v>
+      </c>
+      <c r="E303" s="1512" t="s">
+        <v>23</v>
+      </c>
+      <c r="F303" s="1512" t="s">
+        <v>24</v>
+      </c>
+      <c r="G303" s="1514" t="s">
+        <v>25</v>
+      </c>
+      <c r="H303" s="1512" t="s">
+        <v>343</v>
+      </c>
+      <c r="I303" s="1514">
+        <v>1</v>
+      </c>
+      <c r="J303" s="1513" t="s">
+        <v>92</v>
+      </c>
+      <c r="K303" s="1513" t="s">
+        <v>93</v>
+      </c>
+      <c r="L303" s="1513" t="s">
+        <v>94</v>
+      </c>
+      <c r="M303" s="1513" t="s">
+        <v>95</v>
+      </c>
+      <c r="N303" s="1513" t="s">
+        <v>96</v>
+      </c>
+      <c r="O303" s="1513" t="s">
+        <v>97</v>
+      </c>
+      <c r="P303" s="1513"/>
+      <c r="Q303" s="1513"/>
+      <c r="R303" s="1513" t="s">
+        <v>33</v>
+      </c>
+      <c r="S303" s="1514" t="s">
+        <v>42</v>
+      </c>
+      <c r="T303" s="1515">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="304" spans="1:20">
+      <c r="A304" s="1516">
+        <v>4326042</v>
+      </c>
+      <c r="B304" s="1517" t="s">
+        <v>717</v>
+      </c>
+      <c r="C304" s="1517" t="s">
+        <v>111</v>
+      </c>
+      <c r="D304" s="1518" t="s">
+        <v>702</v>
+      </c>
+      <c r="E304" s="1517" t="s">
+        <v>23</v>
+      </c>
+      <c r="F304" s="1517" t="s">
+        <v>24</v>
+      </c>
+      <c r="G304" s="1519" t="s">
+        <v>25</v>
+      </c>
+      <c r="H304" s="1517" t="s">
+        <v>358</v>
+      </c>
+      <c r="I304" s="1519">
+        <v>1</v>
+      </c>
+      <c r="J304" s="1518" t="s">
+        <v>101</v>
+      </c>
+      <c r="K304" s="1518" t="s">
+        <v>113</v>
+      </c>
+      <c r="L304" s="1518" t="s">
+        <v>114</v>
+      </c>
+      <c r="M304" s="1518" t="s">
+        <v>115</v>
+      </c>
+      <c r="N304" s="1518" t="s">
+        <v>73</v>
+      </c>
+      <c r="O304" s="1518" t="s">
+        <v>116</v>
+      </c>
+      <c r="P304" s="1518" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q304" s="1518" t="s">
+        <v>104</v>
+      </c>
+      <c r="R304" s="1518" t="s">
+        <v>33</v>
+      </c>
+      <c r="S304" s="1519" t="s">
+        <v>34</v>
+      </c>
+      <c r="T304" s="1520">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="305" spans="1:20">
+      <c r="A305" s="1521">
+        <v>4326066</v>
+      </c>
+      <c r="B305" s="1522" t="s">
+        <v>718</v>
+      </c>
+      <c r="C305" s="1522" t="s">
+        <v>106</v>
+      </c>
+      <c r="D305" s="1523" t="s">
+        <v>702</v>
+      </c>
+      <c r="E305" s="1522" t="s">
+        <v>23</v>
+      </c>
+      <c r="F305" s="1522" t="s">
+        <v>24</v>
+      </c>
+      <c r="G305" s="1524" t="s">
+        <v>25</v>
+      </c>
+      <c r="H305" s="1522" t="s">
+        <v>343</v>
+      </c>
+      <c r="I305" s="1524">
+        <v>1</v>
+      </c>
+      <c r="J305" s="1523" t="s">
+        <v>101</v>
+      </c>
+      <c r="K305" s="1523"/>
+      <c r="L305" s="1523" t="s">
+        <v>107</v>
+      </c>
+      <c r="M305" s="1523" t="s">
+        <v>108</v>
+      </c>
+      <c r="N305" s="1523" t="s">
+        <v>96</v>
+      </c>
+      <c r="O305" s="1523" t="s">
+        <v>109</v>
+      </c>
+      <c r="P305" s="1523"/>
+      <c r="Q305" s="1523"/>
+      <c r="R305" s="1523" t="s">
+        <v>33</v>
+      </c>
+      <c r="S305" s="1524" t="s">
+        <v>34</v>
+      </c>
+      <c r="T305" s="1525">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="306" spans="1:20">
+      <c r="A306" s="1526">
+        <v>4326072</v>
+      </c>
+      <c r="B306" s="1527" t="s">
+        <v>719</v>
+      </c>
+      <c r="C306" s="1527" t="s">
+        <v>118</v>
+      </c>
+      <c r="D306" s="1528" t="s">
+        <v>702</v>
+      </c>
+      <c r="E306" s="1527" t="s">
+        <v>23</v>
+      </c>
+      <c r="F306" s="1527" t="s">
+        <v>24</v>
+      </c>
+      <c r="G306" s="1529" t="s">
+        <v>25</v>
+      </c>
+      <c r="H306" s="1527" t="s">
+        <v>343</v>
+      </c>
+      <c r="I306" s="1529">
+        <v>1</v>
+      </c>
+      <c r="J306" s="1528" t="s">
+        <v>101</v>
+      </c>
+      <c r="K306" s="1528" t="s">
+        <v>102</v>
+      </c>
+      <c r="L306" s="1528" t="s">
+        <v>119</v>
+      </c>
+      <c r="M306" s="1528" t="s">
+        <v>120</v>
+      </c>
+      <c r="N306" s="1528" t="s">
+        <v>73</v>
+      </c>
+      <c r="O306" s="1528" t="s">
+        <v>116</v>
+      </c>
+      <c r="P306" s="1528" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q306" s="1528" t="s">
+        <v>104</v>
+      </c>
+      <c r="R306" s="1528" t="s">
+        <v>33</v>
+      </c>
+      <c r="S306" s="1529" t="s">
+        <v>34</v>
+      </c>
+      <c r="T306" s="1530">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="307" spans="1:20">
+      <c r="A307" s="1531">
+        <v>4326102</v>
+      </c>
+      <c r="B307" s="1532" t="s">
+        <v>720</v>
+      </c>
+      <c r="C307" s="1532" t="s">
+        <v>100</v>
+      </c>
+      <c r="D307" s="1533" t="s">
+        <v>702</v>
+      </c>
+      <c r="E307" s="1532" t="s">
+        <v>23</v>
+      </c>
+      <c r="F307" s="1532" t="s">
+        <v>24</v>
+      </c>
+      <c r="G307" s="1534" t="s">
+        <v>25</v>
+      </c>
+      <c r="H307" s="1532" t="s">
+        <v>343</v>
+      </c>
+      <c r="I307" s="1534">
+        <v>1</v>
+      </c>
+      <c r="J307" s="1533" t="s">
+        <v>101</v>
+      </c>
+      <c r="K307" s="1533" t="s">
+        <v>102</v>
+      </c>
+      <c r="L307" s="1533"/>
+      <c r="M307" s="1533"/>
+      <c r="N307" s="1533" t="s">
+        <v>73</v>
+      </c>
+      <c r="O307" s="1533" t="s">
+        <v>103</v>
+      </c>
+      <c r="P307" s="1533" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q307" s="1533" t="s">
+        <v>104</v>
+      </c>
+      <c r="R307" s="1533" t="s">
+        <v>33</v>
+      </c>
+      <c r="S307" s="1534" t="s">
+        <v>42</v>
+      </c>
+      <c r="T307" s="1535">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="308" spans="1:20">
+      <c r="A308" s="1536">
+        <v>4126091</v>
+      </c>
+      <c r="B308" s="1537" t="s">
+        <v>504</v>
+      </c>
+      <c r="C308" s="1537" t="s">
+        <v>505</v>
+      </c>
+      <c r="D308" s="1538" t="s">
+        <v>721</v>
+      </c>
+      <c r="E308" s="1537" t="s">
+        <v>147</v>
+      </c>
+      <c r="F308" s="1537" t="s">
+        <v>24</v>
+      </c>
+      <c r="G308" s="1539">
+        <v>25</v>
+      </c>
+      <c r="H308" s="1537" t="s">
+        <v>358</v>
+      </c>
+      <c r="I308" s="1539">
+        <v>1</v>
+      </c>
+      <c r="J308" s="1538" t="s">
+        <v>92</v>
+      </c>
+      <c r="K308" s="1538" t="s">
+        <v>93</v>
+      </c>
+      <c r="L308" s="1538" t="s">
+        <v>94</v>
+      </c>
+      <c r="M308" s="1538" t="s">
+        <v>95</v>
+      </c>
+      <c r="N308" s="1538" t="s">
+        <v>96</v>
+      </c>
+      <c r="O308" s="1538" t="s">
+        <v>97</v>
+      </c>
+      <c r="P308" s="1538"/>
+      <c r="Q308" s="1538"/>
+      <c r="R308" s="1538" t="s">
+        <v>33</v>
+      </c>
+      <c r="S308" s="1539" t="s">
+        <v>42</v>
+      </c>
+      <c r="T308" s="1540">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="309" spans="1:20">
+      <c r="A309" s="1541">
+        <v>4126142</v>
+      </c>
+      <c r="B309" s="1542" t="s">
+        <v>509</v>
+      </c>
+      <c r="C309" s="1542" t="s">
+        <v>70</v>
+      </c>
+      <c r="D309" s="1543" t="s">
+        <v>722</v>
+      </c>
+      <c r="E309" s="1542" t="s">
+        <v>132</v>
+      </c>
+      <c r="F309" s="1542" t="s">
+        <v>24</v>
+      </c>
+      <c r="G309" s="1544">
+        <v>25</v>
+      </c>
+      <c r="H309" s="1542" t="s">
+        <v>343</v>
+      </c>
+      <c r="I309" s="1544">
+        <v>1</v>
+      </c>
+      <c r="J309" s="1543" t="s">
+        <v>71</v>
+      </c>
+      <c r="K309" s="1543" t="s">
+        <v>72</v>
+      </c>
+      <c r="L309" s="1543"/>
+      <c r="M309" s="1543"/>
+      <c r="N309" s="1543" t="s">
+        <v>73</v>
+      </c>
+      <c r="O309" s="1543" t="s">
+        <v>74</v>
+      </c>
+      <c r="P309" s="1543"/>
+      <c r="Q309" s="1543"/>
+      <c r="R309" s="1543" t="s">
+        <v>33</v>
+      </c>
+      <c r="S309" s="1544" t="s">
+        <v>42</v>
+      </c>
+      <c r="T309" s="1545">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="310" spans="1:20">
+      <c r="A310" s="1546">
+        <v>4126070</v>
+      </c>
+      <c r="B310" s="1547" t="s">
+        <v>723</v>
+      </c>
+      <c r="C310" s="1547" t="s">
+        <v>233</v>
+      </c>
+      <c r="D310" s="1548" t="s">
+        <v>724</v>
+      </c>
+      <c r="E310" s="1547" t="s">
+        <v>178</v>
+      </c>
+      <c r="F310" s="1547" t="s">
+        <v>141</v>
+      </c>
+      <c r="G310" s="1549">
+        <v>25</v>
+      </c>
+      <c r="H310" s="1547" t="s">
+        <v>358</v>
+      </c>
+      <c r="I310" s="1549">
+        <v>1</v>
+      </c>
+      <c r="J310" s="1548" t="s">
+        <v>101</v>
+      </c>
+      <c r="K310" s="1548" t="s">
+        <v>102</v>
+      </c>
+      <c r="L310" s="1548"/>
+      <c r="M310" s="1548"/>
+      <c r="N310" s="1548" t="s">
+        <v>73</v>
+      </c>
+      <c r="O310" s="1548" t="s">
+        <v>234</v>
+      </c>
+      <c r="P310" s="1548"/>
+      <c r="Q310" s="1548"/>
+      <c r="R310" s="1548" t="s">
+        <v>206</v>
+      </c>
+      <c r="S310" s="1549" t="s">
+        <v>34</v>
+      </c>
+      <c r="T310" s="1550">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="311" spans="1:20">
+      <c r="A311" s="1551">
+        <v>4126163</v>
+      </c>
+      <c r="B311" s="1552" t="s">
+        <v>426</v>
+      </c>
+      <c r="C311" s="1552" t="s">
+        <v>229</v>
+      </c>
+      <c r="D311" s="1553" t="s">
+        <v>725</v>
+      </c>
+      <c r="E311" s="1552" t="s">
+        <v>178</v>
+      </c>
+      <c r="F311" s="1552" t="s">
+        <v>141</v>
+      </c>
+      <c r="G311" s="1554">
+        <v>25</v>
+      </c>
+      <c r="H311" s="1552" t="s">
+        <v>358</v>
+      </c>
+      <c r="I311" s="1554">
+        <v>1</v>
+      </c>
+      <c r="J311" s="1553" t="s">
+        <v>92</v>
+      </c>
+      <c r="K311" s="1553" t="s">
+        <v>267</v>
+      </c>
+      <c r="L311" s="1553"/>
+      <c r="M311" s="1553"/>
+      <c r="N311" s="1553" t="s">
+        <v>96</v>
+      </c>
+      <c r="O311" s="1553" t="s">
+        <v>109</v>
+      </c>
+      <c r="P311" s="1553"/>
+      <c r="Q311" s="1553"/>
+      <c r="R311" s="1553" t="s">
+        <v>33</v>
+      </c>
+      <c r="S311" s="1554" t="s">
+        <v>42</v>
+      </c>
+      <c r="T311" s="1555">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="312" spans="1:20">
+      <c r="A312" s="1556">
+        <v>4126020</v>
+      </c>
+      <c r="B312" s="1557" t="s">
+        <v>481</v>
+      </c>
+      <c r="C312" s="1557" t="s">
+        <v>410</v>
+      </c>
+      <c r="D312" s="1558" t="s">
+        <v>725</v>
+      </c>
+      <c r="E312" s="1557" t="s">
+        <v>147</v>
+      </c>
+      <c r="F312" s="1557" t="s">
+        <v>24</v>
+      </c>
+      <c r="G312" s="1559">
+        <v>25</v>
+      </c>
+      <c r="H312" s="1557" t="s">
+        <v>358</v>
+      </c>
+      <c r="I312" s="1559">
+        <v>1</v>
+      </c>
+      <c r="J312" s="1558" t="s">
+        <v>101</v>
+      </c>
+      <c r="K312" s="1558"/>
+      <c r="L312" s="1558"/>
+      <c r="M312" s="1558"/>
+      <c r="N312" s="1558" t="s">
+        <v>73</v>
+      </c>
+      <c r="O312" s="1558" t="s">
+        <v>103</v>
+      </c>
+      <c r="P312" s="1558"/>
+      <c r="Q312" s="1558"/>
+      <c r="R312" s="1558" t="s">
+        <v>206</v>
+      </c>
+      <c r="S312" s="1559" t="s">
+        <v>34</v>
+      </c>
+      <c r="T312" s="1560">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="313" spans="1:20">
+      <c r="A313" s="1561">
+        <v>4126055</v>
+      </c>
+      <c r="B313" s="1562" t="s">
+        <v>726</v>
+      </c>
+      <c r="C313" s="1562" t="s">
+        <v>118</v>
+      </c>
+      <c r="D313" s="1563" t="s">
+        <v>727</v>
+      </c>
+      <c r="E313" s="1562" t="s">
+        <v>178</v>
+      </c>
+      <c r="F313" s="1562" t="s">
+        <v>141</v>
+      </c>
+      <c r="G313" s="1564">
+        <v>25</v>
+      </c>
+      <c r="H313" s="1562" t="s">
+        <v>358</v>
+      </c>
+      <c r="I313" s="1564">
+        <v>1</v>
+      </c>
+      <c r="J313" s="1563" t="s">
+        <v>101</v>
+      </c>
+      <c r="K313" s="1563" t="s">
+        <v>102</v>
+      </c>
+      <c r="L313" s="1563"/>
+      <c r="M313" s="1563"/>
+      <c r="N313" s="1563" t="s">
+        <v>73</v>
+      </c>
+      <c r="O313" s="1563" t="s">
+        <v>103</v>
+      </c>
+      <c r="P313" s="1563"/>
+      <c r="Q313" s="1563"/>
+      <c r="R313" s="1563" t="s">
+        <v>206</v>
+      </c>
+      <c r="S313" s="1564" t="s">
+        <v>34</v>
+      </c>
+      <c r="T313" s="1565">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="314" spans="1:20">
+      <c r="A314" s="1566">
+        <v>4126181</v>
+      </c>
+      <c r="B314" s="1567" t="s">
+        <v>728</v>
+      </c>
+      <c r="C314" s="1567" t="s">
+        <v>182</v>
+      </c>
+      <c r="D314" s="1568" t="s">
+        <v>729</v>
+      </c>
+      <c r="E314" s="1567" t="s">
+        <v>178</v>
+      </c>
+      <c r="F314" s="1567" t="s">
+        <v>141</v>
+      </c>
+      <c r="G314" s="1569">
+        <v>25</v>
+      </c>
+      <c r="H314" s="1567" t="s">
+        <v>358</v>
+      </c>
+      <c r="I314" s="1569">
+        <v>1</v>
+      </c>
+      <c r="J314" s="1568" t="s">
+        <v>441</v>
+      </c>
+      <c r="K314" s="1568" t="s">
+        <v>442</v>
+      </c>
+      <c r="L314" s="1568" t="s">
+        <v>94</v>
+      </c>
+      <c r="M314" s="1568" t="s">
+        <v>55</v>
+      </c>
+      <c r="N314" s="1568" t="s">
+        <v>55</v>
+      </c>
+      <c r="O314" s="1568" t="s">
+        <v>56</v>
+      </c>
+      <c r="P314" s="1568"/>
+      <c r="Q314" s="1568"/>
+      <c r="R314" s="1568" t="s">
+        <v>33</v>
+      </c>
+      <c r="S314" s="1569" t="s">
+        <v>42</v>
+      </c>
+      <c r="T314" s="1570">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="315" spans="1:20">
+      <c r="A315" s="1571">
+        <v>4126082</v>
+      </c>
+      <c r="B315" s="1572" t="s">
+        <v>730</v>
+      </c>
+      <c r="C315" s="1572" t="s">
+        <v>100</v>
+      </c>
+      <c r="D315" s="1573" t="s">
+        <v>729</v>
+      </c>
+      <c r="E315" s="1572" t="s">
+        <v>731</v>
+      </c>
+      <c r="F315" s="1572" t="s">
+        <v>24</v>
+      </c>
+      <c r="G315" s="1574">
+        <v>25</v>
+      </c>
+      <c r="H315" s="1572" t="s">
+        <v>358</v>
+      </c>
+      <c r="I315" s="1574">
+        <v>1</v>
+      </c>
+      <c r="J315" s="1573" t="s">
+        <v>101</v>
+      </c>
+      <c r="K315" s="1573" t="s">
+        <v>102</v>
+      </c>
+      <c r="L315" s="1573"/>
+      <c r="M315" s="1573"/>
+      <c r="N315" s="1573" t="s">
+        <v>73</v>
+      </c>
+      <c r="O315" s="1573" t="s">
+        <v>103</v>
+      </c>
+      <c r="P315" s="1573"/>
+      <c r="Q315" s="1573"/>
+      <c r="R315" s="1573" t="s">
+        <v>206</v>
+      </c>
+      <c r="S315" s="1574" t="s">
+        <v>42</v>
+      </c>
+      <c r="T315" s="1575">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="316" spans="1:20">
+      <c r="A316" s="1576">
+        <v>4126110</v>
+      </c>
+      <c r="B316" s="1577" t="s">
+        <v>457</v>
+      </c>
+      <c r="C316" s="1577" t="s">
+        <v>91</v>
+      </c>
+      <c r="D316" s="1578" t="s">
+        <v>732</v>
+      </c>
+      <c r="E316" s="1577" t="s">
+        <v>459</v>
+      </c>
+      <c r="F316" s="1577" t="s">
+        <v>141</v>
+      </c>
+      <c r="G316" s="1579">
+        <v>25</v>
+      </c>
+      <c r="H316" s="1577" t="s">
+        <v>358</v>
+      </c>
+      <c r="I316" s="1579">
+        <v>1</v>
+      </c>
+      <c r="J316" s="1578" t="s">
+        <v>92</v>
+      </c>
+      <c r="K316" s="1578" t="s">
+        <v>292</v>
+      </c>
+      <c r="L316" s="1578"/>
+      <c r="M316" s="1578"/>
+      <c r="N316" s="1578" t="s">
+        <v>96</v>
+      </c>
+      <c r="O316" s="1578" t="s">
+        <v>97</v>
+      </c>
+      <c r="P316" s="1578"/>
+      <c r="Q316" s="1578"/>
+      <c r="R316" s="1578" t="s">
+        <v>33</v>
+      </c>
+      <c r="S316" s="1579" t="s">
+        <v>42</v>
+      </c>
+      <c r="T316" s="1580">
+        <v>5.5</v>
+      </c>
+    </row>
+    <row r="317" spans="1:20">
+      <c r="A317" s="1581">
+        <v>4126075</v>
+      </c>
+      <c r="B317" s="1582" t="s">
+        <v>334</v>
+      </c>
+      <c r="C317" s="1582" t="s">
+        <v>192</v>
+      </c>
+      <c r="D317" s="1583" t="s">
+        <v>733</v>
+      </c>
+      <c r="E317" s="1582" t="s">
+        <v>178</v>
+      </c>
+      <c r="F317" s="1582" t="s">
+        <v>141</v>
+      </c>
+      <c r="G317" s="1584">
+        <v>25</v>
+      </c>
+      <c r="H317" s="1582" t="s">
+        <v>358</v>
+      </c>
+      <c r="I317" s="1584">
+        <v>1</v>
+      </c>
+      <c r="J317" s="1583" t="s">
+        <v>101</v>
+      </c>
+      <c r="K317" s="1583" t="s">
+        <v>102</v>
+      </c>
+      <c r="L317" s="1583" t="s">
+        <v>308</v>
+      </c>
+      <c r="M317" s="1583" t="s">
+        <v>335</v>
+      </c>
+      <c r="N317" s="1583" t="s">
+        <v>73</v>
+      </c>
+      <c r="O317" s="1583" t="s">
+        <v>103</v>
+      </c>
+      <c r="P317" s="1583" t="s">
+        <v>126</v>
+      </c>
+      <c r="Q317" s="1583" t="s">
+        <v>127</v>
+      </c>
+      <c r="R317" s="1583" t="s">
+        <v>33</v>
+      </c>
+      <c r="S317" s="1584" t="s">
+        <v>42</v>
+      </c>
+      <c r="T317" s="1585">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="318" spans="1:20">
+      <c r="A318" s="1586">
+        <v>4126152</v>
+      </c>
+      <c r="B318" s="1587" t="s">
+        <v>471</v>
+      </c>
+      <c r="C318" s="1587" t="s">
+        <v>472</v>
+      </c>
+      <c r="D318" s="1588" t="s">
+        <v>734</v>
+      </c>
+      <c r="E318" s="1587" t="s">
+        <v>147</v>
+      </c>
+      <c r="F318" s="1587" t="s">
+        <v>24</v>
+      </c>
+      <c r="G318" s="1589">
+        <v>25</v>
+      </c>
+      <c r="H318" s="1587" t="s">
+        <v>358</v>
+      </c>
+      <c r="I318" s="1589">
+        <v>1</v>
+      </c>
+      <c r="J318" s="1588" t="s">
+        <v>92</v>
+      </c>
+      <c r="K318" s="1588" t="s">
+        <v>55</v>
+      </c>
+      <c r="L318" s="1588"/>
+      <c r="M318" s="1588"/>
+      <c r="N318" s="1588" t="s">
+        <v>55</v>
+      </c>
+      <c r="O318" s="1588" t="s">
+        <v>302</v>
+      </c>
+      <c r="P318" s="1588"/>
+      <c r="Q318" s="1588"/>
+      <c r="R318" s="1588" t="s">
+        <v>33</v>
+      </c>
+      <c r="S318" s="1589" t="s">
+        <v>42</v>
+      </c>
+      <c r="T318" s="1590">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="319" spans="1:20">
+      <c r="A319" s="1591">
+        <v>4126059</v>
+      </c>
+      <c r="B319" s="1592" t="s">
+        <v>207</v>
+      </c>
+      <c r="C319" s="1592" t="s">
+        <v>192</v>
+      </c>
+      <c r="D319" s="1593" t="s">
+        <v>735</v>
+      </c>
+      <c r="E319" s="1592" t="s">
+        <v>147</v>
+      </c>
+      <c r="F319" s="1592" t="s">
+        <v>24</v>
+      </c>
+      <c r="G319" s="1594">
+        <v>25</v>
+      </c>
+      <c r="H319" s="1592" t="s">
+        <v>358</v>
+      </c>
+      <c r="I319" s="1594">
+        <v>1</v>
+      </c>
+      <c r="J319" s="1593" t="s">
+        <v>92</v>
+      </c>
+      <c r="K319" s="1593" t="s">
+        <v>93</v>
+      </c>
+      <c r="L319" s="1593"/>
+      <c r="M319" s="1593"/>
+      <c r="N319" s="1593" t="s">
+        <v>73</v>
+      </c>
+      <c r="O319" s="1593" t="s">
+        <v>74</v>
+      </c>
+      <c r="P319" s="1593"/>
+      <c r="Q319" s="1593"/>
+      <c r="R319" s="1593" t="s">
+        <v>33</v>
+      </c>
+      <c r="S319" s="1594" t="s">
+        <v>34</v>
+      </c>
+      <c r="T319" s="1595">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="320" spans="1:20">
+      <c r="A320" s="1596">
+        <v>4126061</v>
+      </c>
+      <c r="B320" s="1597" t="s">
+        <v>518</v>
+      </c>
+      <c r="C320" s="1597" t="s">
+        <v>106</v>
+      </c>
+      <c r="D320" s="1598" t="s">
+        <v>736</v>
+      </c>
+      <c r="E320" s="1597" t="s">
+        <v>147</v>
+      </c>
+      <c r="F320" s="1597" t="s">
+        <v>24</v>
+      </c>
+      <c r="G320" s="1599">
+        <v>25</v>
+      </c>
+      <c r="H320" s="1597" t="s">
+        <v>358</v>
+      </c>
+      <c r="I320" s="1599">
+        <v>1</v>
+      </c>
+      <c r="J320" s="1598" t="s">
+        <v>92</v>
+      </c>
+      <c r="K320" s="1598" t="s">
+        <v>230</v>
+      </c>
+      <c r="L320" s="1598"/>
+      <c r="M320" s="1598"/>
+      <c r="N320" s="1598" t="s">
+        <v>96</v>
+      </c>
+      <c r="O320" s="1598" t="s">
+        <v>109</v>
+      </c>
+      <c r="P320" s="1598"/>
+      <c r="Q320" s="1598"/>
+      <c r="R320" s="1598" t="s">
+        <v>33</v>
+      </c>
+      <c r="S320" s="1599" t="s">
+        <v>34</v>
+      </c>
+      <c r="T320" s="1600">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="321" spans="1:20">
+      <c r="A321" s="1601">
+        <v>4126084</v>
+      </c>
+      <c r="B321" s="1602" t="s">
+        <v>737</v>
+      </c>
+      <c r="C321" s="1602" t="s">
+        <v>622</v>
+      </c>
+      <c r="D321" s="1603" t="s">
+        <v>738</v>
+      </c>
+      <c r="E321" s="1602" t="s">
+        <v>147</v>
+      </c>
+      <c r="F321" s="1602" t="s">
+        <v>24</v>
+      </c>
+      <c r="G321" s="1604">
+        <v>25</v>
+      </c>
+      <c r="H321" s="1602" t="s">
+        <v>358</v>
+      </c>
+      <c r="I321" s="1604">
+        <v>1</v>
+      </c>
+      <c r="J321" s="1603" t="s">
+        <v>739</v>
+      </c>
+      <c r="K321" s="1603" t="s">
+        <v>740</v>
+      </c>
+      <c r="L321" s="1603" t="s">
+        <v>741</v>
+      </c>
+      <c r="M321" s="1603" t="s">
+        <v>742</v>
+      </c>
+      <c r="N321" s="1603" t="s">
+        <v>126</v>
+      </c>
+      <c r="O321" s="1603" t="s">
+        <v>283</v>
+      </c>
+      <c r="P321" s="1603"/>
+      <c r="Q321" s="1603"/>
+      <c r="R321" s="1603" t="s">
+        <v>33</v>
+      </c>
+      <c r="S321" s="1604" t="s">
+        <v>34</v>
+      </c>
+      <c r="T321" s="1605">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="322" spans="1:20">
+      <c r="A322" s="1606">
+        <v>4126042</v>
+      </c>
+      <c r="B322" s="1607" t="s">
+        <v>634</v>
+      </c>
+      <c r="C322" s="1607" t="s">
+        <v>59</v>
+      </c>
+      <c r="D322" s="1608" t="s">
+        <v>743</v>
+      </c>
+      <c r="E322" s="1607" t="s">
+        <v>225</v>
+      </c>
+      <c r="F322" s="1607" t="s">
+        <v>24</v>
+      </c>
+      <c r="G322" s="1609">
+        <v>25</v>
+      </c>
+      <c r="H322" s="1607" t="s">
+        <v>358</v>
+      </c>
+      <c r="I322" s="1609">
+        <v>1</v>
+      </c>
+      <c r="J322" s="1608" t="s">
+        <v>226</v>
+      </c>
+      <c r="K322" s="1608" t="s">
+        <v>227</v>
+      </c>
+      <c r="L322" s="1608"/>
+      <c r="M322" s="1608"/>
+      <c r="N322" s="1608" t="s">
+        <v>73</v>
+      </c>
+      <c r="O322" s="1608" t="s">
+        <v>103</v>
+      </c>
+      <c r="P322" s="1608"/>
+      <c r="Q322" s="1608"/>
+      <c r="R322" s="1608" t="s">
+        <v>206</v>
+      </c>
+      <c r="S322" s="1609" t="s">
+        <v>42</v>
+      </c>
+      <c r="T322" s="1610">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="323" spans="1:20">
+      <c r="A323" s="1611">
+        <v>4126045</v>
+      </c>
+      <c r="B323" s="1612" t="s">
+        <v>531</v>
+      </c>
+      <c r="C323" s="1612" t="s">
+        <v>21</v>
+      </c>
+      <c r="D323" s="1613" t="s">
+        <v>744</v>
+      </c>
+      <c r="E323" s="1612" t="s">
+        <v>147</v>
+      </c>
+      <c r="F323" s="1612" t="s">
+        <v>24</v>
+      </c>
+      <c r="G323" s="1614">
+        <v>25</v>
+      </c>
+      <c r="H323" s="1612" t="s">
+        <v>358</v>
+      </c>
+      <c r="I323" s="1614">
+        <v>1</v>
+      </c>
+      <c r="J323" s="1613" t="s">
+        <v>226</v>
+      </c>
+      <c r="K323" s="1613" t="s">
+        <v>223</v>
+      </c>
+      <c r="L323" s="1613" t="s">
+        <v>119</v>
+      </c>
+      <c r="M323" s="1613" t="s">
+        <v>120</v>
+      </c>
+      <c r="N323" s="1613" t="s">
+        <v>62</v>
+      </c>
+      <c r="O323" s="1613" t="s">
+        <v>62</v>
+      </c>
+      <c r="P323" s="1613"/>
+      <c r="Q323" s="1613"/>
+      <c r="R323" s="1613" t="s">
+        <v>206</v>
+      </c>
+      <c r="S323" s="1614" t="s">
+        <v>42</v>
+      </c>
+      <c r="T323" s="1615">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="324" spans="1:20">
+      <c r="A324" s="1616">
+        <v>4126131</v>
+      </c>
+      <c r="B324" s="1617" t="s">
+        <v>129</v>
+      </c>
+      <c r="C324" s="1617" t="s">
+        <v>130</v>
+      </c>
+      <c r="D324" s="1618" t="s">
+        <v>744</v>
+      </c>
+      <c r="E324" s="1617" t="s">
+        <v>132</v>
+      </c>
+      <c r="F324" s="1617" t="s">
+        <v>24</v>
+      </c>
+      <c r="G324" s="1619">
+        <v>25</v>
+      </c>
+      <c r="H324" s="1617" t="s">
+        <v>343</v>
+      </c>
+      <c r="I324" s="1619">
+        <v>1</v>
+      </c>
+      <c r="J324" s="1618" t="s">
+        <v>71</v>
+      </c>
+      <c r="K324" s="1618" t="s">
+        <v>133</v>
+      </c>
+      <c r="L324" s="1618"/>
+      <c r="M324" s="1618"/>
+      <c r="N324" s="1618" t="s">
+        <v>47</v>
+      </c>
+      <c r="O324" s="1618" t="s">
+        <v>49</v>
+      </c>
+      <c r="P324" s="1618"/>
+      <c r="Q324" s="1618"/>
+      <c r="R324" s="1618" t="s">
+        <v>33</v>
+      </c>
+      <c r="S324" s="1619" t="s">
+        <v>34</v>
+      </c>
+      <c r="T324" s="1620">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="325" spans="1:20">
+      <c r="A325" s="1621">
+        <v>4126138</v>
+      </c>
+      <c r="B325" s="1622" t="s">
+        <v>745</v>
+      </c>
+      <c r="C325" s="1622" t="s">
+        <v>746</v>
+      </c>
+      <c r="D325" s="1623" t="s">
+        <v>747</v>
+      </c>
+      <c r="E325" s="1622" t="s">
+        <v>147</v>
+      </c>
+      <c r="F325" s="1622" t="s">
+        <v>24</v>
+      </c>
+      <c r="G325" s="1624">
+        <v>25</v>
+      </c>
+      <c r="H325" s="1622" t="s">
+        <v>358</v>
+      </c>
+      <c r="I325" s="1624">
+        <v>1</v>
+      </c>
+      <c r="J325" s="1623" t="s">
+        <v>454</v>
+      </c>
+      <c r="K325" s="1623" t="s">
+        <v>316</v>
+      </c>
+      <c r="L325" s="1623" t="s">
+        <v>29</v>
+      </c>
+      <c r="M325" s="1623" t="s">
+        <v>748</v>
+      </c>
+      <c r="N325" s="1623" t="s">
+        <v>47</v>
+      </c>
+      <c r="O325" s="1623" t="s">
+        <v>49</v>
+      </c>
+      <c r="P325" s="1623"/>
+      <c r="Q325" s="1623"/>
+      <c r="R325" s="1623" t="s">
+        <v>33</v>
+      </c>
+      <c r="S325" s="1624" t="s">
+        <v>34</v>
+      </c>
+      <c r="T325" s="1625">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="326" spans="1:20">
+      <c r="A326" s="1626">
+        <v>4126079</v>
+      </c>
+      <c r="B326" s="1627" t="s">
+        <v>605</v>
+      </c>
+      <c r="C326" s="1627" t="s">
+        <v>269</v>
+      </c>
+      <c r="D326" s="1628" t="s">
+        <v>747</v>
+      </c>
+      <c r="E326" s="1627" t="s">
+        <v>147</v>
+      </c>
+      <c r="F326" s="1627" t="s">
+        <v>24</v>
+      </c>
+      <c r="G326" s="1629">
+        <v>25</v>
+      </c>
+      <c r="H326" s="1627" t="s">
+        <v>358</v>
+      </c>
+      <c r="I326" s="1629">
+        <v>1</v>
+      </c>
+      <c r="J326" s="1628" t="s">
+        <v>71</v>
+      </c>
+      <c r="K326" s="1628" t="s">
+        <v>316</v>
+      </c>
+      <c r="L326" s="1628"/>
+      <c r="M326" s="1628"/>
+      <c r="N326" s="1628" t="s">
+        <v>47</v>
+      </c>
+      <c r="O326" s="1628" t="s">
+        <v>49</v>
+      </c>
+      <c r="P326" s="1628"/>
+      <c r="Q326" s="1628"/>
+      <c r="R326" s="1628" t="s">
+        <v>33</v>
+      </c>
+      <c r="S326" s="1629" t="s">
+        <v>42</v>
+      </c>
+      <c r="T326" s="1630">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="327" spans="1:20">
+      <c r="A327" s="1631">
+        <v>4126030</v>
+      </c>
+      <c r="B327" s="1632" t="s">
+        <v>145</v>
+      </c>
+      <c r="C327" s="1632" t="s">
+        <v>146</v>
+      </c>
+      <c r="D327" s="1633" t="s">
+        <v>749</v>
+      </c>
+      <c r="E327" s="1632" t="s">
+        <v>147</v>
+      </c>
+      <c r="F327" s="1632" t="s">
+        <v>24</v>
+      </c>
+      <c r="G327" s="1634">
+        <v>25</v>
+      </c>
+      <c r="H327" s="1632" t="s">
+        <v>358</v>
+      </c>
+      <c r="I327" s="1634">
+        <v>1</v>
+      </c>
+      <c r="J327" s="1633" t="s">
+        <v>52</v>
+      </c>
+      <c r="K327" s="1633" t="s">
+        <v>52</v>
+      </c>
+      <c r="L327" s="1633"/>
+      <c r="M327" s="1633"/>
+      <c r="N327" s="1633" t="s">
+        <v>47</v>
+      </c>
+      <c r="O327" s="1633" t="s">
+        <v>148</v>
+      </c>
+      <c r="P327" s="1633"/>
+      <c r="Q327" s="1633"/>
+      <c r="R327" s="1633" t="s">
+        <v>33</v>
+      </c>
+      <c r="S327" s="1634" t="s">
+        <v>42</v>
+      </c>
+      <c r="T327" s="1635">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="328" spans="1:20">
+      <c r="A328" s="1636">
+        <v>4126203</v>
+      </c>
+      <c r="B328" s="1637" t="s">
+        <v>750</v>
+      </c>
+      <c r="C328" s="1637" t="s">
+        <v>489</v>
+      </c>
+      <c r="D328" s="1638" t="s">
+        <v>751</v>
+      </c>
+      <c r="E328" s="1637" t="s">
+        <v>178</v>
+      </c>
+      <c r="F328" s="1637" t="s">
+        <v>141</v>
+      </c>
+      <c r="G328" s="1639">
+        <v>25</v>
+      </c>
+      <c r="H328" s="1637" t="s">
+        <v>358</v>
+      </c>
+      <c r="I328" s="1639">
+        <v>1</v>
+      </c>
+      <c r="J328" s="1638" t="s">
+        <v>45</v>
+      </c>
+      <c r="K328" s="1638" t="s">
+        <v>491</v>
+      </c>
+      <c r="L328" s="1638"/>
+      <c r="M328" s="1638"/>
+      <c r="N328" s="1638" t="s">
+        <v>47</v>
+      </c>
+      <c r="O328" s="1638" t="s">
+        <v>48</v>
+      </c>
+      <c r="P328" s="1638"/>
+      <c r="Q328" s="1638"/>
+      <c r="R328" s="1638" t="s">
+        <v>33</v>
+      </c>
+      <c r="S328" s="1639" t="s">
+        <v>34</v>
+      </c>
+      <c r="T328" s="1640">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="329" spans="1:20">
+      <c r="A329" s="1641">
+        <v>4326013</v>
+      </c>
+      <c r="B329" s="1642" t="s">
+        <v>752</v>
+      </c>
+      <c r="C329" s="1642" t="s">
+        <v>21</v>
+      </c>
+      <c r="D329" s="1643" t="s">
+        <v>753</v>
+      </c>
+      <c r="E329" s="1642" t="s">
+        <v>23</v>
+      </c>
+      <c r="F329" s="1642" t="s">
+        <v>24</v>
+      </c>
+      <c r="G329" s="1644" t="s">
+        <v>25</v>
+      </c>
+      <c r="H329" s="1642" t="s">
+        <v>343</v>
+      </c>
+      <c r="I329" s="1644">
+        <v>1</v>
+      </c>
+      <c r="J329" s="1643" t="s">
+        <v>45</v>
+      </c>
+      <c r="K329" s="1643" t="s">
+        <v>46</v>
+      </c>
+      <c r="L329" s="1643" t="s">
+        <v>158</v>
+      </c>
+      <c r="M329" s="1643" t="s">
+        <v>159</v>
+      </c>
+      <c r="N329" s="1643" t="s">
+        <v>47</v>
+      </c>
+      <c r="O329" s="1643" t="s">
+        <v>48</v>
+      </c>
+      <c r="P329" s="1643" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q329" s="1643" t="s">
+        <v>160</v>
+      </c>
+      <c r="R329" s="1643" t="s">
+        <v>33</v>
+      </c>
+      <c r="S329" s="1644" t="s">
+        <v>42</v>
+      </c>
+      <c r="T329" s="1645">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="330" spans="1:20">
+      <c r="A330" s="1646">
+        <v>4326049</v>
+      </c>
+      <c r="B330" s="1647" t="s">
+        <v>754</v>
+      </c>
+      <c r="C330" s="1647" t="s">
+        <v>44</v>
+      </c>
+      <c r="D330" s="1648" t="s">
+        <v>753</v>
+      </c>
+      <c r="E330" s="1647" t="s">
+        <v>23</v>
+      </c>
+      <c r="F330" s="1647" t="s">
+        <v>24</v>
+      </c>
+      <c r="G330" s="1649" t="s">
+        <v>25</v>
+      </c>
+      <c r="H330" s="1647" t="s">
+        <v>343</v>
+      </c>
+      <c r="I330" s="1649">
+        <v>1</v>
+      </c>
+      <c r="J330" s="1648" t="s">
+        <v>45</v>
+      </c>
+      <c r="K330" s="1648" t="s">
+        <v>46</v>
+      </c>
+      <c r="L330" s="1648"/>
+      <c r="M330" s="1648"/>
+      <c r="N330" s="1648" t="s">
+        <v>47</v>
+      </c>
+      <c r="O330" s="1648" t="s">
+        <v>48</v>
+      </c>
+      <c r="P330" s="1648" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q330" s="1648" t="s">
+        <v>49</v>
+      </c>
+      <c r="R330" s="1648" t="s">
+        <v>33</v>
+      </c>
+      <c r="S330" s="1649" t="s">
+        <v>34</v>
+      </c>
+      <c r="T330" s="1650">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="331" spans="1:20">
+      <c r="A331" s="1651">
+        <v>4326055</v>
+      </c>
+      <c r="B331" s="1652" t="s">
+        <v>755</v>
+      </c>
+      <c r="C331" s="1652" t="s">
+        <v>130</v>
+      </c>
+      <c r="D331" s="1653" t="s">
+        <v>753</v>
+      </c>
+      <c r="E331" s="1652" t="s">
+        <v>23</v>
+      </c>
+      <c r="F331" s="1652" t="s">
+        <v>24</v>
+      </c>
+      <c r="G331" s="1654" t="s">
+        <v>25</v>
+      </c>
+      <c r="H331" s="1652" t="s">
+        <v>343</v>
+      </c>
+      <c r="I331" s="1654">
+        <v>1</v>
+      </c>
+      <c r="J331" s="1653" t="s">
+        <v>52</v>
+      </c>
+      <c r="K331" s="1653" t="s">
+        <v>52</v>
+      </c>
+      <c r="L331" s="1653" t="s">
+        <v>77</v>
+      </c>
+      <c r="M331" s="1653" t="s">
+        <v>346</v>
+      </c>
+      <c r="N331" s="1653" t="s">
+        <v>104</v>
+      </c>
+      <c r="O331" s="1653" t="s">
+        <v>104</v>
+      </c>
+      <c r="P331" s="1653"/>
+      <c r="Q331" s="1653"/>
+      <c r="R331" s="1653" t="s">
+        <v>33</v>
+      </c>
+      <c r="S331" s="1654" t="s">
+        <v>34</v>
+      </c>
+      <c r="T331" s="1655">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="332" spans="1:20">
+      <c r="A332" s="1656">
+        <v>4326061</v>
+      </c>
+      <c r="B332" s="1657" t="s">
+        <v>756</v>
+      </c>
+      <c r="C332" s="1657" t="s">
+        <v>51</v>
+      </c>
+      <c r="D332" s="1658" t="s">
+        <v>753</v>
+      </c>
+      <c r="E332" s="1657" t="s">
+        <v>23</v>
+      </c>
+      <c r="F332" s="1657" t="s">
+        <v>24</v>
+      </c>
+      <c r="G332" s="1659" t="s">
+        <v>25</v>
+      </c>
+      <c r="H332" s="1657" t="s">
+        <v>343</v>
+      </c>
+      <c r="I332" s="1659">
+        <v>1</v>
+      </c>
+      <c r="J332" s="1658" t="s">
+        <v>52</v>
+      </c>
+      <c r="K332" s="1658" t="s">
+        <v>52</v>
+      </c>
+      <c r="L332" s="1658" t="s">
+        <v>53</v>
+      </c>
+      <c r="M332" s="1658" t="s">
+        <v>54</v>
+      </c>
+      <c r="N332" s="1658" t="s">
+        <v>55</v>
+      </c>
+      <c r="O332" s="1658" t="s">
+        <v>56</v>
+      </c>
+      <c r="P332" s="1658" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q332" s="1658" t="s">
+        <v>57</v>
+      </c>
+      <c r="R332" s="1658" t="s">
+        <v>33</v>
+      </c>
+      <c r="S332" s="1659" t="s">
+        <v>34</v>
+      </c>
+      <c r="T332" s="1660">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="333" spans="1:20">
+      <c r="A333" s="1661">
+        <v>4326007</v>
+      </c>
+      <c r="B333" s="1662" t="s">
+        <v>757</v>
+      </c>
+      <c r="C333" s="1662" t="s">
+        <v>59</v>
+      </c>
+      <c r="D333" s="1663" t="s">
+        <v>753</v>
+      </c>
+      <c r="E333" s="1662" t="s">
+        <v>23</v>
+      </c>
+      <c r="F333" s="1662" t="s">
+        <v>24</v>
+      </c>
+      <c r="G333" s="1664" t="s">
+        <v>25</v>
+      </c>
+      <c r="H333" s="1662" t="s">
+        <v>343</v>
+      </c>
+      <c r="I333" s="1664">
+        <v>1</v>
+      </c>
+      <c r="J333" s="1663" t="s">
+        <v>60</v>
+      </c>
+      <c r="K333" s="1663" t="s">
+        <v>61</v>
+      </c>
+      <c r="L333" s="1663"/>
+      <c r="M333" s="1663"/>
+      <c r="N333" s="1663" t="s">
+        <v>62</v>
+      </c>
+      <c r="O333" s="1663" t="s">
+        <v>62</v>
+      </c>
+      <c r="P333" s="1663"/>
+      <c r="Q333" s="1663"/>
+      <c r="R333" s="1663" t="s">
+        <v>33</v>
+      </c>
+      <c r="S333" s="1664" t="s">
+        <v>42</v>
+      </c>
+      <c r="T333" s="1665">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="334" spans="1:20">
+      <c r="A334" s="1666">
+        <v>4326019</v>
+      </c>
+      <c r="B334" s="1667" t="s">
+        <v>758</v>
+      </c>
+      <c r="C334" s="1667" t="s">
+        <v>21</v>
+      </c>
+      <c r="D334" s="1668" t="s">
+        <v>753</v>
+      </c>
+      <c r="E334" s="1667" t="s">
+        <v>23</v>
+      </c>
+      <c r="F334" s="1667" t="s">
+        <v>24</v>
+      </c>
+      <c r="G334" s="1669" t="s">
+        <v>25</v>
+      </c>
+      <c r="H334" s="1667" t="s">
+        <v>343</v>
+      </c>
+      <c r="I334" s="1669">
+        <v>1</v>
+      </c>
+      <c r="J334" s="1668" t="s">
+        <v>60</v>
+      </c>
+      <c r="K334" s="1668" t="s">
+        <v>62</v>
+      </c>
+      <c r="L334" s="1668"/>
+      <c r="M334" s="1668"/>
+      <c r="N334" s="1668" t="s">
+        <v>62</v>
+      </c>
+      <c r="O334" s="1668" t="s">
+        <v>66</v>
+      </c>
+      <c r="P334" s="1668" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q334" s="1668" t="s">
+        <v>68</v>
+      </c>
+      <c r="R334" s="1668" t="s">
+        <v>33</v>
+      </c>
+      <c r="S334" s="1669" t="s">
+        <v>42</v>
+      </c>
+      <c r="T334" s="1670">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="335" spans="1:20">
+      <c r="A335" s="1671">
+        <v>4326025</v>
+      </c>
+      <c r="B335" s="1672" t="s">
+        <v>759</v>
+      </c>
+      <c r="C335" s="1672" t="s">
+        <v>21</v>
+      </c>
+      <c r="D335" s="1673" t="s">
+        <v>753</v>
+      </c>
+      <c r="E335" s="1672" t="s">
+        <v>23</v>
+      </c>
+      <c r="F335" s="1672" t="s">
+        <v>24</v>
+      </c>
+      <c r="G335" s="1674" t="s">
+        <v>25</v>
+      </c>
+      <c r="H335" s="1672" t="s">
+        <v>343</v>
+      </c>
+      <c r="I335" s="1674">
+        <v>1</v>
+      </c>
+      <c r="J335" s="1673" t="s">
+        <v>60</v>
+      </c>
+      <c r="K335" s="1673" t="s">
+        <v>62</v>
+      </c>
+      <c r="L335" s="1673"/>
+      <c r="M335" s="1673"/>
+      <c r="N335" s="1673" t="s">
+        <v>64</v>
+      </c>
+      <c r="O335" s="1673" t="s">
+        <v>65</v>
+      </c>
+      <c r="P335" s="1673" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q335" s="1673" t="s">
+        <v>66</v>
+      </c>
+      <c r="R335" s="1673" t="s">
+        <v>33</v>
+      </c>
+      <c r="S335" s="1674" t="s">
+        <v>34</v>
+      </c>
+      <c r="T335" s="1675">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="336" spans="1:20">
+      <c r="A336" s="1676">
+        <v>4326031</v>
+      </c>
+      <c r="B336" s="1677" t="s">
+        <v>760</v>
+      </c>
+      <c r="C336" s="1677" t="s">
+        <v>81</v>
+      </c>
+      <c r="D336" s="1678" t="s">
+        <v>753</v>
+      </c>
+      <c r="E336" s="1677" t="s">
+        <v>23</v>
+      </c>
+      <c r="F336" s="1677" t="s">
+        <v>24</v>
+      </c>
+      <c r="G336" s="1679" t="s">
+        <v>25</v>
+      </c>
+      <c r="H336" s="1677" t="s">
+        <v>343</v>
+      </c>
+      <c r="I336" s="1679">
+        <v>1</v>
+      </c>
+      <c r="J336" s="1678" t="s">
+        <v>71</v>
+      </c>
+      <c r="K336" s="1678" t="s">
+        <v>82</v>
+      </c>
+      <c r="L336" s="1678" t="s">
+        <v>77</v>
+      </c>
+      <c r="M336" s="1678" t="s">
+        <v>83</v>
+      </c>
+      <c r="N336" s="1678" t="s">
+        <v>47</v>
+      </c>
+      <c r="O336" s="1678" t="s">
+        <v>84</v>
+      </c>
+      <c r="P336" s="1678"/>
+      <c r="Q336" s="1678"/>
+      <c r="R336" s="1678" t="s">
+        <v>33</v>
+      </c>
+      <c r="S336" s="1679" t="s">
+        <v>42</v>
+      </c>
+      <c r="T336" s="1680">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="337" spans="1:20">
+      <c r="A337" s="1681">
+        <v>4326037</v>
+      </c>
+      <c r="B337" s="1682" t="s">
+        <v>761</v>
+      </c>
+      <c r="C337" s="1682" t="s">
+        <v>76</v>
+      </c>
+      <c r="D337" s="1683" t="s">
+        <v>753</v>
+      </c>
+      <c r="E337" s="1682" t="s">
+        <v>23</v>
+      </c>
+      <c r="F337" s="1682" t="s">
+        <v>24</v>
+      </c>
+      <c r="G337" s="1684" t="s">
+        <v>25</v>
+      </c>
+      <c r="H337" s="1682" t="s">
+        <v>343</v>
+      </c>
+      <c r="I337" s="1684">
+        <v>1</v>
+      </c>
+      <c r="J337" s="1683" t="s">
+        <v>71</v>
+      </c>
+      <c r="K337" s="1683"/>
+      <c r="L337" s="1683" t="s">
+        <v>77</v>
+      </c>
+      <c r="M337" s="1683" t="s">
+        <v>78</v>
+      </c>
+      <c r="N337" s="1683" t="s">
+        <v>47</v>
+      </c>
+      <c r="O337" s="1683" t="s">
+        <v>79</v>
+      </c>
+      <c r="P337" s="1683"/>
+      <c r="Q337" s="1683"/>
+      <c r="R337" s="1683" t="s">
+        <v>33</v>
+      </c>
+      <c r="S337" s="1684" t="s">
+        <v>34</v>
+      </c>
+      <c r="T337" s="1685">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="338" spans="1:20">
+      <c r="A338" s="1686">
+        <v>4326091</v>
+      </c>
+      <c r="B338" s="1687" t="s">
+        <v>762</v>
+      </c>
+      <c r="C338" s="1687" t="s">
+        <v>70</v>
+      </c>
+      <c r="D338" s="1688" t="s">
+        <v>753</v>
+      </c>
+      <c r="E338" s="1687" t="s">
+        <v>23</v>
+      </c>
+      <c r="F338" s="1687" t="s">
+        <v>24</v>
+      </c>
+      <c r="G338" s="1689" t="s">
+        <v>25</v>
+      </c>
+      <c r="H338" s="1687" t="s">
+        <v>343</v>
+      </c>
+      <c r="I338" s="1689">
+        <v>1</v>
+      </c>
+      <c r="J338" s="1688" t="s">
+        <v>71</v>
+      </c>
+      <c r="K338" s="1688" t="s">
+        <v>72</v>
+      </c>
+      <c r="L338" s="1688"/>
+      <c r="M338" s="1688"/>
+      <c r="N338" s="1688" t="s">
+        <v>73</v>
+      </c>
+      <c r="O338" s="1688" t="s">
+        <v>74</v>
+      </c>
+      <c r="P338" s="1688"/>
+      <c r="Q338" s="1688"/>
+      <c r="R338" s="1688" t="s">
+        <v>33</v>
+      </c>
+      <c r="S338" s="1689" t="s">
+        <v>34</v>
+      </c>
+      <c r="T338" s="1690">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="339" spans="1:20">
+      <c r="A339" s="1691">
+        <v>4326097</v>
+      </c>
+      <c r="B339" s="1692" t="s">
+        <v>763</v>
+      </c>
+      <c r="C339" s="1692" t="s">
+        <v>86</v>
+      </c>
+      <c r="D339" s="1693" t="s">
+        <v>753</v>
+      </c>
+      <c r="E339" s="1692" t="s">
+        <v>23</v>
+      </c>
+      <c r="F339" s="1692" t="s">
+        <v>24</v>
+      </c>
+      <c r="G339" s="1694" t="s">
+        <v>25</v>
+      </c>
+      <c r="H339" s="1692" t="s">
+        <v>343</v>
+      </c>
+      <c r="I339" s="1694">
+        <v>1</v>
+      </c>
+      <c r="J339" s="1693" t="s">
+        <v>87</v>
+      </c>
+      <c r="K339" s="1693" t="s">
+        <v>87</v>
+      </c>
+      <c r="L339" s="1693"/>
+      <c r="M339" s="1693"/>
+      <c r="N339" s="1693" t="s">
+        <v>64</v>
+      </c>
+      <c r="O339" s="1693" t="s">
+        <v>88</v>
+      </c>
+      <c r="P339" s="1693" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q339" s="1693" t="s">
+        <v>89</v>
+      </c>
+      <c r="R339" s="1693" t="s">
+        <v>33</v>
+      </c>
+      <c r="S339" s="1694" t="s">
+        <v>34</v>
+      </c>
+      <c r="T339" s="1695">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="340" spans="1:20">
+      <c r="A340" s="1696">
+        <v>4326079</v>
+      </c>
+      <c r="B340" s="1697" t="s">
+        <v>764</v>
+      </c>
+      <c r="C340" s="1697" t="s">
+        <v>91</v>
+      </c>
+      <c r="D340" s="1698" t="s">
+        <v>753</v>
+      </c>
+      <c r="E340" s="1697" t="s">
+        <v>23</v>
+      </c>
+      <c r="F340" s="1697" t="s">
+        <v>24</v>
+      </c>
+      <c r="G340" s="1699" t="s">
+        <v>25</v>
+      </c>
+      <c r="H340" s="1697" t="s">
+        <v>343</v>
+      </c>
+      <c r="I340" s="1699">
+        <v>1</v>
+      </c>
+      <c r="J340" s="1698" t="s">
+        <v>92</v>
+      </c>
+      <c r="K340" s="1698" t="s">
+        <v>93</v>
+      </c>
+      <c r="L340" s="1698" t="s">
+        <v>94</v>
+      </c>
+      <c r="M340" s="1698" t="s">
+        <v>55</v>
+      </c>
+      <c r="N340" s="1698" t="s">
+        <v>96</v>
+      </c>
+      <c r="O340" s="1698" t="s">
+        <v>97</v>
+      </c>
+      <c r="P340" s="1698"/>
+      <c r="Q340" s="1698"/>
+      <c r="R340" s="1698" t="s">
+        <v>33</v>
+      </c>
+      <c r="S340" s="1699" t="s">
+        <v>34</v>
+      </c>
+      <c r="T340" s="1700">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="341" spans="1:20">
+      <c r="A341" s="1701">
+        <v>4326085</v>
+      </c>
+      <c r="B341" s="1702" t="s">
+        <v>765</v>
+      </c>
+      <c r="C341" s="1702" t="s">
+        <v>91</v>
+      </c>
+      <c r="D341" s="1703" t="s">
+        <v>753</v>
+      </c>
+      <c r="E341" s="1702" t="s">
+        <v>23</v>
+      </c>
+      <c r="F341" s="1702" t="s">
+        <v>24</v>
+      </c>
+      <c r="G341" s="1704" t="s">
+        <v>25</v>
+      </c>
+      <c r="H341" s="1702" t="s">
+        <v>343</v>
+      </c>
+      <c r="I341" s="1704">
+        <v>1</v>
+      </c>
+      <c r="J341" s="1703" t="s">
+        <v>92</v>
+      </c>
+      <c r="K341" s="1703" t="s">
+        <v>93</v>
+      </c>
+      <c r="L341" s="1703" t="s">
+        <v>94</v>
+      </c>
+      <c r="M341" s="1703" t="s">
+        <v>95</v>
+      </c>
+      <c r="N341" s="1703" t="s">
+        <v>96</v>
+      </c>
+      <c r="O341" s="1703" t="s">
+        <v>97</v>
+      </c>
+      <c r="P341" s="1703"/>
+      <c r="Q341" s="1703"/>
+      <c r="R341" s="1703" t="s">
+        <v>33</v>
+      </c>
+      <c r="S341" s="1704" t="s">
+        <v>42</v>
+      </c>
+      <c r="T341" s="1705">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="342" spans="1:20">
+      <c r="A342" s="1706">
+        <v>4326043</v>
+      </c>
+      <c r="B342" s="1707" t="s">
+        <v>766</v>
+      </c>
+      <c r="C342" s="1707" t="s">
+        <v>111</v>
+      </c>
+      <c r="D342" s="1708" t="s">
+        <v>753</v>
+      </c>
+      <c r="E342" s="1707" t="s">
+        <v>23</v>
+      </c>
+      <c r="F342" s="1707" t="s">
+        <v>24</v>
+      </c>
+      <c r="G342" s="1709" t="s">
+        <v>25</v>
+      </c>
+      <c r="H342" s="1707" t="s">
+        <v>358</v>
+      </c>
+      <c r="I342" s="1709">
+        <v>1</v>
+      </c>
+      <c r="J342" s="1708" t="s">
+        <v>101</v>
+      </c>
+      <c r="K342" s="1708" t="s">
+        <v>113</v>
+      </c>
+      <c r="L342" s="1708" t="s">
+        <v>114</v>
+      </c>
+      <c r="M342" s="1708" t="s">
+        <v>115</v>
+      </c>
+      <c r="N342" s="1708" t="s">
+        <v>73</v>
+      </c>
+      <c r="O342" s="1708" t="s">
+        <v>116</v>
+      </c>
+      <c r="P342" s="1708" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q342" s="1708" t="s">
+        <v>104</v>
+      </c>
+      <c r="R342" s="1708" t="s">
+        <v>33</v>
+      </c>
+      <c r="S342" s="1709" t="s">
+        <v>34</v>
+      </c>
+      <c r="T342" s="1710">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="343" spans="1:20">
+      <c r="A343" s="1711">
+        <v>4326067</v>
+      </c>
+      <c r="B343" s="1712" t="s">
+        <v>767</v>
+      </c>
+      <c r="C343" s="1712" t="s">
+        <v>106</v>
+      </c>
+      <c r="D343" s="1713" t="s">
+        <v>753</v>
+      </c>
+      <c r="E343" s="1712" t="s">
+        <v>23</v>
+      </c>
+      <c r="F343" s="1712" t="s">
+        <v>24</v>
+      </c>
+      <c r="G343" s="1714" t="s">
+        <v>25</v>
+      </c>
+      <c r="H343" s="1712" t="s">
+        <v>343</v>
+      </c>
+      <c r="I343" s="1714">
+        <v>1</v>
+      </c>
+      <c r="J343" s="1713" t="s">
+        <v>101</v>
+      </c>
+      <c r="K343" s="1713"/>
+      <c r="L343" s="1713" t="s">
+        <v>107</v>
+      </c>
+      <c r="M343" s="1713" t="s">
+        <v>108</v>
+      </c>
+      <c r="N343" s="1713" t="s">
+        <v>96</v>
+      </c>
+      <c r="O343" s="1713" t="s">
+        <v>109</v>
+      </c>
+      <c r="P343" s="1713"/>
+      <c r="Q343" s="1713"/>
+      <c r="R343" s="1713" t="s">
+        <v>33</v>
+      </c>
+      <c r="S343" s="1714" t="s">
+        <v>34</v>
+      </c>
+      <c r="T343" s="1715">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="344" spans="1:20">
+      <c r="A344" s="1716">
+        <v>4326073</v>
+      </c>
+      <c r="B344" s="1717" t="s">
+        <v>768</v>
+      </c>
+      <c r="C344" s="1717" t="s">
+        <v>118</v>
+      </c>
+      <c r="D344" s="1718" t="s">
+        <v>753</v>
+      </c>
+      <c r="E344" s="1717" t="s">
+        <v>23</v>
+      </c>
+      <c r="F344" s="1717" t="s">
+        <v>24</v>
+      </c>
+      <c r="G344" s="1719" t="s">
+        <v>25</v>
+      </c>
+      <c r="H344" s="1717" t="s">
+        <v>343</v>
+      </c>
+      <c r="I344" s="1719">
+        <v>1</v>
+      </c>
+      <c r="J344" s="1718" t="s">
+        <v>101</v>
+      </c>
+      <c r="K344" s="1718" t="s">
+        <v>102</v>
+      </c>
+      <c r="L344" s="1718" t="s">
+        <v>119</v>
+      </c>
+      <c r="M344" s="1718" t="s">
+        <v>120</v>
+      </c>
+      <c r="N344" s="1718" t="s">
+        <v>73</v>
+      </c>
+      <c r="O344" s="1718" t="s">
+        <v>116</v>
+      </c>
+      <c r="P344" s="1718" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q344" s="1718" t="s">
+        <v>104</v>
+      </c>
+      <c r="R344" s="1718" t="s">
+        <v>33</v>
+      </c>
+      <c r="S344" s="1719" t="s">
+        <v>34</v>
+      </c>
+      <c r="T344" s="1720">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="345" spans="1:20">
+      <c r="A345" s="1721">
+        <v>4326103</v>
+      </c>
+      <c r="B345" s="1722" t="s">
+        <v>769</v>
+      </c>
+      <c r="C345" s="1722" t="s">
+        <v>100</v>
+      </c>
+      <c r="D345" s="1723" t="s">
+        <v>753</v>
+      </c>
+      <c r="E345" s="1722" t="s">
+        <v>23</v>
+      </c>
+      <c r="F345" s="1722" t="s">
+        <v>24</v>
+      </c>
+      <c r="G345" s="1724" t="s">
+        <v>25</v>
+      </c>
+      <c r="H345" s="1722" t="s">
+        <v>343</v>
+      </c>
+      <c r="I345" s="1724">
+        <v>1</v>
+      </c>
+      <c r="J345" s="1723" t="s">
+        <v>101</v>
+      </c>
+      <c r="K345" s="1723" t="s">
+        <v>102</v>
+      </c>
+      <c r="L345" s="1723"/>
+      <c r="M345" s="1723"/>
+      <c r="N345" s="1723" t="s">
+        <v>73</v>
+      </c>
+      <c r="O345" s="1723" t="s">
+        <v>103</v>
+      </c>
+      <c r="P345" s="1723" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q345" s="1723" t="s">
+        <v>104</v>
+      </c>
+      <c r="R345" s="1723" t="s">
+        <v>33</v>
+      </c>
+      <c r="S345" s="1724" t="s">
+        <v>42</v>
+      </c>
+      <c r="T345" s="1725">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="346" spans="1:20">
+      <c r="A346" s="1726">
+        <v>4126133</v>
+      </c>
+      <c r="B346" s="1727" t="s">
+        <v>244</v>
+      </c>
+      <c r="C346" s="1727" t="s">
+        <v>130</v>
+      </c>
+      <c r="D346" s="1728" t="s">
+        <v>770</v>
+      </c>
+      <c r="E346" s="1727" t="s">
+        <v>246</v>
+      </c>
+      <c r="F346" s="1727" t="s">
+        <v>24</v>
+      </c>
+      <c r="G346" s="1729">
+        <v>20</v>
+      </c>
+      <c r="H346" s="1727" t="s">
+        <v>343</v>
+      </c>
+      <c r="I346" s="1729">
+        <v>1</v>
+      </c>
+      <c r="J346" s="1728" t="s">
+        <v>71</v>
+      </c>
+      <c r="K346" s="1728" t="s">
+        <v>133</v>
+      </c>
+      <c r="L346" s="1728"/>
+      <c r="M346" s="1728"/>
+      <c r="N346" s="1728" t="s">
+        <v>47</v>
+      </c>
+      <c r="O346" s="1728" t="s">
+        <v>57</v>
+      </c>
+      <c r="P346" s="1728"/>
+      <c r="Q346" s="1728"/>
+      <c r="R346" s="1728" t="s">
+        <v>33</v>
+      </c>
+      <c r="S346" s="1729" t="s">
+        <v>34</v>
+      </c>
+      <c r="T346" s="1730">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="347" spans="1:20">
+      <c r="A347" s="1731">
+        <v>4126088</v>
+      </c>
+      <c r="B347" s="1732" t="s">
+        <v>771</v>
+      </c>
+      <c r="C347" s="1732" t="s">
+        <v>772</v>
+      </c>
+      <c r="D347" s="1733" t="s">
+        <v>773</v>
+      </c>
+      <c r="E347" s="1732" t="s">
+        <v>774</v>
+      </c>
+      <c r="F347" s="1732" t="s">
+        <v>24</v>
+      </c>
+      <c r="G347" s="1734">
+        <v>25</v>
+      </c>
+      <c r="H347" s="1732" t="s">
+        <v>403</v>
+      </c>
+      <c r="I347" s="1734">
+        <v>2</v>
+      </c>
+      <c r="J347" s="1733" t="s">
+        <v>281</v>
+      </c>
+      <c r="K347" s="1733" t="s">
+        <v>281</v>
+      </c>
+      <c r="L347" s="1733" t="s">
+        <v>741</v>
+      </c>
+      <c r="M347" s="1733" t="s">
+        <v>775</v>
+      </c>
+      <c r="N347" s="1733" t="s">
+        <v>126</v>
+      </c>
+      <c r="O347" s="1733" t="s">
+        <v>283</v>
+      </c>
+      <c r="P347" s="1733"/>
+      <c r="Q347" s="1733"/>
+      <c r="R347" s="1733" t="s">
+        <v>33</v>
+      </c>
+      <c r="S347" s="1734" t="s">
+        <v>34</v>
+      </c>
+      <c r="T347" s="1735">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="348" spans="1:20">
+      <c r="A348" s="1736">
+        <v>4126040</v>
+      </c>
+      <c r="B348" s="1737" t="s">
+        <v>181</v>
+      </c>
+      <c r="C348" s="1737" t="s">
+        <v>182</v>
+      </c>
+      <c r="D348" s="1738" t="s">
+        <v>773</v>
+      </c>
+      <c r="E348" s="1737" t="s">
+        <v>184</v>
+      </c>
+      <c r="F348" s="1737" t="s">
+        <v>141</v>
+      </c>
+      <c r="G348" s="1739">
+        <v>25</v>
+      </c>
+      <c r="H348" s="1737" t="s">
+        <v>403</v>
+      </c>
+      <c r="I348" s="1739">
+        <v>2</v>
+      </c>
+      <c r="J348" s="1738" t="s">
+        <v>92</v>
+      </c>
+      <c r="K348" s="1738" t="s">
+        <v>55</v>
+      </c>
+      <c r="L348" s="1738" t="s">
+        <v>94</v>
+      </c>
+      <c r="M348" s="1738" t="s">
+        <v>55</v>
+      </c>
+      <c r="N348" s="1738" t="s">
+        <v>55</v>
+      </c>
+      <c r="O348" s="1738" t="s">
+        <v>186</v>
+      </c>
+      <c r="P348" s="1738"/>
+      <c r="Q348" s="1738"/>
+      <c r="R348" s="1738" t="s">
+        <v>33</v>
+      </c>
+      <c r="S348" s="1739" t="s">
+        <v>34</v>
+      </c>
+      <c r="T348" s="1740">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="349" spans="1:20">
+      <c r="A349" s="1741">
+        <v>4126026</v>
+      </c>
+      <c r="B349" s="1742" t="s">
+        <v>191</v>
+      </c>
+      <c r="C349" s="1742" t="s">
+        <v>192</v>
+      </c>
+      <c r="D349" s="1743" t="s">
+        <v>776</v>
+      </c>
+      <c r="E349" s="1742" t="s">
+        <v>178</v>
+      </c>
+      <c r="F349" s="1742" t="s">
+        <v>141</v>
+      </c>
+      <c r="G349" s="1744">
+        <v>25</v>
+      </c>
+      <c r="H349" s="1742" t="s">
+        <v>358</v>
+      </c>
+      <c r="I349" s="1744">
+        <v>1</v>
+      </c>
+      <c r="J349" s="1743" t="s">
+        <v>194</v>
+      </c>
+      <c r="K349" s="1743" t="s">
+        <v>195</v>
+      </c>
+      <c r="L349" s="1743" t="s">
+        <v>107</v>
+      </c>
+      <c r="M349" s="1743" t="s">
+        <v>196</v>
+      </c>
+      <c r="N349" s="1743" t="s">
+        <v>47</v>
+      </c>
+      <c r="O349" s="1743" t="s">
+        <v>48</v>
+      </c>
+      <c r="P349" s="1743"/>
+      <c r="Q349" s="1743"/>
+      <c r="R349" s="1743" t="s">
+        <v>33</v>
+      </c>
+      <c r="S349" s="1744" t="s">
+        <v>42</v>
+      </c>
+      <c r="T349" s="1745">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="350" spans="1:20">
+      <c r="A350" s="1746">
+        <v>4126147</v>
+      </c>
+      <c r="B350" s="1747" t="s">
+        <v>197</v>
+      </c>
+      <c r="C350" s="1747" t="s">
+        <v>51</v>
+      </c>
+      <c r="D350" s="1748" t="s">
+        <v>777</v>
+      </c>
+      <c r="E350" s="1747" t="s">
+        <v>199</v>
+      </c>
+      <c r="F350" s="1747" t="s">
+        <v>24</v>
+      </c>
+      <c r="G350" s="1749">
+        <v>25</v>
+      </c>
+      <c r="H350" s="1747" t="s">
+        <v>403</v>
+      </c>
+      <c r="I350" s="1749">
+        <v>2</v>
+      </c>
+      <c r="J350" s="1748" t="s">
+        <v>71</v>
+      </c>
+      <c r="K350" s="1748" t="s">
+        <v>200</v>
+      </c>
+      <c r="L350" s="1748" t="s">
+        <v>77</v>
+      </c>
+      <c r="M350" s="1748" t="s">
+        <v>201</v>
+      </c>
+      <c r="N350" s="1748" t="s">
+        <v>47</v>
+      </c>
+      <c r="O350" s="1748" t="s">
+        <v>57</v>
+      </c>
+      <c r="P350" s="1748"/>
+      <c r="Q350" s="1748"/>
+      <c r="R350" s="1748" t="s">
+        <v>33</v>
+      </c>
+      <c r="S350" s="1749" t="s">
+        <v>34</v>
+      </c>
+      <c r="T350" s="1750">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="351" spans="1:20">
+      <c r="A351" s="1751">
+        <v>4126113</v>
+      </c>
+      <c r="B351" s="1752" t="s">
+        <v>778</v>
+      </c>
+      <c r="C351" s="1752" t="s">
+        <v>150</v>
+      </c>
+      <c r="D351" s="1753" t="s">
+        <v>779</v>
+      </c>
+      <c r="E351" s="1752" t="s">
+        <v>152</v>
+      </c>
+      <c r="F351" s="1752" t="s">
+        <v>141</v>
+      </c>
+      <c r="G351" s="1754">
+        <v>25</v>
+      </c>
+      <c r="H351" s="1752" t="s">
+        <v>358</v>
+      </c>
+      <c r="I351" s="1754">
+        <v>1</v>
+      </c>
+      <c r="J351" s="1753" t="s">
+        <v>101</v>
+      </c>
+      <c r="K351" s="1753" t="s">
+        <v>102</v>
+      </c>
+      <c r="L351" s="1753"/>
+      <c r="M351" s="1753"/>
+      <c r="N351" s="1753" t="s">
+        <v>73</v>
+      </c>
+      <c r="O351" s="1753" t="s">
+        <v>103</v>
+      </c>
+      <c r="P351" s="1753"/>
+      <c r="Q351" s="1753"/>
+      <c r="R351" s="1753" t="s">
+        <v>206</v>
+      </c>
+      <c r="S351" s="1754" t="s">
+        <v>34</v>
+      </c>
+      <c r="T351" s="1755">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="352" spans="1:20">
+      <c r="A352" s="1756">
+        <v>4126185</v>
+      </c>
+      <c r="B352" s="1757" t="s">
+        <v>493</v>
+      </c>
+      <c r="C352" s="1757" t="s">
+        <v>494</v>
+      </c>
+      <c r="D352" s="1758" t="s">
+        <v>780</v>
+      </c>
+      <c r="E352" s="1757" t="s">
+        <v>147</v>
+      </c>
+      <c r="F352" s="1757" t="s">
+        <v>24</v>
+      </c>
+      <c r="G352" s="1759">
+        <v>25</v>
+      </c>
+      <c r="H352" s="1757" t="s">
+        <v>358</v>
+      </c>
+      <c r="I352" s="1759">
+        <v>1</v>
+      </c>
+      <c r="J352" s="1758" t="s">
+        <v>92</v>
+      </c>
+      <c r="K352" s="1758" t="s">
+        <v>55</v>
+      </c>
+      <c r="L352" s="1758" t="s">
+        <v>53</v>
+      </c>
+      <c r="M352" s="1758" t="s">
+        <v>496</v>
+      </c>
+      <c r="N352" s="1758" t="s">
+        <v>55</v>
+      </c>
+      <c r="O352" s="1758" t="s">
+        <v>186</v>
+      </c>
+      <c r="P352" s="1758" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q352" s="1758" t="s">
+        <v>84</v>
+      </c>
+      <c r="R352" s="1758" t="s">
+        <v>33</v>
+      </c>
+      <c r="S352" s="1759" t="s">
+        <v>42</v>
+      </c>
+      <c r="T352" s="1760">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="353" spans="1:20">
+      <c r="A353" s="1761">
+        <v>4126192</v>
+      </c>
+      <c r="B353" s="1762" t="s">
+        <v>781</v>
+      </c>
+      <c r="C353" s="1762" t="s">
+        <v>146</v>
+      </c>
+      <c r="D353" s="1763" t="s">
+        <v>782</v>
+      </c>
+      <c r="E353" s="1762" t="s">
+        <v>178</v>
+      </c>
+      <c r="F353" s="1762" t="s">
+        <v>141</v>
+      </c>
+      <c r="G353" s="1764">
+        <v>25</v>
+      </c>
+      <c r="H353" s="1762" t="s">
+        <v>358</v>
+      </c>
+      <c r="I353" s="1764">
+        <v>1</v>
+      </c>
+      <c r="J353" s="1763" t="s">
+        <v>71</v>
+      </c>
+      <c r="K353" s="1763" t="s">
+        <v>783</v>
+      </c>
+      <c r="L353" s="1763" t="s">
+        <v>77</v>
+      </c>
+      <c r="M353" s="1763" t="s">
+        <v>346</v>
+      </c>
+      <c r="N353" s="1763" t="s">
+        <v>64</v>
+      </c>
+      <c r="O353" s="1763" t="s">
+        <v>89</v>
+      </c>
+      <c r="P353" s="1763" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q353" s="1763" t="s">
+        <v>148</v>
+      </c>
+      <c r="R353" s="1763" t="s">
+        <v>33</v>
+      </c>
+      <c r="S353" s="1764" t="s">
+        <v>42</v>
+      </c>
+      <c r="T353" s="1765">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="354" spans="1:20">
+      <c r="A354" s="1766">
+        <v>4126028</v>
+      </c>
+      <c r="B354" s="1767" t="s">
+        <v>224</v>
+      </c>
+      <c r="C354" s="1767" t="s">
+        <v>59</v>
+      </c>
+      <c r="D354" s="1768" t="s">
+        <v>784</v>
+      </c>
+      <c r="E354" s="1767" t="s">
+        <v>225</v>
+      </c>
+      <c r="F354" s="1767" t="s">
+        <v>24</v>
+      </c>
+      <c r="G354" s="1769">
+        <v>25</v>
+      </c>
+      <c r="H354" s="1767" t="s">
+        <v>358</v>
+      </c>
+      <c r="I354" s="1769">
+        <v>1</v>
+      </c>
+      <c r="J354" s="1768" t="s">
+        <v>226</v>
+      </c>
+      <c r="K354" s="1768" t="s">
+        <v>227</v>
+      </c>
+      <c r="L354" s="1768"/>
+      <c r="M354" s="1768"/>
+      <c r="N354" s="1768" t="s">
+        <v>62</v>
+      </c>
+      <c r="O354" s="1768" t="s">
+        <v>62</v>
+      </c>
+      <c r="P354" s="1768"/>
+      <c r="Q354" s="1768"/>
+      <c r="R354" s="1768" t="s">
+        <v>33</v>
+      </c>
+      <c r="S354" s="1769" t="s">
+        <v>42</v>
+      </c>
+      <c r="T354" s="1770">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="355" spans="1:20">
+      <c r="A355" s="1771">
+        <v>4126066</v>
+      </c>
+      <c r="B355" s="1772" t="s">
+        <v>235</v>
+      </c>
+      <c r="C355" s="1772" t="s">
+        <v>236</v>
+      </c>
+      <c r="D355" s="1773" t="s">
+        <v>785</v>
+      </c>
+      <c r="E355" s="1772" t="s">
+        <v>178</v>
+      </c>
+      <c r="F355" s="1772" t="s">
+        <v>141</v>
+      </c>
+      <c r="G355" s="1774">
+        <v>25</v>
+      </c>
+      <c r="H355" s="1772" t="s">
+        <v>358</v>
+      </c>
+      <c r="I355" s="1774">
+        <v>1</v>
+      </c>
+      <c r="J355" s="1773" t="s">
+        <v>45</v>
+      </c>
+      <c r="K355" s="1773" t="s">
+        <v>238</v>
+      </c>
+      <c r="L355" s="1773" t="s">
+        <v>107</v>
+      </c>
+      <c r="M355" s="1773" t="s">
+        <v>196</v>
+      </c>
+      <c r="N355" s="1773" t="s">
+        <v>73</v>
+      </c>
+      <c r="O355" s="1773" t="s">
+        <v>116</v>
+      </c>
+      <c r="P355" s="1773" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q355" s="1773" t="s">
+        <v>68</v>
+      </c>
+      <c r="R355" s="1773" t="s">
+        <v>33</v>
+      </c>
+      <c r="S355" s="1774" t="s">
+        <v>34</v>
+      </c>
+      <c r="T355" s="1775">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="356" spans="1:20">
+      <c r="A356" s="1776">
+        <v>4126140</v>
+      </c>
+      <c r="B356" s="1777" t="s">
+        <v>242</v>
+      </c>
+      <c r="C356" s="1777" t="s">
+        <v>70</v>
+      </c>
+      <c r="D356" s="1778" t="s">
+        <v>786</v>
+      </c>
+      <c r="E356" s="1777" t="s">
+        <v>147</v>
+      </c>
+      <c r="F356" s="1777" t="s">
+        <v>24</v>
+      </c>
+      <c r="G356" s="1779">
+        <v>25</v>
+      </c>
+      <c r="H356" s="1777" t="s">
+        <v>358</v>
+      </c>
+      <c r="I356" s="1779">
+        <v>1</v>
+      </c>
+      <c r="J356" s="1778" t="s">
+        <v>71</v>
+      </c>
+      <c r="K356" s="1778" t="s">
+        <v>72</v>
+      </c>
+      <c r="L356" s="1778"/>
+      <c r="M356" s="1778"/>
+      <c r="N356" s="1778" t="s">
+        <v>73</v>
+      </c>
+      <c r="O356" s="1778" t="s">
+        <v>74</v>
+      </c>
+      <c r="P356" s="1778"/>
+      <c r="Q356" s="1778"/>
+      <c r="R356" s="1778" t="s">
+        <v>33</v>
+      </c>
+      <c r="S356" s="1779" t="s">
+        <v>34</v>
+      </c>
+      <c r="T356" s="1780">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="357" spans="1:20">
+      <c r="A357" s="1781">
+        <v>4126047</v>
+      </c>
+      <c r="B357" s="1782" t="s">
+        <v>254</v>
+      </c>
+      <c r="C357" s="1782" t="s">
+        <v>21</v>
+      </c>
+      <c r="D357" s="1783" t="s">
+        <v>787</v>
+      </c>
+      <c r="E357" s="1782" t="s">
+        <v>256</v>
+      </c>
+      <c r="F357" s="1782" t="s">
+        <v>141</v>
+      </c>
+      <c r="G357" s="1784">
+        <v>25</v>
+      </c>
+      <c r="H357" s="1782" t="s">
+        <v>467</v>
+      </c>
+      <c r="I357" s="1784">
+        <v>3</v>
+      </c>
+      <c r="J357" s="1783" t="s">
+        <v>60</v>
+      </c>
+      <c r="K357" s="1783" t="s">
+        <v>62</v>
+      </c>
+      <c r="L357" s="1783" t="s">
+        <v>119</v>
+      </c>
+      <c r="M357" s="1783" t="s">
+        <v>258</v>
+      </c>
+      <c r="N357" s="1783" t="s">
+        <v>62</v>
+      </c>
+      <c r="O357" s="1783" t="s">
+        <v>62</v>
+      </c>
+      <c r="P357" s="1783" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q357" s="1783" t="s">
+        <v>32</v>
+      </c>
+      <c r="R357" s="1783" t="s">
+        <v>33</v>
+      </c>
+      <c r="S357" s="1784" t="s">
+        <v>42</v>
+      </c>
+      <c r="T357" s="1785">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="358" spans="1:20">
+      <c r="A358" s="1786">
+        <v>4126129</v>
+      </c>
+      <c r="B358" s="1787" t="s">
+        <v>217</v>
+      </c>
+      <c r="C358" s="1787" t="s">
+        <v>91</v>
+      </c>
+      <c r="D358" s="1788" t="s">
+        <v>788</v>
+      </c>
+      <c r="E358" s="1787" t="s">
+        <v>152</v>
+      </c>
+      <c r="F358" s="1787" t="s">
+        <v>141</v>
+      </c>
+      <c r="G358" s="1789">
+        <v>25</v>
+      </c>
+      <c r="H358" s="1787" t="s">
+        <v>358</v>
+      </c>
+      <c r="I358" s="1789">
+        <v>1</v>
+      </c>
+      <c r="J358" s="1788" t="s">
+        <v>92</v>
+      </c>
+      <c r="K358" s="1788" t="s">
+        <v>218</v>
+      </c>
+      <c r="L358" s="1788" t="s">
+        <v>94</v>
+      </c>
+      <c r="M358" s="1788" t="s">
+        <v>95</v>
+      </c>
+      <c r="N358" s="1788" t="s">
+        <v>96</v>
+      </c>
+      <c r="O358" s="1788" t="s">
+        <v>97</v>
+      </c>
+      <c r="P358" s="1788"/>
+      <c r="Q358" s="1788"/>
+      <c r="R358" s="1788" t="s">
+        <v>33</v>
+      </c>
+      <c r="S358" s="1789" t="s">
+        <v>34</v>
+      </c>
+      <c r="T358" s="1790">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="359" spans="1:20">
+      <c r="A359" s="1791">
+        <v>4126119</v>
+      </c>
+      <c r="B359" s="1792" t="s">
+        <v>276</v>
+      </c>
+      <c r="C359" s="1792" t="s">
+        <v>277</v>
+      </c>
+      <c r="D359" s="1793" t="s">
+        <v>789</v>
+      </c>
+      <c r="E359" s="1792" t="s">
+        <v>178</v>
+      </c>
+      <c r="F359" s="1792" t="s">
+        <v>141</v>
+      </c>
+      <c r="G359" s="1794">
+        <v>25</v>
+      </c>
+      <c r="H359" s="1792" t="s">
+        <v>358</v>
+      </c>
+      <c r="I359" s="1794">
+        <v>1</v>
+      </c>
+      <c r="J359" s="1793" t="s">
+        <v>60</v>
+      </c>
+      <c r="K359" s="1793" t="s">
+        <v>278</v>
+      </c>
+      <c r="L359" s="1793"/>
+      <c r="M359" s="1793"/>
+      <c r="N359" s="1793" t="s">
+        <v>62</v>
+      </c>
+      <c r="O359" s="1793" t="s">
+        <v>62</v>
+      </c>
+      <c r="P359" s="1793" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q359" s="1793" t="s">
+        <v>103</v>
+      </c>
+      <c r="R359" s="1793" t="s">
+        <v>33</v>
+      </c>
+      <c r="S359" s="1794" t="s">
+        <v>42</v>
+      </c>
+      <c r="T359" s="1795">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="360" spans="1:20">
+      <c r="A360" s="1796">
+        <v>4126068</v>
+      </c>
+      <c r="B360" s="1797" t="s">
+        <v>311</v>
+      </c>
+      <c r="C360" s="1797" t="s">
+        <v>312</v>
+      </c>
+      <c r="D360" s="1798" t="s">
+        <v>789</v>
+      </c>
+      <c r="E360" s="1797" t="s">
+        <v>178</v>
+      </c>
+      <c r="F360" s="1797" t="s">
+        <v>141</v>
+      </c>
+      <c r="G360" s="1799">
+        <v>25</v>
+      </c>
+      <c r="H360" s="1797" t="s">
+        <v>358</v>
+      </c>
+      <c r="I360" s="1799">
+        <v>1</v>
+      </c>
+      <c r="J360" s="1798" t="s">
+        <v>101</v>
+      </c>
+      <c r="K360" s="1798" t="s">
+        <v>102</v>
+      </c>
+      <c r="L360" s="1798"/>
+      <c r="M360" s="1798"/>
+      <c r="N360" s="1798" t="s">
+        <v>73</v>
+      </c>
+      <c r="O360" s="1798" t="s">
+        <v>103</v>
+      </c>
+      <c r="P360" s="1798" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q360" s="1798" t="s">
+        <v>104</v>
+      </c>
+      <c r="R360" s="1798" t="s">
+        <v>206</v>
+      </c>
+      <c r="S360" s="1799" t="s">
+        <v>34</v>
+      </c>
+      <c r="T360" s="1800">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="361" spans="1:20">
+      <c r="A361" s="1801">
+        <v>4126165</v>
+      </c>
+      <c r="B361" s="1802" t="s">
+        <v>228</v>
+      </c>
+      <c r="C361" s="1802" t="s">
+        <v>229</v>
+      </c>
+      <c r="D361" s="1803" t="s">
+        <v>790</v>
+      </c>
+      <c r="E361" s="1802" t="s">
+        <v>178</v>
+      </c>
+      <c r="F361" s="1802" t="s">
+        <v>141</v>
+      </c>
+      <c r="G361" s="1804">
+        <v>25</v>
+      </c>
+      <c r="H361" s="1802" t="s">
+        <v>358</v>
+      </c>
+      <c r="I361" s="1804">
+        <v>1</v>
+      </c>
+      <c r="J361" s="1803" t="s">
+        <v>92</v>
+      </c>
+      <c r="K361" s="1803" t="s">
+        <v>230</v>
+      </c>
+      <c r="L361" s="1803"/>
+      <c r="M361" s="1803"/>
+      <c r="N361" s="1803" t="s">
+        <v>31</v>
+      </c>
+      <c r="O361" s="1803" t="s">
+        <v>41</v>
+      </c>
+      <c r="P361" s="1803" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q361" s="1803" t="s">
+        <v>231</v>
+      </c>
+      <c r="R361" s="1803" t="s">
+        <v>33</v>
+      </c>
+      <c r="S361" s="1804" t="s">
+        <v>42</v>
+      </c>
+      <c r="T361" s="1805">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="362" spans="1:20">
+      <c r="A362" s="1806">
+        <v>4126144</v>
+      </c>
+      <c r="B362" s="1807" t="s">
+        <v>497</v>
+      </c>
+      <c r="C362" s="1807" t="s">
+        <v>498</v>
+      </c>
+      <c r="D362" s="1808" t="s">
+        <v>791</v>
+      </c>
+      <c r="E362" s="1807" t="s">
+        <v>147</v>
+      </c>
+      <c r="F362" s="1807" t="s">
+        <v>24</v>
+      </c>
+      <c r="G362" s="1809">
+        <v>25</v>
+      </c>
+      <c r="H362" s="1807" t="s">
+        <v>358</v>
+      </c>
+      <c r="I362" s="1809">
+        <v>1</v>
+      </c>
+      <c r="J362" s="1808" t="s">
+        <v>71</v>
+      </c>
+      <c r="K362" s="1808"/>
+      <c r="L362" s="1808"/>
+      <c r="M362" s="1808"/>
+      <c r="N362" s="1808" t="s">
+        <v>64</v>
+      </c>
+      <c r="O362" s="1808" t="s">
+        <v>65</v>
+      </c>
+      <c r="P362" s="1808"/>
+      <c r="Q362" s="1808"/>
+      <c r="R362" s="1808" t="s">
+        <v>33</v>
+      </c>
+      <c r="S362" s="1809" t="s">
+        <v>34</v>
+      </c>
+      <c r="T362" s="1810">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="363" spans="1:20">
+      <c r="A363" s="1811">
+        <v>4126150</v>
+      </c>
+      <c r="B363" s="1812" t="s">
+        <v>273</v>
+      </c>
+      <c r="C363" s="1812" t="s">
+        <v>274</v>
+      </c>
+      <c r="D363" s="1813" t="s">
+        <v>792</v>
+      </c>
+      <c r="E363" s="1812" t="s">
+        <v>147</v>
+      </c>
+      <c r="F363" s="1812" t="s">
+        <v>24</v>
+      </c>
+      <c r="G363" s="1814">
+        <v>25</v>
+      </c>
+      <c r="H363" s="1812" t="s">
+        <v>358</v>
+      </c>
+      <c r="I363" s="1814">
+        <v>1</v>
+      </c>
+      <c r="J363" s="1813" t="s">
+        <v>45</v>
+      </c>
+      <c r="K363" s="1813" t="s">
+        <v>46</v>
+      </c>
+      <c r="L363" s="1813"/>
+      <c r="M363" s="1813"/>
+      <c r="N363" s="1813" t="s">
+        <v>47</v>
+      </c>
+      <c r="O363" s="1813" t="s">
+        <v>128</v>
+      </c>
+      <c r="P363" s="1813" t="s">
+        <v>126</v>
+      </c>
+      <c r="Q363" s="1813" t="s">
+        <v>127</v>
+      </c>
+      <c r="R363" s="1813" t="s">
+        <v>33</v>
+      </c>
+      <c r="S363" s="1814" t="s">
+        <v>42</v>
+      </c>
+      <c r="T363" s="1815">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="364" spans="1:20">
+      <c r="A364" s="1816">
+        <v>4126177</v>
+      </c>
+      <c r="B364" s="1817" t="s">
+        <v>529</v>
+      </c>
+      <c r="C364" s="1817" t="s">
+        <v>530</v>
+      </c>
+      <c r="D364" s="1818" t="s">
+        <v>792</v>
+      </c>
+      <c r="E364" s="1817" t="s">
+        <v>326</v>
+      </c>
+      <c r="F364" s="1817" t="s">
+        <v>141</v>
+      </c>
+      <c r="G364" s="1819">
+        <v>20</v>
+      </c>
+      <c r="H364" s="1817" t="s">
+        <v>343</v>
+      </c>
+      <c r="I364" s="1819">
+        <v>1</v>
+      </c>
+      <c r="J364" s="1818" t="s">
+        <v>101</v>
+      </c>
+      <c r="K364" s="1818" t="s">
+        <v>113</v>
+      </c>
+      <c r="L364" s="1818"/>
+      <c r="M364" s="1818"/>
+      <c r="N364" s="1818" t="s">
+        <v>73</v>
+      </c>
+      <c r="O364" s="1818" t="s">
+        <v>234</v>
+      </c>
+      <c r="P364" s="1818"/>
+      <c r="Q364" s="1818"/>
+      <c r="R364" s="1818" t="s">
+        <v>206</v>
+      </c>
+      <c r="S364" s="1819" t="s">
+        <v>42</v>
+      </c>
+      <c r="T364" s="1820">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="365" spans="1:20">
+      <c r="A365" s="1821">
+        <v>4126051</v>
+      </c>
+      <c r="B365" s="1822" t="s">
+        <v>303</v>
+      </c>
+      <c r="C365" s="1822" t="s">
+        <v>59</v>
+      </c>
+      <c r="D365" s="1823" t="s">
+        <v>793</v>
+      </c>
+      <c r="E365" s="1822" t="s">
+        <v>225</v>
+      </c>
+      <c r="F365" s="1822" t="s">
+        <v>24</v>
+      </c>
+      <c r="G365" s="1824">
+        <v>25</v>
+      </c>
+      <c r="H365" s="1822" t="s">
+        <v>358</v>
+      </c>
+      <c r="I365" s="1824">
+        <v>1</v>
+      </c>
+      <c r="J365" s="1823" t="s">
+        <v>60</v>
+      </c>
+      <c r="K365" s="1823" t="s">
+        <v>61</v>
+      </c>
+      <c r="L365" s="1823"/>
+      <c r="M365" s="1823"/>
+      <c r="N365" s="1823" t="s">
+        <v>62</v>
+      </c>
+      <c r="O365" s="1823" t="s">
+        <v>62</v>
+      </c>
+      <c r="P365" s="1823"/>
+      <c r="Q365" s="1823"/>
+      <c r="R365" s="1823" t="s">
+        <v>33</v>
+      </c>
+      <c r="S365" s="1824" t="s">
+        <v>42</v>
+      </c>
+      <c r="T365" s="1825">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="366" spans="1:20">
+      <c r="A366" s="1826">
+        <v>4126170</v>
+      </c>
+      <c r="B366" s="1827" t="s">
+        <v>641</v>
+      </c>
+      <c r="C366" s="1827" t="s">
+        <v>76</v>
+      </c>
+      <c r="D366" s="1828" t="s">
+        <v>794</v>
+      </c>
+      <c r="E366" s="1827" t="s">
+        <v>178</v>
+      </c>
+      <c r="F366" s="1827" t="s">
+        <v>141</v>
+      </c>
+      <c r="G366" s="1829">
+        <v>25</v>
+      </c>
+      <c r="H366" s="1827" t="s">
+        <v>358</v>
+      </c>
+      <c r="I366" s="1829">
+        <v>1</v>
+      </c>
+      <c r="J366" s="1828" t="s">
+        <v>71</v>
+      </c>
+      <c r="K366" s="1828" t="s">
+        <v>212</v>
+      </c>
+      <c r="L366" s="1828"/>
+      <c r="M366" s="1828"/>
+      <c r="N366" s="1828" t="s">
+        <v>47</v>
+      </c>
+      <c r="O366" s="1828" t="s">
+        <v>148</v>
+      </c>
+      <c r="P366" s="1828"/>
+      <c r="Q366" s="1828"/>
+      <c r="R366" s="1828" t="s">
+        <v>33</v>
+      </c>
+      <c r="S366" s="1829" t="s">
+        <v>42</v>
+      </c>
+      <c r="T366" s="1830">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="367" spans="1:20">
+      <c r="A367" s="1831">
+        <v>4126037</v>
+      </c>
+      <c r="B367" s="1832" t="s">
+        <v>298</v>
+      </c>
+      <c r="C367" s="1832" t="s">
+        <v>182</v>
+      </c>
+      <c r="D367" s="1833" t="s">
+        <v>795</v>
+      </c>
+      <c r="E367" s="1832" t="s">
+        <v>178</v>
+      </c>
+      <c r="F367" s="1832" t="s">
+        <v>141</v>
+      </c>
+      <c r="G367" s="1834">
+        <v>25</v>
+      </c>
+      <c r="H367" s="1832" t="s">
+        <v>358</v>
+      </c>
+      <c r="I367" s="1834">
+        <v>1</v>
+      </c>
+      <c r="J367" s="1833" t="s">
+        <v>300</v>
+      </c>
+      <c r="K367" s="1833" t="s">
+        <v>301</v>
+      </c>
+      <c r="L367" s="1833" t="s">
+        <v>94</v>
+      </c>
+      <c r="M367" s="1833" t="s">
+        <v>55</v>
+      </c>
+      <c r="N367" s="1833" t="s">
+        <v>55</v>
+      </c>
+      <c r="O367" s="1833" t="s">
+        <v>302</v>
+      </c>
+      <c r="P367" s="1833"/>
+      <c r="Q367" s="1833"/>
+      <c r="R367" s="1833" t="s">
+        <v>33</v>
+      </c>
+      <c r="S367" s="1834" t="s">
+        <v>42</v>
+      </c>
+      <c r="T367" s="1835">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="368" spans="1:20">
+      <c r="A368" s="1836">
+        <v>4126180</v>
+      </c>
+      <c r="B368" s="1837" t="s">
+        <v>796</v>
+      </c>
+      <c r="C368" s="1837" t="s">
+        <v>461</v>
+      </c>
+      <c r="D368" s="1838" t="s">
+        <v>797</v>
+      </c>
+      <c r="E368" s="1837" t="s">
+        <v>178</v>
+      </c>
+      <c r="F368" s="1837" t="s">
+        <v>141</v>
+      </c>
+      <c r="G368" s="1839">
+        <v>25</v>
+      </c>
+      <c r="H368" s="1837" t="s">
+        <v>358</v>
+      </c>
+      <c r="I368" s="1839">
+        <v>1</v>
+      </c>
+      <c r="J368" s="1838" t="s">
+        <v>92</v>
+      </c>
+      <c r="K368" s="1838" t="s">
+        <v>297</v>
+      </c>
+      <c r="L368" s="1838"/>
+      <c r="M368" s="1838"/>
+      <c r="N368" s="1838" t="s">
+        <v>73</v>
+      </c>
+      <c r="O368" s="1838" t="s">
+        <v>234</v>
+      </c>
+      <c r="P368" s="1838" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q368" s="1838" t="s">
+        <v>116</v>
+      </c>
+      <c r="R368" s="1838" t="s">
+        <v>33</v>
+      </c>
+      <c r="S368" s="1839" t="s">
+        <v>42</v>
+      </c>
+      <c r="T368" s="1840">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.2362204724409449" right="0.2755905511811024" top="0.5905511811023623" bottom="0.5905511811023623" header="0.3149606299212598" footer="0.3149606299212598"/>
   <pageSetup paperSize="8" orientation="landscape" scale="33" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;CJUAS　オープンセミナー一覧表&amp;R&amp;D</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>