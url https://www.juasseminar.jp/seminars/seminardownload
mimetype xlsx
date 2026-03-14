--- v2 (2026-01-28)
+++ v3 (2026-03-14)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="juas_seminar" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'juas_seminar'!$A$1:$T$1</definedName>
   </definedNames>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="798">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="758">
   <si>
     <t>イベントID</t>
   </si>
   <si>
     <t>イベントタイトル</t>
   </si>
   <si>
     <t>講師名</t>
   </si>
   <si>
     <t>開催日付</t>
   </si>
   <si>
     <t>セミナー時刻</t>
   </si>
   <si>
     <t>会場名</t>
   </si>
   <si>
     <t>定員</t>
   </si>
   <si>
     <t>参加費</t>
   </si>
   <si>
@@ -76,2382 +76,2262 @@
   <si>
     <t>DXリテラシー詳細</t>
   </si>
   <si>
     <t>JUAS研修大分類（主）</t>
   </si>
   <si>
     <t>JUAS研修中分類（主）</t>
   </si>
   <si>
     <t>JUAS研修大分類（従）</t>
   </si>
   <si>
     <t>JUAS研修中分類（従）</t>
   </si>
   <si>
     <t>スキル</t>
   </si>
   <si>
     <t>レベル</t>
   </si>
   <si>
     <t>ITCA認定時間</t>
   </si>
   <si>
-    <t>イノベーションの起こし方講座＿2025年12月1日～2026年1月31日開催【動画】</t>
+    <t>イノベーションの起こし方講座＿2026年2月1日～2026年3月31日開催【動画】</t>
   </si>
   <si>
     <t>中谷 英雄</t>
   </si>
   <si>
-    <t>2025-12-01、2026-01-31</t>
+    <t>2026-02-01、2026-03-31</t>
   </si>
   <si>
     <t>動画配信開始、動画配信終了</t>
   </si>
   <si>
     <t>オンライン配信（指定会場はありません）</t>
   </si>
   <si>
     <t>無制限</t>
   </si>
   <si>
     <t>ＪＵＡＳ会員/ITC：23,650円 一般：30,250円（１名様あたり　消費税込み、テキスト込み）【受講権利枚数1枚】</t>
   </si>
   <si>
     <t>事業戦略策定・事業戦略評価</t>
   </si>
   <si>
     <t>事業戦略策定、事業戦略評価</t>
   </si>
   <si>
     <t>Why(DXの背景)、Mind(マインド・スタンス)：デザイン思考／アジャイルな働き方</t>
   </si>
   <si>
     <t>社会の変化、顧客価値の変化、競争環境の変化、顧客・ユーザーへの共感、常識にとらわれない発想、反復的なアプローチ</t>
   </si>
   <si>
     <t>ビジネスアーキテクト</t>
   </si>
   <si>
     <t>新事業策定・評価</t>
   </si>
   <si>
     <t>専門スキル</t>
   </si>
   <si>
     <t>初級</t>
   </si>
   <si>
-    <t>CDO入門＿2025年12月1日～2026年1月31日開催【動画】</t>
+    <t>CDO入門＿2026年2月1日～2026年3月31日開催【動画】</t>
   </si>
   <si>
     <t>三谷 慶一郎</t>
   </si>
   <si>
     <t>事業戦略策定・事業戦略評価、共通業務（契約管理、BCP、コンプライアンス、人的資産管理、人材育成、資産管理）・セキュリティ・システム監査</t>
   </si>
   <si>
     <t>事業戦略策定、事業戦略評価、共通業務／事業継続計画BCP、共通業務／人的資源管理（人材育成）</t>
   </si>
   <si>
     <t>Why(DXの背景)、Mind(マインド・スタンス)：新たな価値を生み出す基礎としてのマインド・スタンス</t>
   </si>
   <si>
     <t>社会の変化、柔軟な意思決定</t>
   </si>
   <si>
     <t>経営戦略・組織戦略・ガバナンス</t>
   </si>
   <si>
     <t>中級</t>
   </si>
   <si>
-    <t>IT戦略・IT企画入門＿2025年12月1日～2026年1月31日開催【動画】</t>
+    <t>IT戦略・IT企画入門＿2026年2月1日～2026年3月31日開催【動画】</t>
   </si>
   <si>
     <t>井上 実</t>
   </si>
   <si>
     <t>IS戦略策定・IS戦略評価・IS企画・IS企画評価</t>
   </si>
   <si>
     <t>IS戦略策定</t>
   </si>
   <si>
     <t>ITアーキテクト・システム企画・IT基盤</t>
   </si>
   <si>
     <t>IT戦略策定・IT投資評価</t>
   </si>
   <si>
     <t>システム企画・要求定義</t>
   </si>
   <si>
-    <t>基礎技術おさらいと具体的セキュリティ技術の把握（ネットワークセキュリティ技術基礎プリ講座） _2025年12月1日～2026年1月31日開催【動画】</t>
+    <t>事例に学ぶ、デジタル時代の具体的変革アプローチ＿2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>Why(DXの背景)</t>
+  </si>
+  <si>
+    <t>競争環境の変化</t>
+  </si>
+  <si>
+    <t>業務改革</t>
+  </si>
+  <si>
+    <t>基礎技術おさらいと具体的セキュリティ技術の把握（ネットワークセキュリティ技術基礎プリ講座） _2026年2月1日～2026年3月31日開催【動画】</t>
   </si>
   <si>
     <t>上山 勝也</t>
   </si>
   <si>
     <t>IT基盤構築・維持・管理</t>
   </si>
   <si>
     <t>What(DXで活用されるデータ・技術)：デジタル技術、How(データ・技術の活用)：留意点</t>
   </si>
   <si>
     <t>ネットワーク、セキュリティ</t>
   </si>
   <si>
     <t>セキュリティ</t>
   </si>
   <si>
     <t>サイバーセキュリティ</t>
   </si>
   <si>
     <t>IT基盤</t>
   </si>
   <si>
-    <t>ITプロジェクトマネジメント力強化講座＿2025年12月1日～2026年1月31日開催【動画】</t>
+    <t>ITプロジェクトマネジメント力強化講座＿2026年2月1日～2026年3月31日開催【動画】</t>
   </si>
   <si>
     <t>河尻 直己</t>
   </si>
   <si>
     <t>IS戦略実行マネジメント・プロジェクトマネジメント</t>
   </si>
   <si>
     <t>IT基盤構築・維持・管理、IS戦略実行マネジメント、プロジェクトマネジメント</t>
   </si>
   <si>
     <t>プロジェクトマネジメント</t>
   </si>
   <si>
-    <t>WF型プロジェクトパフォーマンス分析講座＿2025年12月1日～2026年1月31日開催【動画】</t>
+    <t>WF型プロジェクトパフォーマンス分析講座＿2026年2月1日～2026年3月31日開催【動画】</t>
   </si>
   <si>
     <t>要件定義から運用</t>
   </si>
   <si>
     <t>WF型要件定義・設計・開発・テスト</t>
   </si>
   <si>
     <t>品質マネジメント</t>
   </si>
   <si>
-    <t>デジタル時代の品質マネジメント実践講座＿2025年12月1日～2026年1月31日開催【動画】</t>
+    <t>デジタル時代の品質マネジメント実践講座＿2026年2月1日～2026年3月31日開催【動画】</t>
   </si>
   <si>
     <t>UX・UIデザイン</t>
   </si>
   <si>
-    <t>生産管理システム基礎＿2025年12月1日～2026年1月31日開催【動画】</t>
+    <t>生産管理システム基礎＿2026年2月1日～2026年3月31日開催【動画】</t>
   </si>
   <si>
     <t>本間  峰一</t>
   </si>
   <si>
     <t>IS導入（構築）・IS保守</t>
   </si>
   <si>
     <t>IS導入/アプリケーションの分析・設計、IS導入/アプリケーション開発</t>
   </si>
   <si>
     <t>ビジネススキル</t>
   </si>
   <si>
     <t>業種・業務知識</t>
   </si>
   <si>
-    <t>アーキテクチャー入門＿2025年12月1日～2026年1月31日開催【動画】</t>
+    <t>アーキテクチャー入門＿2026年2月1日～2026年3月31日開催【動画】</t>
   </si>
   <si>
     <t>天羽 正道</t>
   </si>
   <si>
     <t>What(DXで活用されるデータ・技術)：デジタル技術</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>ITアーキテクチャ</t>
   </si>
   <si>
-    <t>クラウドサービスの移行計画、運用計画の作り方＿2025年12月1日～2026年1月31日開催【動画】</t>
+    <t>クラウドサービスの移行計画、運用計画の作り方＿2026年2月1日～2026年3月31日開催【動画】</t>
   </si>
   <si>
     <t>澤橋 松王</t>
   </si>
   <si>
     <t>IS導入/インフラストラクチャ分析・設計、IS導入/インフラストラクチャ構築</t>
   </si>
   <si>
     <t>クラウド</t>
   </si>
   <si>
     <t>クラウド利活用</t>
   </si>
   <si>
-    <t>ITサービスマネジメント入門＿2025年12月1日～2026年1月31日開催【動画】</t>
+    <t>ITサービスマネジメント入門＿2026年2月1日～2026年3月31日開催【動画】</t>
   </si>
   <si>
     <t>谷 誠之</t>
   </si>
   <si>
     <t>IS運用</t>
   </si>
   <si>
     <t>運用</t>
   </si>
   <si>
     <t>新技術による開発・保守</t>
   </si>
   <si>
-    <t>契約不適合責任とプロジェクトマネジメント義務＿2025年12月1日～2026年1月31日開催【動画】</t>
+    <t>契約不適合責任とプロジェクトマネジメント義務＿2026年2月1日～2026年3月31日開催【動画】</t>
   </si>
   <si>
     <t>池田 聡</t>
   </si>
   <si>
     <t>共通業務（契約管理、BCP、コンプライアンス、人的資産管理、人材育成、資産管理）・セキュリティ・システム監査</t>
   </si>
   <si>
     <t>共通業務／契約管理</t>
   </si>
   <si>
     <t>How(データ・技術の活用)：留意点</t>
   </si>
   <si>
     <t>コンプライアンス</t>
   </si>
   <si>
     <t>共通業務</t>
   </si>
   <si>
     <t>契約・法務・コンプライアンス</t>
   </si>
   <si>
-    <t>知らないと危ないソフトウェアの著作権リスク_2025年12月1日～2026年1月31日開催【動画】</t>
-[...2 lines deleted...]
-    <t>ITエンジニアのための文章力徹底トレーニング講座＿2025年12月1日～2026年1月31日開催【動画】</t>
+    <t>知らないと危ないソフトウェアの著作権リスク_2026年2月1日～2026年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITエンジニアのための文章力徹底トレーニング講座＿2026年2月1日～2026年3月31日開催【動画】</t>
   </si>
   <si>
     <t>上田 志雄</t>
   </si>
   <si>
     <t>業務遂行スキル</t>
   </si>
   <si>
     <t>業務遂行・コミュニケーション</t>
   </si>
   <si>
     <t>ビジネス・コミュニケーション</t>
   </si>
   <si>
     <t>新人・配転者向け</t>
   </si>
   <si>
-    <t>システム担当者のための管理会計入門＿2025年12月1日～2026年1月31日開催【動画】</t>
+    <t>システム担当者のための管理会計入門＿2026年2月1日～2026年3月31日開催【動画】</t>
   </si>
   <si>
     <t>南 俊基</t>
   </si>
   <si>
     <t>Mind(マインド・スタンス)：デザイン思考／アジャイルな働き方</t>
   </si>
   <si>
     <t>反復的なアプローチ</t>
   </si>
   <si>
     <t>財務・税務・会計</t>
   </si>
   <si>
-    <t>ITパーソン必修「ビジネス数字力」向上研修_2025年12月1日～2026年1月31日開催【動画】</t>
+    <t>ITパーソン必修「ビジネス数字力」向上研修_2026年2月1日～2026年3月31日開催【動画】</t>
   </si>
   <si>
     <t>上田 晃穂</t>
   </si>
   <si>
     <t>ＪＵＡＳ会員/ITC：35,200円 一般：45,100円（１名様あたり　消費税込み、テキスト込み）【受講権利枚数1枚】</t>
   </si>
   <si>
     <t>業務遂行・マネジメント</t>
   </si>
   <si>
     <t>What(DXで活用されるデータ・技術)：データ</t>
   </si>
   <si>
     <t>データを読む・説明する、データを扱う</t>
   </si>
   <si>
     <t>思考法・問題解決</t>
   </si>
   <si>
-    <t>若手SEのためのロジカルシンキング入門＿2025年12月1日～2026年1月31日開催【動画】</t>
+    <t>若手SEのためのロジカルシンキング入門＿2026年2月1日～2026年3月31日開催【動画】</t>
   </si>
   <si>
     <t>寺池 光弘</t>
   </si>
   <si>
     <t>Mind(マインド・スタンス)：新たな価値を生み出す基礎としてのマインド・スタンス</t>
   </si>
   <si>
     <t>柔軟な意思決定</t>
   </si>
   <si>
-    <t>【会員企業限定無料・アカデミー】AI Work Transformation～AI時代の働き方変革【録画配信・12/23～1/31】</t>
-[...11 lines deleted...]
-    <t>社会の変化、データ・デジタル技術の活用事例</t>
+    <t>【参加無料・アカデミー】■IPA×JUAS■産業サイバーセキュリティの現状と課題【録画配信・2/12～3/15】</t>
+  </si>
+  <si>
+    <t>小宮 功</t>
+  </si>
+  <si>
+    <t>2026-02-12、2026-03-15</t>
+  </si>
+  <si>
+    <t>【会員企業限定無料・アカデミー】人財育成担当者交流会特別講演【録画配信・2/17～3/18】</t>
+  </si>
+  <si>
+    <t>2026-02-17、2026-03-18</t>
+  </si>
+  <si>
+    <t>チーム・リーダーシップ・指導力</t>
+  </si>
+  <si>
+    <t>【参加無料・アカデミー】■IPA×JUAS■国内外のデジタルトレンドと戦略【録画配信・3/3～3/31】</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 水落 佳名子</t>
+  </si>
+  <si>
+    <t>2026-03-03、2026-03-31</t>
   </si>
   <si>
     <t>データ・AI活用・技術動向</t>
   </si>
   <si>
     <t>AI・新技術　検証</t>
   </si>
   <si>
+    <t>IT統制～負担軽減に向けた統制維持と効率的な監査対応とは【会場】</t>
+  </si>
+  <si>
+    <t>藤田 喜徳</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>10:00-17:00会場</t>
+  </si>
+  <si>
+    <t>JUAS（NBF東銀座スクエア）</t>
+  </si>
+  <si>
+    <t>共通業務／コンプライアンス</t>
+  </si>
+  <si>
+    <t>内部統制・監査</t>
+  </si>
+  <si>
+    <t>【会員企業限定無料・アカデミー】新しい価値をデザインするためのシステムアーキテクチャー【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>白坂 成功</t>
+  </si>
+  <si>
+    <t>2026-03-18</t>
+  </si>
+  <si>
+    <t>15:00-16:30ライブ配信</t>
+  </si>
+  <si>
+    <t>事業戦略策定</t>
+  </si>
+  <si>
+    <t>社会の変化、顧客価値の変化、競争環境の変化</t>
+  </si>
+  <si>
+    <t>障害対応事例、属人化解消事例から学ぶ他社事例の聴き方、自社への活かし方【会場】</t>
+  </si>
+  <si>
+    <t>木村 恵己</t>
+  </si>
+  <si>
+    <t>13:30-17:30会場</t>
+  </si>
+  <si>
+    <t>IS運用、業務遂行スキル</t>
+  </si>
+  <si>
+    <t>IS運用、業務遂行・クリエイション</t>
+  </si>
+  <si>
+    <t>X（変革）の力を鍛える～業務改善・BPR入門【会場】</t>
+  </si>
+  <si>
+    <t>白鳥 健太郎</t>
+  </si>
+  <si>
+    <t>2026-03-19</t>
+  </si>
+  <si>
+    <t>事業戦略策定・事業戦略評価、IS活用、業務遂行スキル</t>
+  </si>
+  <si>
+    <t>事業戦略策定、IS戦略策定、IS活用、業務遂行・コミュニケーション</t>
+  </si>
+  <si>
+    <t>生成AIを使った提案書作成技法【会場】</t>
+  </si>
+  <si>
+    <t>尾田 友志</t>
+  </si>
+  <si>
+    <t>What(DXで活用されるデータ・技術)：デジタル技術、How(データ・技術の活用)：活用方法・事例</t>
+  </si>
+  <si>
+    <t>AI、データ・デジタル技術の活用事例</t>
+  </si>
+  <si>
+    <t>生成AIを使った要求定義技法と要件定義技法【会場】</t>
+  </si>
+  <si>
+    <t>2026-03-24</t>
+  </si>
+  <si>
+    <t>IS導入/システム要件定義</t>
+  </si>
+  <si>
+    <t>システム発注者・ITグループ会社必携ー2026年1月施行「改正下請法（取適法）」対応実務とリスク管理【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>近藤 學</t>
+  </si>
+  <si>
+    <t>2026-03-25</t>
+  </si>
+  <si>
+    <t>10:00-17:00</t>
+  </si>
+  <si>
+    <t>事例に学ぶ、デジタル時代の具体的変革アプローチ＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>2026-04-01、2026-05-31</t>
+  </si>
+  <si>
+    <t>JUAS会員企業/ITC：23,650円 一般：30,250円（１名様あたり　消費税込み、テキスト込み）【受講権利枚数1枚】</t>
+  </si>
+  <si>
+    <t>IT戦略・IT企画入門＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>IT基礎＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>矢沢 久雄</t>
+  </si>
+  <si>
+    <t>ハードウェア・ソフトウェア</t>
+  </si>
+  <si>
+    <t>基礎技術おさらいと具体的セキュリティ技術の把握（ネットワークセキュリティ技術基礎プリ講座）_2026年4月1日～2026年5月31日開催 【動画】</t>
+  </si>
+  <si>
+    <t>ITプロジェクトマネジメント力強化講座＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>デジタル時代の品質マネジメント実践講座＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>WF型プロジェクトパフォーマンス分析講座＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>クラウドサービスの移行計画、運用計画の作り方＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>アーキテクチャー入門＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>生産管理システム基礎＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITサービスマネジメント入門＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>知らないと危ないソフトウェアの著作権リスク_2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>契約不適合責任とプロジェクトマネジメント義務＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITパーソン必修「ビジネス数字力」向上研修_2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>JUAS会員企業/ITC：35,200円 一般：45,100円（１名様あたり　消費税込み、テキスト込み）【受講権利枚数1枚】</t>
+  </si>
+  <si>
+    <t>システム担当者のための管理会計入門＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>若手SEのためのロジカルシンキング入門＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITエンジニアのための文章力徹底トレーニング講座＿2026年4月1日～2026年5月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>生成AI駆動開発を上流から現場レベルまで組み込む【会場】</t>
+  </si>
+  <si>
+    <t>細川 泰秀、宮川 樹生</t>
+  </si>
+  <si>
+    <t>2026-04-08</t>
+  </si>
+  <si>
+    <t>How(データ・技術の活用)：活用方法・事例</t>
+  </si>
+  <si>
+    <t>データ・デジタル技術の活用事例</t>
+  </si>
+  <si>
     <t>IT技術　最新動向</t>
   </si>
   <si>
+    <t>【会員企業限定・無料】JUAS　IT女子会2026spring【会場】</t>
+  </si>
+  <si>
+    <t>2026-04-17</t>
+  </si>
+  <si>
+    <t>14:00-17:00会場</t>
+  </si>
+  <si>
+    <t>生成AIを活用した業務改善技法 ―AIプロセスマイニングの概要から活用方法【会場】</t>
+  </si>
+  <si>
+    <t>2026-04-23</t>
+  </si>
+  <si>
+    <t>IS導入/アプリケーションの分析・設計</t>
+  </si>
+  <si>
+    <t>AI・生成AI活用に関する法律知識とリスク管理【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>尾城 亮輔</t>
+  </si>
+  <si>
+    <t>2026-04-24</t>
+  </si>
+  <si>
+    <t>13:00-17:00ライブ配信</t>
+  </si>
+  <si>
+    <t>セキュリティ、モラル、コンプライアンス</t>
+  </si>
+  <si>
+    <t>ゼロから作るAIエージェント講座【会場】</t>
+  </si>
+  <si>
+    <t>黒住 好忠</t>
+  </si>
+  <si>
+    <t>2026-05-12</t>
+  </si>
+  <si>
+    <t>IS導入/アプリケーション開発</t>
+  </si>
+  <si>
+    <t>IT利活用（ローコード、市民開発など）</t>
+  </si>
+  <si>
+    <t>リーダーを目指す女性のための実践講座【会場】</t>
+  </si>
+  <si>
+    <t>永谷 裕子、浦田 有佳里</t>
+  </si>
+  <si>
+    <t>共通業務（契約管理、BCP、コンプライアンス、人的資産管理、人材育成、資産管理）・セキュリティ・システム監査、業務遂行スキル</t>
+  </si>
+  <si>
+    <t>共通業務／人的資源管理（人材育成）、業務遂行・マネジメント</t>
+  </si>
+  <si>
+    <t>ヒューマンスキル</t>
+  </si>
+  <si>
+    <t>ユーザー企業が担うプロジェクトマネジメント【会場】</t>
+  </si>
+  <si>
+    <t>広兼 修</t>
+  </si>
+  <si>
+    <t>2026-05-13</t>
+  </si>
+  <si>
+    <t>情報システムセキュリティ入門～システムで守る情報資産【会場】</t>
+  </si>
+  <si>
+    <t>安田 良明</t>
+  </si>
+  <si>
+    <t>2026-05-14</t>
+  </si>
+  <si>
+    <t>IS戦略策定・IS戦略評価・IS企画・IS企画評価、共通業務（契約管理、BCP、コンプライアンス、人的資産管理、人材育成、資産管理）・セキュリティ・システム監査</t>
+  </si>
+  <si>
+    <t>IS戦略策定、IS企画、セキュリティ</t>
+  </si>
+  <si>
+    <t>情報セキュリティ</t>
+  </si>
+  <si>
+    <t>購買・仕入れ業務知識講座（基本編）【会場】</t>
+  </si>
+  <si>
+    <t>野本 満雄</t>
+  </si>
+  <si>
+    <t>わかりやすいマニュアル作成～業務マニュアル・情報共有化文書編【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>丸山 有彦</t>
+  </si>
+  <si>
+    <t>2026-05-15</t>
+  </si>
+  <si>
+    <t>プロジェクトマネジメント入門講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>福田 祥司</t>
+  </si>
+  <si>
+    <t>2026-05-18</t>
+  </si>
+  <si>
+    <t>9:00-16:00ライブ配信</t>
+  </si>
+  <si>
+    <t>若手SEのためのロジカルシンキング入門【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-05-19</t>
+  </si>
+  <si>
+    <t>OSSライセンスの徹底的研究－OSSを活用する場合の著作権知識と留意点【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>姉崎 章博</t>
+  </si>
+  <si>
+    <t>2026-05-20</t>
+  </si>
+  <si>
+    <t>共通業務／資産管理</t>
+  </si>
+  <si>
+    <t>これだけは知っておきたいクラウド設計の勘所【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>臼杵 翔梧</t>
+  </si>
+  <si>
+    <t>2026-05-21</t>
+  </si>
+  <si>
+    <t>ERP導入を失敗しないためのポイント～適正なコストでシステム刷新を成功させる秘訣～【会場】</t>
+  </si>
+  <si>
+    <t>広川 敬祐</t>
+  </si>
+  <si>
+    <t>仕様変更を最小限に抑えるヒアリング技術【会場】</t>
+  </si>
+  <si>
+    <t>IS導入（構築）・IS保守、業務遂行スキル</t>
+  </si>
+  <si>
+    <t>IS導入/システム要件定義、IS導入/業務プロセスの詳細設計、IS導入/アプリケーションの分析・設計、IS導入/アプリケーション開発、IS導入/インフラストラクチャ分析・設計、IS導入/インフラストラクチャ構築、IS導入/ISの受入、業務遂行・コミュニケーション</t>
+  </si>
+  <si>
+    <t>見積交渉力強化講座【会場】</t>
+  </si>
+  <si>
+    <t>三宅 幸次郎</t>
+  </si>
+  <si>
+    <t>2026-05-22</t>
+  </si>
+  <si>
+    <t>共通業務／資産管理、共通業務／契約管理</t>
+  </si>
+  <si>
+    <t>プロジェクト・マネジメント【会場】</t>
+  </si>
+  <si>
+    <t>永谷 裕子</t>
+  </si>
+  <si>
+    <t>2026-05-26、2026-05-27</t>
+  </si>
+  <si>
+    <t>10:00-17:00会場、10:00-17:00会場</t>
+  </si>
+  <si>
+    <t>JUAS会員企業/ITC：70,400円 一般：90,200円（１名様あたり　消費税込み、テキスト込み）【受講権利枚数2枚】</t>
+  </si>
+  <si>
+    <t>基幹システム再構築プロジェクト推進者養成講座【会場】</t>
+  </si>
+  <si>
+    <t>中山 嘉之、天羽 正道</t>
+  </si>
+  <si>
+    <t>2026-05-28、2026-05-29、2026-06-11、2026-06-12</t>
+  </si>
+  <si>
+    <t>10:00-17:00会場※終了後30分間会議室で懇親会、10:00-17:00会場、10:00-17:00会場※終了後30分間会議室で懇親会、10:00-17:00会場</t>
+  </si>
+  <si>
+    <t>JUAS会員企業/ITC：137,500円 一般：176,000円（１名様あたり　消費税込み、テキスト込み）【受講権利枚数4枚】</t>
+  </si>
+  <si>
+    <t>レガシーシステム再構築</t>
+  </si>
+  <si>
+    <t>基礎から学べる要件定義～ユーザーと開発者をつなぐコミュニケーションツールとしての要件定義のまとめ方【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>斉藤 学</t>
+  </si>
+  <si>
+    <t>2026-06-01</t>
+  </si>
+  <si>
+    <t>IS戦略策定、IS企画</t>
+  </si>
+  <si>
+    <t>事例に学ぶ、デジタル時代の具体的変革アプローチ＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>2026-06-01、2026-07-31</t>
+  </si>
+  <si>
+    <t>IT戦略・IT企画入門＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>IT基礎～ユーザー企業IT部門初心者向け情報処理技術者基本【会場】</t>
+  </si>
+  <si>
+    <t>IT基礎＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>基礎技術おさらいと具体的セキュリティ技術の把握（ネットワークセキュリティ技術基礎プリ講座）_2026年6月1日～2026年7月31日開催 【動画】</t>
+  </si>
+  <si>
+    <t>ITプロジェクトマネジメント力強化講座＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>デジタル時代の品質マネジメント実践講座＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>WF型プロジェクトパフォーマンス分析講座＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>クラウドサービスの移行計画、運用計画の作り方＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>アーキテクチャー入門＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>生産管理システム基礎＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITサービスマネジメント入門＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>IT部門のための経理業務知識講座（基本編）【会場】</t>
+  </si>
+  <si>
+    <t>共通業務／資産管理、共通業務／事業継続計画BCP、共通業務／コンプライアンス、共通業務／人的資源管理（人材育成）、共通業務／契約管理</t>
+  </si>
+  <si>
+    <t>知らないと危ないソフトウェアの著作権リスク_2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>契約不適合責任とプロジェクトマネジメント義務＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITパーソン必修「ビジネス数字力」向上研修_2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>システム担当者のための管理会計入門＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>若手SEのためのロジカルシンキング入門＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITエンジニアのための文章力徹底トレーニング講座＿2026年6月1日～2026年7月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>SEのためのロジスティクス基礎・実践講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>長谷川 雅行</t>
+  </si>
+  <si>
+    <t>2026-06-02</t>
+  </si>
+  <si>
+    <t>新人・配転者の方にオススメ！ゼロから学べる　矢沢久雄の「情報システムの設計基礎」【会場】</t>
+  </si>
+  <si>
+    <t>IS導入/業務プロセスの詳細設計、IS導入/アプリケーションの分析・設計</t>
+  </si>
+  <si>
+    <t>基幹システム再構築に伴うデータカタログの構築【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>中山 嘉之</t>
+  </si>
+  <si>
+    <t>2026-06-03</t>
+  </si>
+  <si>
+    <t>データを扱う</t>
+  </si>
+  <si>
+    <t>NISTサイバーセキュリティフレームワーク2.0の理解【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>IS導入（構築）・IS保守、IS活用、IS運用、共通業務（契約管理、BCP、コンプライアンス、人的資産管理、人材育成、資産管理）・セキュリティ・システム監査</t>
+  </si>
+  <si>
+    <t>IS導入/インフラストラクチャ分析・設計、IS導入/インフラストラクチャ構築、IS活用、IS保守、IS運用、セキュリティ</t>
+  </si>
+  <si>
+    <t>アーキテクチャー入門【会場】</t>
+  </si>
+  <si>
+    <t>2026-06-04</t>
+  </si>
+  <si>
+    <t>IS導入/システム要件定義、IS導入/インフラストラクチャ分析・設計</t>
+  </si>
+  <si>
+    <t>プロジェクトファシリテーション能力向上研修【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>足立 英治</t>
+  </si>
+  <si>
+    <t>9:00-17:00ライブ配信</t>
+  </si>
+  <si>
+    <t>コラボレーション、柔軟な意思決定</t>
+  </si>
+  <si>
+    <t>話し方を磨く講座（技術編）【会場】</t>
+  </si>
+  <si>
+    <t>細谷 幸裕</t>
+  </si>
+  <si>
+    <t>2026-06-05</t>
+  </si>
+  <si>
+    <t>電子契約と開発文書電子化の法的基礎知識【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>2026-06-10</t>
+  </si>
+  <si>
+    <t>10:00-16:30</t>
+  </si>
+  <si>
+    <t>共通業務／コンプライアンス、共通業務／契約管理</t>
+  </si>
+  <si>
+    <t>優秀なプロジェクトマネージャーの育て方～現場で使える成功ノウハウ継承の秘策『ものがたり継承法』【会場】</t>
+  </si>
+  <si>
+    <t>吉野 均</t>
+  </si>
+  <si>
+    <t>2026-06-11</t>
+  </si>
+  <si>
+    <t>共通業務／人的資源管理（人材育成）</t>
+  </si>
+  <si>
+    <t>現場で使える要求定義スキル向上プログラム【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-06-16、2026-06-23</t>
+  </si>
+  <si>
+    <t>13:00-17:00ライブ配信、13:00-17:00ライブ配信</t>
+  </si>
+  <si>
+    <t>IS戦略策定・IS戦略評価・IS企画・IS企画評価、IS導入（構築）・IS保守</t>
+  </si>
+  <si>
+    <t>IS企画、IS導入/システム要件定義</t>
+  </si>
+  <si>
+    <t>顧客価値の変化、顧客・ユーザーへの共感</t>
+  </si>
+  <si>
+    <t>クラウド非機能要件設計の考え方と具体的対策【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>山下 克司</t>
+  </si>
+  <si>
+    <t>2026-06-16</t>
+  </si>
+  <si>
+    <t>女性リーダー勉強会【朝活オンラインライブ＋会場】2026年6月～7月開催</t>
+  </si>
+  <si>
+    <t>中野 安美、上田 晃穂</t>
+  </si>
+  <si>
+    <t>2026-06-16、2026-06-23、2026-06-30、2026-07-07、2026-07-14、2026-07-16、2026-07-17、2026-07-21、2026-07-28</t>
+  </si>
+  <si>
+    <t>8:00-9:00オンライン、8:00-9:00オンライン、8:00-9:00オンライン、8:00-9:00オンライン、8:00-9:00オンライン、13:30-17:00会場（17:00-18:00交流会）、10:00-17:00会場、8:00-9:00オンライン、8:00-10:00オンライン</t>
+  </si>
+  <si>
+    <t>JUAS会員企業/ITC：104,500円 一般：134,200円（１名様あたり　消費税込み、テキスト込み）【受講権利枚数3枚】</t>
+  </si>
+  <si>
+    <t>業務遂行・コミュニケーション、業務遂行・マネジメント</t>
+  </si>
+  <si>
+    <t>生産管理システム基礎知識入門（組立・加工製造業編）【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-06-18</t>
+  </si>
+  <si>
+    <t>一般社員・管理者のセキュリティ意識向上と実際に使えるセキュリティ教育・訓練施策【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>平山 敏弘</t>
+  </si>
+  <si>
+    <t>2026-06-22</t>
+  </si>
+  <si>
+    <t>セキュリティマネジメント</t>
+  </si>
+  <si>
+    <t>2026-06-24</t>
+  </si>
+  <si>
+    <t>変革の実現をリードするビジネスアーキテクトの勘所【会場】</t>
+  </si>
+  <si>
+    <t>八田 孝</t>
+  </si>
+  <si>
+    <t>2026-06-25</t>
+  </si>
+  <si>
+    <t>システム再構築プロジェクトにおける勝利の方程式【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>マイクロ・サービス設計入門【会場】</t>
+  </si>
+  <si>
+    <t>2026-06-26</t>
+  </si>
+  <si>
+    <t>経営陣に響く、伝わる！エグゼクティブ・サマリー 伝わる要約資料のストラクチャー【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-06-29</t>
+  </si>
+  <si>
+    <t>図表化技法入門講座【会場】</t>
+  </si>
+  <si>
+    <t>三輪 一郎</t>
+  </si>
+  <si>
+    <t>2026-06-30</t>
+  </si>
+  <si>
+    <t>大規模システム再構築の勝利のセオリー【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-07-01</t>
+  </si>
+  <si>
+    <t>ヒューマンエラーから脱却するための「人間重視のヒューマンエラー防止法」【会場】</t>
+  </si>
+  <si>
+    <t>関 弘充</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> X（変革）の力を鍛える～業務改善・BPR入門【会場】</t>
+  </si>
+  <si>
+    <t>2026-07-02</t>
+  </si>
+  <si>
+    <t>IT投資効果の評価手法入門【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>國重 靖子</t>
+  </si>
+  <si>
+    <t>2026-07-07</t>
+  </si>
+  <si>
+    <t>IS戦略策定、IS企画、IS企画評価、IS戦略評価</t>
+  </si>
+  <si>
+    <t>最新技術動向の概説とその情報源【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>舘田 潤</t>
+  </si>
+  <si>
+    <t>2026-07-08</t>
+  </si>
+  <si>
+    <t>クラウドネイティブセキュリティ入門〜ゼロトラスト・コンテナセキュリティ・DevSecOps〜【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>小林 弘典</t>
+  </si>
+  <si>
+    <t>2026-07-09</t>
+  </si>
+  <si>
+    <t>クラウド、セキュリティ</t>
+  </si>
+  <si>
+    <t>委託プロジェクト管理と受入テストの勘所【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>石原 一宏、江添 智之</t>
+  </si>
+  <si>
+    <t>2026-07-14</t>
+  </si>
+  <si>
+    <t>IT部門・SEのための販売管理業務の全体像と流れを“実務目線”で押さえる実践講座【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>山田 美代子</t>
+  </si>
+  <si>
+    <t>ITプロジェクトでのレビュー計画と実施時のポイント【会場】</t>
+  </si>
+  <si>
+    <t>木村 利昭</t>
+  </si>
+  <si>
+    <t>2026-07-15</t>
+  </si>
+  <si>
+    <t>IS戦略実行マネジメント・プロジェクトマネジメント、IS導入（構築）・IS保守</t>
+  </si>
+  <si>
+    <t>プロジェクトマネジメント、IS導入/アプリケーション開発</t>
+  </si>
+  <si>
+    <t>システム開発・運用・保守における業務委託、常駐請負、労働者派遣の法律実務知識【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>香田 史朗</t>
+  </si>
+  <si>
     <t>半日オンライン速習！業務分析からデータ関連図（ER図）作成・データベース設計の基礎講座【オンラインライブ】</t>
   </si>
   <si>
-    <t>矢沢 久雄</t>
-[...35 lines deleted...]
-    <t>IS企画</t>
+    <t>2026-07-16</t>
+  </si>
+  <si>
+    <t>ネットワーク監視とログ解析の勘所～集め方、分析技法、危機予兆・知見の獲得方法【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-07-17</t>
+  </si>
+  <si>
+    <t>部下指導・育成（成長支援）の考え方と実践で効果を上げている具体的方法【会場】</t>
+  </si>
+  <si>
+    <t>古畑 慶次</t>
+  </si>
+  <si>
+    <t>コラボレーション</t>
+  </si>
+  <si>
+    <t>資産管理・人的資産管理</t>
+  </si>
+  <si>
+    <t>生産管理システム構築知識（応用編）【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-07-21</t>
+  </si>
+  <si>
+    <t>変革リーダーシップ勉強会【会場】2026年7月～11月開催</t>
+  </si>
+  <si>
+    <t>2026-07-22、2026-07-23、2026-08-26、2026-09-17、2026-10-09、2026-11-12、2026-11-13、2026-11-14、2026-11-25</t>
+  </si>
+  <si>
+    <t>13:30-17:30会場、10:00-17:00会場、13:30-17:30会場、13:30-17:30会場、13:30-17:30会場、合宿研修（高島市）、合宿研修（高島市）、合宿研修（高島市）、13:30-17:30会場</t>
+  </si>
+  <si>
+    <t>JUAS会員企業/ITC：349,800円 一般：420,200円（１名様あたり 消費税込み、テキスト込み、合宿研修の現地までの交通費含まず）【受講権利枚数11枚】</t>
+  </si>
+  <si>
+    <t>Mind(マインド・スタンス)：デザイン思考／アジャイルな働き方、Mind(マインド・スタンス)：新たな価値を生み出す基礎としてのマインド・スタンス</t>
+  </si>
+  <si>
+    <t>顧客・ユーザーへの共感、常識にとらわれない発想、変化への適応、コラボレーション、事実に基づく判断</t>
+  </si>
+  <si>
+    <t>IT投資（ソフト・ハード）の会計と税務入門【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-07-22</t>
+  </si>
+  <si>
+    <t>ソフトウェア文章化作法【会場】</t>
+  </si>
+  <si>
+    <t>2026-07-24</t>
+  </si>
+  <si>
+    <t>10:00-17:30会場</t>
+  </si>
+  <si>
+    <t>システムテストの進め方【会場】</t>
+  </si>
+  <si>
+    <t>2026-07-28</t>
+  </si>
+  <si>
+    <t>IS導入/ISの受入</t>
+  </si>
+  <si>
+    <t>システム開発の外部委託に関するリスク回避のためにすべきこと、できること【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>共通業務／契約管理、システム監査</t>
+  </si>
+  <si>
+    <t>「内製化推進」「新規案件」プロジェクトあるある事例を用いた納得の「交渉調整力強化講座」グループ・社内向け編【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-07-29</t>
+  </si>
+  <si>
+    <t>アジャイル型開発におけるプロジェクト管理の勘所【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>熊野 憲辰</t>
   </si>
   <si>
     <t>アジャイルプロジェクト管理</t>
   </si>
   <si>
     <t>アジャイル型開発</t>
   </si>
   <si>
-    <t>大規模システム再構築の勝利のセオリー【オンラインライブ】</t>
-[...8 lines deleted...]
-    <t>レガシーシステム再構築</t>
+    <t>NIST SP800-171の理解とサプライチェーンセキュリティリスクの基本【会場】</t>
+  </si>
+  <si>
+    <t>管理職のためのメンタルヘルス対策講座【会場】</t>
+  </si>
+  <si>
+    <t>三村 和子</t>
+  </si>
+  <si>
+    <t>権力を使わず人を動かし、満足度を上げる「ステークホルダーマネジメント」実践【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-07-30</t>
+  </si>
+  <si>
+    <t>IS戦略実行マネジメント・プロジェクトマネジメント、業務遂行スキル</t>
+  </si>
+  <si>
+    <t>IS戦略実行マネジメント、プロジェクトマネジメント</t>
+  </si>
+  <si>
+    <t>設計の次は実践だ！SQL短期集中体験講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>13:00-16:00ライブ配信</t>
+  </si>
+  <si>
+    <t>人事関連システムを担当するSEが知っておくべき業務知識講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-07-31</t>
+  </si>
+  <si>
+    <t>事例に学ぶ、デジタル時代の具体的変革アプローチ＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>2026-08-01、2026-09-30</t>
+  </si>
+  <si>
+    <t>IT戦略・IT企画入門＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>IT基礎＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>基礎技術おさらいと具体的セキュリティ技術の把握（ネットワークセキュリティ技術基礎プリ講座）_2026年8月1日～2026年9月30日開催 【動画】</t>
+  </si>
+  <si>
+    <t>ITプロジェクトマネジメント力強化講座＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>デジタル時代の品質マネジメント実践講座＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>WF型プロジェクトパフォーマンス分析講座＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>クラウドサービスの移行計画、運用計画の作り方＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>アーキテクチャー入門＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>生産管理システム基礎＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITサービスマネジメント入門＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>知らないと危ないソフトウェアの著作権リスク_2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>契約不適合責任とプロジェクトマネジメント義務＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITパーソン必修「ビジネス数字力」向上研修_2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>システム担当者のための管理会計入門＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>若手SEのためのロジカルシンキング入門＿2026年8月1日～2026年9月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITエンジニアのための文章力徹底トレーニング講座＿2026年8月1日～2026年9月30日開催【動画】</t>
   </si>
   <si>
     <t>ビジネス文章・技術文章の正しい書き方【会場・オンライン同時開催】</t>
   </si>
   <si>
-    <t>丸山 有彦</t>
-[...71 lines deleted...]
-    <t>若手SEのためのロジカルシンキング入門＿2026年2月1日～2026年3月31日開催【動画】</t>
+    <t>2026-08-04</t>
+  </si>
+  <si>
+    <t>DX実現のために知っておくべき法律実務知識【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-08-05</t>
+  </si>
+  <si>
+    <t>セキュリティ、共通業務／資産管理、共通業務／事業継続計画BCP、共通業務／コンプライアンス、共通業務／人的資源管理（人材育成）、共通業務／契約管理、システム監査</t>
+  </si>
+  <si>
+    <t>情報セキュリティマネジメントの全体像を知る～戦略策定できる人材育成を目指して～【会場】</t>
+  </si>
+  <si>
+    <t>2026-08-18</t>
+  </si>
+  <si>
+    <t>IS戦略策定、セキュリティ</t>
+  </si>
+  <si>
+    <t>ゼロトラストだけでは守れない：企業システムのサイバーアーキテクチャの考え方と具体的対策【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>超上流工程、さらにその上の源流における作業とドキュメント【会場】</t>
+  </si>
+  <si>
+    <t>2026-08-19</t>
+  </si>
+  <si>
+    <t>事業戦略策定・事業戦略評価、IS戦略策定・IS戦略評価・IS企画・IS企画評価</t>
+  </si>
+  <si>
+    <t>事業戦略策定、IS戦略策定</t>
+  </si>
+  <si>
+    <t>顧客・ユーザーへの共感</t>
+  </si>
+  <si>
+    <t>契約不適合責任とプロジェクトマネジメント義務【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>情報システム部門のためのITアーキテクト養成講座【会場】</t>
+  </si>
+  <si>
+    <t>2026-08-20、2026-08-21、2026-08-27、2026-08-28</t>
+  </si>
+  <si>
+    <t>10:00-17:00会場（終了後17:30まで交流会を行います）、10:00-17:00会場、10:00-17:00会場（終了後17:30まで交流会を行います）、10:00-17:00会場</t>
+  </si>
+  <si>
+    <t>事業戦略策定、IS戦略策定、IT基盤構築・維持・管理</t>
+  </si>
+  <si>
+    <t>AI、クラウド、ハードウェア・ソフトウェア、ネットワーク</t>
+  </si>
+  <si>
+    <t>PMBOK(R)ベースのプロジェクトマネジメントにおける生成AIの活用【会場】</t>
+  </si>
+  <si>
+    <t>永谷 裕子、大橋 知子</t>
+  </si>
+  <si>
+    <t>2026-08-20</t>
+  </si>
+  <si>
+    <t>組織・プロジェクト変革推進時の利害関係者への「意識改革」具体的アプローチ【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-08-21</t>
+  </si>
+  <si>
+    <t>プロジェクトマネジメント、業務遂行・マネジメント</t>
+  </si>
+  <si>
+    <t>社会の変化、顧客価値の変化、競争環境の変化、変化への適応、コラボレーション、柔軟な意思決定</t>
+  </si>
+  <si>
+    <t>ネットワーク技術入門講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-08-21、2026-08-28</t>
+  </si>
+  <si>
+    <t>9:00-16:00ライブ配信（前半）、9:00-16:00ライブ配信（後半）</t>
+  </si>
+  <si>
+    <t>IS導入/インフラストラクチャ構築</t>
+  </si>
+  <si>
+    <t>ネットワーク</t>
+  </si>
+  <si>
+    <t>製造業向け収益向上のための原価管理システム構築【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>八木 弘泰</t>
+  </si>
+  <si>
+    <t>2026-08-25</t>
+  </si>
+  <si>
+    <t>実務で使えるデータ分析入門【会場】</t>
+  </si>
+  <si>
+    <t>夏目 泰秀</t>
+  </si>
+  <si>
+    <t>IS活用</t>
+  </si>
+  <si>
+    <t>社会におけるデータ、データを読む・説明する、データを扱う、データによって判断する</t>
+  </si>
+  <si>
+    <t>データサイエンス</t>
+  </si>
+  <si>
+    <t>フェーズごとの徹底的ケーススタディ疑似体験から学ぶ、プロジェクトマネージャーの勝利の方程式【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-08-26</t>
+  </si>
+  <si>
+    <t>プロジェクトマネジメント、業務遂行・コミュニケーション、業務遂行・マネジメント</t>
+  </si>
+  <si>
+    <t>実際に機能するBCP/DRへの見直しと災害・パンデミック・サイバーセキュリティへの対応 【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>石橋 正彦</t>
+  </si>
+  <si>
+    <t>2026-08-31</t>
+  </si>
+  <si>
+    <t>共通業務／事業継続計画BCP</t>
+  </si>
+  <si>
+    <t>思考の整理、レポート・提案書作成のための『図解表現入門講座』【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>2026-09-01</t>
+  </si>
+  <si>
+    <t>UXデザイン入門～使いやすいシステム／サービスとするために必要なこと【会場】</t>
+  </si>
+  <si>
+    <t>柳生 大介</t>
+  </si>
+  <si>
+    <t>2026-09-02</t>
+  </si>
+  <si>
+    <t>要件定義のためのドキュメントと品質管理【会場】</t>
+  </si>
+  <si>
+    <t>細川 泰秀、河尻 直己</t>
+  </si>
+  <si>
+    <t>企業をより強くするIT投資計画の作り方【会場】</t>
+  </si>
+  <si>
+    <t>向 正道</t>
+  </si>
+  <si>
+    <t>2026-09-07</t>
+  </si>
+  <si>
+    <t>IT部門・SEの実務力を高める 基幹業務理解とシステム構築の要点【会場】</t>
+  </si>
+  <si>
+    <t>藤田 喜徳、山田 美代子</t>
+  </si>
+  <si>
+    <t>2026-09-08、2026-09-09</t>
+  </si>
+  <si>
+    <t>10:00-17:00会場（17:00-17:30交流会）、10:00-17:00会場</t>
+  </si>
+  <si>
+    <t>若手SEのためのロジカルシンキング ～ライティング編【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-09-08</t>
+  </si>
+  <si>
+    <t>JUASカフェ　次世代IT部門リーダーコミュニティ（勉強会）【会場】</t>
+  </si>
+  <si>
+    <t>2026-09-08、2026-09-15、2026-09-29</t>
+  </si>
+  <si>
+    <t>13:30-18:00会場、13:30-17:00会場、13:30-17:00会場</t>
+  </si>
+  <si>
+    <t>ヒューマンエラー防止！ミスがなくなる仕事術【会場】</t>
+  </si>
+  <si>
+    <t>鈴木 真理子</t>
+  </si>
+  <si>
+    <t>2026-09-09</t>
+  </si>
+  <si>
+    <t>RFP作成入門－記述例をもとに学ぶRFP作成の勘所【会場】</t>
+  </si>
+  <si>
+    <t>斎藤 淳</t>
+  </si>
+  <si>
+    <t>2026-09-10</t>
+  </si>
+  <si>
+    <t>保守性を高めるアプリケーション設計の勘所と留意点【会場】</t>
+  </si>
+  <si>
+    <t>IS導入/アプリケーションの分析・設計、IS保守</t>
+  </si>
+  <si>
+    <t>保守</t>
+  </si>
+  <si>
+    <t>2026-09-11</t>
+  </si>
+  <si>
+    <t>ハイブリッド・マルチクラウドの運用計画・運用設計手法と設計書作成事例【会場】</t>
+  </si>
+  <si>
+    <t>丹下 勉、井戸川 誠、小口 和弘</t>
+  </si>
+  <si>
+    <t>セキュリティ技術基礎【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>2026-09-15、2026-09-16</t>
+  </si>
+  <si>
+    <t>10:00-17:00、10:00-17:00</t>
+  </si>
+  <si>
+    <t>実例と即使えるテンプレートが豊富！ITプロジェクトマネジメント力強化講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-09-16</t>
+  </si>
+  <si>
+    <t>アーキテクチャ転換の勝利のセオリー【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>業務プレゼンテーションにおける話の磨き方講座【会場】</t>
+  </si>
+  <si>
+    <t>町田 和隆</t>
+  </si>
+  <si>
+    <t>2026-09-17</t>
+  </si>
+  <si>
+    <t>WBS作成の技術【会場】</t>
+  </si>
+  <si>
+    <t>2026-09-18</t>
+  </si>
+  <si>
+    <t>USDM（抜け漏れのない要求仕様作成の表記法）による仕様化入門【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>ユーザー企業におけるPMOの創設の薦めと実例研究【会場】</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>今こそ、問題解決力。DX時代の現場リーダー必携スキル【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>変化への適応</t>
+  </si>
+  <si>
+    <t>事例に学ぶ、デジタル時代の具体的変革アプローチ＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>2026-10-01、2026-11-30</t>
+  </si>
+  <si>
+    <t>IT戦略・IT企画入門＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>IT基礎＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>基礎技術おさらいと具体的セキュリティ技術の把握（ネットワークセキュリティ技術基礎プリ講座）_2026年10月1日～2026年11月30日開催 【動画】</t>
+  </si>
+  <si>
+    <t>ITプロジェクトマネジメント力強化講座＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>デジタル時代の品質マネジメント実践講座＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>WF型プロジェクトパフォーマンス分析講座＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>クラウドサービスの移行計画、運用計画の作り方＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>アーキテクチャー入門＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>生産管理システム基礎＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>DXを推進するためのデータサイエンスへの入り口【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>久保田 真人</t>
+  </si>
+  <si>
+    <t>2026-10-01</t>
+  </si>
+  <si>
+    <t>What(DXで活用されるデータ・技術)：データ、How(データ・技術の活用)：活用方法・事例、Mind(マインド・スタンス)：新たな価値を生み出す基礎としてのマインド・スタンス</t>
+  </si>
+  <si>
+    <t>社会におけるデータ、データを読む・説明する、データを扱う、データによって判断する、データ・デジタル技術の活用事例、ツール活用、事実に基づく判断</t>
+  </si>
+  <si>
+    <t>ITサービスマネジメント入門＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>使用許諾契約・ライセンス契約とOSSの法律知識【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>知らないと危ないソフトウェアの著作権リスク_2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>契約不適合責任とプロジェクトマネジメント義務＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITパーソン必修「ビジネス数字力」向上研修_2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>システム担当者のための管理会計入門＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>若手SEのためのロジカルシンキング入門＿2026年10月1日～2026年11月30日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITエンジニアのための文章力徹底トレーニング講座＿2026年10月1日～2026年11月30日開催【動画】</t>
   </si>
   <si>
     <t>ユーザー企業が担う業務改善～システム導入だけでは得られない改善効果の獲得法～【会場】</t>
   </si>
   <si>
-    <t>広兼 修</t>
-[...8 lines deleted...]
-    <t>事業戦略策定・事業戦略評価、IS活用、業務遂行スキル</t>
+    <t>2026-10-06</t>
   </si>
   <si>
     <t>事業戦略策定、IS活用、事業戦略評価、業務遂行・クリエイション</t>
   </si>
   <si>
-    <t>セキュリティ技術基礎【会場・オンライン同時開催】</t>
-[...137 lines deleted...]
-    <t>プロジェクトマネジメント、業務遂行・コミュニケーション、業務遂行・マネジメント</t>
+    <t>「仕様変更」「規模削減」などプロジェクトのあるある事例を用いた、即「PM交渉力強化講座」【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>知らないと危ないソフトウェアの著作権リスク【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-10-07</t>
+  </si>
+  <si>
+    <t>チーム・組織の課題を解決する　対話型組織開発の基礎基本【会場】</t>
+  </si>
+  <si>
+    <t>属人性を排除した「保守」の効率化と価値を生む「改修（強化改良）」へのプロセス改革　実践と事例講座【会場】</t>
+  </si>
+  <si>
+    <t>馬場 辰男</t>
+  </si>
+  <si>
+    <t>2026-10-08</t>
+  </si>
+  <si>
+    <t>IS保守</t>
+  </si>
+  <si>
+    <t>基幹系システムの再構築方法論の研究【会場】</t>
+  </si>
+  <si>
+    <t>2026-10-09</t>
+  </si>
+  <si>
+    <t>2026-10-13</t>
   </si>
   <si>
     <t>IT部門のためのグループ会社管理(支援)の在り方研究【会場】</t>
   </si>
   <si>
-    <t>藤田 喜徳</t>
-[...59 lines deleted...]
-    <t>WBS作成の技術 【録画視聴＋会場】2026年3月9日開催</t>
+    <t>2026-10-14</t>
+  </si>
+  <si>
+    <t>IT部門のための製造業の業務知識と管理技術実践入門講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-10-15、2026-11-05</t>
+  </si>
+  <si>
+    <t>システム担当者のための管理会計入門【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-10-15</t>
+  </si>
+  <si>
+    <t>資料作成から本番まで！プレゼンテーション大全～「A⇒E順」に「か・わ・い」く伝える【会場】</t>
+  </si>
+  <si>
+    <t>2026-10-16</t>
+  </si>
+  <si>
+    <t>ITシステム開発の裁判例から学ぶ紛争回避の処方箋【会場】</t>
+  </si>
+  <si>
+    <t>永谷 裕子、松田 晃一、大髙 浩、脇谷 英夫</t>
+  </si>
+  <si>
+    <t>【新人・配転者向けセミナー】秋速習コース／2026年10月19日～10月30日開催【会場】</t>
+  </si>
+  <si>
+    <t>2026-10-19、2026-10-20、2026-10-21、2026-10-22、2026-10-23、2026-10-26、2026-10-27、2026-10-28、2026-10-29、2026-10-30</t>
+  </si>
+  <si>
+    <t>10:00-17:00会場（終了後名刺交換会）、10:00-17:00会場、10:00-17:00会場、10:00-17:00会場、10:00-17:00会場、10:00-17:00会場、10:00-17:00会場、10:00-17:00会場、10:00-17:00会場、10:00-17:00会場</t>
+  </si>
+  <si>
+    <t>ＪＵＡＳ会員/ITC：352,000円 一般：451,000円（１名様あたり　消費税込み、テキスト込み）【受講権利枚数10枚】</t>
+  </si>
+  <si>
+    <t>情報システム概論～情報システムの過去・現在・将来【会場】</t>
+  </si>
+  <si>
+    <t>鴫谷 あゆみ</t>
+  </si>
+  <si>
+    <t>2026-10-19</t>
+  </si>
+  <si>
+    <t>2026-10-20</t>
+  </si>
+  <si>
+    <t>新規所属者を最も早く戦力化するためのOJTマニュアル作成と指導のノウハウ（ベーシック編）【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>2026-10-21</t>
+  </si>
+  <si>
+    <t>2026-10-22、2026-10-23</t>
+  </si>
+  <si>
+    <t>生成AI時代のクラウドセキュリティ入門～LLMとRAGを安全に使うための基本ポイント～【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-10-22</t>
+  </si>
+  <si>
+    <t>新人・配転者におススメ！ イチから始めるシステム運用【会場】</t>
+  </si>
+  <si>
+    <t>藤原 達哉</t>
+  </si>
+  <si>
+    <t>2026-10-26</t>
+  </si>
+  <si>
+    <t>ネットワーク運用管理技法と管理ドキュメント解説【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-10-26、2026-11-09</t>
+  </si>
+  <si>
+    <t>2026-10-27</t>
+  </si>
+  <si>
+    <t>情報化プロセス体験研修【会場】</t>
+  </si>
+  <si>
+    <t>2026-10-28、2026-10-29、2026-10-30</t>
+  </si>
+  <si>
+    <t>10:00-17:00会場、10:00-17:00会場、10:00-17:00会場</t>
+  </si>
+  <si>
+    <t>IS戦略策定・IS戦略評価・IS企画・IS企画評価、IS戦略実行マネジメント・プロジェクトマネジメント</t>
+  </si>
+  <si>
+    <t>IS戦略策定、IS戦略実行マネジメント</t>
+  </si>
+  <si>
+    <t>プロジェクト特性から考える ITシステムにおける品質管理計画－品質を“後付けにしない”ための計画と評価－【会場】</t>
+  </si>
+  <si>
+    <t>2026-10-28</t>
+  </si>
+  <si>
+    <t>2026-11-05、2026-11-06、2026-11-19、2026-11-20</t>
+  </si>
+  <si>
+    <t>2026-11-06</t>
+  </si>
+  <si>
+    <t>システム開発プロジェクトの重要ノウハウ～プロジェクトマネジメント18のエッセンス～【会場】</t>
+  </si>
+  <si>
+    <t>2026-11-09</t>
+  </si>
+  <si>
+    <t>投資と要求に合ったITプロジェクトの見極め方【会場】</t>
+  </si>
+  <si>
+    <t>2026-11-10</t>
+  </si>
+  <si>
+    <t>IS戦略策定、IS戦略実行マネジメント、プロジェクトマネジメント</t>
+  </si>
+  <si>
+    <t>女性リーダー勉強会【朝活オンラインライブ＋会場】2026年11月～12月開催</t>
+  </si>
+  <si>
+    <t>2026-11-10、2026-11-17、2026-11-24、2026-11-26、2026-11-27、2026-12-01、2026-12-08、2026-12-15、2026-12-22</t>
+  </si>
+  <si>
+    <t>8:00-9:00オンライン、8:00-9:00オンライン、8:00-9:00オンライン、13:30-17:00会場（17:00-18:00交流会）、10:00-17:00会場、8:00-9:00オンライン、8:00-9:00オンライン、8:00-9:00オンライン、8:00-10:00オンライン</t>
+  </si>
+  <si>
+    <t>2026-11-11</t>
+  </si>
+  <si>
+    <t>部下の書いた文章のチェック方法－文章添削の定石とテクニック 【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>プロジェクトマネジメント計画書の作り方【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-11-12</t>
+  </si>
+  <si>
+    <t>部下指導・育成リーダー養成講座【会場】</t>
+  </si>
+  <si>
+    <t>石橋 正利</t>
+  </si>
+  <si>
+    <t>システム開発プロジェクトにおけるメンバーの多様性を活かすチームビルディング実践講座【会場】</t>
+  </si>
+  <si>
+    <t>2026-11-13</t>
+  </si>
+  <si>
+    <t>IS戦略実行マネジメント、プロジェクトマネジメント、業務遂行・マネジメント</t>
+  </si>
+  <si>
+    <t>データ利活用契約・AI開発委託契約の法的問題点と契約条項の検討【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-11-16</t>
+  </si>
+  <si>
+    <t>DXに対応したPFDによる業務プロセス設計手法～今こそプロセスの品質で生産性向上、時代の変化に対応する【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-11-17</t>
+  </si>
+  <si>
+    <t>IS戦略実行マネジメント、IS企画</t>
+  </si>
+  <si>
+    <t>2026-11-18</t>
+  </si>
+  <si>
+    <t>グローバルITプロジェクトのIT組織設計、ERP導入、会社・事業のグローバル経営・展開を考える【会場】</t>
+  </si>
+  <si>
+    <t>2026-11-24</t>
+  </si>
+  <si>
+    <t>ITプロジェクト現場のためのリスクマネジメントの本質と導入ノウハウ実践講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2026-11-25</t>
+  </si>
+  <si>
+    <t>早期にソフトウェア品質を良くする人間重視の品質改善実践法【会場】</t>
+  </si>
+  <si>
+    <t>2026-11-26</t>
+  </si>
+  <si>
+    <t>事例に学ぶ、デジタル時代の具体的変革アプローチ＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>2026-12-01、2027-01-31</t>
+  </si>
+  <si>
+    <t>IT戦略・IT企画入門＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>IT基礎＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>基礎技術おさらいと具体的セキュリティ技術の把握（ネットワークセキュリティ技術基礎プリ講座）_2026年12月1日～2027年1月31日開催 【動画】</t>
+  </si>
+  <si>
+    <t>ITプロジェクトマネジメント力強化講座＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>デジタル時代の品質マネジメント実践講座＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>WF型プロジェクトパフォーマンス分析講座＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>クラウドサービスの移行計画、運用計画の作り方＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>アーキテクチャー入門＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>生産管理システム基礎＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITサービスマネジメント入門＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>知らないと危ないソフトウェアの著作権リスク_2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>契約不適合責任とプロジェクトマネジメント義務＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITパーソン必修「ビジネス数字力」向上研修_2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>システム担当者のための管理会計入門＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>若手SEのためのロジカルシンキング入門＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITエンジニアのための文章力徹底トレーニング講座＿2026年12月1日～2027年1月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>2026-12-02</t>
+  </si>
+  <si>
+    <t>2026-12-03</t>
+  </si>
+  <si>
+    <t>社内外での学習会・勉強会に活かす「教え方を磨く講座」（基礎編）【会場】</t>
+  </si>
+  <si>
+    <t>2026-12-04</t>
+  </si>
+  <si>
+    <t>2026-12-07</t>
+  </si>
+  <si>
+    <t>2026-12-08、2026-12-15</t>
+  </si>
+  <si>
+    <t>若手SEのための合意形成の基礎【会場】</t>
+  </si>
+  <si>
+    <t>2026-12-08</t>
+  </si>
+  <si>
+    <t>NISTサイバーセキュリティフレームワーク2.0の理解【会場】</t>
+  </si>
+  <si>
+    <t>2026-12-09</t>
+  </si>
+  <si>
+    <t>ITエンジニアのための文章力徹底トレーニング講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>9:00-16:30ライブ配信</t>
+  </si>
+  <si>
+    <t>2026-12-10</t>
+  </si>
+  <si>
+    <t>使われて業績を上げるマニュアル作成マスターコース【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>2026-12-11、2026-12-18</t>
+  </si>
+  <si>
+    <t>2026-12-17</t>
+  </si>
+  <si>
+    <t>2026-12-22</t>
+  </si>
+  <si>
+    <t>2027-01-19</t>
+  </si>
+  <si>
+    <t>2027-01-20</t>
+  </si>
+  <si>
+    <t>IT部門のための基礎から始めないデータサイエンス入門【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2027-01-21</t>
+  </si>
+  <si>
+    <t>IS戦略策定・IS戦略評価・IS企画・IS企画評価、IS活用、業務遂行スキル</t>
+  </si>
+  <si>
+    <t>IS戦略策定、IS企画、IS企画評価、IS活用、業務遂行・クリエイション</t>
+  </si>
+  <si>
+    <t>What(DXで活用されるデータ・技術)：データ、What(DXで活用されるデータ・技術)：デジタル技術、How(データ・技術の活用)：活用方法・事例、Mind(マインド・スタンス)：新たな価値を生み出す基礎としてのマインド・スタンス</t>
+  </si>
+  <si>
+    <t>社会におけるデータ、データを読む・説明する、データを扱う、データによって判断する、AI、ツール活用、事実に基づく判断</t>
+  </si>
+  <si>
+    <t>2027-01-22</t>
+  </si>
+  <si>
+    <t>2027-01-26</t>
+  </si>
+  <si>
+    <t>RFP作成から調達先選定のプロセス体験講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>矢吹 哲也</t>
+  </si>
+  <si>
+    <t>2027-01-27</t>
+  </si>
+  <si>
+    <t>社会の変化、顧客・ユーザーへの共感</t>
+  </si>
+  <si>
+    <t>2027-01-28</t>
+  </si>
+  <si>
+    <t>IT投資効果の評価手法入門【会場】</t>
+  </si>
+  <si>
+    <t>2027-01-29</t>
+  </si>
+  <si>
+    <t>事例に学ぶ、デジタル時代の具体的変革アプローチ＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>2027-02-01、2027-03-31</t>
+  </si>
+  <si>
+    <t>IT戦略・IT企画入門＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>IT基礎＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>基礎技術おさらいと具体的セキュリティ技術の把握（ネットワークセキュリティ技術基礎プリ講座）_2027年2月1日～2027年3月31日開催 【動画】</t>
+  </si>
+  <si>
+    <t>ITプロジェクトマネジメント力強化講座＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>デジタル時代の品質マネジメント実践講座＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>WF型プロジェクトパフォーマンス分析講座＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>クラウドサービスの移行計画、運用計画の作り方＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>アーキテクチャー入門＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>生産管理システム基礎＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITサービスマネジメント入門＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>知らないと危ないソフトウェアの著作権リスク_2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>契約不適合責任とプロジェクトマネジメント義務＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITパーソン必修「ビジネス数字力」向上研修_2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>システム担当者のための管理会計入門＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>若手SEのためのロジカルシンキング入門＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>ITエンジニアのための文章力徹底トレーニング講座＿2027年2月1日～2027年3月31日開催【動画】</t>
+  </si>
+  <si>
+    <t>2027-02-02</t>
+  </si>
+  <si>
+    <t>動かしながら学ぶ、データサイエンティスト基礎講座【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>佐藤 和也</t>
+  </si>
+  <si>
+    <t>2027-02-03、2027-02-04</t>
+  </si>
+  <si>
+    <t>9:00-16:00ライブ配信、9:00-16:00ライブ配信</t>
+  </si>
+  <si>
+    <t>データを読む・説明する、データを扱う、データによって判断する、AI、ツール活用、事実に基づく判断</t>
+  </si>
+  <si>
+    <t>2027-02-05</t>
+  </si>
+  <si>
+    <t>2027-02-05、2027-02-19</t>
+  </si>
+  <si>
+    <t>わかりやすいマニュアル作成～操作マニュアル・取扱い説明書編【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>2027-02-09</t>
+  </si>
+  <si>
+    <t>2027-02-10</t>
+  </si>
+  <si>
+    <t>基幹システム再構築のためのデータHUBシステムの構築方法【会場】</t>
+  </si>
+  <si>
+    <t>2027-02-16</t>
+  </si>
+  <si>
+    <t>2027-02-17</t>
+  </si>
+  <si>
+    <t>教え方を磨く講座　～研修ファシリテーションの設計と技術（応用編）【会場】</t>
+  </si>
+  <si>
+    <t>2027-02-18</t>
+  </si>
+  <si>
+    <t>2027-02-24</t>
+  </si>
+  <si>
+    <t>デジタル時代のビジネス変革に貢献する、変革プロジェクトマネージャー育成コース【会場】</t>
+  </si>
+  <si>
+    <t>2027-02-25、2027-03-04、2027-03-05</t>
+  </si>
+  <si>
+    <t>10:00-17:00会場（終了後17:30まで交流会を行います）、10:00-17:00会場、10:00-17:00会場</t>
+  </si>
+  <si>
+    <t>2027-03-02</t>
+  </si>
+  <si>
+    <t>DX時代の情報システム部門（組織・人）のあり方【オンラインライブ】</t>
+  </si>
+  <si>
+    <t>2027-03-03</t>
+  </si>
+  <si>
+    <t>2027-03-04</t>
+  </si>
+  <si>
+    <t>2027-03-09</t>
+  </si>
+  <si>
+    <t>2027-03-10</t>
+  </si>
+  <si>
+    <t>2027-03-11</t>
+  </si>
+  <si>
+    <t>「辞めない・育つ・成果が出る」チームの作り方～モチベーションマネジメント力アップ【会場】</t>
+  </si>
+  <si>
+    <t>WBS作成の技術 【録画視聴＋会場】2027年3月19日開催</t>
   </si>
   <si>
     <t>高橋 永哲、三輪 一郎</t>
   </si>
   <si>
-    <t>2026-02-27、2026-02-28、2026-03-01、2026-03-02、2026-03-03、2026-03-04、2026-03-05、2026-03-06、2026-03-07、2026-03-08、2026-03-09</t>
-[...2 lines deleted...]
-    <t>録画配信開始（～3月11日録画配信終了）、、、、、、、、、、13:00-17:00会場</t>
+    <t>2027-03-12、2027-03-19</t>
+  </si>
+  <si>
+    <t>録画配信開始（～3月22日録画配信終了）、13:00-17:00会場</t>
   </si>
   <si>
     <t>IT基盤構築・維持・管理、IS戦略実行マネジメント・プロジェクトマネジメント</t>
   </si>
   <si>
-    <t>デジタル時代のビジネス変革に貢献する、変革プロジェクトマネージャー育成コース【会場】</t>
-[...178 lines deleted...]
-  <si>
     <t>これからのデータ利活用の原理原則～人とITの共創に向けて【会場】</t>
   </si>
   <si>
-    <t>2026-03-13</t>
-[...2 lines deleted...]
-    <t>IS導入/システム要件定義</t>
+    <t>2027-03-12</t>
   </si>
   <si>
     <t>データを読む・説明する、データによって判断する</t>
   </si>
   <si>
+    <t>2027-03-16</t>
+  </si>
+  <si>
+    <t>2027-03-17</t>
+  </si>
+  <si>
+    <t>高度課題解決型リーダーの育て方～現場で使える成功ノウハウ継承の秘策「ものがたり継承法」【会場】</t>
+  </si>
+  <si>
+    <t>2027-03-18</t>
+  </si>
+  <si>
     <t>プロジェクト・マネージャー（PM）育成の具体的仕組み・方法を考える【会場】</t>
   </si>
   <si>
     <t>濱 久人</t>
   </si>
   <si>
-    <t>IT統制～負担軽減に向けた統制維持と効率的な監査対応とは【会場】</t>
-[...1430 lines deleted...]
-    <t>2027-03-18</t>
+    <t>2027-03-23</t>
+  </si>
+  <si>
+    <t>新規所属者を最も早く戦力化するためのOJTマニュアル作成と指導のノウハウ（実践編）【会場・オンライン同時開催】</t>
+  </si>
+  <si>
+    <t>2027-03-24</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ Ｐゴシック"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -2460,547 +2340,67 @@
     </fill>
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1841">
+  <cellXfs count="1681">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="2" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...478 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
@@ -8292,54 +7692,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:T368"/>
+  <dimension ref="A1:T336"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="85" zoomScaleNormal="85" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="T368" sqref="T368"/>
+      <selection activeCell="T336" sqref="T336"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.796875" customWidth="true" style="5"/>
     <col min="2" max="2" width="77.09765625" customWidth="true" style="0"/>
     <col min="3" max="3" width="22.296875" customWidth="true" style="0"/>
     <col min="4" max="4" width="48.19921875" customWidth="true" style="3"/>
     <col min="5" max="5" width="49.296875" customWidth="true" style="0"/>
     <col min="6" max="6" width="32.3984375" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.09765625" customWidth="true" style="5"/>
     <col min="8" max="8" width="61.69921875" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.296875" customWidth="true" style="5"/>
     <col min="10" max="10" width="124" customWidth="true" style="3"/>
     <col min="11" max="11" width="88.796875" customWidth="true" style="3"/>
     <col min="12" max="12" width="88.796875" customWidth="true" style="3"/>
     <col min="13" max="13" width="88.796875" customWidth="true" style="3"/>
     <col min="14" max="14" width="19.8984375" customWidth="true" style="3"/>
     <col min="15" max="15" width="19.8984375" customWidth="true" style="3"/>
     <col min="16" max="16" width="19.8984375" customWidth="true" style="3"/>
     <col min="17" max="17" width="19.8984375" customWidth="true" style="3"/>
     <col min="18" max="18" width="19.8984375" customWidth="true" style="3"/>
     <col min="19" max="19" width="10.3984375" customWidth="true" style="5"/>
     <col min="20" max="20" width="13.296875" customWidth="true" style="5"/>
   </cols>
@@ -8386,51 +7786,51 @@
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="O1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="2" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" s="6">
-        <v>4325024</v>
+        <v>4325025</v>
       </c>
       <c r="B2" s="7" t="s">
         <v>20</v>
       </c>
       <c r="C2" s="7" t="s">
         <v>21</v>
       </c>
       <c r="D2" s="8" t="s">
         <v>22</v>
       </c>
       <c r="E2" s="7" t="s">
         <v>23</v>
       </c>
       <c r="F2" s="7" t="s">
         <v>24</v>
       </c>
       <c r="G2" s="9" t="s">
         <v>25</v>
       </c>
       <c r="H2" s="7" t="s">
         <v>26</v>
       </c>
       <c r="I2" s="9">
         <v>1</v>
       </c>
@@ -8444,51 +7844,51 @@
         <v>29</v>
       </c>
       <c r="M2" s="8" t="s">
         <v>30</v>
       </c>
       <c r="N2" s="8" t="s">
         <v>31</v>
       </c>
       <c r="O2" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P2" s="8"/>
       <c r="Q2" s="8"/>
       <c r="R2" s="8" t="s">
         <v>33</v>
       </c>
       <c r="S2" s="9" t="s">
         <v>34</v>
       </c>
       <c r="T2" s="10">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" s="11">
-        <v>4325078</v>
+        <v>4325079</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C3" s="12" t="s">
         <v>36</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>22</v>
       </c>
       <c r="E3" s="12" t="s">
         <v>23</v>
       </c>
       <c r="F3" s="12" t="s">
         <v>24</v>
       </c>
       <c r="G3" s="14" t="s">
         <v>25</v>
       </c>
       <c r="H3" s="12" t="s">
         <v>26</v>
       </c>
       <c r="I3" s="14">
         <v>1</v>
       </c>
@@ -8506,51 +7906,51 @@
       </c>
       <c r="N3" s="13" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="13" t="s">
         <v>41</v>
       </c>
       <c r="P3" s="13" t="s">
         <v>31</v>
       </c>
       <c r="Q3" s="13" t="s">
         <v>32</v>
       </c>
       <c r="R3" s="13" t="s">
         <v>33</v>
       </c>
       <c r="S3" s="14" t="s">
         <v>42</v>
       </c>
       <c r="T3" s="15">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" s="16">
-        <v>4325068</v>
+        <v>4325069</v>
       </c>
       <c r="B4" s="17" t="s">
         <v>43</v>
       </c>
       <c r="C4" s="17" t="s">
         <v>44</v>
       </c>
       <c r="D4" s="18" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="17" t="s">
         <v>23</v>
       </c>
       <c r="F4" s="17" t="s">
         <v>24</v>
       </c>
       <c r="G4" s="19" t="s">
         <v>25</v>
       </c>
       <c r="H4" s="17" t="s">
         <v>26</v>
       </c>
       <c r="I4" s="19">
         <v>1</v>
       </c>
@@ -8564,20849 +7964,19125 @@
       <c r="M4" s="18"/>
       <c r="N4" s="18" t="s">
         <v>47</v>
       </c>
       <c r="O4" s="18" t="s">
         <v>48</v>
       </c>
       <c r="P4" s="18" t="s">
         <v>47</v>
       </c>
       <c r="Q4" s="18" t="s">
         <v>49</v>
       </c>
       <c r="R4" s="18" t="s">
         <v>33</v>
       </c>
       <c r="S4" s="19" t="s">
         <v>34</v>
       </c>
       <c r="T4" s="20">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" s="21">
-        <v>4325048</v>
+        <v>4325082</v>
       </c>
       <c r="B5" s="22" t="s">
         <v>50</v>
       </c>
       <c r="C5" s="22" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="D5" s="23" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="22" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="22" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="24" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="22" t="s">
         <v>26</v>
       </c>
       <c r="I5" s="24">
         <v>1</v>
       </c>
       <c r="J5" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="L5" s="23" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" s="23" t="s">
         <v>52</v>
       </c>
-      <c r="K5" s="23" t="s">
-[...2 lines deleted...]
-      <c r="L5" s="23" t="s">
+      <c r="N5" s="23" t="s">
+        <v>47</v>
+      </c>
+      <c r="O5" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q5" s="23" t="s">
         <v>53</v>
       </c>
-      <c r="M5" s="23" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R5" s="23" t="s">
         <v>33</v>
       </c>
       <c r="S5" s="24" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T5" s="25">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" s="26">
-        <v>4325012</v>
+        <v>4325049</v>
       </c>
       <c r="B6" s="27" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="C6" s="27" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D6" s="28" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="27" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="27" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="29" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="27" t="s">
         <v>26</v>
       </c>
       <c r="I6" s="29">
         <v>1</v>
       </c>
       <c r="J6" s="28" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" s="28" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" s="28" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" s="28" t="s">
+        <v>59</v>
+      </c>
+      <c r="O6" s="28" t="s">
         <v>60</v>
       </c>
-      <c r="K6" s="28" t="s">
+      <c r="P6" s="28" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q6" s="28" t="s">
         <v>61</v>
       </c>
-      <c r="L6" s="28"/>
-[...8 lines deleted...]
-      <c r="Q6" s="28"/>
       <c r="R6" s="28" t="s">
         <v>33</v>
       </c>
       <c r="S6" s="29" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T6" s="30">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" s="31">
-        <v>4325036</v>
+        <v>4325013</v>
       </c>
       <c r="B7" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" s="32" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="D7" s="33" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="32" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="32" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="34" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="32" t="s">
         <v>26</v>
       </c>
       <c r="I7" s="34">
         <v>1</v>
       </c>
       <c r="J7" s="33" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="K7" s="33" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="L7" s="33"/>
       <c r="M7" s="33"/>
       <c r="N7" s="33" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="O7" s="33" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-      <c r="Q7" s="33" t="s">
         <v>66</v>
       </c>
+      <c r="P7" s="33"/>
+      <c r="Q7" s="33"/>
       <c r="R7" s="33" t="s">
         <v>33</v>
       </c>
       <c r="S7" s="34" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T7" s="35">
         <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" s="36">
-        <v>4325061</v>
+        <v>4325037</v>
       </c>
       <c r="B8" s="37" t="s">
         <v>67</v>
       </c>
       <c r="C8" s="37" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="38" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="37" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="37" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="39" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="37" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="39">
         <v>1</v>
       </c>
       <c r="J8" s="38" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="K8" s="38" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="L8" s="38"/>
       <c r="M8" s="38"/>
       <c r="N8" s="38" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="O8" s="38" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" s="38" t="s">
         <v>66</v>
       </c>
-      <c r="P8" s="38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q8" s="38" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="R8" s="38" t="s">
         <v>33</v>
       </c>
       <c r="S8" s="39" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T8" s="40">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" s="41">
-        <v>4325030</v>
+        <v>4325062</v>
       </c>
       <c r="B9" s="42" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C9" s="42" t="s">
-        <v>70</v>
+        <v>21</v>
       </c>
       <c r="D9" s="43" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="42" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="42" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="44" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="42" t="s">
         <v>26</v>
       </c>
       <c r="I9" s="44">
         <v>1</v>
       </c>
       <c r="J9" s="43" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="K9" s="43" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="L9" s="43"/>
       <c r="M9" s="43"/>
       <c r="N9" s="43" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="O9" s="43" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-      <c r="Q9" s="43"/>
+        <v>70</v>
+      </c>
+      <c r="P9" s="43" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q9" s="43" t="s">
+        <v>72</v>
+      </c>
       <c r="R9" s="43" t="s">
         <v>33</v>
       </c>
       <c r="S9" s="44" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T9" s="45">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" s="46">
-        <v>4325054</v>
+        <v>4325031</v>
       </c>
       <c r="B10" s="47" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C10" s="47" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="D10" s="48" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="47" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="47" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="49" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="47" t="s">
         <v>26</v>
       </c>
       <c r="I10" s="49">
         <v>1</v>
       </c>
       <c r="J10" s="48" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-      <c r="L10" s="48" t="s">
+        <v>75</v>
+      </c>
+      <c r="K10" s="48" t="s">
+        <v>76</v>
+      </c>
+      <c r="L10" s="48"/>
+      <c r="M10" s="48"/>
+      <c r="N10" s="48" t="s">
         <v>77</v>
       </c>
-      <c r="M10" s="48" t="s">
+      <c r="O10" s="48" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
       <c r="P10" s="48"/>
       <c r="Q10" s="48"/>
       <c r="R10" s="48" t="s">
         <v>33</v>
       </c>
       <c r="S10" s="49" t="s">
         <v>34</v>
       </c>
       <c r="T10" s="50">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" s="51">
-        <v>4325058</v>
+        <v>4325055</v>
       </c>
       <c r="B11" s="52" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" s="52" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="D11" s="53" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="52" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="52" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="54" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="52" t="s">
         <v>26</v>
       </c>
       <c r="I11" s="54">
         <v>1</v>
       </c>
       <c r="J11" s="53" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="K11" s="53" t="s">
+        <v>75</v>
+      </c>
+      <c r="K11" s="53"/>
+      <c r="L11" s="53" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" s="53" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
       <c r="N11" s="53" t="s">
         <v>47</v>
       </c>
       <c r="O11" s="53" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="P11" s="53"/>
       <c r="Q11" s="53"/>
       <c r="R11" s="53" t="s">
         <v>33</v>
       </c>
       <c r="S11" s="54" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T11" s="55">
         <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" s="56">
-        <v>4325072</v>
+        <v>4325059</v>
       </c>
       <c r="B12" s="57" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" s="57" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="D12" s="58" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="57" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="57" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="59" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="57" t="s">
         <v>26</v>
       </c>
       <c r="I12" s="59">
         <v>1</v>
       </c>
       <c r="J12" s="58" t="s">
+        <v>75</v>
+      </c>
+      <c r="K12" s="58" t="s">
+        <v>86</v>
+      </c>
+      <c r="L12" s="58" t="s">
+        <v>81</v>
+      </c>
+      <c r="M12" s="58" t="s">
         <v>87</v>
       </c>
-      <c r="K12" s="58" t="s">
-[...3 lines deleted...]
-      <c r="M12" s="58"/>
       <c r="N12" s="58" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="O12" s="58" t="s">
         <v>88</v>
       </c>
-      <c r="P12" s="58" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="P12" s="58"/>
+      <c r="Q12" s="58"/>
       <c r="R12" s="58" t="s">
         <v>33</v>
       </c>
       <c r="S12" s="59" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T12" s="60">
         <v>4</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" s="61">
-        <v>4325018</v>
+        <v>4325073</v>
       </c>
       <c r="B13" s="62" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" s="62" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="D13" s="63" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="62" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="62" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="64" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="62" t="s">
         <v>26</v>
       </c>
       <c r="I13" s="64">
         <v>1</v>
       </c>
       <c r="J13" s="63" t="s">
+        <v>91</v>
+      </c>
+      <c r="K13" s="63" t="s">
+        <v>91</v>
+      </c>
+      <c r="L13" s="63"/>
+      <c r="M13" s="63"/>
+      <c r="N13" s="63" t="s">
+        <v>68</v>
+      </c>
+      <c r="O13" s="63" t="s">
         <v>92</v>
       </c>
-      <c r="K13" s="63" t="s">
+      <c r="P13" s="63" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q13" s="63" t="s">
         <v>93</v>
       </c>
-      <c r="L13" s="63" t="s">
-[...12 lines deleted...]
-      <c r="Q13" s="63"/>
       <c r="R13" s="63" t="s">
         <v>33</v>
       </c>
       <c r="S13" s="64" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T13" s="65">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" s="66">
-        <v>4325075</v>
+        <v>4325019</v>
       </c>
       <c r="B14" s="67" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="C14" s="67" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="D14" s="68" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="67" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="67" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="69" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="67" t="s">
         <v>26</v>
       </c>
       <c r="I14" s="69">
         <v>1</v>
       </c>
       <c r="J14" s="68" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="K14" s="68" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="L14" s="68" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="M14" s="68" t="s">
-        <v>55</v>
+        <v>99</v>
       </c>
       <c r="N14" s="68" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="O14" s="68" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="P14" s="68"/>
       <c r="Q14" s="68"/>
       <c r="R14" s="68" t="s">
         <v>33</v>
       </c>
       <c r="S14" s="69" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T14" s="70">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="71">
-        <v>4325006</v>
+        <v>4325076</v>
       </c>
       <c r="B15" s="72" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C15" s="72" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="D15" s="73" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="72" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="72" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="74" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="72" t="s">
         <v>26</v>
       </c>
       <c r="I15" s="74">
         <v>1</v>
       </c>
       <c r="J15" s="73" t="s">
+        <v>96</v>
+      </c>
+      <c r="K15" s="73" t="s">
+        <v>97</v>
+      </c>
+      <c r="L15" s="73" t="s">
+        <v>98</v>
+      </c>
+      <c r="M15" s="73" t="s">
+        <v>59</v>
+      </c>
+      <c r="N15" s="73" t="s">
+        <v>100</v>
+      </c>
+      <c r="O15" s="73" t="s">
         <v>101</v>
       </c>
-      <c r="K15" s="73" t="s">
-[...15 lines deleted...]
-      </c>
+      <c r="P15" s="73"/>
+      <c r="Q15" s="73"/>
       <c r="R15" s="73" t="s">
         <v>33</v>
       </c>
       <c r="S15" s="74" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T15" s="75">
         <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="76">
-        <v>4325042</v>
+        <v>4325007</v>
       </c>
       <c r="B16" s="77" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C16" s="77" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D16" s="78" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="77" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="77" t="s">
         <v>24</v>
       </c>
       <c r="G16" s="79" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="77" t="s">
         <v>26</v>
       </c>
       <c r="I16" s="79">
         <v>1</v>
       </c>
       <c r="J16" s="78" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-      <c r="L16" s="78" t="s">
+        <v>105</v>
+      </c>
+      <c r="K16" s="78" t="s">
+        <v>106</v>
+      </c>
+      <c r="L16" s="78"/>
+      <c r="M16" s="78"/>
+      <c r="N16" s="78" t="s">
+        <v>77</v>
+      </c>
+      <c r="O16" s="78" t="s">
         <v>107</v>
       </c>
-      <c r="M16" s="78" t="s">
+      <c r="P16" s="78" t="s">
         <v>108</v>
       </c>
-      <c r="N16" s="78" t="s">
-[...6 lines deleted...]
-      <c r="Q16" s="78"/>
+      <c r="Q16" s="78" t="s">
+        <v>108</v>
+      </c>
       <c r="R16" s="78" t="s">
         <v>33</v>
       </c>
       <c r="S16" s="79" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T16" s="80">
         <v>4</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" s="81">
-        <v>4325064</v>
+        <v>4325043</v>
       </c>
       <c r="B17" s="82" t="s">
+        <v>109</v>
+      </c>
+      <c r="C17" s="82" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="D17" s="83" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="82" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="82" t="s">
         <v>24</v>
       </c>
       <c r="G17" s="84" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="82" t="s">
+        <v>26</v>
+      </c>
+      <c r="I17" s="84">
+        <v>1</v>
+      </c>
+      <c r="J17" s="83" t="s">
+        <v>105</v>
+      </c>
+      <c r="K17" s="83"/>
+      <c r="L17" s="83" t="s">
+        <v>111</v>
+      </c>
+      <c r="M17" s="83" t="s">
         <v>112</v>
       </c>
-      <c r="I17" s="84">
-[...5 lines deleted...]
-      <c r="K17" s="83" t="s">
+      <c r="N17" s="83" t="s">
+        <v>100</v>
+      </c>
+      <c r="O17" s="83" t="s">
         <v>113</v>
       </c>
-      <c r="L17" s="83" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="P17" s="83"/>
+      <c r="Q17" s="83"/>
       <c r="R17" s="83" t="s">
         <v>33</v>
       </c>
       <c r="S17" s="84" t="s">
         <v>34</v>
       </c>
       <c r="T17" s="85">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" s="86">
-        <v>4325080</v>
+        <v>4325065</v>
       </c>
       <c r="B18" s="87" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C18" s="87" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D18" s="88" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="87" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="87" t="s">
         <v>24</v>
       </c>
       <c r="G18" s="89" t="s">
         <v>25</v>
       </c>
       <c r="H18" s="87" t="s">
-        <v>26</v>
+        <v>116</v>
       </c>
       <c r="I18" s="89">
         <v>1</v>
       </c>
       <c r="J18" s="88" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="K18" s="88" t="s">
-        <v>102</v>
+        <v>117</v>
       </c>
       <c r="L18" s="88" t="s">
+        <v>118</v>
+      </c>
+      <c r="M18" s="88" t="s">
         <v>119</v>
       </c>
-      <c r="M18" s="88" t="s">
+      <c r="N18" s="88" t="s">
+        <v>77</v>
+      </c>
+      <c r="O18" s="88" t="s">
         <v>120</v>
       </c>
-      <c r="N18" s="88" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P18" s="88" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="Q18" s="88" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="R18" s="88" t="s">
         <v>33</v>
       </c>
       <c r="S18" s="89" t="s">
         <v>34</v>
       </c>
       <c r="T18" s="90">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" s="91">
-        <v>3825025</v>
+        <v>4325081</v>
       </c>
       <c r="B19" s="92" t="s">
         <v>121</v>
       </c>
       <c r="C19" s="92" t="s">
         <v>122</v>
       </c>
       <c r="D19" s="93" t="s">
-        <v>123</v>
+        <v>22</v>
       </c>
       <c r="E19" s="92" t="s">
         <v>23</v>
       </c>
       <c r="F19" s="92" t="s">
         <v>24</v>
       </c>
       <c r="G19" s="94" t="s">
         <v>25</v>
       </c>
-      <c r="H19" s="92"/>
-[...2 lines deleted...]
-      <c r="K19" s="93"/>
+      <c r="H19" s="92" t="s">
+        <v>26</v>
+      </c>
+      <c r="I19" s="94">
+        <v>1</v>
+      </c>
+      <c r="J19" s="93" t="s">
+        <v>105</v>
+      </c>
+      <c r="K19" s="93" t="s">
+        <v>106</v>
+      </c>
       <c r="L19" s="93" t="s">
+        <v>123</v>
+      </c>
+      <c r="M19" s="93" t="s">
         <v>124</v>
       </c>
-      <c r="M19" s="93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N19" s="93" t="s">
-        <v>126</v>
+        <v>77</v>
       </c>
       <c r="O19" s="93" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="P19" s="93" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="Q19" s="93" t="s">
-        <v>128</v>
+        <v>108</v>
       </c>
       <c r="R19" s="93" t="s">
         <v>33</v>
       </c>
       <c r="S19" s="94" t="s">
         <v>34</v>
       </c>
-      <c r="T19" s="95"/>
+      <c r="T19" s="95">
+        <v>3</v>
+      </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" s="96">
-        <v>4125099</v>
+        <v>3825028</v>
       </c>
       <c r="B20" s="97" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="C20" s="97" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="D20" s="98" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="E20" s="97" t="s">
-        <v>132</v>
+        <v>23</v>
       </c>
       <c r="F20" s="97" t="s">
         <v>24</v>
       </c>
-      <c r="G20" s="99">
-[...7 lines deleted...]
-      </c>
+      <c r="G20" s="99" t="s">
+        <v>25</v>
+      </c>
+      <c r="H20" s="97"/>
+      <c r="I20" s="99"/>
       <c r="J20" s="98" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="K20" s="98" t="s">
-        <v>133</v>
+        <v>59</v>
       </c>
       <c r="L20" s="98"/>
       <c r="M20" s="98"/>
       <c r="N20" s="98" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="O20" s="98" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="P20" s="98"/>
       <c r="Q20" s="98"/>
       <c r="R20" s="98" t="s">
         <v>33</v>
       </c>
       <c r="S20" s="99" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="T20" s="100"/>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" s="101">
-        <v>3825022</v>
+        <v>3825027</v>
       </c>
       <c r="B21" s="102" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="C21" s="102" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="D21" s="103" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="E21" s="102" t="s">
-        <v>136</v>
+        <v>23</v>
       </c>
       <c r="F21" s="102" t="s">
         <v>24</v>
       </c>
       <c r="G21" s="104" t="s">
         <v>25</v>
       </c>
       <c r="H21" s="102"/>
       <c r="I21" s="104"/>
-      <c r="J21" s="103" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J21" s="103"/>
+      <c r="K21" s="103"/>
       <c r="L21" s="103"/>
       <c r="M21" s="103"/>
       <c r="N21" s="103" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="O21" s="103" t="s">
-        <v>56</v>
+        <v>130</v>
       </c>
       <c r="P21" s="103"/>
       <c r="Q21" s="103"/>
       <c r="R21" s="103" t="s">
         <v>33</v>
       </c>
       <c r="S21" s="104" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T21" s="105"/>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="106">
-        <v>4725007</v>
+        <v>3825030</v>
       </c>
       <c r="B22" s="107" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="C22" s="107" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="D22" s="108" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="E22" s="107" t="s">
-        <v>140</v>
+        <v>23</v>
       </c>
       <c r="F22" s="107" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>24</v>
+      </c>
+      <c r="G22" s="109" t="s">
+        <v>25</v>
       </c>
       <c r="H22" s="107"/>
       <c r="I22" s="109"/>
-      <c r="J22" s="108" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J22" s="108"/>
+      <c r="K22" s="108"/>
       <c r="L22" s="108"/>
       <c r="M22" s="108"/>
       <c r="N22" s="108" t="s">
-        <v>62</v>
+        <v>134</v>
       </c>
       <c r="O22" s="108" t="s">
-        <v>143</v>
-[...6 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="P22" s="108"/>
+      <c r="Q22" s="108"/>
       <c r="R22" s="108" t="s">
         <v>33</v>
       </c>
       <c r="S22" s="109" t="s">
         <v>42</v>
       </c>
       <c r="T22" s="110"/>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" s="111">
-        <v>4125103</v>
+        <v>4125160</v>
       </c>
       <c r="B23" s="112" t="s">
-        <v>145</v>
+        <v>136</v>
       </c>
       <c r="C23" s="112" t="s">
-        <v>146</v>
+        <v>137</v>
       </c>
       <c r="D23" s="113" t="s">
+        <v>138</v>
+      </c>
+      <c r="E23" s="112" t="s">
         <v>139</v>
       </c>
-      <c r="E23" s="112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F23" s="112" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G23" s="114">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="H23" s="112" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="I23" s="114">
         <v>1</v>
       </c>
       <c r="J23" s="113" t="s">
-        <v>52</v>
+        <v>96</v>
       </c>
       <c r="K23" s="113" t="s">
-        <v>52</v>
+        <v>141</v>
       </c>
       <c r="L23" s="113"/>
       <c r="M23" s="113"/>
       <c r="N23" s="113" t="s">
-        <v>47</v>
+        <v>100</v>
       </c>
       <c r="O23" s="113" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="P23" s="113"/>
       <c r="Q23" s="113"/>
       <c r="R23" s="113" t="s">
         <v>33</v>
       </c>
       <c r="S23" s="114" t="s">
         <v>42</v>
       </c>
       <c r="T23" s="115">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="116">
-        <v>4125192</v>
+        <v>3825029</v>
       </c>
       <c r="B24" s="117" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="C24" s="117" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="D24" s="118" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="E24" s="117" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="F24" s="117" t="s">
-        <v>141</v>
-[...9 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="G24" s="119" t="s">
+        <v>25</v>
+      </c>
+      <c r="H24" s="117"/>
+      <c r="I24" s="119"/>
       <c r="J24" s="118" t="s">
-        <v>101</v>
+        <v>27</v>
       </c>
       <c r="K24" s="118" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-      <c r="M24" s="118"/>
+        <v>147</v>
+      </c>
+      <c r="L24" s="118" t="s">
+        <v>51</v>
+      </c>
+      <c r="M24" s="118" t="s">
+        <v>148</v>
+      </c>
       <c r="N24" s="118" t="s">
-        <v>73</v>
+        <v>31</v>
       </c>
       <c r="O24" s="118" t="s">
-        <v>103</v>
+        <v>32</v>
       </c>
       <c r="P24" s="118"/>
       <c r="Q24" s="118"/>
       <c r="R24" s="118" t="s">
         <v>33</v>
       </c>
       <c r="S24" s="119" t="s">
         <v>34</v>
       </c>
-      <c r="T24" s="120">
-[...1 lines deleted...]
-      </c>
+      <c r="T24" s="120"/>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" s="121">
-        <v>4325025</v>
+        <v>4125269</v>
       </c>
       <c r="B25" s="122" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C25" s="122" t="s">
-        <v>21</v>
+        <v>150</v>
       </c>
       <c r="D25" s="123" t="s">
-        <v>154</v>
+        <v>145</v>
       </c>
       <c r="E25" s="122" t="s">
-        <v>23</v>
+        <v>151</v>
       </c>
       <c r="F25" s="122" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>140</v>
+      </c>
+      <c r="G25" s="124">
+        <v>15</v>
       </c>
       <c r="H25" s="122" t="s">
         <v>26</v>
       </c>
       <c r="I25" s="124">
         <v>1</v>
       </c>
       <c r="J25" s="123" t="s">
-        <v>27</v>
+        <v>152</v>
       </c>
       <c r="K25" s="123" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="L25" s="123"/>
+      <c r="M25" s="123"/>
       <c r="N25" s="123" t="s">
-        <v>31</v>
+        <v>68</v>
       </c>
       <c r="O25" s="123" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-      <c r="Q25" s="123"/>
+        <v>92</v>
+      </c>
+      <c r="P25" s="123" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q25" s="123" t="s">
+        <v>120</v>
+      </c>
       <c r="R25" s="123" t="s">
         <v>33</v>
       </c>
       <c r="S25" s="124" t="s">
         <v>34</v>
       </c>
       <c r="T25" s="125">
         <v>4</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" s="126">
-        <v>4325079</v>
+        <v>4125019</v>
       </c>
       <c r="B26" s="127" t="s">
+        <v>154</v>
+      </c>
+      <c r="C26" s="127" t="s">
         <v>155</v>
       </c>
-      <c r="C26" s="127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D26" s="128" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E26" s="127" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="F26" s="127" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>140</v>
+      </c>
+      <c r="G26" s="129">
+        <v>20</v>
       </c>
       <c r="H26" s="127" t="s">
-        <v>26</v>
+        <v>116</v>
       </c>
       <c r="I26" s="129">
         <v>1</v>
       </c>
       <c r="J26" s="128" t="s">
-        <v>37</v>
+        <v>157</v>
       </c>
       <c r="K26" s="128" t="s">
-        <v>38</v>
-[...6 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="L26" s="128"/>
+      <c r="M26" s="128"/>
       <c r="N26" s="128" t="s">
         <v>31</v>
       </c>
       <c r="O26" s="128" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="P26" s="128" t="s">
-        <v>31</v>
+        <v>77</v>
       </c>
       <c r="Q26" s="128" t="s">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="R26" s="128" t="s">
         <v>33</v>
       </c>
       <c r="S26" s="129" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T26" s="130">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" s="131">
-        <v>4325069</v>
+        <v>4125262</v>
       </c>
       <c r="B27" s="132" t="s">
+        <v>159</v>
+      </c>
+      <c r="C27" s="132" t="s">
+        <v>160</v>
+      </c>
+      <c r="D27" s="133" t="s">
         <v>156</v>
       </c>
-      <c r="C27" s="132" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E27" s="132" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="F27" s="132" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>140</v>
+      </c>
+      <c r="G27" s="134">
+        <v>30</v>
       </c>
       <c r="H27" s="132" t="s">
-        <v>26</v>
+        <v>116</v>
       </c>
       <c r="I27" s="134">
         <v>1</v>
       </c>
       <c r="J27" s="133" t="s">
-        <v>45</v>
+        <v>105</v>
       </c>
       <c r="K27" s="133" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-      <c r="M27" s="133"/>
+        <v>106</v>
+      </c>
+      <c r="L27" s="133" t="s">
+        <v>161</v>
+      </c>
+      <c r="M27" s="133" t="s">
+        <v>162</v>
+      </c>
       <c r="N27" s="133" t="s">
-        <v>47</v>
+        <v>77</v>
       </c>
       <c r="O27" s="133" t="s">
-        <v>48</v>
+        <v>107</v>
       </c>
       <c r="P27" s="133" t="s">
-        <v>47</v>
+        <v>134</v>
       </c>
       <c r="Q27" s="133" t="s">
-        <v>49</v>
+        <v>135</v>
       </c>
       <c r="R27" s="133" t="s">
         <v>33</v>
       </c>
       <c r="S27" s="134" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T27" s="135">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:20">
       <c r="A28" s="136">
-        <v>4325082</v>
+        <v>4125263</v>
       </c>
       <c r="B28" s="137" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="C28" s="137" t="s">
-        <v>21</v>
+        <v>160</v>
       </c>
       <c r="D28" s="138" t="s">
-        <v>154</v>
+        <v>164</v>
       </c>
       <c r="E28" s="137" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="F28" s="137" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>140</v>
+      </c>
+      <c r="G28" s="139">
+        <v>30</v>
       </c>
       <c r="H28" s="137" t="s">
-        <v>26</v>
+        <v>116</v>
       </c>
       <c r="I28" s="139">
         <v>1</v>
       </c>
       <c r="J28" s="138" t="s">
-        <v>45</v>
+        <v>75</v>
       </c>
       <c r="K28" s="138" t="s">
-        <v>46</v>
+        <v>165</v>
       </c>
       <c r="L28" s="138" t="s">
-        <v>158</v>
+        <v>81</v>
       </c>
       <c r="M28" s="138" t="s">
-        <v>159</v>
+        <v>82</v>
       </c>
       <c r="N28" s="138" t="s">
         <v>47</v>
       </c>
       <c r="O28" s="138" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="P28" s="138" t="s">
-        <v>31</v>
+        <v>134</v>
       </c>
       <c r="Q28" s="138" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="R28" s="138" t="s">
         <v>33</v>
       </c>
       <c r="S28" s="139" t="s">
         <v>42</v>
       </c>
       <c r="T28" s="140">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:20">
       <c r="A29" s="141">
-        <v>4325049</v>
+        <v>4125265</v>
       </c>
       <c r="B29" s="142" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C29" s="142" t="s">
-        <v>51</v>
+        <v>167</v>
       </c>
       <c r="D29" s="143" t="s">
-        <v>154</v>
+        <v>168</v>
       </c>
       <c r="E29" s="142" t="s">
-        <v>23</v>
+        <v>169</v>
       </c>
       <c r="F29" s="142" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G29" s="144" t="s">
+        <v>140</v>
+      </c>
+      <c r="G29" s="144">
         <v>25</v>
       </c>
       <c r="H29" s="142" t="s">
-        <v>26</v>
+        <v>116</v>
       </c>
       <c r="I29" s="144">
         <v>1</v>
       </c>
       <c r="J29" s="143" t="s">
-        <v>52</v>
+        <v>96</v>
       </c>
       <c r="K29" s="143" t="s">
-        <v>52</v>
+        <v>141</v>
       </c>
       <c r="L29" s="143" t="s">
-        <v>53</v>
+        <v>98</v>
       </c>
       <c r="M29" s="143" t="s">
-        <v>54</v>
+        <v>99</v>
       </c>
       <c r="N29" s="143" t="s">
-        <v>55</v>
+        <v>100</v>
       </c>
       <c r="O29" s="143" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="P29" s="143"/>
+      <c r="Q29" s="143"/>
       <c r="R29" s="143" t="s">
         <v>33</v>
       </c>
       <c r="S29" s="144" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T29" s="145">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:20">
       <c r="A30" s="146">
-        <v>4325013</v>
+        <v>4326008</v>
       </c>
       <c r="B30" s="147" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="C30" s="147" t="s">
-        <v>59</v>
+        <v>21</v>
       </c>
       <c r="D30" s="148" t="s">
-        <v>154</v>
+        <v>171</v>
       </c>
       <c r="E30" s="147" t="s">
         <v>23</v>
       </c>
       <c r="F30" s="147" t="s">
         <v>24</v>
       </c>
       <c r="G30" s="149" t="s">
         <v>25</v>
       </c>
       <c r="H30" s="147" t="s">
-        <v>26</v>
+        <v>172</v>
       </c>
       <c r="I30" s="149">
         <v>1</v>
       </c>
       <c r="J30" s="148" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="K30" s="148" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-      <c r="M30" s="148"/>
+        <v>46</v>
+      </c>
+      <c r="L30" s="148" t="s">
+        <v>51</v>
+      </c>
+      <c r="M30" s="148" t="s">
+        <v>52</v>
+      </c>
       <c r="N30" s="148" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="O30" s="148" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-      <c r="Q30" s="148"/>
+        <v>48</v>
+      </c>
+      <c r="P30" s="148" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q30" s="148" t="s">
+        <v>53</v>
+      </c>
       <c r="R30" s="148" t="s">
         <v>33</v>
       </c>
       <c r="S30" s="149" t="s">
         <v>42</v>
       </c>
       <c r="T30" s="150">
         <v>4</v>
       </c>
     </row>
     <row r="31" spans="1:20">
       <c r="A31" s="151">
-        <v>4325037</v>
+        <v>4326044</v>
       </c>
       <c r="B31" s="152" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
       <c r="C31" s="152" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="D31" s="153" t="s">
-        <v>154</v>
+        <v>171</v>
       </c>
       <c r="E31" s="152" t="s">
         <v>23</v>
       </c>
       <c r="F31" s="152" t="s">
         <v>24</v>
       </c>
       <c r="G31" s="154" t="s">
         <v>25</v>
       </c>
       <c r="H31" s="152" t="s">
-        <v>26</v>
+        <v>172</v>
       </c>
       <c r="I31" s="154">
         <v>1</v>
       </c>
       <c r="J31" s="153" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="K31" s="153" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="L31" s="153"/>
       <c r="M31" s="153"/>
       <c r="N31" s="153" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="O31" s="153" t="s">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="P31" s="153" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="Q31" s="153" t="s">
-        <v>66</v>
+        <v>49</v>
       </c>
       <c r="R31" s="153" t="s">
         <v>33</v>
       </c>
       <c r="S31" s="154" t="s">
         <v>34</v>
       </c>
       <c r="T31" s="155">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="32" spans="1:20">
       <c r="A32" s="156">
-        <v>4325062</v>
+        <v>4326050</v>
       </c>
       <c r="B32" s="157" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="C32" s="157" t="s">
-        <v>21</v>
+        <v>175</v>
       </c>
       <c r="D32" s="158" t="s">
-        <v>154</v>
+        <v>171</v>
       </c>
       <c r="E32" s="157" t="s">
         <v>23</v>
       </c>
       <c r="F32" s="157" t="s">
         <v>24</v>
       </c>
       <c r="G32" s="159" t="s">
         <v>25</v>
       </c>
       <c r="H32" s="157" t="s">
-        <v>26</v>
+        <v>172</v>
       </c>
       <c r="I32" s="159">
         <v>1</v>
       </c>
       <c r="J32" s="158" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="K32" s="158" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-      <c r="M32" s="158"/>
+        <v>56</v>
+      </c>
+      <c r="L32" s="158" t="s">
+        <v>81</v>
+      </c>
+      <c r="M32" s="158" t="s">
+        <v>176</v>
+      </c>
       <c r="N32" s="158" t="s">
-        <v>62</v>
+        <v>108</v>
       </c>
       <c r="O32" s="158" t="s">
-        <v>66</v>
+        <v>108</v>
       </c>
       <c r="P32" s="158" t="s">
         <v>47</v>
       </c>
       <c r="Q32" s="158" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="R32" s="158" t="s">
         <v>33</v>
       </c>
       <c r="S32" s="159" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T32" s="160">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="33" spans="1:20">
       <c r="A33" s="161">
-        <v>4325031</v>
+        <v>4326056</v>
       </c>
       <c r="B33" s="162" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="C33" s="162" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="D33" s="163" t="s">
-        <v>154</v>
+        <v>171</v>
       </c>
       <c r="E33" s="162" t="s">
         <v>23</v>
       </c>
       <c r="F33" s="162" t="s">
         <v>24</v>
       </c>
       <c r="G33" s="164" t="s">
         <v>25</v>
       </c>
       <c r="H33" s="162" t="s">
-        <v>26</v>
+        <v>172</v>
       </c>
       <c r="I33" s="164">
         <v>1</v>
       </c>
       <c r="J33" s="163" t="s">
-        <v>71</v>
+        <v>56</v>
       </c>
       <c r="K33" s="163" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-      <c r="M33" s="163"/>
+        <v>56</v>
+      </c>
+      <c r="L33" s="163" t="s">
+        <v>57</v>
+      </c>
+      <c r="M33" s="163" t="s">
+        <v>58</v>
+      </c>
       <c r="N33" s="163" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="O33" s="163" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-      <c r="Q33" s="163"/>
+        <v>60</v>
+      </c>
+      <c r="P33" s="163" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q33" s="163" t="s">
+        <v>61</v>
+      </c>
       <c r="R33" s="163" t="s">
         <v>33</v>
       </c>
       <c r="S33" s="164" t="s">
         <v>34</v>
       </c>
       <c r="T33" s="165">
         <v>4</v>
       </c>
     </row>
     <row r="34" spans="1:20">
       <c r="A34" s="166">
-        <v>4325055</v>
+        <v>4326002</v>
       </c>
       <c r="B34" s="167" t="s">
-        <v>166</v>
+        <v>178</v>
       </c>
       <c r="C34" s="167" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="D34" s="168" t="s">
-        <v>154</v>
+        <v>171</v>
       </c>
       <c r="E34" s="167" t="s">
         <v>23</v>
       </c>
       <c r="F34" s="167" t="s">
         <v>24</v>
       </c>
       <c r="G34" s="169" t="s">
         <v>25</v>
       </c>
       <c r="H34" s="167" t="s">
-        <v>26</v>
+        <v>172</v>
       </c>
       <c r="I34" s="169">
         <v>1</v>
       </c>
       <c r="J34" s="168" t="s">
-        <v>71</v>
-[...7 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="K34" s="168" t="s">
+        <v>65</v>
+      </c>
+      <c r="L34" s="168"/>
+      <c r="M34" s="168"/>
       <c r="N34" s="168" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="O34" s="168" t="s">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="P34" s="168"/>
       <c r="Q34" s="168"/>
       <c r="R34" s="168" t="s">
         <v>33</v>
       </c>
       <c r="S34" s="169" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T34" s="170">
         <v>4</v>
       </c>
     </row>
     <row r="35" spans="1:20">
       <c r="A35" s="171">
-        <v>4325059</v>
+        <v>4326014</v>
       </c>
       <c r="B35" s="172" t="s">
-        <v>167</v>
+        <v>179</v>
       </c>
       <c r="C35" s="172" t="s">
-        <v>81</v>
+        <v>21</v>
       </c>
       <c r="D35" s="173" t="s">
-        <v>154</v>
+        <v>171</v>
       </c>
       <c r="E35" s="172" t="s">
         <v>23</v>
       </c>
       <c r="F35" s="172" t="s">
         <v>24</v>
       </c>
       <c r="G35" s="174" t="s">
         <v>25</v>
       </c>
       <c r="H35" s="172" t="s">
-        <v>26</v>
+        <v>172</v>
       </c>
       <c r="I35" s="174">
         <v>1</v>
       </c>
       <c r="J35" s="173" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="K35" s="173" t="s">
-        <v>82</v>
-[...6 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="L35" s="173"/>
+      <c r="M35" s="173"/>
       <c r="N35" s="173" t="s">
+        <v>66</v>
+      </c>
+      <c r="O35" s="173" t="s">
+        <v>70</v>
+      </c>
+      <c r="P35" s="173" t="s">
         <v>47</v>
       </c>
-      <c r="O35" s="173" t="s">
-[...3 lines deleted...]
-      <c r="Q35" s="173"/>
+      <c r="Q35" s="173" t="s">
+        <v>72</v>
+      </c>
       <c r="R35" s="173" t="s">
         <v>33</v>
       </c>
       <c r="S35" s="174" t="s">
         <v>42</v>
       </c>
       <c r="T35" s="175">
         <v>4</v>
       </c>
     </row>
     <row r="36" spans="1:20">
       <c r="A36" s="176">
-        <v>4325073</v>
+        <v>4326020</v>
       </c>
       <c r="B36" s="177" t="s">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="C36" s="177" t="s">
-        <v>86</v>
+        <v>21</v>
       </c>
       <c r="D36" s="178" t="s">
-        <v>154</v>
+        <v>171</v>
       </c>
       <c r="E36" s="177" t="s">
         <v>23</v>
       </c>
       <c r="F36" s="177" t="s">
         <v>24</v>
       </c>
       <c r="G36" s="179" t="s">
         <v>25</v>
       </c>
       <c r="H36" s="177" t="s">
-        <v>26</v>
+        <v>172</v>
       </c>
       <c r="I36" s="179">
         <v>1</v>
       </c>
       <c r="J36" s="178" t="s">
-        <v>87</v>
+        <v>64</v>
       </c>
       <c r="K36" s="178" t="s">
-        <v>87</v>
+        <v>66</v>
       </c>
       <c r="L36" s="178"/>
       <c r="M36" s="178"/>
       <c r="N36" s="178" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="O36" s="178" t="s">
-        <v>88</v>
+        <v>69</v>
       </c>
       <c r="P36" s="178" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="Q36" s="178" t="s">
-        <v>89</v>
+        <v>70</v>
       </c>
       <c r="R36" s="178" t="s">
         <v>33</v>
       </c>
       <c r="S36" s="179" t="s">
         <v>34</v>
       </c>
       <c r="T36" s="180">
         <v>4</v>
       </c>
     </row>
     <row r="37" spans="1:20">
       <c r="A37" s="181">
-        <v>4325019</v>
+        <v>4326026</v>
       </c>
       <c r="B37" s="182" t="s">
-        <v>169</v>
+        <v>181</v>
       </c>
       <c r="C37" s="182" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="D37" s="183" t="s">
-        <v>154</v>
+        <v>171</v>
       </c>
       <c r="E37" s="182" t="s">
         <v>23</v>
       </c>
       <c r="F37" s="182" t="s">
         <v>24</v>
       </c>
       <c r="G37" s="184" t="s">
         <v>25</v>
       </c>
       <c r="H37" s="182" t="s">
-        <v>26</v>
+        <v>172</v>
       </c>
       <c r="I37" s="184">
         <v>1</v>
       </c>
       <c r="J37" s="183" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="K37" s="183" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="L37" s="183" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="M37" s="183" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="N37" s="183" t="s">
-        <v>96</v>
+        <v>47</v>
       </c>
       <c r="O37" s="183" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="P37" s="183"/>
       <c r="Q37" s="183"/>
       <c r="R37" s="183" t="s">
         <v>33</v>
       </c>
       <c r="S37" s="184" t="s">
         <v>42</v>
       </c>
       <c r="T37" s="185">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="38" spans="1:20">
       <c r="A38" s="186">
-        <v>4325076</v>
+        <v>4326032</v>
       </c>
       <c r="B38" s="187" t="s">
-        <v>170</v>
+        <v>182</v>
       </c>
       <c r="C38" s="187" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="D38" s="188" t="s">
-        <v>154</v>
+        <v>171</v>
       </c>
       <c r="E38" s="187" t="s">
         <v>23</v>
       </c>
       <c r="F38" s="187" t="s">
         <v>24</v>
       </c>
       <c r="G38" s="189" t="s">
         <v>25</v>
       </c>
       <c r="H38" s="187" t="s">
-        <v>26</v>
+        <v>172</v>
       </c>
       <c r="I38" s="189">
         <v>1</v>
       </c>
       <c r="J38" s="188" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="K38" s="188"/>
       <c r="L38" s="188" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="M38" s="188" t="s">
-        <v>55</v>
+        <v>82</v>
       </c>
       <c r="N38" s="188" t="s">
-        <v>96</v>
+        <v>47</v>
       </c>
       <c r="O38" s="188" t="s">
-        <v>97</v>
+        <v>83</v>
       </c>
       <c r="P38" s="188"/>
       <c r="Q38" s="188"/>
       <c r="R38" s="188" t="s">
         <v>33</v>
       </c>
       <c r="S38" s="189" t="s">
         <v>34</v>
       </c>
       <c r="T38" s="190">
         <v>4</v>
       </c>
     </row>
     <row r="39" spans="1:20">
       <c r="A39" s="191">
-        <v>4325007</v>
+        <v>4326086</v>
       </c>
       <c r="B39" s="192" t="s">
+        <v>183</v>
+      </c>
+      <c r="C39" s="192" t="s">
+        <v>74</v>
+      </c>
+      <c r="D39" s="193" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>154</v>
       </c>
       <c r="E39" s="192" t="s">
         <v>23</v>
       </c>
       <c r="F39" s="192" t="s">
         <v>24</v>
       </c>
       <c r="G39" s="194" t="s">
         <v>25</v>
       </c>
       <c r="H39" s="192" t="s">
-        <v>26</v>
+        <v>172</v>
       </c>
       <c r="I39" s="194">
         <v>1</v>
       </c>
       <c r="J39" s="193" t="s">
-        <v>101</v>
+        <v>75</v>
       </c>
       <c r="K39" s="193" t="s">
-        <v>102</v>
+        <v>76</v>
       </c>
       <c r="L39" s="193"/>
       <c r="M39" s="193"/>
       <c r="N39" s="193" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="O39" s="193" t="s">
-        <v>103</v>
-[...6 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="P39" s="193"/>
+      <c r="Q39" s="193"/>
       <c r="R39" s="193" t="s">
         <v>33</v>
       </c>
       <c r="S39" s="194" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T39" s="195">
         <v>4</v>
       </c>
     </row>
     <row r="40" spans="1:20">
       <c r="A40" s="196">
-        <v>4325043</v>
+        <v>4326092</v>
       </c>
       <c r="B40" s="197" t="s">
-        <v>172</v>
+        <v>184</v>
       </c>
       <c r="C40" s="197" t="s">
-        <v>106</v>
+        <v>90</v>
       </c>
       <c r="D40" s="198" t="s">
-        <v>154</v>
+        <v>171</v>
       </c>
       <c r="E40" s="197" t="s">
         <v>23</v>
       </c>
       <c r="F40" s="197" t="s">
         <v>24</v>
       </c>
       <c r="G40" s="199" t="s">
         <v>25</v>
       </c>
       <c r="H40" s="197" t="s">
-        <v>26</v>
+        <v>172</v>
       </c>
       <c r="I40" s="199">
         <v>1</v>
       </c>
       <c r="J40" s="198" t="s">
-        <v>101</v>
-[...7 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="K40" s="198" t="s">
+        <v>91</v>
+      </c>
+      <c r="L40" s="198"/>
+      <c r="M40" s="198"/>
       <c r="N40" s="198" t="s">
-        <v>96</v>
+        <v>68</v>
       </c>
       <c r="O40" s="198" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-      <c r="Q40" s="198"/>
+        <v>92</v>
+      </c>
+      <c r="P40" s="198" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q40" s="198" t="s">
+        <v>93</v>
+      </c>
       <c r="R40" s="198" t="s">
         <v>33</v>
       </c>
       <c r="S40" s="199" t="s">
         <v>34</v>
       </c>
       <c r="T40" s="200">
         <v>4</v>
       </c>
     </row>
     <row r="41" spans="1:20">
       <c r="A41" s="201">
-        <v>4325065</v>
+        <v>4326074</v>
       </c>
       <c r="B41" s="202" t="s">
-        <v>173</v>
+        <v>185</v>
       </c>
       <c r="C41" s="202" t="s">
-        <v>111</v>
+        <v>95</v>
       </c>
       <c r="D41" s="203" t="s">
-        <v>154</v>
+        <v>171</v>
       </c>
       <c r="E41" s="202" t="s">
         <v>23</v>
       </c>
       <c r="F41" s="202" t="s">
         <v>24</v>
       </c>
       <c r="G41" s="204" t="s">
         <v>25</v>
       </c>
       <c r="H41" s="202" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
       <c r="I41" s="204">
         <v>1</v>
       </c>
       <c r="J41" s="203" t="s">
+        <v>96</v>
+      </c>
+      <c r="K41" s="203" t="s">
+        <v>97</v>
+      </c>
+      <c r="L41" s="203" t="s">
+        <v>98</v>
+      </c>
+      <c r="M41" s="203" t="s">
+        <v>59</v>
+      </c>
+      <c r="N41" s="203" t="s">
+        <v>100</v>
+      </c>
+      <c r="O41" s="203" t="s">
         <v>101</v>
       </c>
-      <c r="K41" s="203" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="P41" s="203"/>
+      <c r="Q41" s="203"/>
       <c r="R41" s="203" t="s">
         <v>33</v>
       </c>
       <c r="S41" s="204" t="s">
         <v>34</v>
       </c>
       <c r="T41" s="205">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="42" spans="1:20">
       <c r="A42" s="206">
-        <v>4325081</v>
+        <v>4326080</v>
       </c>
       <c r="B42" s="207" t="s">
-        <v>174</v>
+        <v>186</v>
       </c>
       <c r="C42" s="207" t="s">
-        <v>118</v>
+        <v>95</v>
       </c>
       <c r="D42" s="208" t="s">
-        <v>154</v>
+        <v>171</v>
       </c>
       <c r="E42" s="207" t="s">
         <v>23</v>
       </c>
       <c r="F42" s="207" t="s">
         <v>24</v>
       </c>
       <c r="G42" s="209" t="s">
         <v>25</v>
       </c>
       <c r="H42" s="207" t="s">
-        <v>26</v>
+        <v>172</v>
       </c>
       <c r="I42" s="209">
         <v>1</v>
       </c>
       <c r="J42" s="208" t="s">
+        <v>96</v>
+      </c>
+      <c r="K42" s="208" t="s">
+        <v>97</v>
+      </c>
+      <c r="L42" s="208" t="s">
+        <v>98</v>
+      </c>
+      <c r="M42" s="208" t="s">
+        <v>99</v>
+      </c>
+      <c r="N42" s="208" t="s">
+        <v>100</v>
+      </c>
+      <c r="O42" s="208" t="s">
         <v>101</v>
       </c>
-      <c r="K42" s="208" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="P42" s="208"/>
+      <c r="Q42" s="208"/>
       <c r="R42" s="208" t="s">
         <v>33</v>
       </c>
       <c r="S42" s="209" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T42" s="210">
         <v>3</v>
       </c>
     </row>
     <row r="43" spans="1:20">
       <c r="A43" s="211">
-        <v>4125058</v>
+        <v>4326038</v>
       </c>
       <c r="B43" s="212" t="s">
-        <v>175</v>
+        <v>187</v>
       </c>
       <c r="C43" s="212" t="s">
-        <v>176</v>
+        <v>115</v>
       </c>
       <c r="D43" s="213" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="E43" s="212" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F43" s="212" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G43" s="214">
+        <v>24</v>
+      </c>
+      <c r="G43" s="214" t="s">
         <v>25</v>
       </c>
       <c r="H43" s="212" t="s">
-        <v>112</v>
+        <v>188</v>
       </c>
       <c r="I43" s="214">
         <v>1</v>
       </c>
       <c r="J43" s="213" t="s">
-        <v>179</v>
+        <v>105</v>
       </c>
       <c r="K43" s="213" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="M43" s="213"/>
+        <v>117</v>
+      </c>
+      <c r="L43" s="213" t="s">
+        <v>118</v>
+      </c>
+      <c r="M43" s="213" t="s">
+        <v>119</v>
+      </c>
       <c r="N43" s="213" t="s">
-        <v>31</v>
+        <v>77</v>
       </c>
       <c r="O43" s="213" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-      <c r="Q43" s="213"/>
+        <v>120</v>
+      </c>
+      <c r="P43" s="213" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q43" s="213" t="s">
+        <v>108</v>
+      </c>
       <c r="R43" s="213" t="s">
         <v>33</v>
       </c>
       <c r="S43" s="214" t="s">
         <v>34</v>
       </c>
       <c r="T43" s="215">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:20">
       <c r="A44" s="216">
-        <v>4125064</v>
+        <v>4326062</v>
       </c>
       <c r="B44" s="217" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="C44" s="217" t="s">
-        <v>182</v>
+        <v>110</v>
       </c>
       <c r="D44" s="218" t="s">
-        <v>183</v>
+        <v>171</v>
       </c>
       <c r="E44" s="217" t="s">
-        <v>184</v>
+        <v>23</v>
       </c>
       <c r="F44" s="217" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G44" s="219">
+        <v>24</v>
+      </c>
+      <c r="G44" s="219" t="s">
         <v>25</v>
       </c>
       <c r="H44" s="217" t="s">
-        <v>185</v>
+        <v>172</v>
       </c>
       <c r="I44" s="219">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J44" s="218" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="K44" s="218"/>
       <c r="L44" s="218" t="s">
-        <v>94</v>
+        <v>111</v>
       </c>
       <c r="M44" s="218" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
       <c r="N44" s="218" t="s">
-        <v>55</v>
+        <v>100</v>
       </c>
       <c r="O44" s="218" t="s">
-        <v>186</v>
+        <v>113</v>
       </c>
       <c r="P44" s="218"/>
       <c r="Q44" s="218"/>
       <c r="R44" s="218" t="s">
         <v>33</v>
       </c>
       <c r="S44" s="219" t="s">
         <v>34</v>
       </c>
       <c r="T44" s="220">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="45" spans="1:20">
       <c r="A45" s="221">
-        <v>4125180</v>
+        <v>4326068</v>
       </c>
       <c r="B45" s="222" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="C45" s="222" t="s">
-        <v>188</v>
+        <v>122</v>
       </c>
       <c r="D45" s="223" t="s">
-        <v>189</v>
+        <v>171</v>
       </c>
       <c r="E45" s="222" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F45" s="222" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G45" s="224">
+        <v>24</v>
+      </c>
+      <c r="G45" s="224" t="s">
         <v>25</v>
       </c>
       <c r="H45" s="222" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
       <c r="I45" s="224">
         <v>1</v>
       </c>
       <c r="J45" s="223" t="s">
-        <v>71</v>
+        <v>105</v>
       </c>
       <c r="K45" s="223" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-      <c r="M45" s="223"/>
+        <v>106</v>
+      </c>
+      <c r="L45" s="223" t="s">
+        <v>123</v>
+      </c>
+      <c r="M45" s="223" t="s">
+        <v>124</v>
+      </c>
       <c r="N45" s="223" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="O45" s="223" t="s">
-        <v>74</v>
+        <v>120</v>
       </c>
       <c r="P45" s="223" t="s">
-        <v>73</v>
+        <v>108</v>
       </c>
       <c r="Q45" s="223" t="s">
-        <v>74</v>
+        <v>108</v>
       </c>
       <c r="R45" s="223" t="s">
         <v>33</v>
       </c>
       <c r="S45" s="224" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T45" s="225">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="46" spans="1:20">
       <c r="A46" s="226">
-        <v>4125016</v>
+        <v>4326098</v>
       </c>
       <c r="B46" s="227" t="s">
         <v>191</v>
       </c>
       <c r="C46" s="227" t="s">
-        <v>192</v>
+        <v>104</v>
       </c>
       <c r="D46" s="228" t="s">
-        <v>193</v>
+        <v>171</v>
       </c>
       <c r="E46" s="227" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F46" s="227" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G46" s="229">
+        <v>24</v>
+      </c>
+      <c r="G46" s="229" t="s">
         <v>25</v>
       </c>
       <c r="H46" s="227" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
       <c r="I46" s="229">
         <v>1</v>
       </c>
       <c r="J46" s="228" t="s">
-        <v>194</v>
+        <v>105</v>
       </c>
       <c r="K46" s="228" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="L46" s="228" t="s">
+        <v>106</v>
+      </c>
+      <c r="L46" s="228"/>
+      <c r="M46" s="228"/>
+      <c r="N46" s="228" t="s">
+        <v>77</v>
+      </c>
+      <c r="O46" s="228" t="s">
         <v>107</v>
       </c>
-      <c r="M46" s="228" t="s">
-[...9 lines deleted...]
-      <c r="Q46" s="228"/>
+      <c r="P46" s="228" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q46" s="228" t="s">
+        <v>108</v>
+      </c>
       <c r="R46" s="228" t="s">
         <v>33</v>
       </c>
       <c r="S46" s="229" t="s">
         <v>42</v>
       </c>
       <c r="T46" s="230">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="47" spans="1:20">
       <c r="A47" s="231">
-        <v>4125141</v>
+        <v>4126200</v>
       </c>
       <c r="B47" s="232" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="C47" s="232" t="s">
-        <v>51</v>
+        <v>193</v>
       </c>
       <c r="D47" s="233" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="E47" s="232" t="s">
-        <v>199</v>
+        <v>139</v>
       </c>
       <c r="F47" s="232" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G47" s="234">
         <v>25</v>
       </c>
       <c r="H47" s="232" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="I47" s="234">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J47" s="233" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="K47" s="233" t="s">
-        <v>200</v>
+        <v>165</v>
       </c>
       <c r="L47" s="233" t="s">
-        <v>77</v>
+        <v>195</v>
       </c>
       <c r="M47" s="233" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="N47" s="233" t="s">
         <v>47</v>
       </c>
       <c r="O47" s="233" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-      <c r="Q47" s="233"/>
+        <v>197</v>
+      </c>
+      <c r="P47" s="233" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q47" s="233" t="s">
+        <v>93</v>
+      </c>
       <c r="R47" s="233" t="s">
         <v>33</v>
       </c>
       <c r="S47" s="234" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T47" s="235">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:20">
       <c r="A48" s="236">
-        <v>4125194</v>
+        <v>4726002</v>
       </c>
       <c r="B48" s="237" t="s">
-        <v>202</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="C48" s="237"/>
       <c r="D48" s="238" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="E48" s="237" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="F48" s="237" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G48" s="239">
-        <v>25</v>
-[...6 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="H48" s="237"/>
+      <c r="I48" s="239"/>
       <c r="J48" s="238" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="K48" s="238" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="L48" s="238"/>
       <c r="M48" s="238"/>
       <c r="N48" s="238" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="O48" s="238" t="s">
-        <v>103</v>
+        <v>130</v>
       </c>
       <c r="P48" s="238"/>
       <c r="Q48" s="238"/>
       <c r="R48" s="238" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S48" s="239" t="s">
         <v>34</v>
       </c>
-      <c r="T48" s="240">
-[...1 lines deleted...]
-      </c>
+      <c r="T48" s="240"/>
     </row>
     <row r="49" spans="1:20">
       <c r="A49" s="241">
-        <v>4125253</v>
+        <v>4126194</v>
       </c>
       <c r="B49" s="242" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="C49" s="242" t="s">
-        <v>192</v>
+        <v>160</v>
       </c>
       <c r="D49" s="243" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="E49" s="242" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="F49" s="242" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G49" s="244">
         <v>25</v>
       </c>
       <c r="H49" s="242" t="s">
-        <v>112</v>
+        <v>188</v>
       </c>
       <c r="I49" s="244">
         <v>1</v>
       </c>
       <c r="J49" s="243" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="K49" s="243" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-      <c r="M49" s="243"/>
+        <v>203</v>
+      </c>
+      <c r="L49" s="243" t="s">
+        <v>51</v>
+      </c>
+      <c r="M49" s="243" t="s">
+        <v>52</v>
+      </c>
       <c r="N49" s="243" t="s">
-        <v>73</v>
+        <v>31</v>
       </c>
       <c r="O49" s="243" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-      <c r="Q49" s="243"/>
+        <v>53</v>
+      </c>
+      <c r="P49" s="243" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q49" s="243" t="s">
+        <v>135</v>
+      </c>
       <c r="R49" s="243" t="s">
         <v>33</v>
       </c>
       <c r="S49" s="244" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T49" s="245">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:20">
       <c r="A50" s="246">
-        <v>4125259</v>
+        <v>4126052</v>
       </c>
       <c r="B50" s="247" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="C50" s="247" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="D50" s="248" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="E50" s="247" t="s">
-        <v>178</v>
+        <v>207</v>
       </c>
       <c r="F50" s="247" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G50" s="249">
         <v>25</v>
       </c>
       <c r="H50" s="247" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
       <c r="I50" s="249">
         <v>1</v>
       </c>
       <c r="J50" s="248" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="K50" s="248" t="s">
-        <v>212</v>
+        <v>97</v>
       </c>
       <c r="L50" s="248" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="M50" s="248" t="s">
-        <v>78</v>
+        <v>208</v>
       </c>
       <c r="N50" s="248" t="s">
-        <v>126</v>
+        <v>100</v>
       </c>
       <c r="O50" s="248" t="s">
-        <v>127</v>
+        <v>101</v>
       </c>
       <c r="P50" s="248" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="Q50" s="248" t="s">
-        <v>213</v>
+        <v>135</v>
       </c>
       <c r="R50" s="248" t="s">
         <v>33</v>
       </c>
       <c r="S50" s="249" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T50" s="250">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="51" spans="1:20">
       <c r="A51" s="251">
-        <v>3825026</v>
+        <v>4126216</v>
       </c>
       <c r="B51" s="252" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="C51" s="252" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="D51" s="253" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="E51" s="252" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="F51" s="252" t="s">
-        <v>24</v>
-[...9 lines deleted...]
-      <c r="M51" s="253"/>
+        <v>140</v>
+      </c>
+      <c r="G51" s="254">
+        <v>25</v>
+      </c>
+      <c r="H51" s="252" t="s">
+        <v>188</v>
+      </c>
+      <c r="I51" s="254">
+        <v>1</v>
+      </c>
+      <c r="J51" s="253" t="s">
+        <v>75</v>
+      </c>
+      <c r="K51" s="253" t="s">
+        <v>212</v>
+      </c>
+      <c r="L51" s="253" t="s">
+        <v>81</v>
+      </c>
+      <c r="M51" s="253" t="s">
+        <v>82</v>
+      </c>
       <c r="N51" s="253" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="O51" s="253" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-      <c r="Q51" s="253"/>
+        <v>135</v>
+      </c>
+      <c r="P51" s="253" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q51" s="253" t="s">
+        <v>213</v>
+      </c>
       <c r="R51" s="253" t="s">
         <v>33</v>
       </c>
       <c r="S51" s="254" t="s">
         <v>42</v>
       </c>
-      <c r="T51" s="255"/>
+      <c r="T51" s="255">
+        <v>6</v>
+      </c>
     </row>
     <row r="52" spans="1:20">
       <c r="A52" s="256">
-        <v>4125095</v>
+        <v>4126102</v>
       </c>
       <c r="B52" s="257" t="s">
+        <v>214</v>
+      </c>
+      <c r="C52" s="257" t="s">
+        <v>215</v>
+      </c>
+      <c r="D52" s="258" t="s">
+        <v>211</v>
+      </c>
+      <c r="E52" s="257" t="s">
+        <v>139</v>
+      </c>
+      <c r="F52" s="257" t="s">
+        <v>140</v>
+      </c>
+      <c r="G52" s="259">
+        <v>25</v>
+      </c>
+      <c r="H52" s="257" t="s">
+        <v>188</v>
+      </c>
+      <c r="I52" s="259">
+        <v>1</v>
+      </c>
+      <c r="J52" s="258" t="s">
+        <v>216</v>
+      </c>
+      <c r="K52" s="258" t="s">
         <v>217</v>
       </c>
-      <c r="C52" s="257" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="L52" s="258"/>
+      <c r="M52" s="258"/>
       <c r="N52" s="258" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="O52" s="258" t="s">
-        <v>97</v>
+        <v>130</v>
       </c>
       <c r="P52" s="258"/>
       <c r="Q52" s="258"/>
       <c r="R52" s="258" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S52" s="259" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T52" s="260">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:20">
       <c r="A53" s="261">
-        <v>4125264</v>
+        <v>4126126</v>
       </c>
       <c r="B53" s="262" t="s">
         <v>219</v>
       </c>
       <c r="C53" s="262" t="s">
         <v>220</v>
       </c>
       <c r="D53" s="263" t="s">
         <v>221</v>
       </c>
       <c r="E53" s="262" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="F53" s="262" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G53" s="264">
         <v>25</v>
       </c>
       <c r="H53" s="262" t="s">
-        <v>112</v>
+        <v>188</v>
       </c>
       <c r="I53" s="264">
         <v>1</v>
       </c>
       <c r="J53" s="263" t="s">
-        <v>222</v>
+        <v>64</v>
       </c>
       <c r="K53" s="263" t="s">
-        <v>223</v>
+        <v>66</v>
       </c>
       <c r="L53" s="263"/>
       <c r="M53" s="263"/>
       <c r="N53" s="263" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="O53" s="263" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="P53" s="263"/>
       <c r="Q53" s="263"/>
       <c r="R53" s="263" t="s">
         <v>33</v>
       </c>
       <c r="S53" s="264" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T53" s="265">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:20">
       <c r="A54" s="266">
-        <v>4125120</v>
+        <v>4126072</v>
       </c>
       <c r="B54" s="267" t="s">
-        <v>224</v>
+        <v>163</v>
       </c>
       <c r="C54" s="267" t="s">
-        <v>59</v>
+        <v>160</v>
       </c>
       <c r="D54" s="268" t="s">
         <v>221</v>
       </c>
       <c r="E54" s="267" t="s">
-        <v>225</v>
+        <v>139</v>
       </c>
       <c r="F54" s="267" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G54" s="269">
         <v>25</v>
       </c>
       <c r="H54" s="267" t="s">
-        <v>112</v>
+        <v>188</v>
       </c>
       <c r="I54" s="269">
         <v>1</v>
       </c>
       <c r="J54" s="268" t="s">
-        <v>226</v>
+        <v>75</v>
       </c>
       <c r="K54" s="268" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-      <c r="M54" s="268"/>
+        <v>165</v>
+      </c>
+      <c r="L54" s="268" t="s">
+        <v>81</v>
+      </c>
+      <c r="M54" s="268" t="s">
+        <v>82</v>
+      </c>
       <c r="N54" s="268" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="O54" s="268" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-      <c r="Q54" s="268"/>
+        <v>49</v>
+      </c>
+      <c r="P54" s="268" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q54" s="268" t="s">
+        <v>135</v>
+      </c>
       <c r="R54" s="268" t="s">
         <v>33</v>
       </c>
       <c r="S54" s="269" t="s">
         <v>42</v>
       </c>
       <c r="T54" s="270">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:20">
       <c r="A55" s="271">
-        <v>4125158</v>
+        <v>4126035</v>
       </c>
       <c r="B55" s="272" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="C55" s="272" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="D55" s="273" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="E55" s="272" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="F55" s="272" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G55" s="274">
         <v>25</v>
       </c>
       <c r="H55" s="272" t="s">
-        <v>112</v>
+        <v>188</v>
       </c>
       <c r="I55" s="274">
         <v>1</v>
       </c>
       <c r="J55" s="273" t="s">
-        <v>92</v>
+        <v>225</v>
       </c>
       <c r="K55" s="273" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-      <c r="M55" s="273"/>
+        <v>226</v>
+      </c>
+      <c r="L55" s="273" t="s">
+        <v>98</v>
+      </c>
+      <c r="M55" s="273" t="s">
+        <v>59</v>
+      </c>
       <c r="N55" s="273" t="s">
-        <v>31</v>
+        <v>108</v>
       </c>
       <c r="O55" s="273" t="s">
-        <v>41</v>
+        <v>108</v>
       </c>
       <c r="P55" s="273" t="s">
-        <v>96</v>
+        <v>59</v>
       </c>
       <c r="Q55" s="273" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="R55" s="273" t="s">
         <v>33</v>
       </c>
       <c r="S55" s="274" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T55" s="275">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:20">
       <c r="A56" s="276">
-        <v>4125097</v>
+        <v>4126105</v>
       </c>
       <c r="B56" s="277" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="C56" s="277" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="D56" s="278" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="E56" s="277" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="F56" s="277" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G56" s="279">
         <v>25</v>
       </c>
       <c r="H56" s="277" t="s">
-        <v>112</v>
+        <v>188</v>
       </c>
       <c r="I56" s="279">
         <v>1</v>
       </c>
       <c r="J56" s="278" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="K56" s="278"/>
       <c r="L56" s="278"/>
       <c r="M56" s="278"/>
       <c r="N56" s="278" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="O56" s="278" t="s">
-        <v>234</v>
+        <v>78</v>
       </c>
       <c r="P56" s="278"/>
       <c r="Q56" s="278"/>
       <c r="R56" s="278" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S56" s="279" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T56" s="280">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:20">
       <c r="A57" s="281">
-        <v>4125112</v>
+        <v>4126112</v>
       </c>
       <c r="B57" s="282" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="C57" s="282" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="D57" s="283" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="E57" s="282" t="s">
-        <v>178</v>
+        <v>169</v>
       </c>
       <c r="F57" s="282" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G57" s="284">
         <v>25</v>
       </c>
       <c r="H57" s="282" t="s">
-        <v>112</v>
+        <v>188</v>
       </c>
       <c r="I57" s="284">
         <v>1</v>
       </c>
       <c r="J57" s="283" t="s">
-        <v>45</v>
+        <v>105</v>
       </c>
       <c r="K57" s="283" t="s">
-        <v>238</v>
-[...1 lines deleted...]
-      <c r="L57" s="283" t="s">
+        <v>106</v>
+      </c>
+      <c r="L57" s="283"/>
+      <c r="M57" s="283"/>
+      <c r="N57" s="283" t="s">
+        <v>77</v>
+      </c>
+      <c r="O57" s="283" t="s">
         <v>107</v>
       </c>
-      <c r="M57" s="283" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="P57" s="283"/>
+      <c r="Q57" s="283"/>
       <c r="R57" s="283" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S57" s="284" t="s">
         <v>34</v>
       </c>
       <c r="T57" s="285">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:20">
       <c r="A58" s="286">
-        <v>4125022</v>
+        <v>4126034</v>
       </c>
       <c r="B58" s="287" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="C58" s="287" t="s">
-        <v>76</v>
+        <v>234</v>
       </c>
       <c r="D58" s="288" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="E58" s="287" t="s">
-        <v>147</v>
+        <v>236</v>
       </c>
       <c r="F58" s="287" t="s">
         <v>24</v>
       </c>
       <c r="G58" s="289">
         <v>25</v>
       </c>
       <c r="H58" s="287" t="s">
-        <v>112</v>
+        <v>188</v>
       </c>
       <c r="I58" s="289">
         <v>1</v>
       </c>
       <c r="J58" s="288" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="K58" s="288" t="s">
-        <v>240</v>
+        <v>66</v>
       </c>
       <c r="L58" s="288"/>
       <c r="M58" s="288"/>
       <c r="N58" s="288" t="s">
-        <v>64</v>
+        <v>108</v>
       </c>
       <c r="O58" s="288" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-      <c r="Q58" s="288"/>
+        <v>108</v>
+      </c>
+      <c r="P58" s="288" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q58" s="288" t="s">
+        <v>66</v>
+      </c>
       <c r="R58" s="288" t="s">
         <v>33</v>
       </c>
       <c r="S58" s="289" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T58" s="290">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:20">
       <c r="A59" s="291">
-        <v>4125072</v>
+        <v>4126015</v>
       </c>
       <c r="B59" s="292" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="C59" s="292" t="s">
-        <v>70</v>
+        <v>122</v>
       </c>
       <c r="D59" s="293" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="E59" s="292" t="s">
-        <v>147</v>
+        <v>207</v>
       </c>
       <c r="F59" s="292" t="s">
         <v>24</v>
       </c>
       <c r="G59" s="294">
         <v>25</v>
       </c>
       <c r="H59" s="292" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
       <c r="I59" s="294">
         <v>1</v>
       </c>
       <c r="J59" s="293" t="s">
-        <v>71</v>
+        <v>105</v>
       </c>
       <c r="K59" s="293" t="s">
-        <v>72</v>
+        <v>106</v>
       </c>
       <c r="L59" s="293"/>
       <c r="M59" s="293"/>
       <c r="N59" s="293" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="O59" s="293" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-      <c r="Q59" s="293"/>
+        <v>120</v>
+      </c>
+      <c r="P59" s="293" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q59" s="293" t="s">
+        <v>108</v>
+      </c>
       <c r="R59" s="293" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S59" s="294" t="s">
         <v>34</v>
       </c>
       <c r="T59" s="295">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="60" spans="1:20">
       <c r="A60" s="296">
-        <v>4125255</v>
+        <v>4126197</v>
       </c>
       <c r="B60" s="297" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="C60" s="297" t="s">
-        <v>130</v>
+        <v>240</v>
       </c>
       <c r="D60" s="298" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="E60" s="297" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
       <c r="F60" s="297" t="s">
         <v>24</v>
       </c>
       <c r="G60" s="299">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H60" s="297" t="s">
-        <v>26</v>
+        <v>188</v>
       </c>
       <c r="I60" s="299">
         <v>1</v>
       </c>
       <c r="J60" s="298" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="K60" s="298" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-      <c r="M60" s="298"/>
+        <v>242</v>
+      </c>
+      <c r="L60" s="298" t="s">
+        <v>98</v>
+      </c>
+      <c r="M60" s="298" t="s">
+        <v>99</v>
+      </c>
       <c r="N60" s="298" t="s">
-        <v>47</v>
+        <v>100</v>
       </c>
       <c r="O60" s="298" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-      <c r="Q60" s="298"/>
+        <v>101</v>
+      </c>
+      <c r="P60" s="298" t="s">
+        <v>100</v>
+      </c>
+      <c r="Q60" s="298" t="s">
+        <v>101</v>
+      </c>
       <c r="R60" s="298" t="s">
         <v>33</v>
       </c>
       <c r="S60" s="299" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T60" s="300">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:20">
       <c r="A61" s="301">
-        <v>4125254</v>
+        <v>4126076</v>
       </c>
       <c r="B61" s="302" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="C61" s="302" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D61" s="303" t="s">
         <v>245</v>
       </c>
       <c r="E61" s="302" t="s">
-        <v>147</v>
+        <v>207</v>
       </c>
       <c r="F61" s="302" t="s">
         <v>24</v>
       </c>
       <c r="G61" s="304">
         <v>25</v>
       </c>
       <c r="H61" s="302" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
       <c r="I61" s="304">
         <v>1</v>
       </c>
       <c r="J61" s="303" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="K61" s="303" t="s">
-        <v>55</v>
+        <v>86</v>
       </c>
       <c r="L61" s="303" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="M61" s="303" t="s">
-        <v>55</v>
+        <v>87</v>
       </c>
       <c r="N61" s="303" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="O61" s="303" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="Q61" s="303"/>
+        <v>88</v>
+      </c>
+      <c r="P61" s="303" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q61" s="303" t="s">
+        <v>61</v>
+      </c>
       <c r="R61" s="303" t="s">
         <v>33</v>
       </c>
       <c r="S61" s="304" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T61" s="305">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="62" spans="1:20">
       <c r="A62" s="306">
-        <v>4125186</v>
+        <v>4126215</v>
       </c>
       <c r="B62" s="307" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C62" s="307" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D62" s="308" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="E62" s="307" t="s">
-        <v>252</v>
+        <v>139</v>
       </c>
       <c r="F62" s="307" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G62" s="309">
         <v>25</v>
       </c>
       <c r="H62" s="307" t="s">
-        <v>112</v>
+        <v>188</v>
       </c>
       <c r="I62" s="309">
         <v>1</v>
       </c>
       <c r="J62" s="308" t="s">
-        <v>253</v>
+        <v>75</v>
       </c>
       <c r="K62" s="308" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-      <c r="M62" s="308"/>
+        <v>212</v>
+      </c>
+      <c r="L62" s="308" t="s">
+        <v>81</v>
+      </c>
+      <c r="M62" s="308" t="s">
+        <v>176</v>
+      </c>
       <c r="N62" s="308" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="O62" s="308" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-      <c r="Q62" s="308"/>
+        <v>69</v>
+      </c>
+      <c r="P62" s="308" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q62" s="308" t="s">
+        <v>69</v>
+      </c>
       <c r="R62" s="308" t="s">
         <v>33</v>
       </c>
       <c r="S62" s="309" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T62" s="310">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:20">
       <c r="A63" s="311">
-        <v>4125133</v>
+        <v>4126024</v>
       </c>
       <c r="B63" s="312" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="C63" s="312" t="s">
-        <v>21</v>
+        <v>160</v>
       </c>
       <c r="D63" s="313" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="E63" s="312" t="s">
-        <v>256</v>
+        <v>139</v>
       </c>
       <c r="F63" s="312" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G63" s="314">
         <v>25</v>
       </c>
       <c r="H63" s="312" t="s">
-        <v>257</v>
+        <v>188</v>
       </c>
       <c r="I63" s="314">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J63" s="313" t="s">
-        <v>60</v>
+        <v>249</v>
       </c>
       <c r="K63" s="313" t="s">
-        <v>62</v>
-[...6 lines deleted...]
-      </c>
+        <v>250</v>
+      </c>
+      <c r="L63" s="313"/>
+      <c r="M63" s="313"/>
       <c r="N63" s="313" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="O63" s="313" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="P63" s="313" t="s">
-        <v>31</v>
+        <v>77</v>
       </c>
       <c r="Q63" s="313" t="s">
-        <v>32</v>
+        <v>107</v>
       </c>
       <c r="R63" s="313" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S63" s="314" t="s">
         <v>42</v>
       </c>
       <c r="T63" s="315">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:20">
       <c r="A64" s="316">
-        <v>4125078</v>
+        <v>4126117</v>
       </c>
       <c r="B64" s="317" t="s">
-        <v>259</v>
+        <v>251</v>
       </c>
       <c r="C64" s="317" t="s">
-        <v>150</v>
+        <v>252</v>
       </c>
       <c r="D64" s="318" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
       <c r="E64" s="317" t="s">
-        <v>152</v>
+        <v>139</v>
       </c>
       <c r="F64" s="317" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G64" s="319">
         <v>25</v>
       </c>
       <c r="H64" s="317" t="s">
-        <v>112</v>
+        <v>188</v>
       </c>
       <c r="I64" s="319">
         <v>1</v>
       </c>
       <c r="J64" s="318" t="s">
-        <v>101</v>
+        <v>64</v>
       </c>
       <c r="K64" s="318" t="s">
-        <v>102</v>
+        <v>254</v>
       </c>
       <c r="L64" s="318"/>
       <c r="M64" s="318"/>
       <c r="N64" s="318" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="O64" s="318" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-      <c r="Q64" s="318"/>
+        <v>66</v>
+      </c>
+      <c r="P64" s="318" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q64" s="318" t="s">
+        <v>107</v>
+      </c>
       <c r="R64" s="318" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S64" s="319" t="s">
         <v>42</v>
       </c>
       <c r="T64" s="320">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:20">
       <c r="A65" s="321">
-        <v>4125268</v>
+        <v>4126099</v>
       </c>
       <c r="B65" s="322" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="C65" s="322" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="D65" s="323" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="E65" s="322" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="F65" s="322" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G65" s="324">
         <v>25</v>
       </c>
       <c r="H65" s="322" t="s">
-        <v>26</v>
+        <v>259</v>
       </c>
       <c r="I65" s="324">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J65" s="323" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="K65" s="323" t="s">
-        <v>265</v>
-[...6 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="L65" s="323"/>
+      <c r="M65" s="323"/>
       <c r="N65" s="323" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="O65" s="323" t="s">
-        <v>144</v>
+        <v>66</v>
       </c>
       <c r="P65" s="323" t="s">
-        <v>64</v>
+        <v>108</v>
       </c>
       <c r="Q65" s="323" t="s">
-        <v>89</v>
+        <v>108</v>
       </c>
       <c r="R65" s="323" t="s">
         <v>33</v>
       </c>
       <c r="S65" s="324" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T65" s="325">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:20">
       <c r="A66" s="326">
-        <v>4125096</v>
+        <v>4126167</v>
       </c>
       <c r="B66" s="327" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="C66" s="327" t="s">
-        <v>146</v>
+        <v>261</v>
       </c>
       <c r="D66" s="328" t="s">
+        <v>262</v>
+      </c>
+      <c r="E66" s="327" t="s">
         <v>263</v>
       </c>
-      <c r="E66" s="327" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F66" s="327" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G66" s="329">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="H66" s="327" t="s">
-        <v>112</v>
+        <v>264</v>
       </c>
       <c r="I66" s="329">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J66" s="328" t="s">
-        <v>92</v>
+        <v>45</v>
       </c>
       <c r="K66" s="328" t="s">
-        <v>267</v>
+        <v>46</v>
       </c>
       <c r="L66" s="328"/>
       <c r="M66" s="328"/>
       <c r="N66" s="328" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="O66" s="328" t="s">
-        <v>41</v>
+        <v>265</v>
       </c>
       <c r="P66" s="328"/>
       <c r="Q66" s="328"/>
       <c r="R66" s="328" t="s">
         <v>33</v>
       </c>
       <c r="S66" s="329" t="s">
         <v>42</v>
       </c>
       <c r="T66" s="330">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="67" spans="1:20">
       <c r="A67" s="331">
-        <v>4125250</v>
+        <v>4126017</v>
       </c>
       <c r="B67" s="332" t="s">
+        <v>266</v>
+      </c>
+      <c r="C67" s="332" t="s">
+        <v>267</v>
+      </c>
+      <c r="D67" s="333" t="s">
         <v>268</v>
       </c>
-      <c r="C67" s="332" t="s">
+      <c r="E67" s="332" t="s">
+        <v>236</v>
+      </c>
+      <c r="F67" s="332" t="s">
+        <v>24</v>
+      </c>
+      <c r="G67" s="334">
+        <v>25</v>
+      </c>
+      <c r="H67" s="332" t="s">
+        <v>188</v>
+      </c>
+      <c r="I67" s="334">
+        <v>1</v>
+      </c>
+      <c r="J67" s="333" t="s">
+        <v>45</v>
+      </c>
+      <c r="K67" s="333" t="s">
         <v>269</v>
       </c>
-      <c r="D67" s="333" t="s">
-[...28 lines deleted...]
-      </c>
+      <c r="L67" s="333"/>
+      <c r="M67" s="333"/>
       <c r="N67" s="333" t="s">
-        <v>96</v>
+        <v>68</v>
       </c>
       <c r="O67" s="333" t="s">
-        <v>231</v>
+        <v>69</v>
       </c>
       <c r="P67" s="333" t="s">
-        <v>73</v>
+        <v>108</v>
       </c>
       <c r="Q67" s="333" t="s">
-        <v>234</v>
+        <v>108</v>
       </c>
       <c r="R67" s="333" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S67" s="334" t="s">
         <v>34</v>
       </c>
       <c r="T67" s="335">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:20">
       <c r="A68" s="336">
-        <v>4125228</v>
+        <v>4326009</v>
       </c>
       <c r="B68" s="337" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="C68" s="337" t="s">
-        <v>274</v>
+        <v>21</v>
       </c>
       <c r="D68" s="338" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="E68" s="337" t="s">
-        <v>147</v>
+        <v>23</v>
       </c>
       <c r="F68" s="337" t="s">
         <v>24</v>
       </c>
-      <c r="G68" s="339">
+      <c r="G68" s="339" t="s">
         <v>25</v>
       </c>
       <c r="H68" s="337" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
       <c r="I68" s="339">
         <v>1</v>
       </c>
       <c r="J68" s="338" t="s">
         <v>45</v>
       </c>
       <c r="K68" s="338" t="s">
         <v>46</v>
       </c>
-      <c r="L68" s="338"/>
-      <c r="M68" s="338"/>
+      <c r="L68" s="338" t="s">
+        <v>51</v>
+      </c>
+      <c r="M68" s="338" t="s">
+        <v>52</v>
+      </c>
       <c r="N68" s="338" t="s">
         <v>47</v>
       </c>
       <c r="O68" s="338" t="s">
-        <v>128</v>
+        <v>48</v>
       </c>
       <c r="P68" s="338" t="s">
-        <v>126</v>
+        <v>31</v>
       </c>
       <c r="Q68" s="338" t="s">
-        <v>127</v>
+        <v>53</v>
       </c>
       <c r="R68" s="338" t="s">
         <v>33</v>
       </c>
       <c r="S68" s="339" t="s">
         <v>42</v>
       </c>
       <c r="T68" s="340">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="69" spans="1:20">
       <c r="A69" s="341">
-        <v>4125210</v>
+        <v>4326045</v>
       </c>
       <c r="B69" s="342" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="C69" s="342" t="s">
-        <v>277</v>
+        <v>44</v>
       </c>
       <c r="D69" s="343" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="E69" s="342" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F69" s="342" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G69" s="344">
+        <v>24</v>
+      </c>
+      <c r="G69" s="344" t="s">
         <v>25</v>
       </c>
       <c r="H69" s="342" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
       <c r="I69" s="344">
         <v>1</v>
       </c>
       <c r="J69" s="343" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="K69" s="343" t="s">
-        <v>278</v>
+        <v>46</v>
       </c>
       <c r="L69" s="343"/>
       <c r="M69" s="343"/>
       <c r="N69" s="343" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="O69" s="343" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="P69" s="343" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="Q69" s="343" t="s">
-        <v>103</v>
+        <v>49</v>
       </c>
       <c r="R69" s="343" t="s">
         <v>33</v>
       </c>
       <c r="S69" s="344" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T69" s="345">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="70" spans="1:20">
       <c r="A70" s="346">
-        <v>4125261</v>
+        <v>4126153</v>
       </c>
       <c r="B70" s="347" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
       <c r="C70" s="347" t="s">
-        <v>280</v>
+        <v>175</v>
       </c>
       <c r="D70" s="348" t="s">
-        <v>275</v>
+        <v>268</v>
       </c>
       <c r="E70" s="347" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="F70" s="347" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G70" s="349">
         <v>25</v>
       </c>
       <c r="H70" s="347" t="s">
-        <v>112</v>
+        <v>188</v>
       </c>
       <c r="I70" s="349">
         <v>1</v>
       </c>
       <c r="J70" s="348" t="s">
-        <v>281</v>
+        <v>56</v>
       </c>
       <c r="K70" s="348" t="s">
-        <v>281</v>
+        <v>56</v>
       </c>
       <c r="L70" s="348" t="s">
-        <v>114</v>
+        <v>81</v>
       </c>
       <c r="M70" s="348" t="s">
-        <v>282</v>
+        <v>176</v>
       </c>
       <c r="N70" s="348" t="s">
-        <v>126</v>
+        <v>108</v>
       </c>
       <c r="O70" s="348" t="s">
-        <v>283</v>
+        <v>108</v>
       </c>
       <c r="P70" s="348" t="s">
-        <v>104</v>
+        <v>68</v>
       </c>
       <c r="Q70" s="348" t="s">
-        <v>104</v>
+        <v>69</v>
       </c>
       <c r="R70" s="348" t="s">
         <v>33</v>
       </c>
       <c r="S70" s="349" t="s">
         <v>34</v>
       </c>
       <c r="T70" s="350">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:20">
       <c r="A71" s="351">
-        <v>4125248</v>
+        <v>4326051</v>
       </c>
       <c r="B71" s="352" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="C71" s="352" t="s">
-        <v>285</v>
+        <v>175</v>
       </c>
       <c r="D71" s="353" t="s">
-        <v>286</v>
+        <v>271</v>
       </c>
       <c r="E71" s="352" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F71" s="352" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G71" s="354">
+        <v>24</v>
+      </c>
+      <c r="G71" s="354" t="s">
         <v>25</v>
       </c>
       <c r="H71" s="352" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
       <c r="I71" s="354">
         <v>1</v>
       </c>
       <c r="J71" s="353" t="s">
-        <v>222</v>
+        <v>56</v>
       </c>
       <c r="K71" s="353" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-      <c r="M71" s="353"/>
+        <v>56</v>
+      </c>
+      <c r="L71" s="353" t="s">
+        <v>81</v>
+      </c>
+      <c r="M71" s="353" t="s">
+        <v>176</v>
+      </c>
       <c r="N71" s="353" t="s">
-        <v>62</v>
+        <v>108</v>
       </c>
       <c r="O71" s="353" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-      <c r="Q71" s="353"/>
+        <v>108</v>
+      </c>
+      <c r="P71" s="353" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q71" s="353" t="s">
+        <v>61</v>
+      </c>
       <c r="R71" s="353" t="s">
         <v>33</v>
       </c>
       <c r="S71" s="354" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T71" s="355">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="72" spans="1:20">
       <c r="A72" s="356">
-        <v>4125087</v>
+        <v>4326057</v>
       </c>
       <c r="B72" s="357" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="C72" s="357" t="s">
-        <v>76</v>
+        <v>55</v>
       </c>
       <c r="D72" s="358" t="s">
-        <v>286</v>
+        <v>271</v>
       </c>
       <c r="E72" s="357" t="s">
-        <v>147</v>
+        <v>23</v>
       </c>
       <c r="F72" s="357" t="s">
         <v>24</v>
       </c>
-      <c r="G72" s="359">
+      <c r="G72" s="359" t="s">
         <v>25</v>
       </c>
       <c r="H72" s="357" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
       <c r="I72" s="359">
         <v>1</v>
       </c>
       <c r="J72" s="358" t="s">
-        <v>71</v>
+        <v>56</v>
       </c>
       <c r="K72" s="358" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-      <c r="M72" s="358"/>
+        <v>56</v>
+      </c>
+      <c r="L72" s="358" t="s">
+        <v>57</v>
+      </c>
+      <c r="M72" s="358" t="s">
+        <v>58</v>
+      </c>
       <c r="N72" s="358" t="s">
+        <v>59</v>
+      </c>
+      <c r="O72" s="358" t="s">
+        <v>60</v>
+      </c>
+      <c r="P72" s="358" t="s">
         <v>47</v>
       </c>
-      <c r="O72" s="358" t="s">
-[...3 lines deleted...]
-      <c r="Q72" s="358"/>
+      <c r="Q72" s="358" t="s">
+        <v>61</v>
+      </c>
       <c r="R72" s="358" t="s">
         <v>33</v>
       </c>
       <c r="S72" s="359" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T72" s="360">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="73" spans="1:20">
       <c r="A73" s="361">
-        <v>4125152</v>
+        <v>4326003</v>
       </c>
       <c r="B73" s="362" t="s">
-        <v>289</v>
+        <v>276</v>
       </c>
       <c r="C73" s="362" t="s">
-        <v>290</v>
+        <v>63</v>
       </c>
       <c r="D73" s="363" t="s">
-        <v>291</v>
+        <v>271</v>
       </c>
       <c r="E73" s="362" t="s">
-        <v>147</v>
+        <v>23</v>
       </c>
       <c r="F73" s="362" t="s">
         <v>24</v>
       </c>
-      <c r="G73" s="364">
+      <c r="G73" s="364" t="s">
         <v>25</v>
       </c>
       <c r="H73" s="362" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
       <c r="I73" s="364">
         <v>1</v>
       </c>
       <c r="J73" s="363" t="s">
-        <v>92</v>
+        <v>64</v>
       </c>
       <c r="K73" s="363" t="s">
-        <v>292</v>
-[...6 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="L73" s="363"/>
+      <c r="M73" s="363"/>
       <c r="N73" s="363" t="s">
-        <v>96</v>
+        <v>66</v>
       </c>
       <c r="O73" s="363" t="s">
-        <v>97</v>
+        <v>66</v>
       </c>
       <c r="P73" s="363"/>
       <c r="Q73" s="363"/>
       <c r="R73" s="363" t="s">
         <v>33</v>
       </c>
       <c r="S73" s="364" t="s">
         <v>42</v>
       </c>
       <c r="T73" s="365">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="74" spans="1:20">
       <c r="A74" s="366">
-        <v>4125260</v>
+        <v>4326015</v>
       </c>
       <c r="B74" s="367" t="s">
-        <v>293</v>
+        <v>277</v>
       </c>
       <c r="C74" s="367" t="s">
-        <v>91</v>
+        <v>21</v>
       </c>
       <c r="D74" s="368" t="s">
-        <v>294</v>
+        <v>271</v>
       </c>
       <c r="E74" s="367" t="s">
-        <v>147</v>
+        <v>23</v>
       </c>
       <c r="F74" s="367" t="s">
         <v>24</v>
       </c>
-      <c r="G74" s="369">
+      <c r="G74" s="369" t="s">
         <v>25</v>
       </c>
       <c r="H74" s="367" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
       <c r="I74" s="369">
         <v>1</v>
       </c>
       <c r="J74" s="368" t="s">
-        <v>92</v>
+        <v>64</v>
       </c>
       <c r="K74" s="368" t="s">
-        <v>230</v>
-[...6 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="L74" s="368"/>
+      <c r="M74" s="368"/>
       <c r="N74" s="368" t="s">
-        <v>96</v>
+        <v>66</v>
       </c>
       <c r="O74" s="368" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-      <c r="Q74" s="368"/>
+        <v>70</v>
+      </c>
+      <c r="P74" s="368" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q74" s="368" t="s">
+        <v>72</v>
+      </c>
       <c r="R74" s="368" t="s">
         <v>33</v>
       </c>
       <c r="S74" s="369" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T74" s="370">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="75" spans="1:20">
       <c r="A75" s="371">
-        <v>4125108</v>
+        <v>4326021</v>
       </c>
       <c r="B75" s="372" t="s">
-        <v>295</v>
+        <v>278</v>
       </c>
       <c r="C75" s="372" t="s">
-        <v>233</v>
+        <v>21</v>
       </c>
       <c r="D75" s="373" t="s">
-        <v>296</v>
+        <v>271</v>
       </c>
       <c r="E75" s="372" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F75" s="372" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G75" s="374">
+        <v>24</v>
+      </c>
+      <c r="G75" s="374" t="s">
         <v>25</v>
       </c>
       <c r="H75" s="372" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
       <c r="I75" s="374">
         <v>1</v>
       </c>
       <c r="J75" s="373" t="s">
-        <v>92</v>
+        <v>64</v>
       </c>
       <c r="K75" s="373" t="s">
-        <v>297</v>
+        <v>66</v>
       </c>
       <c r="L75" s="373"/>
       <c r="M75" s="373"/>
       <c r="N75" s="373" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="O75" s="373" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-      <c r="Q75" s="373"/>
+        <v>69</v>
+      </c>
+      <c r="P75" s="373" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q75" s="373" t="s">
+        <v>70</v>
+      </c>
       <c r="R75" s="373" t="s">
         <v>33</v>
       </c>
       <c r="S75" s="374" t="s">
         <v>34</v>
       </c>
       <c r="T75" s="375">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="76" spans="1:20">
       <c r="A76" s="376">
-        <v>4125062</v>
+        <v>4326027</v>
       </c>
       <c r="B76" s="377" t="s">
-        <v>298</v>
+        <v>279</v>
       </c>
       <c r="C76" s="377" t="s">
-        <v>182</v>
+        <v>85</v>
       </c>
       <c r="D76" s="378" t="s">
-        <v>299</v>
+        <v>271</v>
       </c>
       <c r="E76" s="377" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F76" s="377" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G76" s="379">
+        <v>24</v>
+      </c>
+      <c r="G76" s="379" t="s">
         <v>25</v>
       </c>
       <c r="H76" s="377" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
       <c r="I76" s="379">
         <v>1</v>
       </c>
       <c r="J76" s="378" t="s">
-        <v>300</v>
+        <v>75</v>
       </c>
       <c r="K76" s="378" t="s">
-        <v>301</v>
+        <v>86</v>
       </c>
       <c r="L76" s="378" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="M76" s="378" t="s">
-        <v>55</v>
+        <v>87</v>
       </c>
       <c r="N76" s="378" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="O76" s="378" t="s">
-        <v>302</v>
+        <v>88</v>
       </c>
       <c r="P76" s="378"/>
       <c r="Q76" s="378"/>
       <c r="R76" s="378" t="s">
         <v>33</v>
       </c>
       <c r="S76" s="379" t="s">
         <v>42</v>
       </c>
       <c r="T76" s="380">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="77" spans="1:20">
       <c r="A77" s="381">
-        <v>4125116</v>
+        <v>4326033</v>
       </c>
       <c r="B77" s="382" t="s">
-        <v>303</v>
+        <v>280</v>
       </c>
       <c r="C77" s="382" t="s">
-        <v>59</v>
+        <v>80</v>
       </c>
       <c r="D77" s="383" t="s">
-        <v>299</v>
+        <v>271</v>
       </c>
       <c r="E77" s="382" t="s">
-        <v>225</v>
+        <v>23</v>
       </c>
       <c r="F77" s="382" t="s">
         <v>24</v>
       </c>
-      <c r="G77" s="384">
+      <c r="G77" s="384" t="s">
         <v>25</v>
       </c>
       <c r="H77" s="382" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
       <c r="I77" s="384">
         <v>1</v>
       </c>
       <c r="J77" s="383" t="s">
-        <v>60</v>
-[...5 lines deleted...]
-      <c r="M77" s="383"/>
+        <v>75</v>
+      </c>
+      <c r="K77" s="383"/>
+      <c r="L77" s="383" t="s">
+        <v>81</v>
+      </c>
+      <c r="M77" s="383" t="s">
+        <v>82</v>
+      </c>
       <c r="N77" s="383" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="O77" s="383" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="P77" s="383"/>
       <c r="Q77" s="383"/>
       <c r="R77" s="383" t="s">
         <v>33</v>
       </c>
       <c r="S77" s="384" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T77" s="385">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="78" spans="1:20">
       <c r="A78" s="386">
-        <v>4125266</v>
+        <v>4326087</v>
       </c>
       <c r="B78" s="387" t="s">
-        <v>304</v>
+        <v>281</v>
       </c>
       <c r="C78" s="387" t="s">
-        <v>305</v>
+        <v>74</v>
       </c>
       <c r="D78" s="388" t="s">
-        <v>306</v>
+        <v>271</v>
       </c>
       <c r="E78" s="387" t="s">
-        <v>307</v>
+        <v>23</v>
       </c>
       <c r="F78" s="387" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>24</v>
+      </c>
+      <c r="G78" s="389" t="s">
+        <v>25</v>
       </c>
       <c r="H78" s="387" t="s">
-        <v>185</v>
+        <v>172</v>
       </c>
       <c r="I78" s="389">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J78" s="388" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="K78" s="388" t="s">
-        <v>212</v>
-[...6 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="L78" s="388"/>
+      <c r="M78" s="388"/>
       <c r="N78" s="388" t="s">
-        <v>126</v>
+        <v>77</v>
       </c>
       <c r="O78" s="388" t="s">
-        <v>127</v>
-[...6 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="P78" s="388"/>
+      <c r="Q78" s="388"/>
       <c r="R78" s="388" t="s">
         <v>33</v>
       </c>
       <c r="S78" s="389" t="s">
         <v>34</v>
       </c>
-      <c r="T78" s="390" t="s">
-        <v>310</v>
+      <c r="T78" s="390">
+        <v>4</v>
       </c>
     </row>
     <row r="79" spans="1:20">
       <c r="A79" s="391">
-        <v>4125249</v>
+        <v>4326093</v>
       </c>
       <c r="B79" s="392" t="s">
-        <v>311</v>
+        <v>282</v>
       </c>
       <c r="C79" s="392" t="s">
-        <v>312</v>
+        <v>90</v>
       </c>
       <c r="D79" s="393" t="s">
-        <v>313</v>
+        <v>271</v>
       </c>
       <c r="E79" s="392" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F79" s="392" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G79" s="394">
+        <v>24</v>
+      </c>
+      <c r="G79" s="394" t="s">
         <v>25</v>
       </c>
       <c r="H79" s="392" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
       <c r="I79" s="394">
         <v>1</v>
       </c>
       <c r="J79" s="393" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="K79" s="393" t="s">
-        <v>102</v>
+        <v>91</v>
       </c>
       <c r="L79" s="393"/>
       <c r="M79" s="393"/>
       <c r="N79" s="393" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="O79" s="393" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="P79" s="393" t="s">
-        <v>104</v>
+        <v>68</v>
       </c>
       <c r="Q79" s="393" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="R79" s="393" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S79" s="394" t="s">
         <v>34</v>
       </c>
       <c r="T79" s="395">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="80" spans="1:20">
       <c r="A80" s="396">
-        <v>4125207</v>
+        <v>4126162</v>
       </c>
       <c r="B80" s="397" t="s">
-        <v>314</v>
+        <v>283</v>
       </c>
       <c r="C80" s="397" t="s">
-        <v>203</v>
+        <v>137</v>
       </c>
       <c r="D80" s="398" t="s">
-        <v>315</v>
+        <v>268</v>
       </c>
       <c r="E80" s="397" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="F80" s="397" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G80" s="399">
         <v>25</v>
       </c>
       <c r="H80" s="397" t="s">
-        <v>112</v>
+        <v>188</v>
       </c>
       <c r="I80" s="399">
         <v>1</v>
       </c>
       <c r="J80" s="398" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="K80" s="398" t="s">
-        <v>316</v>
-[...6 lines deleted...]
-      </c>
+        <v>284</v>
+      </c>
+      <c r="L80" s="398"/>
+      <c r="M80" s="398"/>
       <c r="N80" s="398" t="s">
-        <v>126</v>
+        <v>100</v>
       </c>
       <c r="O80" s="398" t="s">
-        <v>213</v>
+        <v>113</v>
       </c>
       <c r="P80" s="398"/>
       <c r="Q80" s="398"/>
       <c r="R80" s="398" t="s">
         <v>33</v>
       </c>
       <c r="S80" s="399" t="s">
         <v>42</v>
       </c>
       <c r="T80" s="400">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:20">
       <c r="A81" s="401">
-        <v>4125137</v>
+        <v>4326075</v>
       </c>
       <c r="B81" s="402" t="s">
-        <v>318</v>
+        <v>285</v>
       </c>
       <c r="C81" s="402" t="s">
-        <v>319</v>
+        <v>95</v>
       </c>
       <c r="D81" s="403" t="s">
-        <v>315</v>
+        <v>271</v>
       </c>
       <c r="E81" s="402" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F81" s="402" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G81" s="404">
+        <v>24</v>
+      </c>
+      <c r="G81" s="404" t="s">
         <v>25</v>
       </c>
       <c r="H81" s="402" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
       <c r="I81" s="404">
         <v>1</v>
       </c>
       <c r="J81" s="403" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="K81" s="403" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-      <c r="M81" s="403"/>
+        <v>97</v>
+      </c>
+      <c r="L81" s="403" t="s">
+        <v>98</v>
+      </c>
+      <c r="M81" s="403" t="s">
+        <v>59</v>
+      </c>
       <c r="N81" s="403" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="O81" s="403" t="s">
-        <v>231</v>
-[...6 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="P81" s="403"/>
+      <c r="Q81" s="403"/>
       <c r="R81" s="403" t="s">
         <v>33</v>
       </c>
       <c r="S81" s="404" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T81" s="405">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="82" spans="1:20">
       <c r="A82" s="406">
-        <v>4125160</v>
+        <v>4326081</v>
       </c>
       <c r="B82" s="407" t="s">
-        <v>320</v>
+        <v>286</v>
       </c>
       <c r="C82" s="407" t="s">
-        <v>229</v>
+        <v>95</v>
       </c>
       <c r="D82" s="408" t="s">
-        <v>321</v>
+        <v>271</v>
       </c>
       <c r="E82" s="407" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F82" s="407" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G82" s="409">
+        <v>24</v>
+      </c>
+      <c r="G82" s="409" t="s">
         <v>25</v>
       </c>
       <c r="H82" s="407" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
       <c r="I82" s="409">
         <v>1</v>
       </c>
       <c r="J82" s="408" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="K82" s="408" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-      <c r="M82" s="408"/>
+        <v>97</v>
+      </c>
+      <c r="L82" s="408" t="s">
+        <v>98</v>
+      </c>
+      <c r="M82" s="408" t="s">
+        <v>99</v>
+      </c>
       <c r="N82" s="408" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="O82" s="408" t="s">
-        <v>322</v>
+        <v>101</v>
       </c>
       <c r="P82" s="408"/>
       <c r="Q82" s="408"/>
       <c r="R82" s="408" t="s">
         <v>33</v>
       </c>
       <c r="S82" s="409" t="s">
         <v>42</v>
       </c>
       <c r="T82" s="410">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="83" spans="1:20">
       <c r="A83" s="411">
-        <v>4125269</v>
+        <v>4326039</v>
       </c>
       <c r="B83" s="412" t="s">
-        <v>323</v>
+        <v>287</v>
       </c>
       <c r="C83" s="412" t="s">
-        <v>324</v>
+        <v>115</v>
       </c>
       <c r="D83" s="413" t="s">
-        <v>325</v>
+        <v>271</v>
       </c>
       <c r="E83" s="412" t="s">
-        <v>326</v>
+        <v>23</v>
       </c>
       <c r="F83" s="412" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>24</v>
+      </c>
+      <c r="G83" s="414" t="s">
+        <v>25</v>
       </c>
       <c r="H83" s="412" t="s">
-        <v>26</v>
+        <v>188</v>
       </c>
       <c r="I83" s="414">
         <v>1</v>
       </c>
       <c r="J83" s="413" t="s">
-        <v>327</v>
+        <v>105</v>
       </c>
       <c r="K83" s="413" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-      <c r="M83" s="413"/>
+        <v>117</v>
+      </c>
+      <c r="L83" s="413" t="s">
+        <v>118</v>
+      </c>
+      <c r="M83" s="413" t="s">
+        <v>119</v>
+      </c>
       <c r="N83" s="413" t="s">
-        <v>64</v>
+        <v>77</v>
       </c>
       <c r="O83" s="413" t="s">
-        <v>88</v>
+        <v>120</v>
       </c>
       <c r="P83" s="413" t="s">
-        <v>73</v>
+        <v>108</v>
       </c>
       <c r="Q83" s="413" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="R83" s="413" t="s">
         <v>33</v>
       </c>
       <c r="S83" s="414" t="s">
         <v>34</v>
       </c>
-      <c r="T83" s="415" t="s">
-        <v>329</v>
+      <c r="T83" s="415">
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:20">
       <c r="A84" s="416">
-        <v>4125019</v>
+        <v>4326063</v>
       </c>
       <c r="B84" s="417" t="s">
-        <v>330</v>
+        <v>288</v>
       </c>
       <c r="C84" s="417" t="s">
-        <v>331</v>
+        <v>110</v>
       </c>
       <c r="D84" s="418" t="s">
-        <v>332</v>
+        <v>271</v>
       </c>
       <c r="E84" s="417" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F84" s="417" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G84" s="419">
+        <v>24</v>
+      </c>
+      <c r="G84" s="419" t="s">
         <v>25</v>
       </c>
       <c r="H84" s="417" t="s">
+        <v>172</v>
+      </c>
+      <c r="I84" s="419">
+        <v>1</v>
+      </c>
+      <c r="J84" s="418" t="s">
+        <v>105</v>
+      </c>
+      <c r="K84" s="418"/>
+      <c r="L84" s="418" t="s">
+        <v>111</v>
+      </c>
+      <c r="M84" s="418" t="s">
         <v>112</v>
       </c>
-      <c r="I84" s="419">
-[...9 lines deleted...]
-      <c r="M84" s="418"/>
       <c r="N84" s="418" t="s">
-        <v>31</v>
+        <v>100</v>
       </c>
       <c r="O84" s="418" t="s">
-        <v>160</v>
+        <v>113</v>
       </c>
       <c r="P84" s="418"/>
       <c r="Q84" s="418"/>
       <c r="R84" s="418" t="s">
         <v>33</v>
       </c>
       <c r="S84" s="419" t="s">
         <v>34</v>
       </c>
       <c r="T84" s="420">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="85" spans="1:20">
       <c r="A85" s="421">
-        <v>4125262</v>
+        <v>4326069</v>
       </c>
       <c r="B85" s="422" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="C85" s="422" t="s">
-        <v>192</v>
+        <v>122</v>
       </c>
       <c r="D85" s="423" t="s">
-        <v>332</v>
+        <v>271</v>
       </c>
       <c r="E85" s="422" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F85" s="422" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G85" s="424">
+        <v>24</v>
+      </c>
+      <c r="G85" s="424" t="s">
         <v>25</v>
       </c>
       <c r="H85" s="422" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
       <c r="I85" s="424">
         <v>1</v>
       </c>
       <c r="J85" s="423" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="K85" s="423" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="L85" s="423" t="s">
-        <v>308</v>
+        <v>123</v>
       </c>
       <c r="M85" s="423" t="s">
-        <v>335</v>
+        <v>124</v>
       </c>
       <c r="N85" s="423" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="O85" s="423" t="s">
-        <v>103</v>
+        <v>120</v>
       </c>
       <c r="P85" s="423" t="s">
-        <v>126</v>
+        <v>108</v>
       </c>
       <c r="Q85" s="423" t="s">
-        <v>127</v>
+        <v>108</v>
       </c>
       <c r="R85" s="423" t="s">
         <v>33</v>
       </c>
       <c r="S85" s="424" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T85" s="425">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="86" spans="1:20">
       <c r="A86" s="426">
-        <v>4125263</v>
+        <v>4326099</v>
       </c>
       <c r="B86" s="427" t="s">
-        <v>336</v>
+        <v>290</v>
       </c>
       <c r="C86" s="427" t="s">
-        <v>192</v>
+        <v>104</v>
       </c>
       <c r="D86" s="428" t="s">
-        <v>337</v>
+        <v>271</v>
       </c>
       <c r="E86" s="427" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F86" s="427" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G86" s="429">
+        <v>24</v>
+      </c>
+      <c r="G86" s="429" t="s">
         <v>25</v>
       </c>
       <c r="H86" s="427" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
       <c r="I86" s="429">
         <v>1</v>
       </c>
       <c r="J86" s="428" t="s">
-        <v>71</v>
+        <v>105</v>
       </c>
       <c r="K86" s="428" t="s">
-        <v>316</v>
-[...1 lines deleted...]
-      <c r="L86" s="428" t="s">
+        <v>106</v>
+      </c>
+      <c r="L86" s="428"/>
+      <c r="M86" s="428"/>
+      <c r="N86" s="428" t="s">
         <v>77</v>
       </c>
-      <c r="M86" s="428" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O86" s="428" t="s">
-        <v>49</v>
+        <v>107</v>
       </c>
       <c r="P86" s="428" t="s">
-        <v>126</v>
+        <v>108</v>
       </c>
       <c r="Q86" s="428" t="s">
-        <v>127</v>
+        <v>108</v>
       </c>
       <c r="R86" s="428" t="s">
         <v>33</v>
       </c>
       <c r="S86" s="429" t="s">
         <v>42</v>
       </c>
       <c r="T86" s="430">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="87" spans="1:20">
       <c r="A87" s="431">
-        <v>4125265</v>
+        <v>4126092</v>
       </c>
       <c r="B87" s="432" t="s">
-        <v>338</v>
+        <v>291</v>
       </c>
       <c r="C87" s="432" t="s">
-        <v>339</v>
+        <v>292</v>
       </c>
       <c r="D87" s="433" t="s">
-        <v>340</v>
+        <v>293</v>
       </c>
       <c r="E87" s="432" t="s">
-        <v>152</v>
+        <v>236</v>
       </c>
       <c r="F87" s="432" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G87" s="434">
         <v>25</v>
       </c>
       <c r="H87" s="432" t="s">
-        <v>112</v>
+        <v>188</v>
       </c>
       <c r="I87" s="434">
         <v>1</v>
       </c>
       <c r="J87" s="433" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="K87" s="433" t="s">
-        <v>230</v>
-[...6 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="L87" s="433"/>
+      <c r="M87" s="433"/>
       <c r="N87" s="433" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="O87" s="433" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-      <c r="Q87" s="433"/>
+        <v>78</v>
+      </c>
+      <c r="P87" s="433" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q87" s="433" t="s">
+        <v>41</v>
+      </c>
       <c r="R87" s="433" t="s">
         <v>33</v>
       </c>
       <c r="S87" s="434" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T87" s="435">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:20">
       <c r="A88" s="436">
-        <v>4326008</v>
+        <v>4126155</v>
       </c>
       <c r="B88" s="437" t="s">
-        <v>341</v>
+        <v>294</v>
       </c>
       <c r="C88" s="437" t="s">
-        <v>21</v>
+        <v>175</v>
       </c>
       <c r="D88" s="438" t="s">
-        <v>342</v>
+        <v>293</v>
       </c>
       <c r="E88" s="437" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="F88" s="437" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G88" s="439" t="s">
+        <v>140</v>
+      </c>
+      <c r="G88" s="439">
         <v>25</v>
       </c>
       <c r="H88" s="437" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I88" s="439">
         <v>1</v>
       </c>
       <c r="J88" s="438" t="s">
-        <v>45</v>
+        <v>75</v>
       </c>
       <c r="K88" s="438" t="s">
-        <v>46</v>
-[...6 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="L88" s="438"/>
+      <c r="M88" s="438"/>
       <c r="N88" s="438" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="O88" s="438" t="s">
-        <v>48</v>
+        <v>108</v>
       </c>
       <c r="P88" s="438" t="s">
-        <v>31</v>
+        <v>68</v>
       </c>
       <c r="Q88" s="438" t="s">
-        <v>160</v>
+        <v>69</v>
       </c>
       <c r="R88" s="438" t="s">
         <v>33</v>
       </c>
       <c r="S88" s="439" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T88" s="440">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:20">
       <c r="A89" s="441">
-        <v>4326044</v>
+        <v>4126122</v>
       </c>
       <c r="B89" s="442" t="s">
-        <v>344</v>
+        <v>296</v>
       </c>
       <c r="C89" s="442" t="s">
-        <v>44</v>
+        <v>297</v>
       </c>
       <c r="D89" s="443" t="s">
-        <v>342</v>
+        <v>298</v>
       </c>
       <c r="E89" s="442" t="s">
-        <v>23</v>
+        <v>236</v>
       </c>
       <c r="F89" s="442" t="s">
         <v>24</v>
       </c>
-      <c r="G89" s="444" t="s">
+      <c r="G89" s="444">
         <v>25</v>
       </c>
       <c r="H89" s="442" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I89" s="444">
         <v>1</v>
       </c>
       <c r="J89" s="443" t="s">
-        <v>45</v>
+        <v>75</v>
       </c>
       <c r="K89" s="443" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-      <c r="M89" s="443"/>
+        <v>212</v>
+      </c>
+      <c r="L89" s="443" t="s">
+        <v>118</v>
+      </c>
+      <c r="M89" s="443" t="s">
+        <v>299</v>
+      </c>
       <c r="N89" s="443" t="s">
         <v>47</v>
       </c>
       <c r="O89" s="443" t="s">
-        <v>48</v>
-[...6 lines deleted...]
-      </c>
+        <v>265</v>
+      </c>
+      <c r="P89" s="443"/>
+      <c r="Q89" s="443"/>
       <c r="R89" s="443" t="s">
         <v>33</v>
       </c>
       <c r="S89" s="444" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T89" s="445">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:20">
       <c r="A90" s="446">
-        <v>4326050</v>
+        <v>4126032</v>
       </c>
       <c r="B90" s="447" t="s">
-        <v>345</v>
+        <v>300</v>
       </c>
       <c r="C90" s="447" t="s">
-        <v>130</v>
+        <v>223</v>
       </c>
       <c r="D90" s="448" t="s">
-        <v>342</v>
+        <v>298</v>
       </c>
       <c r="E90" s="447" t="s">
-        <v>23</v>
+        <v>236</v>
       </c>
       <c r="F90" s="447" t="s">
         <v>24</v>
       </c>
-      <c r="G90" s="449" t="s">
+      <c r="G90" s="449">
         <v>25</v>
       </c>
       <c r="H90" s="447" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I90" s="449">
         <v>1</v>
       </c>
       <c r="J90" s="448" t="s">
-        <v>52</v>
+        <v>301</v>
       </c>
       <c r="K90" s="448" t="s">
-        <v>52</v>
+        <v>302</v>
       </c>
       <c r="L90" s="448" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="M90" s="448" t="s">
-        <v>346</v>
+        <v>59</v>
       </c>
       <c r="N90" s="448" t="s">
-        <v>104</v>
+        <v>59</v>
       </c>
       <c r="O90" s="448" t="s">
-        <v>104</v>
+        <v>60</v>
       </c>
       <c r="P90" s="448"/>
       <c r="Q90" s="448"/>
       <c r="R90" s="448" t="s">
         <v>33</v>
       </c>
       <c r="S90" s="449" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T90" s="450">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:20">
       <c r="A91" s="451">
-        <v>4326056</v>
+        <v>4126171</v>
       </c>
       <c r="B91" s="452" t="s">
-        <v>347</v>
+        <v>303</v>
       </c>
       <c r="C91" s="452" t="s">
-        <v>51</v>
+        <v>80</v>
       </c>
       <c r="D91" s="453" t="s">
-        <v>342</v>
+        <v>304</v>
       </c>
       <c r="E91" s="452" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="F91" s="452" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G91" s="454" t="s">
+        <v>140</v>
+      </c>
+      <c r="G91" s="454">
         <v>25</v>
       </c>
       <c r="H91" s="452" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I91" s="454">
         <v>1</v>
       </c>
       <c r="J91" s="453" t="s">
-        <v>52</v>
+        <v>75</v>
       </c>
       <c r="K91" s="453" t="s">
-        <v>52</v>
+        <v>305</v>
       </c>
       <c r="L91" s="453" t="s">
-        <v>53</v>
+        <v>81</v>
       </c>
       <c r="M91" s="453" t="s">
-        <v>54</v>
+        <v>176</v>
       </c>
       <c r="N91" s="453" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="O91" s="453" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="P91" s="453"/>
+      <c r="Q91" s="453"/>
       <c r="R91" s="453" t="s">
         <v>33</v>
       </c>
       <c r="S91" s="454" t="s">
         <v>34</v>
       </c>
       <c r="T91" s="455">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:20">
       <c r="A92" s="456">
-        <v>4326002</v>
+        <v>4126013</v>
       </c>
       <c r="B92" s="457" t="s">
-        <v>348</v>
+        <v>306</v>
       </c>
       <c r="C92" s="457" t="s">
-        <v>59</v>
+        <v>307</v>
       </c>
       <c r="D92" s="458" t="s">
-        <v>342</v>
+        <v>304</v>
       </c>
       <c r="E92" s="457" t="s">
-        <v>23</v>
+        <v>308</v>
       </c>
       <c r="F92" s="457" t="s">
         <v>24</v>
       </c>
-      <c r="G92" s="459" t="s">
+      <c r="G92" s="459">
         <v>25</v>
       </c>
       <c r="H92" s="457" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I92" s="459">
         <v>1</v>
       </c>
       <c r="J92" s="458" t="s">
-        <v>60</v>
+        <v>105</v>
       </c>
       <c r="K92" s="458" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-      <c r="M92" s="458"/>
+        <v>106</v>
+      </c>
+      <c r="L92" s="458" t="s">
+        <v>123</v>
+      </c>
+      <c r="M92" s="458" t="s">
+        <v>309</v>
+      </c>
       <c r="N92" s="458" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="O92" s="458" t="s">
-        <v>62</v>
+        <v>107</v>
       </c>
       <c r="P92" s="458"/>
       <c r="Q92" s="458"/>
       <c r="R92" s="458" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S92" s="459" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T92" s="460">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="93" spans="1:20">
       <c r="A93" s="461">
-        <v>4326014</v>
+        <v>4126069</v>
       </c>
       <c r="B93" s="462" t="s">
-        <v>349</v>
+        <v>310</v>
       </c>
       <c r="C93" s="462" t="s">
-        <v>21</v>
+        <v>311</v>
       </c>
       <c r="D93" s="463" t="s">
-        <v>342</v>
+        <v>312</v>
       </c>
       <c r="E93" s="462" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="F93" s="462" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G93" s="464" t="s">
+        <v>140</v>
+      </c>
+      <c r="G93" s="464">
         <v>25</v>
       </c>
       <c r="H93" s="462" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I93" s="464">
         <v>1</v>
       </c>
       <c r="J93" s="463" t="s">
-        <v>60</v>
+        <v>105</v>
       </c>
       <c r="K93" s="463" t="s">
-        <v>62</v>
+        <v>106</v>
       </c>
       <c r="L93" s="463"/>
       <c r="M93" s="463"/>
       <c r="N93" s="463" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="O93" s="463" t="s">
-        <v>66</v>
-[...6 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="P93" s="463"/>
+      <c r="Q93" s="463"/>
       <c r="R93" s="463" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S93" s="464" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T93" s="465">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:20">
       <c r="A94" s="466">
-        <v>4326020</v>
+        <v>4126109</v>
       </c>
       <c r="B94" s="467" t="s">
-        <v>350</v>
+        <v>313</v>
       </c>
       <c r="C94" s="467" t="s">
-        <v>21</v>
+        <v>95</v>
       </c>
       <c r="D94" s="468" t="s">
-        <v>342</v>
+        <v>314</v>
       </c>
       <c r="E94" s="467" t="s">
-        <v>23</v>
+        <v>315</v>
       </c>
       <c r="F94" s="467" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G94" s="469" t="s">
+        <v>140</v>
+      </c>
+      <c r="G94" s="469">
         <v>25</v>
       </c>
       <c r="H94" s="467" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I94" s="469">
         <v>1</v>
       </c>
       <c r="J94" s="468" t="s">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="K94" s="468" t="s">
-        <v>62</v>
+        <v>316</v>
       </c>
       <c r="L94" s="468"/>
       <c r="M94" s="468"/>
       <c r="N94" s="468" t="s">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="O94" s="468" t="s">
-        <v>65</v>
-[...6 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="P94" s="468"/>
+      <c r="Q94" s="468"/>
       <c r="R94" s="468" t="s">
         <v>33</v>
       </c>
       <c r="S94" s="469" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T94" s="470">
-        <v>4</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="95" spans="1:20">
       <c r="A95" s="471">
-        <v>4326026</v>
+        <v>4126178</v>
       </c>
       <c r="B95" s="472" t="s">
-        <v>351</v>
+        <v>317</v>
       </c>
       <c r="C95" s="472" t="s">
-        <v>81</v>
+        <v>318</v>
       </c>
       <c r="D95" s="473" t="s">
-        <v>342</v>
+        <v>319</v>
       </c>
       <c r="E95" s="472" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="F95" s="472" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G95" s="474" t="s">
+        <v>140</v>
+      </c>
+      <c r="G95" s="474">
         <v>25</v>
       </c>
       <c r="H95" s="472" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I95" s="474">
         <v>1</v>
       </c>
       <c r="J95" s="473" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="K95" s="473" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="L95" s="473" t="s">
+        <v>320</v>
+      </c>
+      <c r="L95" s="473"/>
+      <c r="M95" s="473"/>
+      <c r="N95" s="473" t="s">
         <v>77</v>
       </c>
-      <c r="M95" s="473" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O95" s="473" t="s">
-        <v>84</v>
+        <v>130</v>
       </c>
       <c r="P95" s="473"/>
       <c r="Q95" s="473"/>
       <c r="R95" s="473" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S95" s="474" t="s">
         <v>42</v>
       </c>
       <c r="T95" s="475">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:20">
       <c r="A96" s="476">
-        <v>4326032</v>
+        <v>4126115</v>
       </c>
       <c r="B96" s="477" t="s">
-        <v>352</v>
+        <v>321</v>
       </c>
       <c r="C96" s="477" t="s">
-        <v>76</v>
+        <v>307</v>
       </c>
       <c r="D96" s="478" t="s">
-        <v>342</v>
+        <v>322</v>
       </c>
       <c r="E96" s="477" t="s">
-        <v>23</v>
+        <v>323</v>
       </c>
       <c r="F96" s="477" t="s">
         <v>24</v>
       </c>
-      <c r="G96" s="479" t="s">
+      <c r="G96" s="479">
         <v>25</v>
       </c>
       <c r="H96" s="477" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I96" s="479">
         <v>1</v>
       </c>
       <c r="J96" s="478" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="K96" s="478"/>
+        <v>324</v>
+      </c>
+      <c r="K96" s="478" t="s">
+        <v>325</v>
+      </c>
       <c r="L96" s="478" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="M96" s="478" t="s">
-        <v>78</v>
+        <v>326</v>
       </c>
       <c r="N96" s="478" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="O96" s="478" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="P96" s="478"/>
       <c r="Q96" s="478"/>
       <c r="R96" s="478" t="s">
         <v>33</v>
       </c>
       <c r="S96" s="479" t="s">
         <v>34</v>
       </c>
       <c r="T96" s="480">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="97" spans="1:20">
       <c r="A97" s="481">
-        <v>4326086</v>
+        <v>4126205</v>
       </c>
       <c r="B97" s="482" t="s">
-        <v>353</v>
+        <v>327</v>
       </c>
       <c r="C97" s="482" t="s">
-        <v>70</v>
+        <v>328</v>
       </c>
       <c r="D97" s="483" t="s">
-        <v>342</v>
+        <v>329</v>
       </c>
       <c r="E97" s="482" t="s">
-        <v>23</v>
+        <v>236</v>
       </c>
       <c r="F97" s="482" t="s">
         <v>24</v>
       </c>
-      <c r="G97" s="484" t="s">
+      <c r="G97" s="484">
         <v>25</v>
       </c>
       <c r="H97" s="482" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I97" s="484">
         <v>1</v>
       </c>
       <c r="J97" s="483" t="s">
-        <v>71</v>
+        <v>56</v>
       </c>
       <c r="K97" s="483" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-      <c r="M97" s="483"/>
+        <v>56</v>
+      </c>
+      <c r="L97" s="483" t="s">
+        <v>81</v>
+      </c>
+      <c r="M97" s="483" t="s">
+        <v>87</v>
+      </c>
       <c r="N97" s="483" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="O97" s="483" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-      <c r="Q97" s="483"/>
+        <v>61</v>
+      </c>
+      <c r="P97" s="483" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q97" s="483" t="s">
+        <v>88</v>
+      </c>
       <c r="R97" s="483" t="s">
         <v>33</v>
       </c>
       <c r="S97" s="484" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T97" s="485">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:20">
       <c r="A98" s="486">
-        <v>4326092</v>
+        <v>4126121</v>
       </c>
       <c r="B98" s="487" t="s">
-        <v>354</v>
+        <v>330</v>
       </c>
       <c r="C98" s="487" t="s">
-        <v>86</v>
+        <v>331</v>
       </c>
       <c r="D98" s="488" t="s">
-        <v>342</v>
+        <v>332</v>
       </c>
       <c r="E98" s="487" t="s">
-        <v>23</v>
+        <v>333</v>
       </c>
       <c r="F98" s="487" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>140</v>
+      </c>
+      <c r="G98" s="489">
+        <v>20</v>
       </c>
       <c r="H98" s="487" t="s">
-        <v>343</v>
+        <v>334</v>
       </c>
       <c r="I98" s="489">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J98" s="488" t="s">
-        <v>87</v>
+        <v>105</v>
       </c>
       <c r="K98" s="488" t="s">
-        <v>87</v>
+        <v>335</v>
       </c>
       <c r="L98" s="488"/>
       <c r="M98" s="488"/>
       <c r="N98" s="488" t="s">
-        <v>64</v>
+        <v>77</v>
       </c>
       <c r="O98" s="488" t="s">
-        <v>88</v>
-[...6 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="P98" s="488"/>
+      <c r="Q98" s="488"/>
       <c r="R98" s="488" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S98" s="489" t="s">
         <v>34</v>
       </c>
       <c r="T98" s="490">
-        <v>4</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="99" spans="1:20">
       <c r="A99" s="491">
-        <v>4326074</v>
+        <v>4126139</v>
       </c>
       <c r="B99" s="492" t="s">
-        <v>355</v>
+        <v>336</v>
       </c>
       <c r="C99" s="492" t="s">
-        <v>91</v>
+        <v>74</v>
       </c>
       <c r="D99" s="493" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="E99" s="492" t="s">
-        <v>23</v>
+        <v>236</v>
       </c>
       <c r="F99" s="492" t="s">
         <v>24</v>
       </c>
-      <c r="G99" s="494" t="s">
+      <c r="G99" s="494">
         <v>25</v>
       </c>
       <c r="H99" s="492" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I99" s="494">
         <v>1</v>
       </c>
       <c r="J99" s="493" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="K99" s="493" t="s">
-        <v>93</v>
-[...6 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="L99" s="493"/>
+      <c r="M99" s="493"/>
       <c r="N99" s="493" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="O99" s="493" t="s">
-        <v>97</v>
+        <v>78</v>
       </c>
       <c r="P99" s="493"/>
       <c r="Q99" s="493"/>
       <c r="R99" s="493" t="s">
         <v>33</v>
       </c>
       <c r="S99" s="494" t="s">
         <v>34</v>
       </c>
       <c r="T99" s="495">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:20">
       <c r="A100" s="496">
-        <v>4326080</v>
+        <v>4126151</v>
       </c>
       <c r="B100" s="497" t="s">
-        <v>356</v>
+        <v>338</v>
       </c>
       <c r="C100" s="497" t="s">
-        <v>91</v>
+        <v>339</v>
       </c>
       <c r="D100" s="498" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="E100" s="497" t="s">
-        <v>23</v>
+        <v>236</v>
       </c>
       <c r="F100" s="497" t="s">
         <v>24</v>
       </c>
-      <c r="G100" s="499" t="s">
+      <c r="G100" s="499">
         <v>25</v>
       </c>
       <c r="H100" s="497" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I100" s="499">
         <v>1</v>
       </c>
       <c r="J100" s="498" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="K100" s="498" t="s">
-        <v>93</v>
-[...6 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="L100" s="498"/>
+      <c r="M100" s="498"/>
       <c r="N100" s="498" t="s">
-        <v>96</v>
+        <v>59</v>
       </c>
       <c r="O100" s="498" t="s">
-        <v>97</v>
+        <v>341</v>
       </c>
       <c r="P100" s="498"/>
       <c r="Q100" s="498"/>
       <c r="R100" s="498" t="s">
         <v>33</v>
       </c>
       <c r="S100" s="499" t="s">
         <v>42</v>
       </c>
       <c r="T100" s="500">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:20">
       <c r="A101" s="501">
-        <v>4326038</v>
+        <v>4126175</v>
       </c>
       <c r="B101" s="502" t="s">
-        <v>357</v>
+        <v>166</v>
       </c>
       <c r="C101" s="502" t="s">
-        <v>111</v>
+        <v>167</v>
       </c>
       <c r="D101" s="503" t="s">
         <v>342</v>
       </c>
       <c r="E101" s="502" t="s">
-        <v>23</v>
+        <v>169</v>
       </c>
       <c r="F101" s="502" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G101" s="504" t="s">
+        <v>140</v>
+      </c>
+      <c r="G101" s="504">
         <v>25</v>
       </c>
       <c r="H101" s="502" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I101" s="504">
         <v>1</v>
       </c>
       <c r="J101" s="503" t="s">
+        <v>96</v>
+      </c>
+      <c r="K101" s="503" t="s">
+        <v>141</v>
+      </c>
+      <c r="L101" s="503" t="s">
+        <v>98</v>
+      </c>
+      <c r="M101" s="503" t="s">
+        <v>99</v>
+      </c>
+      <c r="N101" s="503" t="s">
+        <v>100</v>
+      </c>
+      <c r="O101" s="503" t="s">
         <v>101</v>
       </c>
-      <c r="K101" s="503" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="P101" s="503"/>
+      <c r="Q101" s="503"/>
       <c r="R101" s="503" t="s">
         <v>33</v>
       </c>
       <c r="S101" s="504" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T101" s="505">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:20">
       <c r="A102" s="506">
-        <v>4326062</v>
+        <v>4126157</v>
       </c>
       <c r="B102" s="507" t="s">
-        <v>359</v>
+        <v>343</v>
       </c>
       <c r="C102" s="507" t="s">
-        <v>106</v>
+        <v>344</v>
       </c>
       <c r="D102" s="508" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="E102" s="507" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="F102" s="507" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G102" s="509" t="s">
+        <v>140</v>
+      </c>
+      <c r="G102" s="509">
         <v>25</v>
       </c>
       <c r="H102" s="507" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I102" s="509">
         <v>1</v>
       </c>
       <c r="J102" s="508" t="s">
-        <v>101</v>
-[...7 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="K102" s="508" t="s">
+        <v>147</v>
+      </c>
+      <c r="L102" s="508"/>
+      <c r="M102" s="508"/>
       <c r="N102" s="508" t="s">
-        <v>96</v>
+        <v>31</v>
       </c>
       <c r="O102" s="508" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="P102" s="508"/>
       <c r="Q102" s="508"/>
       <c r="R102" s="508" t="s">
         <v>33</v>
       </c>
       <c r="S102" s="509" t="s">
         <v>34</v>
       </c>
       <c r="T102" s="510">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:20">
       <c r="A103" s="511">
-        <v>4326068</v>
+        <v>4126049</v>
       </c>
       <c r="B103" s="512" t="s">
-        <v>360</v>
+        <v>346</v>
       </c>
       <c r="C103" s="512" t="s">
-        <v>118</v>
+        <v>63</v>
       </c>
       <c r="D103" s="513" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="E103" s="512" t="s">
-        <v>23</v>
+        <v>308</v>
       </c>
       <c r="F103" s="512" t="s">
         <v>24</v>
       </c>
-      <c r="G103" s="514" t="s">
+      <c r="G103" s="514">
         <v>25</v>
       </c>
       <c r="H103" s="512" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I103" s="514">
         <v>1</v>
       </c>
       <c r="J103" s="513" t="s">
-        <v>101</v>
+        <v>64</v>
       </c>
       <c r="K103" s="513" t="s">
-        <v>102</v>
-[...6 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="L103" s="513"/>
+      <c r="M103" s="513"/>
       <c r="N103" s="513" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="O103" s="513" t="s">
-        <v>116</v>
-[...6 lines deleted...]
-      </c>
+        <v>265</v>
+      </c>
+      <c r="P103" s="513"/>
+      <c r="Q103" s="513"/>
       <c r="R103" s="513" t="s">
         <v>33</v>
       </c>
       <c r="S103" s="514" t="s">
         <v>34</v>
       </c>
       <c r="T103" s="515">
-        <v>3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="104" spans="1:20">
       <c r="A104" s="516">
-        <v>4326098</v>
+        <v>4126172</v>
       </c>
       <c r="B104" s="517" t="s">
-        <v>361</v>
+        <v>347</v>
       </c>
       <c r="C104" s="517" t="s">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="D104" s="518" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="E104" s="517" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="F104" s="517" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G104" s="519" t="s">
+        <v>140</v>
+      </c>
+      <c r="G104" s="519">
         <v>25</v>
       </c>
       <c r="H104" s="517" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I104" s="519">
         <v>1</v>
       </c>
       <c r="J104" s="518" t="s">
-        <v>101</v>
+        <v>75</v>
       </c>
       <c r="K104" s="518" t="s">
-        <v>102</v>
+        <v>203</v>
       </c>
       <c r="L104" s="518"/>
       <c r="M104" s="518"/>
       <c r="N104" s="518" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="O104" s="518" t="s">
-        <v>103</v>
-[...6 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="P104" s="518"/>
+      <c r="Q104" s="518"/>
       <c r="R104" s="518" t="s">
         <v>33</v>
       </c>
       <c r="S104" s="519" t="s">
         <v>42</v>
       </c>
       <c r="T104" s="520">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:20">
       <c r="A105" s="521">
-        <v>4126200</v>
+        <v>4126019</v>
       </c>
       <c r="B105" s="522" t="s">
-        <v>362</v>
+        <v>349</v>
       </c>
       <c r="C105" s="522" t="s">
-        <v>363</v>
+        <v>267</v>
       </c>
       <c r="D105" s="523" t="s">
-        <v>364</v>
+        <v>350</v>
       </c>
       <c r="E105" s="522" t="s">
-        <v>178</v>
+        <v>236</v>
       </c>
       <c r="F105" s="522" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G105" s="524">
         <v>25</v>
       </c>
       <c r="H105" s="522" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I105" s="524">
         <v>1</v>
       </c>
       <c r="J105" s="523" t="s">
-        <v>71</v>
-[...9 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="K105" s="523"/>
+      <c r="L105" s="523"/>
+      <c r="M105" s="523"/>
       <c r="N105" s="523" t="s">
-        <v>47</v>
+        <v>77</v>
       </c>
       <c r="O105" s="523" t="s">
-        <v>128</v>
-[...6 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="P105" s="523"/>
+      <c r="Q105" s="523"/>
       <c r="R105" s="523" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S105" s="524" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T105" s="525">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:20">
       <c r="A106" s="526">
-        <v>4126194</v>
+        <v>4126186</v>
       </c>
       <c r="B106" s="527" t="s">
-        <v>367</v>
+        <v>351</v>
       </c>
       <c r="C106" s="527" t="s">
-        <v>192</v>
+        <v>352</v>
       </c>
       <c r="D106" s="528" t="s">
-        <v>368</v>
+        <v>350</v>
       </c>
       <c r="E106" s="527" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="F106" s="527" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G106" s="529">
         <v>25</v>
       </c>
       <c r="H106" s="527" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I106" s="529">
         <v>1</v>
       </c>
       <c r="J106" s="528" t="s">
-        <v>71</v>
+        <v>105</v>
       </c>
       <c r="K106" s="528" t="s">
-        <v>190</v>
-[...6 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="L106" s="528"/>
+      <c r="M106" s="528"/>
       <c r="N106" s="528" t="s">
-        <v>31</v>
+        <v>77</v>
       </c>
       <c r="O106" s="528" t="s">
-        <v>160</v>
+        <v>107</v>
       </c>
       <c r="P106" s="528"/>
       <c r="Q106" s="528"/>
       <c r="R106" s="528" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S106" s="529" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T106" s="530">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:20">
       <c r="A107" s="531">
-        <v>4126052</v>
+        <v>4126074</v>
       </c>
       <c r="B107" s="532" t="s">
-        <v>369</v>
+        <v>159</v>
       </c>
       <c r="C107" s="532" t="s">
-        <v>290</v>
+        <v>160</v>
       </c>
       <c r="D107" s="533" t="s">
-        <v>370</v>
+        <v>353</v>
       </c>
       <c r="E107" s="532" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="F107" s="532" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G107" s="534">
         <v>25</v>
       </c>
       <c r="H107" s="532" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I107" s="534">
         <v>1</v>
       </c>
       <c r="J107" s="533" t="s">
-        <v>92</v>
+        <v>105</v>
       </c>
       <c r="K107" s="533" t="s">
-        <v>93</v>
+        <v>106</v>
       </c>
       <c r="L107" s="533" t="s">
-        <v>94</v>
+        <v>161</v>
       </c>
       <c r="M107" s="533" t="s">
-        <v>371</v>
+        <v>162</v>
       </c>
       <c r="N107" s="533" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="O107" s="533" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="P107" s="533" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="Q107" s="533" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="R107" s="533" t="s">
         <v>33</v>
       </c>
       <c r="S107" s="534" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T107" s="535">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:20">
       <c r="A108" s="536">
-        <v>4126102</v>
+        <v>4126029</v>
       </c>
       <c r="B108" s="537" t="s">
-        <v>372</v>
+        <v>354</v>
       </c>
       <c r="C108" s="537" t="s">
-        <v>373</v>
+        <v>297</v>
       </c>
       <c r="D108" s="538" t="s">
-        <v>374</v>
+        <v>355</v>
       </c>
       <c r="E108" s="537" t="s">
-        <v>178</v>
+        <v>236</v>
       </c>
       <c r="F108" s="537" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G108" s="539">
         <v>25</v>
       </c>
       <c r="H108" s="537" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I108" s="539">
         <v>1</v>
       </c>
       <c r="J108" s="538" t="s">
-        <v>270</v>
+        <v>56</v>
       </c>
       <c r="K108" s="538" t="s">
-        <v>271</v>
+        <v>56</v>
       </c>
       <c r="L108" s="538"/>
       <c r="M108" s="538"/>
       <c r="N108" s="538" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="O108" s="538" t="s">
-        <v>234</v>
+        <v>265</v>
       </c>
       <c r="P108" s="538"/>
       <c r="Q108" s="538"/>
       <c r="R108" s="538" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S108" s="539" t="s">
         <v>42</v>
       </c>
       <c r="T108" s="540">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:20">
       <c r="A109" s="541">
-        <v>4126126</v>
+        <v>4126104</v>
       </c>
       <c r="B109" s="542" t="s">
-        <v>375</v>
+        <v>356</v>
       </c>
       <c r="C109" s="542" t="s">
-        <v>176</v>
+        <v>357</v>
       </c>
       <c r="D109" s="543" t="s">
-        <v>376</v>
+        <v>355</v>
       </c>
       <c r="E109" s="542" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="F109" s="542" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G109" s="544">
         <v>25</v>
       </c>
       <c r="H109" s="542" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I109" s="544">
         <v>1</v>
       </c>
       <c r="J109" s="543" t="s">
-        <v>60</v>
+        <v>105</v>
       </c>
       <c r="K109" s="543" t="s">
-        <v>62</v>
+        <v>106</v>
       </c>
       <c r="L109" s="543"/>
       <c r="M109" s="543"/>
       <c r="N109" s="543" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="O109" s="543" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-      <c r="Q109" s="543"/>
+        <v>120</v>
+      </c>
+      <c r="P109" s="543" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q109" s="543" t="s">
+        <v>92</v>
+      </c>
       <c r="R109" s="543" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S109" s="544" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T109" s="545">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:20">
       <c r="A110" s="546">
-        <v>4126072</v>
+        <v>4126158</v>
       </c>
       <c r="B110" s="547" t="s">
-        <v>336</v>
+        <v>358</v>
       </c>
       <c r="C110" s="547" t="s">
-        <v>192</v>
+        <v>155</v>
       </c>
       <c r="D110" s="548" t="s">
-        <v>376</v>
+        <v>359</v>
       </c>
       <c r="E110" s="547" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="F110" s="547" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G110" s="549">
         <v>25</v>
       </c>
       <c r="H110" s="547" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I110" s="549">
         <v>1</v>
       </c>
       <c r="J110" s="548" t="s">
-        <v>71</v>
+        <v>157</v>
       </c>
       <c r="K110" s="548" t="s">
-        <v>316</v>
-[...1 lines deleted...]
-      <c r="L110" s="548" t="s">
+        <v>158</v>
+      </c>
+      <c r="L110" s="548"/>
+      <c r="M110" s="548"/>
+      <c r="N110" s="548" t="s">
+        <v>31</v>
+      </c>
+      <c r="O110" s="548" t="s">
+        <v>53</v>
+      </c>
+      <c r="P110" s="548" t="s">
         <v>77</v>
       </c>
-      <c r="M110" s="548" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q110" s="548" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="R110" s="548" t="s">
         <v>33</v>
       </c>
       <c r="S110" s="549" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T110" s="550">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:20">
       <c r="A111" s="551">
-        <v>4126035</v>
+        <v>4126134</v>
       </c>
       <c r="B111" s="552" t="s">
-        <v>377</v>
+        <v>360</v>
       </c>
       <c r="C111" s="552" t="s">
-        <v>182</v>
+        <v>361</v>
       </c>
       <c r="D111" s="553" t="s">
-        <v>378</v>
+        <v>362</v>
       </c>
       <c r="E111" s="552" t="s">
-        <v>178</v>
+        <v>236</v>
       </c>
       <c r="F111" s="552" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G111" s="554">
         <v>25</v>
       </c>
       <c r="H111" s="552" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I111" s="554">
         <v>1</v>
       </c>
       <c r="J111" s="553" t="s">
-        <v>300</v>
+        <v>45</v>
       </c>
       <c r="K111" s="553" t="s">
-        <v>379</v>
-[...6 lines deleted...]
-      </c>
+        <v>363</v>
+      </c>
+      <c r="L111" s="553"/>
+      <c r="M111" s="553"/>
       <c r="N111" s="553" t="s">
-        <v>104</v>
+        <v>47</v>
       </c>
       <c r="O111" s="553" t="s">
-        <v>104</v>
-[...6 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="P111" s="553"/>
+      <c r="Q111" s="553"/>
       <c r="R111" s="553" t="s">
         <v>33</v>
       </c>
       <c r="S111" s="554" t="s">
         <v>34</v>
       </c>
       <c r="T111" s="555">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:20">
       <c r="A112" s="556">
-        <v>4126105</v>
+        <v>4126149</v>
       </c>
       <c r="B112" s="557" t="s">
-        <v>380</v>
+        <v>364</v>
       </c>
       <c r="C112" s="557" t="s">
-        <v>381</v>
+        <v>365</v>
       </c>
       <c r="D112" s="558" t="s">
-        <v>378</v>
+        <v>366</v>
       </c>
       <c r="E112" s="557" t="s">
-        <v>178</v>
+        <v>236</v>
       </c>
       <c r="F112" s="557" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G112" s="559">
         <v>25</v>
       </c>
       <c r="H112" s="557" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I112" s="559">
         <v>1</v>
       </c>
       <c r="J112" s="558" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="K112" s="558"/>
+        <v>45</v>
+      </c>
+      <c r="K112" s="558" t="s">
+        <v>46</v>
+      </c>
       <c r="L112" s="558"/>
       <c r="M112" s="558"/>
       <c r="N112" s="558" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="O112" s="558" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-      <c r="Q112" s="558"/>
+        <v>197</v>
+      </c>
+      <c r="P112" s="558" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q112" s="558" t="s">
+        <v>135</v>
+      </c>
       <c r="R112" s="558" t="s">
         <v>33</v>
       </c>
       <c r="S112" s="559" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T112" s="560">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:20">
       <c r="A113" s="561">
-        <v>4126112</v>
+        <v>4126184</v>
       </c>
       <c r="B113" s="562" t="s">
-        <v>382</v>
+        <v>367</v>
       </c>
       <c r="C113" s="562" t="s">
-        <v>150</v>
+        <v>368</v>
       </c>
       <c r="D113" s="563" t="s">
-        <v>383</v>
+        <v>369</v>
       </c>
       <c r="E113" s="562" t="s">
-        <v>152</v>
+        <v>236</v>
       </c>
       <c r="F113" s="562" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G113" s="564">
         <v>25</v>
       </c>
       <c r="H113" s="562" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I113" s="564">
         <v>1</v>
       </c>
       <c r="J113" s="563" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="K113" s="563" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-      <c r="M113" s="563"/>
+        <v>59</v>
+      </c>
+      <c r="L113" s="563" t="s">
+        <v>57</v>
+      </c>
+      <c r="M113" s="563" t="s">
+        <v>370</v>
+      </c>
       <c r="N113" s="563" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="O113" s="563" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-      <c r="Q113" s="563"/>
+        <v>227</v>
+      </c>
+      <c r="P113" s="563" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q113" s="563" t="s">
+        <v>88</v>
+      </c>
       <c r="R113" s="563" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S113" s="564" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T113" s="565">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:20">
       <c r="A114" s="566">
-        <v>4126034</v>
+        <v>4126143</v>
       </c>
       <c r="B114" s="567" t="s">
-        <v>384</v>
+        <v>371</v>
       </c>
       <c r="C114" s="567" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="D114" s="568" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="E114" s="567" t="s">
-        <v>147</v>
+        <v>236</v>
       </c>
       <c r="F114" s="567" t="s">
         <v>24</v>
       </c>
       <c r="G114" s="569">
         <v>25</v>
       </c>
       <c r="H114" s="567" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I114" s="569">
         <v>1</v>
       </c>
       <c r="J114" s="568" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="K114" s="568"/>
       <c r="L114" s="568"/>
       <c r="M114" s="568"/>
       <c r="N114" s="568" t="s">
-        <v>104</v>
+        <v>68</v>
       </c>
       <c r="O114" s="568" t="s">
-        <v>104</v>
-[...6 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="P114" s="568"/>
+      <c r="Q114" s="568"/>
       <c r="R114" s="568" t="s">
         <v>33</v>
       </c>
       <c r="S114" s="569" t="s">
         <v>34</v>
       </c>
       <c r="T114" s="570">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:20">
       <c r="A115" s="571">
-        <v>4126015</v>
+        <v>4126193</v>
       </c>
       <c r="B115" s="572" t="s">
-        <v>387</v>
+        <v>374</v>
       </c>
       <c r="C115" s="572" t="s">
-        <v>118</v>
+        <v>375</v>
       </c>
       <c r="D115" s="573" t="s">
-        <v>388</v>
+        <v>373</v>
       </c>
       <c r="E115" s="572" t="s">
-        <v>132</v>
+        <v>169</v>
       </c>
       <c r="F115" s="572" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G115" s="574">
         <v>25</v>
       </c>
       <c r="H115" s="572" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I115" s="574">
         <v>1</v>
       </c>
       <c r="J115" s="573" t="s">
-        <v>101</v>
+        <v>75</v>
       </c>
       <c r="K115" s="573" t="s">
-        <v>102</v>
+        <v>165</v>
       </c>
       <c r="L115" s="573"/>
       <c r="M115" s="573"/>
       <c r="N115" s="573" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="O115" s="573" t="s">
-        <v>116</v>
+        <v>78</v>
       </c>
       <c r="P115" s="573" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="Q115" s="573" t="s">
-        <v>104</v>
+        <v>78</v>
       </c>
       <c r="R115" s="573" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S115" s="574" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T115" s="575">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:20">
       <c r="A116" s="576">
-        <v>4126197</v>
+        <v>4126204</v>
       </c>
       <c r="B116" s="577" t="s">
-        <v>389</v>
+        <v>376</v>
       </c>
       <c r="C116" s="577" t="s">
-        <v>390</v>
+        <v>377</v>
       </c>
       <c r="D116" s="578" t="s">
-        <v>391</v>
+        <v>378</v>
       </c>
       <c r="E116" s="577" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="F116" s="577" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G116" s="579">
         <v>25</v>
       </c>
       <c r="H116" s="577" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I116" s="579">
         <v>1</v>
       </c>
       <c r="J116" s="578" t="s">
-        <v>71</v>
+        <v>379</v>
       </c>
       <c r="K116" s="578" t="s">
-        <v>392</v>
-[...6 lines deleted...]
-      </c>
+        <v>380</v>
+      </c>
+      <c r="L116" s="578"/>
+      <c r="M116" s="578"/>
       <c r="N116" s="578" t="s">
-        <v>96</v>
+        <v>66</v>
       </c>
       <c r="O116" s="578" t="s">
-        <v>97</v>
-[...6 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="P116" s="578"/>
+      <c r="Q116" s="578"/>
       <c r="R116" s="578" t="s">
         <v>33</v>
       </c>
       <c r="S116" s="579" t="s">
         <v>42</v>
       </c>
       <c r="T116" s="580">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:20">
       <c r="A117" s="581">
-        <v>4126076</v>
+        <v>4126090</v>
       </c>
       <c r="B117" s="582" t="s">
-        <v>393</v>
+        <v>381</v>
       </c>
       <c r="C117" s="582" t="s">
-        <v>394</v>
+        <v>382</v>
       </c>
       <c r="D117" s="583" t="s">
-        <v>395</v>
+        <v>378</v>
       </c>
       <c r="E117" s="582" t="s">
-        <v>132</v>
+        <v>236</v>
       </c>
       <c r="F117" s="582" t="s">
         <v>24</v>
       </c>
       <c r="G117" s="584">
         <v>25</v>
       </c>
       <c r="H117" s="582" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I117" s="584">
         <v>1</v>
       </c>
       <c r="J117" s="583" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="K117" s="583" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="L117" s="583" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="M117" s="583" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="N117" s="583" t="s">
-        <v>47</v>
+        <v>100</v>
       </c>
       <c r="O117" s="583" t="s">
-        <v>84</v>
-[...6 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="P117" s="583"/>
+      <c r="Q117" s="583"/>
       <c r="R117" s="583" t="s">
         <v>33</v>
       </c>
       <c r="S117" s="584" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T117" s="585">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:20">
       <c r="A118" s="586">
-        <v>4126024</v>
+        <v>4126130</v>
       </c>
       <c r="B118" s="587" t="s">
-        <v>396</v>
+        <v>383</v>
       </c>
       <c r="C118" s="587" t="s">
-        <v>192</v>
+        <v>175</v>
       </c>
       <c r="D118" s="588" t="s">
-        <v>395</v>
+        <v>384</v>
       </c>
       <c r="E118" s="587" t="s">
-        <v>178</v>
+        <v>207</v>
       </c>
       <c r="F118" s="587" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G118" s="589">
         <v>25</v>
       </c>
       <c r="H118" s="587" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I118" s="589">
         <v>1</v>
       </c>
       <c r="J118" s="588" t="s">
-        <v>397</v>
+        <v>75</v>
       </c>
       <c r="K118" s="588" t="s">
-        <v>398</v>
+        <v>295</v>
       </c>
       <c r="L118" s="588"/>
       <c r="M118" s="588"/>
       <c r="N118" s="588" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="O118" s="588" t="s">
-        <v>65</v>
+        <v>49</v>
       </c>
       <c r="P118" s="588" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="Q118" s="588" t="s">
-        <v>103</v>
+        <v>69</v>
       </c>
       <c r="R118" s="588" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S118" s="589" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T118" s="590">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="119" spans="1:20">
       <c r="A119" s="591">
-        <v>4126117</v>
+        <v>4126145</v>
       </c>
       <c r="B119" s="592" t="s">
-        <v>276</v>
+        <v>385</v>
       </c>
       <c r="C119" s="592" t="s">
-        <v>277</v>
+        <v>55</v>
       </c>
       <c r="D119" s="593" t="s">
-        <v>399</v>
+        <v>386</v>
       </c>
       <c r="E119" s="592" t="s">
-        <v>178</v>
+        <v>236</v>
       </c>
       <c r="F119" s="592" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G119" s="594">
         <v>25</v>
       </c>
       <c r="H119" s="592" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I119" s="594">
         <v>1</v>
       </c>
       <c r="J119" s="593" t="s">
+        <v>96</v>
+      </c>
+      <c r="K119" s="593" t="s">
+        <v>59</v>
+      </c>
+      <c r="L119" s="593" t="s">
+        <v>57</v>
+      </c>
+      <c r="M119" s="593" t="s">
+        <v>58</v>
+      </c>
+      <c r="N119" s="593" t="s">
+        <v>47</v>
+      </c>
+      <c r="O119" s="593" t="s">
+        <v>61</v>
+      </c>
+      <c r="P119" s="593" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q119" s="593" t="s">
         <v>60</v>
-      </c>
-[...15 lines deleted...]
-        <v>103</v>
       </c>
       <c r="R119" s="593" t="s">
         <v>33</v>
       </c>
       <c r="S119" s="594" t="s">
         <v>42</v>
       </c>
       <c r="T119" s="595">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:20">
       <c r="A120" s="596">
-        <v>4126099</v>
+        <v>4126095</v>
       </c>
       <c r="B120" s="597" t="s">
-        <v>400</v>
+        <v>387</v>
       </c>
       <c r="C120" s="597" t="s">
-        <v>401</v>
+        <v>388</v>
       </c>
       <c r="D120" s="598" t="s">
-        <v>402</v>
+        <v>386</v>
       </c>
       <c r="E120" s="597" t="s">
-        <v>307</v>
+        <v>139</v>
       </c>
       <c r="F120" s="597" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G120" s="599">
         <v>25</v>
       </c>
       <c r="H120" s="597" t="s">
-        <v>403</v>
+        <v>188</v>
       </c>
       <c r="I120" s="599">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J120" s="598" t="s">
-        <v>60</v>
+        <v>216</v>
       </c>
       <c r="K120" s="598" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-      <c r="M120" s="598"/>
+        <v>217</v>
+      </c>
+      <c r="L120" s="598" t="s">
+        <v>123</v>
+      </c>
+      <c r="M120" s="598" t="s">
+        <v>389</v>
+      </c>
       <c r="N120" s="598" t="s">
-        <v>62</v>
+        <v>100</v>
       </c>
       <c r="O120" s="598" t="s">
-        <v>62</v>
+        <v>390</v>
       </c>
       <c r="P120" s="598" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="Q120" s="598" t="s">
-        <v>104</v>
+        <v>130</v>
       </c>
       <c r="R120" s="598" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S120" s="599" t="s">
         <v>34</v>
       </c>
       <c r="T120" s="600">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:20">
       <c r="A121" s="601">
-        <v>4126167</v>
+        <v>4126141</v>
       </c>
       <c r="B121" s="602" t="s">
-        <v>404</v>
+        <v>391</v>
       </c>
       <c r="C121" s="602" t="s">
-        <v>405</v>
+        <v>74</v>
       </c>
       <c r="D121" s="603" t="s">
-        <v>406</v>
+        <v>392</v>
       </c>
       <c r="E121" s="602" t="s">
-        <v>407</v>
+        <v>207</v>
       </c>
       <c r="F121" s="602" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G121" s="604">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H121" s="602" t="s">
-        <v>408</v>
+        <v>172</v>
       </c>
       <c r="I121" s="604">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J121" s="603" t="s">
-        <v>45</v>
+        <v>75</v>
       </c>
       <c r="K121" s="603" t="s">
-        <v>46</v>
+        <v>76</v>
       </c>
       <c r="L121" s="603"/>
       <c r="M121" s="603"/>
       <c r="N121" s="603" t="s">
-        <v>47</v>
+        <v>77</v>
       </c>
       <c r="O121" s="603" t="s">
-        <v>148</v>
+        <v>78</v>
       </c>
       <c r="P121" s="603"/>
       <c r="Q121" s="603"/>
       <c r="R121" s="603" t="s">
         <v>33</v>
       </c>
       <c r="S121" s="604" t="s">
         <v>42</v>
       </c>
       <c r="T121" s="605">
-        <v>24</v>
+        <v>4</v>
       </c>
     </row>
     <row r="122" spans="1:20">
       <c r="A122" s="606">
-        <v>4126017</v>
+        <v>4126166</v>
       </c>
       <c r="B122" s="607" t="s">
-        <v>409</v>
+        <v>136</v>
       </c>
       <c r="C122" s="607" t="s">
-        <v>410</v>
+        <v>137</v>
       </c>
       <c r="D122" s="608" t="s">
-        <v>411</v>
+        <v>392</v>
       </c>
       <c r="E122" s="607" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="F122" s="607" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G122" s="609">
         <v>25</v>
       </c>
       <c r="H122" s="607" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I122" s="609">
         <v>1</v>
       </c>
       <c r="J122" s="608" t="s">
-        <v>45</v>
+        <v>96</v>
       </c>
       <c r="K122" s="608" t="s">
-        <v>412</v>
+        <v>141</v>
       </c>
       <c r="L122" s="608"/>
       <c r="M122" s="608"/>
       <c r="N122" s="608" t="s">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="O122" s="608" t="s">
-        <v>65</v>
-[...6 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="P122" s="608"/>
+      <c r="Q122" s="608"/>
       <c r="R122" s="608" t="s">
         <v>33</v>
       </c>
       <c r="S122" s="609" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T122" s="610">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:20">
       <c r="A123" s="611">
-        <v>4326009</v>
+        <v>4126124</v>
       </c>
       <c r="B123" s="612" t="s">
-        <v>413</v>
-[...3 lines deleted...]
-      </c>
+        <v>393</v>
+      </c>
+      <c r="C123" s="612"/>
       <c r="D123" s="613" t="s">
-        <v>414</v>
+        <v>394</v>
       </c>
       <c r="E123" s="612" t="s">
-        <v>23</v>
+        <v>395</v>
       </c>
       <c r="F123" s="612" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>140</v>
+      </c>
+      <c r="G123" s="614">
+        <v>20</v>
       </c>
       <c r="H123" s="612" t="s">
-        <v>343</v>
+        <v>396</v>
       </c>
       <c r="I123" s="614">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="J123" s="613" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="K123" s="613"/>
       <c r="L123" s="613" t="s">
-        <v>158</v>
+        <v>397</v>
       </c>
       <c r="M123" s="613" t="s">
-        <v>159</v>
+        <v>398</v>
       </c>
       <c r="N123" s="613" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="O123" s="613" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="P123" s="613" t="s">
-        <v>31</v>
+        <v>77</v>
       </c>
       <c r="Q123" s="613" t="s">
-        <v>160</v>
+        <v>130</v>
       </c>
       <c r="R123" s="613" t="s">
         <v>33</v>
       </c>
       <c r="S123" s="614" t="s">
         <v>42</v>
       </c>
       <c r="T123" s="615">
-        <v>4</v>
+        <v>41</v>
       </c>
     </row>
     <row r="124" spans="1:20">
       <c r="A124" s="616">
-        <v>4326045</v>
+        <v>4126060</v>
       </c>
       <c r="B124" s="617" t="s">
-        <v>415</v>
+        <v>399</v>
       </c>
       <c r="C124" s="617" t="s">
-        <v>44</v>
+        <v>110</v>
       </c>
       <c r="D124" s="618" t="s">
-        <v>414</v>
+        <v>400</v>
       </c>
       <c r="E124" s="617" t="s">
-        <v>23</v>
+        <v>236</v>
       </c>
       <c r="F124" s="617" t="s">
         <v>24</v>
       </c>
-      <c r="G124" s="619" t="s">
+      <c r="G124" s="619">
         <v>25</v>
       </c>
       <c r="H124" s="617" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I124" s="619">
         <v>1</v>
       </c>
       <c r="J124" s="618" t="s">
-        <v>45</v>
+        <v>96</v>
       </c>
       <c r="K124" s="618" t="s">
-        <v>46</v>
+        <v>141</v>
       </c>
       <c r="L124" s="618"/>
       <c r="M124" s="618"/>
       <c r="N124" s="618" t="s">
-        <v>47</v>
+        <v>100</v>
       </c>
       <c r="O124" s="618" t="s">
-        <v>48</v>
-[...6 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="P124" s="618"/>
+      <c r="Q124" s="618"/>
       <c r="R124" s="618" t="s">
         <v>33</v>
       </c>
       <c r="S124" s="619" t="s">
         <v>34</v>
       </c>
       <c r="T124" s="620">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:20">
       <c r="A125" s="621">
-        <v>4126153</v>
+        <v>4126096</v>
       </c>
       <c r="B125" s="622" t="s">
-        <v>416</v>
+        <v>401</v>
       </c>
       <c r="C125" s="622" t="s">
-        <v>130</v>
+        <v>104</v>
       </c>
       <c r="D125" s="623" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="E125" s="622" t="s">
-        <v>178</v>
+        <v>403</v>
       </c>
       <c r="F125" s="622" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G125" s="624">
         <v>25</v>
       </c>
       <c r="H125" s="622" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I125" s="624">
         <v>1</v>
       </c>
       <c r="J125" s="623" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="K125" s="623" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="L125" s="623" t="s">
+        <v>106</v>
+      </c>
+      <c r="L125" s="623"/>
+      <c r="M125" s="623"/>
+      <c r="N125" s="623" t="s">
         <v>77</v>
       </c>
-      <c r="M125" s="623" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O125" s="623" t="s">
-        <v>104</v>
-[...6 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="P125" s="623"/>
+      <c r="Q125" s="623"/>
       <c r="R125" s="623" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S125" s="624" t="s">
         <v>34</v>
       </c>
       <c r="T125" s="625">
-        <v>6</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="126" spans="1:20">
       <c r="A126" s="626">
-        <v>4326051</v>
+        <v>4126187</v>
       </c>
       <c r="B126" s="627" t="s">
-        <v>417</v>
+        <v>404</v>
       </c>
       <c r="C126" s="627" t="s">
-        <v>130</v>
+        <v>352</v>
       </c>
       <c r="D126" s="628" t="s">
-        <v>414</v>
+        <v>405</v>
       </c>
       <c r="E126" s="627" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="F126" s="627" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G126" s="629" t="s">
+        <v>140</v>
+      </c>
+      <c r="G126" s="629">
         <v>25</v>
       </c>
       <c r="H126" s="627" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I126" s="629">
         <v>1</v>
       </c>
       <c r="J126" s="628" t="s">
-        <v>52</v>
+        <v>75</v>
       </c>
       <c r="K126" s="628" t="s">
-        <v>52</v>
-[...6 lines deleted...]
-      </c>
+        <v>406</v>
+      </c>
+      <c r="L126" s="628"/>
+      <c r="M126" s="628"/>
       <c r="N126" s="628" t="s">
-        <v>104</v>
+        <v>68</v>
       </c>
       <c r="O126" s="628" t="s">
-        <v>104</v>
+        <v>69</v>
       </c>
       <c r="P126" s="628"/>
       <c r="Q126" s="628"/>
       <c r="R126" s="628" t="s">
         <v>33</v>
       </c>
       <c r="S126" s="629" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T126" s="630">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:20">
       <c r="A127" s="631">
-        <v>4326057</v>
+        <v>4126128</v>
       </c>
       <c r="B127" s="632" t="s">
-        <v>418</v>
+        <v>407</v>
       </c>
       <c r="C127" s="632" t="s">
-        <v>51</v>
+        <v>95</v>
       </c>
       <c r="D127" s="633" t="s">
-        <v>414</v>
+        <v>405</v>
       </c>
       <c r="E127" s="632" t="s">
-        <v>23</v>
+        <v>169</v>
       </c>
       <c r="F127" s="632" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G127" s="634" t="s">
+        <v>140</v>
+      </c>
+      <c r="G127" s="634">
         <v>25</v>
       </c>
       <c r="H127" s="632" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I127" s="634">
         <v>1</v>
       </c>
       <c r="J127" s="633" t="s">
-        <v>52</v>
+        <v>96</v>
       </c>
       <c r="K127" s="633" t="s">
-        <v>52</v>
+        <v>408</v>
       </c>
       <c r="L127" s="633" t="s">
-        <v>53</v>
+        <v>98</v>
       </c>
       <c r="M127" s="633" t="s">
-        <v>54</v>
+        <v>99</v>
       </c>
       <c r="N127" s="633" t="s">
-        <v>55</v>
+        <v>100</v>
       </c>
       <c r="O127" s="633" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="P127" s="633"/>
+      <c r="Q127" s="633"/>
       <c r="R127" s="633" t="s">
         <v>33</v>
       </c>
       <c r="S127" s="634" t="s">
         <v>34</v>
       </c>
       <c r="T127" s="635">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:20">
       <c r="A128" s="636">
-        <v>4326003</v>
+        <v>4126043</v>
       </c>
       <c r="B128" s="637" t="s">
-        <v>419</v>
+        <v>409</v>
       </c>
       <c r="C128" s="637" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="D128" s="638" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="E128" s="637" t="s">
-        <v>23</v>
+        <v>308</v>
       </c>
       <c r="F128" s="637" t="s">
         <v>24</v>
       </c>
-      <c r="G128" s="639" t="s">
+      <c r="G128" s="639">
         <v>25</v>
       </c>
       <c r="H128" s="637" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I128" s="639">
         <v>1</v>
       </c>
       <c r="J128" s="638" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="K128" s="638" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="L128" s="638"/>
       <c r="M128" s="638"/>
       <c r="N128" s="638" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="O128" s="638" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-      <c r="Q128" s="638"/>
+        <v>107</v>
+      </c>
+      <c r="P128" s="638" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q128" s="638" t="s">
+        <v>66</v>
+      </c>
       <c r="R128" s="638" t="s">
         <v>33</v>
       </c>
       <c r="S128" s="639" t="s">
         <v>42</v>
       </c>
       <c r="T128" s="640">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="129" spans="1:20">
       <c r="A129" s="641">
-        <v>4326015</v>
+        <v>4126089</v>
       </c>
       <c r="B129" s="642" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="C129" s="642" t="s">
-        <v>21</v>
+        <v>412</v>
       </c>
       <c r="D129" s="643" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="E129" s="642" t="s">
-        <v>23</v>
+        <v>236</v>
       </c>
       <c r="F129" s="642" t="s">
         <v>24</v>
       </c>
-      <c r="G129" s="644" t="s">
+      <c r="G129" s="644">
         <v>25</v>
       </c>
       <c r="H129" s="642" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I129" s="644">
         <v>1</v>
       </c>
       <c r="J129" s="643" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="K129" s="643"/>
       <c r="L129" s="643"/>
       <c r="M129" s="643"/>
       <c r="N129" s="643" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="O129" s="643" t="s">
-        <v>66</v>
+        <v>413</v>
       </c>
       <c r="P129" s="643" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="Q129" s="643" t="s">
-        <v>68</v>
+        <v>414</v>
       </c>
       <c r="R129" s="643" t="s">
         <v>33</v>
       </c>
       <c r="S129" s="644" t="s">
         <v>42</v>
       </c>
       <c r="T129" s="645">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:20">
       <c r="A130" s="646">
-        <v>4326021</v>
+        <v>4126094</v>
       </c>
       <c r="B130" s="647" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="C130" s="647" t="s">
-        <v>21</v>
+        <v>223</v>
       </c>
       <c r="D130" s="648" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="E130" s="647" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="F130" s="647" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G130" s="649" t="s">
+        <v>140</v>
+      </c>
+      <c r="G130" s="649">
         <v>25</v>
       </c>
       <c r="H130" s="647" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I130" s="649">
         <v>1</v>
       </c>
       <c r="J130" s="648" t="s">
+        <v>301</v>
+      </c>
+      <c r="K130" s="648" t="s">
+        <v>302</v>
+      </c>
+      <c r="L130" s="648" t="s">
+        <v>98</v>
+      </c>
+      <c r="M130" s="648" t="s">
+        <v>59</v>
+      </c>
+      <c r="N130" s="648" t="s">
+        <v>59</v>
+      </c>
+      <c r="O130" s="648" t="s">
         <v>60</v>
       </c>
-      <c r="K130" s="648" t="s">
-[...15 lines deleted...]
-      </c>
+      <c r="P130" s="648"/>
+      <c r="Q130" s="648"/>
       <c r="R130" s="648" t="s">
         <v>33</v>
       </c>
       <c r="S130" s="649" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T130" s="650">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:20">
       <c r="A131" s="651">
-        <v>4326027</v>
+        <v>4126176</v>
       </c>
       <c r="B131" s="652" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="C131" s="652" t="s">
-        <v>81</v>
+        <v>417</v>
       </c>
       <c r="D131" s="653" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="E131" s="652" t="s">
-        <v>23</v>
+        <v>151</v>
       </c>
       <c r="F131" s="652" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>140</v>
+      </c>
+      <c r="G131" s="654">
+        <v>20</v>
       </c>
       <c r="H131" s="652" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I131" s="654">
         <v>1</v>
       </c>
       <c r="J131" s="653" t="s">
-        <v>71</v>
+        <v>105</v>
       </c>
       <c r="K131" s="653" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="L131" s="653" t="s">
+        <v>117</v>
+      </c>
+      <c r="L131" s="653"/>
+      <c r="M131" s="653"/>
+      <c r="N131" s="653" t="s">
         <v>77</v>
       </c>
-      <c r="M131" s="653" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O131" s="653" t="s">
-        <v>84</v>
+        <v>130</v>
       </c>
       <c r="P131" s="653"/>
       <c r="Q131" s="653"/>
       <c r="R131" s="653" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S131" s="654" t="s">
         <v>42</v>
       </c>
       <c r="T131" s="655">
         <v>4</v>
       </c>
     </row>
     <row r="132" spans="1:20">
       <c r="A132" s="656">
-        <v>4326033</v>
+        <v>4126044</v>
       </c>
       <c r="B132" s="657" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="C132" s="657" t="s">
-        <v>76</v>
+        <v>21</v>
       </c>
       <c r="D132" s="658" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="E132" s="657" t="s">
-        <v>23</v>
+        <v>236</v>
       </c>
       <c r="F132" s="657" t="s">
         <v>24</v>
       </c>
-      <c r="G132" s="659" t="s">
+      <c r="G132" s="659">
         <v>25</v>
       </c>
       <c r="H132" s="657" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I132" s="659">
         <v>1</v>
       </c>
       <c r="J132" s="658" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="K132" s="658"/>
+        <v>420</v>
+      </c>
+      <c r="K132" s="658" t="s">
+        <v>421</v>
+      </c>
       <c r="L132" s="658" t="s">
+        <v>123</v>
+      </c>
+      <c r="M132" s="658" t="s">
+        <v>124</v>
+      </c>
+      <c r="N132" s="658" t="s">
+        <v>66</v>
+      </c>
+      <c r="O132" s="658" t="s">
+        <v>66</v>
+      </c>
+      <c r="P132" s="658" t="s">
         <v>77</v>
       </c>
-      <c r="M132" s="658" t="s">
-[...9 lines deleted...]
-      <c r="Q132" s="658"/>
+      <c r="Q132" s="658" t="s">
+        <v>130</v>
+      </c>
       <c r="R132" s="658" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S132" s="659" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T132" s="660">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:20">
       <c r="A133" s="661">
-        <v>4326087</v>
+        <v>4126132</v>
       </c>
       <c r="B133" s="662" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="C133" s="662" t="s">
-        <v>70</v>
+        <v>175</v>
       </c>
       <c r="D133" s="663" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="E133" s="662" t="s">
-        <v>23</v>
+        <v>423</v>
       </c>
       <c r="F133" s="662" t="s">
         <v>24</v>
       </c>
-      <c r="G133" s="664" t="s">
-        <v>25</v>
+      <c r="G133" s="664">
+        <v>20</v>
       </c>
       <c r="H133" s="662" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I133" s="664">
         <v>1</v>
       </c>
       <c r="J133" s="663" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="K133" s="663" t="s">
-        <v>72</v>
+        <v>295</v>
       </c>
       <c r="L133" s="663"/>
       <c r="M133" s="663"/>
       <c r="N133" s="663" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="O133" s="663" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-      <c r="Q133" s="663"/>
+        <v>69</v>
+      </c>
+      <c r="P133" s="663" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q133" s="663" t="s">
+        <v>61</v>
+      </c>
       <c r="R133" s="663" t="s">
         <v>33</v>
       </c>
       <c r="S133" s="664" t="s">
         <v>34</v>
       </c>
       <c r="T133" s="665">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="134" spans="1:20">
       <c r="A134" s="666">
-        <v>4326093</v>
+        <v>4126201</v>
       </c>
       <c r="B134" s="667" t="s">
-        <v>425</v>
+        <v>192</v>
       </c>
       <c r="C134" s="667" t="s">
-        <v>86</v>
+        <v>193</v>
       </c>
       <c r="D134" s="668" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="E134" s="667" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="F134" s="667" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G134" s="669" t="s">
+        <v>140</v>
+      </c>
+      <c r="G134" s="669">
         <v>25</v>
       </c>
       <c r="H134" s="667" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I134" s="669">
         <v>1</v>
       </c>
       <c r="J134" s="668" t="s">
-        <v>87</v>
+        <v>75</v>
       </c>
       <c r="K134" s="668" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-      <c r="M134" s="668"/>
+        <v>165</v>
+      </c>
+      <c r="L134" s="668" t="s">
+        <v>195</v>
+      </c>
+      <c r="M134" s="668" t="s">
+        <v>196</v>
+      </c>
       <c r="N134" s="668" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="O134" s="668" t="s">
-        <v>88</v>
+        <v>197</v>
       </c>
       <c r="P134" s="668" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="Q134" s="668" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="R134" s="668" t="s">
         <v>33</v>
       </c>
       <c r="S134" s="669" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T134" s="670">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:20">
       <c r="A135" s="671">
-        <v>4126162</v>
+        <v>4126058</v>
       </c>
       <c r="B135" s="672" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="C135" s="672" t="s">
-        <v>229</v>
+        <v>160</v>
       </c>
       <c r="D135" s="673" t="s">
-        <v>411</v>
+        <v>425</v>
       </c>
       <c r="E135" s="672" t="s">
-        <v>178</v>
+        <v>236</v>
       </c>
       <c r="F135" s="672" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G135" s="674">
         <v>25</v>
       </c>
       <c r="H135" s="672" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I135" s="674">
         <v>1</v>
       </c>
       <c r="J135" s="673" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="K135" s="673" t="s">
-        <v>267</v>
+        <v>97</v>
       </c>
       <c r="L135" s="673"/>
       <c r="M135" s="673"/>
       <c r="N135" s="673" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="O135" s="673" t="s">
-        <v>109</v>
+        <v>78</v>
       </c>
       <c r="P135" s="673"/>
       <c r="Q135" s="673"/>
       <c r="R135" s="673" t="s">
         <v>33</v>
       </c>
       <c r="S135" s="674" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T135" s="675">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:20">
       <c r="A136" s="676">
-        <v>4326075</v>
+        <v>4326010</v>
       </c>
       <c r="B136" s="677" t="s">
+        <v>426</v>
+      </c>
+      <c r="C136" s="677" t="s">
+        <v>21</v>
+      </c>
+      <c r="D136" s="678" t="s">
         <v>427</v>
-      </c>
-[...4 lines deleted...]
-        <v>414</v>
       </c>
       <c r="E136" s="677" t="s">
         <v>23</v>
       </c>
       <c r="F136" s="677" t="s">
         <v>24</v>
       </c>
       <c r="G136" s="679" t="s">
         <v>25</v>
       </c>
       <c r="H136" s="677" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I136" s="679">
         <v>1</v>
       </c>
       <c r="J136" s="678" t="s">
-        <v>92</v>
+        <v>45</v>
       </c>
       <c r="K136" s="678" t="s">
-        <v>93</v>
+        <v>46</v>
       </c>
       <c r="L136" s="678" t="s">
-        <v>94</v>
+        <v>51</v>
       </c>
       <c r="M136" s="678" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="N136" s="678" t="s">
-        <v>96</v>
+        <v>47</v>
       </c>
       <c r="O136" s="678" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-      <c r="Q136" s="678"/>
+        <v>48</v>
+      </c>
+      <c r="P136" s="678" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q136" s="678" t="s">
+        <v>53</v>
+      </c>
       <c r="R136" s="678" t="s">
         <v>33</v>
       </c>
       <c r="S136" s="679" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T136" s="680">
         <v>4</v>
       </c>
     </row>
     <row r="137" spans="1:20">
       <c r="A137" s="681">
-        <v>4326081</v>
+        <v>4326046</v>
       </c>
       <c r="B137" s="682" t="s">
         <v>428</v>
       </c>
       <c r="C137" s="682" t="s">
-        <v>91</v>
+        <v>44</v>
       </c>
       <c r="D137" s="683" t="s">
-        <v>414</v>
+        <v>427</v>
       </c>
       <c r="E137" s="682" t="s">
         <v>23</v>
       </c>
       <c r="F137" s="682" t="s">
         <v>24</v>
       </c>
       <c r="G137" s="684" t="s">
         <v>25</v>
       </c>
       <c r="H137" s="682" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I137" s="684">
         <v>1</v>
       </c>
       <c r="J137" s="683" t="s">
-        <v>92</v>
+        <v>45</v>
       </c>
       <c r="K137" s="683" t="s">
-        <v>93</v>
-[...6 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="L137" s="683"/>
+      <c r="M137" s="683"/>
       <c r="N137" s="683" t="s">
-        <v>96</v>
+        <v>47</v>
       </c>
       <c r="O137" s="683" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-      <c r="Q137" s="683"/>
+        <v>48</v>
+      </c>
+      <c r="P137" s="683" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q137" s="683" t="s">
+        <v>49</v>
+      </c>
       <c r="R137" s="683" t="s">
         <v>33</v>
       </c>
       <c r="S137" s="684" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T137" s="685">
         <v>3</v>
       </c>
     </row>
     <row r="138" spans="1:20">
       <c r="A138" s="686">
-        <v>4326039</v>
+        <v>4326052</v>
       </c>
       <c r="B138" s="687" t="s">
         <v>429</v>
       </c>
       <c r="C138" s="687" t="s">
-        <v>111</v>
+        <v>175</v>
       </c>
       <c r="D138" s="688" t="s">
-        <v>414</v>
+        <v>427</v>
       </c>
       <c r="E138" s="687" t="s">
         <v>23</v>
       </c>
       <c r="F138" s="687" t="s">
         <v>24</v>
       </c>
       <c r="G138" s="689" t="s">
         <v>25</v>
       </c>
       <c r="H138" s="687" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I138" s="689">
         <v>1</v>
       </c>
       <c r="J138" s="688" t="s">
-        <v>101</v>
+        <v>56</v>
       </c>
       <c r="K138" s="688" t="s">
-        <v>113</v>
+        <v>56</v>
       </c>
       <c r="L138" s="688" t="s">
-        <v>114</v>
+        <v>81</v>
       </c>
       <c r="M138" s="688" t="s">
-        <v>115</v>
+        <v>176</v>
       </c>
       <c r="N138" s="688" t="s">
-        <v>73</v>
+        <v>108</v>
       </c>
       <c r="O138" s="688" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="P138" s="688" t="s">
-        <v>104</v>
+        <v>47</v>
       </c>
       <c r="Q138" s="688" t="s">
-        <v>104</v>
+        <v>61</v>
       </c>
       <c r="R138" s="688" t="s">
         <v>33</v>
       </c>
       <c r="S138" s="689" t="s">
         <v>34</v>
       </c>
       <c r="T138" s="690">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="139" spans="1:20">
       <c r="A139" s="691">
-        <v>4326063</v>
+        <v>4326058</v>
       </c>
       <c r="B139" s="692" t="s">
         <v>430</v>
       </c>
       <c r="C139" s="692" t="s">
-        <v>106</v>
+        <v>55</v>
       </c>
       <c r="D139" s="693" t="s">
-        <v>414</v>
+        <v>427</v>
       </c>
       <c r="E139" s="692" t="s">
         <v>23</v>
       </c>
       <c r="F139" s="692" t="s">
         <v>24</v>
       </c>
       <c r="G139" s="694" t="s">
         <v>25</v>
       </c>
       <c r="H139" s="692" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I139" s="694">
         <v>1</v>
       </c>
       <c r="J139" s="693" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="K139" s="693"/>
+        <v>56</v>
+      </c>
+      <c r="K139" s="693" t="s">
+        <v>56</v>
+      </c>
       <c r="L139" s="693" t="s">
-        <v>107</v>
+        <v>57</v>
       </c>
       <c r="M139" s="693" t="s">
-        <v>108</v>
+        <v>58</v>
       </c>
       <c r="N139" s="693" t="s">
-        <v>96</v>
+        <v>59</v>
       </c>
       <c r="O139" s="693" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-      <c r="Q139" s="693"/>
+        <v>60</v>
+      </c>
+      <c r="P139" s="693" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q139" s="693" t="s">
+        <v>61</v>
+      </c>
       <c r="R139" s="693" t="s">
         <v>33</v>
       </c>
       <c r="S139" s="694" t="s">
         <v>34</v>
       </c>
       <c r="T139" s="695">
         <v>4</v>
       </c>
     </row>
     <row r="140" spans="1:20">
       <c r="A140" s="696">
-        <v>4326069</v>
+        <v>4326004</v>
       </c>
       <c r="B140" s="697" t="s">
         <v>431</v>
       </c>
       <c r="C140" s="697" t="s">
-        <v>118</v>
+        <v>63</v>
       </c>
       <c r="D140" s="698" t="s">
-        <v>414</v>
+        <v>427</v>
       </c>
       <c r="E140" s="697" t="s">
         <v>23</v>
       </c>
       <c r="F140" s="697" t="s">
         <v>24</v>
       </c>
       <c r="G140" s="699" t="s">
         <v>25</v>
       </c>
       <c r="H140" s="697" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I140" s="699">
         <v>1</v>
       </c>
       <c r="J140" s="698" t="s">
-        <v>101</v>
+        <v>64</v>
       </c>
       <c r="K140" s="698" t="s">
-        <v>102</v>
-[...6 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="L140" s="698"/>
+      <c r="M140" s="698"/>
       <c r="N140" s="698" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="O140" s="698" t="s">
-        <v>116</v>
-[...6 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="P140" s="698"/>
+      <c r="Q140" s="698"/>
       <c r="R140" s="698" t="s">
         <v>33</v>
       </c>
       <c r="S140" s="699" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T140" s="700">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="141" spans="1:20">
       <c r="A141" s="701">
-        <v>4326099</v>
+        <v>4326016</v>
       </c>
       <c r="B141" s="702" t="s">
         <v>432</v>
       </c>
       <c r="C141" s="702" t="s">
-        <v>100</v>
+        <v>21</v>
       </c>
       <c r="D141" s="703" t="s">
-        <v>414</v>
+        <v>427</v>
       </c>
       <c r="E141" s="702" t="s">
         <v>23</v>
       </c>
       <c r="F141" s="702" t="s">
         <v>24</v>
       </c>
       <c r="G141" s="704" t="s">
         <v>25</v>
       </c>
       <c r="H141" s="702" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I141" s="704">
         <v>1</v>
       </c>
       <c r="J141" s="703" t="s">
-        <v>101</v>
+        <v>64</v>
       </c>
       <c r="K141" s="703" t="s">
-        <v>102</v>
+        <v>66</v>
       </c>
       <c r="L141" s="703"/>
       <c r="M141" s="703"/>
       <c r="N141" s="703" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="O141" s="703" t="s">
-        <v>103</v>
+        <v>70</v>
       </c>
       <c r="P141" s="703" t="s">
-        <v>104</v>
+        <v>47</v>
       </c>
       <c r="Q141" s="703" t="s">
-        <v>104</v>
+        <v>72</v>
       </c>
       <c r="R141" s="703" t="s">
         <v>33</v>
       </c>
       <c r="S141" s="704" t="s">
         <v>42</v>
       </c>
       <c r="T141" s="705">
         <v>4</v>
       </c>
     </row>
     <row r="142" spans="1:20">
       <c r="A142" s="706">
-        <v>4126092</v>
+        <v>4326022</v>
       </c>
       <c r="B142" s="707" t="s">
         <v>433</v>
       </c>
       <c r="C142" s="707" t="s">
-        <v>434</v>
+        <v>21</v>
       </c>
       <c r="D142" s="708" t="s">
-        <v>435</v>
+        <v>427</v>
       </c>
       <c r="E142" s="707" t="s">
-        <v>147</v>
+        <v>23</v>
       </c>
       <c r="F142" s="707" t="s">
         <v>24</v>
       </c>
-      <c r="G142" s="709">
+      <c r="G142" s="709" t="s">
         <v>25</v>
       </c>
       <c r="H142" s="707" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I142" s="709">
         <v>1</v>
       </c>
       <c r="J142" s="708" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="K142" s="708" t="s">
-        <v>316</v>
+        <v>66</v>
       </c>
       <c r="L142" s="708"/>
       <c r="M142" s="708"/>
       <c r="N142" s="708" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="O142" s="708" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="P142" s="708" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
       <c r="Q142" s="708" t="s">
-        <v>41</v>
+        <v>70</v>
       </c>
       <c r="R142" s="708" t="s">
         <v>33</v>
       </c>
       <c r="S142" s="709" t="s">
         <v>34</v>
       </c>
       <c r="T142" s="710">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="143" spans="1:20">
       <c r="A143" s="711">
-        <v>4126155</v>
+        <v>4326028</v>
       </c>
       <c r="B143" s="712" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="C143" s="712" t="s">
-        <v>130</v>
+        <v>85</v>
       </c>
       <c r="D143" s="713" t="s">
-        <v>435</v>
+        <v>427</v>
       </c>
       <c r="E143" s="712" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F143" s="712" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G143" s="714">
+        <v>24</v>
+      </c>
+      <c r="G143" s="714" t="s">
         <v>25</v>
       </c>
       <c r="H143" s="712" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I143" s="714">
         <v>1</v>
       </c>
       <c r="J143" s="713" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="K143" s="713" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-      <c r="M143" s="713"/>
+        <v>86</v>
+      </c>
+      <c r="L143" s="713" t="s">
+        <v>81</v>
+      </c>
+      <c r="M143" s="713" t="s">
+        <v>87</v>
+      </c>
       <c r="N143" s="713" t="s">
-        <v>104</v>
+        <v>47</v>
       </c>
       <c r="O143" s="713" t="s">
-        <v>104</v>
-[...6 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="P143" s="713"/>
+      <c r="Q143" s="713"/>
       <c r="R143" s="713" t="s">
         <v>33</v>
       </c>
       <c r="S143" s="714" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T143" s="715">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="144" spans="1:20">
       <c r="A144" s="716">
-        <v>4126122</v>
+        <v>4326034</v>
       </c>
       <c r="B144" s="717" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="C144" s="717" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="D144" s="718" t="s">
-        <v>438</v>
+        <v>427</v>
       </c>
       <c r="E144" s="717" t="s">
-        <v>147</v>
+        <v>23</v>
       </c>
       <c r="F144" s="717" t="s">
         <v>24</v>
       </c>
-      <c r="G144" s="719">
+      <c r="G144" s="719" t="s">
         <v>25</v>
       </c>
       <c r="H144" s="717" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I144" s="719">
         <v>1</v>
       </c>
       <c r="J144" s="718" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="K144" s="718"/>
       <c r="L144" s="718" t="s">
-        <v>114</v>
+        <v>81</v>
       </c>
       <c r="M144" s="718" t="s">
-        <v>439</v>
+        <v>82</v>
       </c>
       <c r="N144" s="718" t="s">
         <v>47</v>
       </c>
       <c r="O144" s="718" t="s">
-        <v>148</v>
+        <v>83</v>
       </c>
       <c r="P144" s="718"/>
       <c r="Q144" s="718"/>
       <c r="R144" s="718" t="s">
         <v>33</v>
       </c>
       <c r="S144" s="719" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T144" s="720">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="145" spans="1:20">
       <c r="A145" s="721">
-        <v>4126032</v>
+        <v>4326088</v>
       </c>
       <c r="B145" s="722" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="C145" s="722" t="s">
-        <v>182</v>
+        <v>74</v>
       </c>
       <c r="D145" s="723" t="s">
-        <v>438</v>
+        <v>427</v>
       </c>
       <c r="E145" s="722" t="s">
-        <v>147</v>
+        <v>23</v>
       </c>
       <c r="F145" s="722" t="s">
         <v>24</v>
       </c>
-      <c r="G145" s="724">
+      <c r="G145" s="724" t="s">
         <v>25</v>
       </c>
       <c r="H145" s="722" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I145" s="724">
         <v>1</v>
       </c>
       <c r="J145" s="723" t="s">
-        <v>441</v>
+        <v>75</v>
       </c>
       <c r="K145" s="723" t="s">
-        <v>442</v>
-[...6 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="L145" s="723"/>
+      <c r="M145" s="723"/>
       <c r="N145" s="723" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="O145" s="723" t="s">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="P145" s="723"/>
       <c r="Q145" s="723"/>
       <c r="R145" s="723" t="s">
         <v>33</v>
       </c>
       <c r="S145" s="724" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T145" s="725">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="146" spans="1:20">
       <c r="A146" s="726">
-        <v>4126171</v>
+        <v>4326094</v>
       </c>
       <c r="B146" s="727" t="s">
-        <v>443</v>
+        <v>437</v>
       </c>
       <c r="C146" s="727" t="s">
-        <v>76</v>
+        <v>90</v>
       </c>
       <c r="D146" s="728" t="s">
-        <v>444</v>
+        <v>427</v>
       </c>
       <c r="E146" s="727" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F146" s="727" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G146" s="729">
+        <v>24</v>
+      </c>
+      <c r="G146" s="729" t="s">
         <v>25</v>
       </c>
       <c r="H146" s="727" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I146" s="729">
         <v>1</v>
       </c>
       <c r="J146" s="728" t="s">
-        <v>71</v>
+        <v>91</v>
       </c>
       <c r="K146" s="728" t="s">
-        <v>445</v>
-[...6 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="L146" s="728"/>
+      <c r="M146" s="728"/>
       <c r="N146" s="728" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="O146" s="728" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-      <c r="Q146" s="728"/>
+        <v>92</v>
+      </c>
+      <c r="P146" s="728" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q146" s="728" t="s">
+        <v>93</v>
+      </c>
       <c r="R146" s="728" t="s">
         <v>33</v>
       </c>
       <c r="S146" s="729" t="s">
         <v>34</v>
       </c>
       <c r="T146" s="730">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="147" spans="1:20">
       <c r="A147" s="731">
-        <v>4126013</v>
+        <v>4326076</v>
       </c>
       <c r="B147" s="732" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="C147" s="732" t="s">
-        <v>447</v>
+        <v>95</v>
       </c>
       <c r="D147" s="733" t="s">
-        <v>444</v>
+        <v>427</v>
       </c>
       <c r="E147" s="732" t="s">
-        <v>225</v>
+        <v>23</v>
       </c>
       <c r="F147" s="732" t="s">
         <v>24</v>
       </c>
-      <c r="G147" s="734">
+      <c r="G147" s="734" t="s">
         <v>25</v>
       </c>
       <c r="H147" s="732" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I147" s="734">
         <v>1</v>
       </c>
       <c r="J147" s="733" t="s">
+        <v>96</v>
+      </c>
+      <c r="K147" s="733" t="s">
+        <v>97</v>
+      </c>
+      <c r="L147" s="733" t="s">
+        <v>98</v>
+      </c>
+      <c r="M147" s="733" t="s">
+        <v>59</v>
+      </c>
+      <c r="N147" s="733" t="s">
+        <v>100</v>
+      </c>
+      <c r="O147" s="733" t="s">
         <v>101</v>
-      </c>
-[...13 lines deleted...]
-        <v>103</v>
       </c>
       <c r="P147" s="733"/>
       <c r="Q147" s="733"/>
       <c r="R147" s="733" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S147" s="734" t="s">
         <v>34</v>
       </c>
       <c r="T147" s="735">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="148" spans="1:20">
       <c r="A148" s="736">
-        <v>4126069</v>
+        <v>4326082</v>
       </c>
       <c r="B148" s="737" t="s">
-        <v>449</v>
+        <v>439</v>
       </c>
       <c r="C148" s="737" t="s">
-        <v>233</v>
+        <v>95</v>
       </c>
       <c r="D148" s="738" t="s">
-        <v>450</v>
+        <v>427</v>
       </c>
       <c r="E148" s="737" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F148" s="737" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G148" s="739">
+        <v>24</v>
+      </c>
+      <c r="G148" s="739" t="s">
         <v>25</v>
       </c>
       <c r="H148" s="737" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I148" s="739">
         <v>1</v>
       </c>
       <c r="J148" s="738" t="s">
+        <v>96</v>
+      </c>
+      <c r="K148" s="738" t="s">
+        <v>97</v>
+      </c>
+      <c r="L148" s="738" t="s">
+        <v>98</v>
+      </c>
+      <c r="M148" s="738" t="s">
+        <v>99</v>
+      </c>
+      <c r="N148" s="738" t="s">
+        <v>100</v>
+      </c>
+      <c r="O148" s="738" t="s">
         <v>101</v>
-      </c>
-[...9 lines deleted...]
-        <v>103</v>
       </c>
       <c r="P148" s="738"/>
       <c r="Q148" s="738"/>
       <c r="R148" s="738" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S148" s="739" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T148" s="740">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="149" spans="1:20">
       <c r="A149" s="741">
-        <v>4126115</v>
+        <v>4326040</v>
       </c>
       <c r="B149" s="742" t="s">
-        <v>451</v>
+        <v>440</v>
       </c>
       <c r="C149" s="742" t="s">
-        <v>447</v>
+        <v>115</v>
       </c>
       <c r="D149" s="743" t="s">
-        <v>452</v>
+        <v>427</v>
       </c>
       <c r="E149" s="742" t="s">
-        <v>453</v>
+        <v>23</v>
       </c>
       <c r="F149" s="742" t="s">
         <v>24</v>
       </c>
-      <c r="G149" s="744">
+      <c r="G149" s="744" t="s">
         <v>25</v>
       </c>
       <c r="H149" s="742" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I149" s="744">
         <v>1</v>
       </c>
       <c r="J149" s="743" t="s">
-        <v>454</v>
+        <v>105</v>
       </c>
       <c r="K149" s="743" t="s">
-        <v>455</v>
+        <v>117</v>
       </c>
       <c r="L149" s="743" t="s">
-        <v>29</v>
+        <v>118</v>
       </c>
       <c r="M149" s="743" t="s">
-        <v>456</v>
+        <v>119</v>
       </c>
       <c r="N149" s="743" t="s">
-        <v>64</v>
+        <v>77</v>
       </c>
       <c r="O149" s="743" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-      <c r="Q149" s="743"/>
+        <v>120</v>
+      </c>
+      <c r="P149" s="743" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q149" s="743" t="s">
+        <v>108</v>
+      </c>
       <c r="R149" s="743" t="s">
         <v>33</v>
       </c>
       <c r="S149" s="744" t="s">
         <v>34</v>
       </c>
       <c r="T149" s="745">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:20">
       <c r="A150" s="746">
-        <v>4126109</v>
+        <v>4326064</v>
       </c>
       <c r="B150" s="747" t="s">
-        <v>457</v>
+        <v>441</v>
       </c>
       <c r="C150" s="747" t="s">
-        <v>91</v>
+        <v>110</v>
       </c>
       <c r="D150" s="748" t="s">
-        <v>458</v>
+        <v>427</v>
       </c>
       <c r="E150" s="747" t="s">
-        <v>459</v>
+        <v>23</v>
       </c>
       <c r="F150" s="747" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G150" s="749">
+        <v>24</v>
+      </c>
+      <c r="G150" s="749" t="s">
         <v>25</v>
       </c>
       <c r="H150" s="747" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I150" s="749">
         <v>1</v>
       </c>
       <c r="J150" s="748" t="s">
-        <v>92</v>
-[...5 lines deleted...]
-      <c r="M150" s="748"/>
+        <v>105</v>
+      </c>
+      <c r="K150" s="748"/>
+      <c r="L150" s="748" t="s">
+        <v>111</v>
+      </c>
+      <c r="M150" s="748" t="s">
+        <v>112</v>
+      </c>
       <c r="N150" s="748" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="O150" s="748" t="s">
-        <v>97</v>
+        <v>113</v>
       </c>
       <c r="P150" s="748"/>
       <c r="Q150" s="748"/>
       <c r="R150" s="748" t="s">
         <v>33</v>
       </c>
       <c r="S150" s="749" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T150" s="750">
-        <v>5.5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="151" spans="1:20">
       <c r="A151" s="751">
-        <v>4126178</v>
+        <v>4326070</v>
       </c>
       <c r="B151" s="752" t="s">
-        <v>460</v>
+        <v>442</v>
       </c>
       <c r="C151" s="752" t="s">
-        <v>461</v>
+        <v>122</v>
       </c>
       <c r="D151" s="753" t="s">
-        <v>462</v>
+        <v>427</v>
       </c>
       <c r="E151" s="752" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F151" s="752" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G151" s="754">
+        <v>24</v>
+      </c>
+      <c r="G151" s="754" t="s">
         <v>25</v>
       </c>
       <c r="H151" s="752" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I151" s="754">
         <v>1</v>
       </c>
       <c r="J151" s="753" t="s">
-        <v>92</v>
+        <v>105</v>
       </c>
       <c r="K151" s="753" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-      <c r="M151" s="753"/>
+        <v>106</v>
+      </c>
+      <c r="L151" s="753" t="s">
+        <v>123</v>
+      </c>
+      <c r="M151" s="753" t="s">
+        <v>124</v>
+      </c>
       <c r="N151" s="753" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="O151" s="753" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-      <c r="Q151" s="753"/>
+        <v>120</v>
+      </c>
+      <c r="P151" s="753" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q151" s="753" t="s">
+        <v>108</v>
+      </c>
       <c r="R151" s="753" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S151" s="754" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T151" s="755">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="152" spans="1:20">
       <c r="A152" s="756">
-        <v>4126121</v>
+        <v>4326100</v>
       </c>
       <c r="B152" s="757" t="s">
-        <v>463</v>
+        <v>443</v>
       </c>
       <c r="C152" s="757" t="s">
-        <v>464</v>
+        <v>104</v>
       </c>
       <c r="D152" s="758" t="s">
-        <v>465</v>
+        <v>427</v>
       </c>
       <c r="E152" s="757" t="s">
-        <v>466</v>
+        <v>23</v>
       </c>
       <c r="F152" s="757" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>24</v>
+      </c>
+      <c r="G152" s="759" t="s">
+        <v>25</v>
       </c>
       <c r="H152" s="757" t="s">
-        <v>467</v>
+        <v>172</v>
       </c>
       <c r="I152" s="759">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J152" s="758" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="K152" s="758" t="s">
-        <v>468</v>
+        <v>106</v>
       </c>
       <c r="L152" s="758"/>
       <c r="M152" s="758"/>
       <c r="N152" s="758" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="O152" s="758" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-      <c r="Q152" s="758"/>
+        <v>107</v>
+      </c>
+      <c r="P152" s="758" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q152" s="758" t="s">
+        <v>108</v>
+      </c>
       <c r="R152" s="758" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S152" s="759" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>469</v>
+        <v>42</v>
+      </c>
+      <c r="T152" s="760">
+        <v>4</v>
       </c>
     </row>
     <row r="153" spans="1:20">
       <c r="A153" s="761">
-        <v>4126139</v>
+        <v>4126108</v>
       </c>
       <c r="B153" s="762" t="s">
-        <v>242</v>
+        <v>444</v>
       </c>
       <c r="C153" s="762" t="s">
-        <v>70</v>
+        <v>231</v>
       </c>
       <c r="D153" s="763" t="s">
-        <v>470</v>
+        <v>445</v>
       </c>
       <c r="E153" s="762" t="s">
-        <v>147</v>
+        <v>169</v>
       </c>
       <c r="F153" s="762" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G153" s="764">
         <v>25</v>
       </c>
       <c r="H153" s="762" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I153" s="764">
         <v>1</v>
       </c>
       <c r="J153" s="763" t="s">
-        <v>71</v>
+        <v>105</v>
       </c>
       <c r="K153" s="763" t="s">
-        <v>72</v>
+        <v>106</v>
       </c>
       <c r="L153" s="763"/>
       <c r="M153" s="763"/>
       <c r="N153" s="763" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="O153" s="763" t="s">
-        <v>74</v>
+        <v>107</v>
       </c>
       <c r="P153" s="763"/>
       <c r="Q153" s="763"/>
       <c r="R153" s="763" t="s">
         <v>33</v>
       </c>
       <c r="S153" s="764" t="s">
         <v>34</v>
       </c>
       <c r="T153" s="765">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:20">
       <c r="A154" s="766">
-        <v>4126151</v>
+        <v>4126063</v>
       </c>
       <c r="B154" s="767" t="s">
-        <v>471</v>
+        <v>446</v>
       </c>
       <c r="C154" s="767" t="s">
-        <v>472</v>
+        <v>205</v>
       </c>
       <c r="D154" s="768" t="s">
-        <v>473</v>
+        <v>447</v>
       </c>
       <c r="E154" s="767" t="s">
-        <v>147</v>
+        <v>236</v>
       </c>
       <c r="F154" s="767" t="s">
         <v>24</v>
       </c>
       <c r="G154" s="769">
         <v>25</v>
       </c>
       <c r="H154" s="767" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I154" s="769">
         <v>1</v>
       </c>
       <c r="J154" s="768" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="K154" s="768" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-      <c r="M154" s="768"/>
+        <v>448</v>
+      </c>
+      <c r="L154" s="768" t="s">
+        <v>98</v>
+      </c>
+      <c r="M154" s="768" t="s">
+        <v>99</v>
+      </c>
       <c r="N154" s="768" t="s">
-        <v>55</v>
+        <v>100</v>
       </c>
       <c r="O154" s="768" t="s">
-        <v>302</v>
+        <v>101</v>
       </c>
       <c r="P154" s="768"/>
       <c r="Q154" s="768"/>
       <c r="R154" s="768" t="s">
         <v>33</v>
       </c>
       <c r="S154" s="769" t="s">
         <v>42</v>
       </c>
       <c r="T154" s="770">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:20">
       <c r="A155" s="771">
-        <v>4126175</v>
+        <v>4126036</v>
       </c>
       <c r="B155" s="772" t="s">
-        <v>338</v>
+        <v>449</v>
       </c>
       <c r="C155" s="772" t="s">
-        <v>339</v>
+        <v>223</v>
       </c>
       <c r="D155" s="773" t="s">
-        <v>474</v>
+        <v>450</v>
       </c>
       <c r="E155" s="772" t="s">
-        <v>152</v>
+        <v>139</v>
       </c>
       <c r="F155" s="772" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G155" s="774">
         <v>25</v>
       </c>
       <c r="H155" s="772" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I155" s="774">
         <v>1</v>
       </c>
       <c r="J155" s="773" t="s">
-        <v>92</v>
+        <v>225</v>
       </c>
       <c r="K155" s="773" t="s">
-        <v>230</v>
+        <v>451</v>
       </c>
       <c r="L155" s="773" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="M155" s="773" t="s">
-        <v>95</v>
+        <v>59</v>
       </c>
       <c r="N155" s="773" t="s">
-        <v>96</v>
+        <v>59</v>
       </c>
       <c r="O155" s="773" t="s">
-        <v>97</v>
+        <v>341</v>
       </c>
       <c r="P155" s="773"/>
       <c r="Q155" s="773"/>
       <c r="R155" s="773" t="s">
         <v>33</v>
       </c>
       <c r="S155" s="774" t="s">
         <v>42</v>
       </c>
       <c r="T155" s="775">
         <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:20">
       <c r="A156" s="776">
-        <v>4126157</v>
+        <v>4126207</v>
       </c>
       <c r="B156" s="777" t="s">
-        <v>475</v>
+        <v>452</v>
       </c>
       <c r="C156" s="777" t="s">
-        <v>476</v>
+        <v>328</v>
       </c>
       <c r="D156" s="778" t="s">
-        <v>477</v>
+        <v>450</v>
       </c>
       <c r="E156" s="777" t="s">
-        <v>178</v>
+        <v>236</v>
       </c>
       <c r="F156" s="777" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G156" s="779">
         <v>25</v>
       </c>
       <c r="H156" s="777" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I156" s="779">
         <v>1</v>
       </c>
       <c r="J156" s="778" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="K156" s="778" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-      <c r="M156" s="778"/>
+        <v>59</v>
+      </c>
+      <c r="L156" s="778" t="s">
+        <v>98</v>
+      </c>
+      <c r="M156" s="778" t="s">
+        <v>59</v>
+      </c>
       <c r="N156" s="778" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="O156" s="778" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-      <c r="Q156" s="778"/>
+        <v>60</v>
+      </c>
+      <c r="P156" s="778" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q156" s="778" t="s">
+        <v>60</v>
+      </c>
       <c r="R156" s="778" t="s">
         <v>33</v>
       </c>
       <c r="S156" s="779" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T156" s="780">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:20">
       <c r="A157" s="781">
-        <v>4126049</v>
+        <v>4126025</v>
       </c>
       <c r="B157" s="782" t="s">
-        <v>478</v>
+        <v>453</v>
       </c>
       <c r="C157" s="782" t="s">
-        <v>59</v>
+        <v>160</v>
       </c>
       <c r="D157" s="783" t="s">
-        <v>477</v>
+        <v>454</v>
       </c>
       <c r="E157" s="782" t="s">
-        <v>225</v>
+        <v>139</v>
       </c>
       <c r="F157" s="782" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G157" s="784">
         <v>25</v>
       </c>
       <c r="H157" s="782" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I157" s="784">
         <v>1</v>
       </c>
       <c r="J157" s="783" t="s">
-        <v>60</v>
+        <v>455</v>
       </c>
       <c r="K157" s="783" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-      <c r="M157" s="783"/>
+        <v>456</v>
+      </c>
+      <c r="L157" s="783" t="s">
+        <v>111</v>
+      </c>
+      <c r="M157" s="783" t="s">
+        <v>457</v>
+      </c>
       <c r="N157" s="783" t="s">
         <v>47</v>
       </c>
       <c r="O157" s="783" t="s">
-        <v>148</v>
+        <v>49</v>
       </c>
       <c r="P157" s="783"/>
       <c r="Q157" s="783"/>
       <c r="R157" s="783" t="s">
         <v>33</v>
       </c>
       <c r="S157" s="784" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T157" s="785">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:20">
       <c r="A158" s="786">
-        <v>4126172</v>
+        <v>4126136</v>
       </c>
       <c r="B158" s="787" t="s">
-        <v>479</v>
+        <v>458</v>
       </c>
       <c r="C158" s="787" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="D158" s="788" t="s">
-        <v>480</v>
+        <v>454</v>
       </c>
       <c r="E158" s="787" t="s">
-        <v>178</v>
+        <v>207</v>
       </c>
       <c r="F158" s="787" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G158" s="789">
         <v>25</v>
       </c>
       <c r="H158" s="787" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I158" s="789">
         <v>1</v>
       </c>
       <c r="J158" s="788" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="K158" s="788" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-      <c r="M158" s="788"/>
+        <v>97</v>
+      </c>
+      <c r="L158" s="788" t="s">
+        <v>98</v>
+      </c>
+      <c r="M158" s="788" t="s">
+        <v>99</v>
+      </c>
       <c r="N158" s="788" t="s">
-        <v>47</v>
+        <v>100</v>
       </c>
       <c r="O158" s="788" t="s">
-        <v>57</v>
+        <v>101</v>
       </c>
       <c r="P158" s="788"/>
       <c r="Q158" s="788"/>
       <c r="R158" s="788" t="s">
         <v>33</v>
       </c>
       <c r="S158" s="789" t="s">
         <v>42</v>
       </c>
       <c r="T158" s="790">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="159" spans="1:20">
       <c r="A159" s="791">
-        <v>4126019</v>
+        <v>4126159</v>
       </c>
       <c r="B159" s="792" t="s">
-        <v>481</v>
+        <v>459</v>
       </c>
       <c r="C159" s="792" t="s">
-        <v>410</v>
+        <v>261</v>
       </c>
       <c r="D159" s="793" t="s">
-        <v>482</v>
+        <v>460</v>
       </c>
       <c r="E159" s="792" t="s">
-        <v>147</v>
+        <v>461</v>
       </c>
       <c r="F159" s="792" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G159" s="794">
         <v>25</v>
       </c>
       <c r="H159" s="792" t="s">
-        <v>358</v>
+        <v>264</v>
       </c>
       <c r="I159" s="794">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J159" s="793" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      <c r="M159" s="793"/>
+        <v>455</v>
+      </c>
+      <c r="K159" s="793" t="s">
+        <v>462</v>
+      </c>
+      <c r="L159" s="793" t="s">
+        <v>81</v>
+      </c>
+      <c r="M159" s="793" t="s">
+        <v>463</v>
+      </c>
       <c r="N159" s="793" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="O159" s="793" t="s">
-        <v>103</v>
+        <v>83</v>
       </c>
       <c r="P159" s="793"/>
       <c r="Q159" s="793"/>
       <c r="R159" s="793" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S159" s="794" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T159" s="795">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="160" spans="1:20">
       <c r="A160" s="796">
-        <v>4126074</v>
+        <v>4126125</v>
       </c>
       <c r="B160" s="797" t="s">
-        <v>334</v>
+        <v>464</v>
       </c>
       <c r="C160" s="797" t="s">
-        <v>192</v>
+        <v>465</v>
       </c>
       <c r="D160" s="798" t="s">
-        <v>483</v>
+        <v>466</v>
       </c>
       <c r="E160" s="797" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="F160" s="797" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G160" s="799">
         <v>25</v>
       </c>
       <c r="H160" s="797" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I160" s="799">
         <v>1</v>
       </c>
       <c r="J160" s="798" t="s">
-        <v>101</v>
+        <v>64</v>
       </c>
       <c r="K160" s="798" t="s">
-        <v>102</v>
+        <v>66</v>
       </c>
       <c r="L160" s="798" t="s">
-        <v>308</v>
+        <v>195</v>
       </c>
       <c r="M160" s="798" t="s">
-        <v>335</v>
+        <v>196</v>
       </c>
       <c r="N160" s="798" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="O160" s="798" t="s">
-        <v>103</v>
+        <v>66</v>
       </c>
       <c r="P160" s="798" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="Q160" s="798" t="s">
-        <v>127</v>
+        <v>213</v>
       </c>
       <c r="R160" s="798" t="s">
         <v>33</v>
       </c>
       <c r="S160" s="799" t="s">
         <v>42</v>
       </c>
       <c r="T160" s="800">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:20">
       <c r="A161" s="801">
-        <v>4126029</v>
+        <v>4126046</v>
       </c>
       <c r="B161" s="802" t="s">
-        <v>145</v>
+        <v>467</v>
       </c>
       <c r="C161" s="802" t="s">
-        <v>146</v>
+        <v>21</v>
       </c>
       <c r="D161" s="803" t="s">
-        <v>484</v>
+        <v>468</v>
       </c>
       <c r="E161" s="802" t="s">
-        <v>147</v>
+        <v>236</v>
       </c>
       <c r="F161" s="802" t="s">
         <v>24</v>
       </c>
       <c r="G161" s="804">
         <v>25</v>
       </c>
       <c r="H161" s="802" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I161" s="804">
         <v>1</v>
       </c>
       <c r="J161" s="803" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="K161" s="803" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-      <c r="M161" s="803"/>
+        <v>469</v>
+      </c>
+      <c r="L161" s="803" t="s">
+        <v>39</v>
+      </c>
+      <c r="M161" s="803" t="s">
+        <v>470</v>
+      </c>
       <c r="N161" s="803" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="O161" s="803" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-      <c r="Q161" s="803"/>
+        <v>66</v>
+      </c>
+      <c r="P161" s="803" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q161" s="803" t="s">
+        <v>130</v>
+      </c>
       <c r="R161" s="803" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S161" s="804" t="s">
         <v>42</v>
       </c>
       <c r="T161" s="805">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:20">
       <c r="A162" s="806">
-        <v>4126104</v>
+        <v>4126146</v>
       </c>
       <c r="B162" s="807" t="s">
-        <v>485</v>
+        <v>471</v>
       </c>
       <c r="C162" s="807" t="s">
-        <v>486</v>
+        <v>55</v>
       </c>
       <c r="D162" s="808" t="s">
-        <v>484</v>
+        <v>472</v>
       </c>
       <c r="E162" s="807" t="s">
-        <v>178</v>
+        <v>473</v>
       </c>
       <c r="F162" s="807" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G162" s="809">
         <v>25</v>
       </c>
       <c r="H162" s="807" t="s">
-        <v>358</v>
+        <v>259</v>
       </c>
       <c r="I162" s="809">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J162" s="808" t="s">
-        <v>101</v>
+        <v>75</v>
       </c>
       <c r="K162" s="808" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-      <c r="M162" s="808"/>
+        <v>474</v>
+      </c>
+      <c r="L162" s="808" t="s">
+        <v>81</v>
+      </c>
+      <c r="M162" s="808" t="s">
+        <v>475</v>
+      </c>
       <c r="N162" s="808" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="O162" s="808" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-      <c r="Q162" s="808"/>
+        <v>61</v>
+      </c>
+      <c r="P162" s="808" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q162" s="808" t="s">
+        <v>92</v>
+      </c>
       <c r="R162" s="808" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S162" s="809" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T162" s="810">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="163" spans="1:20">
       <c r="A163" s="811">
-        <v>4126158</v>
+        <v>4126217</v>
       </c>
       <c r="B163" s="812" t="s">
-        <v>330</v>
+        <v>476</v>
       </c>
       <c r="C163" s="812" t="s">
-        <v>331</v>
+        <v>477</v>
       </c>
       <c r="D163" s="813" t="s">
-        <v>487</v>
+        <v>478</v>
       </c>
       <c r="E163" s="812" t="s">
-        <v>178</v>
+        <v>236</v>
       </c>
       <c r="F163" s="812" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G163" s="814">
         <v>25</v>
       </c>
       <c r="H163" s="812" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I163" s="814">
         <v>1</v>
       </c>
       <c r="J163" s="813" t="s">
-        <v>179</v>
+        <v>75</v>
       </c>
       <c r="K163" s="813" t="s">
-        <v>333</v>
+        <v>203</v>
       </c>
       <c r="L163" s="813"/>
       <c r="M163" s="813"/>
       <c r="N163" s="813" t="s">
-        <v>31</v>
+        <v>77</v>
       </c>
       <c r="O163" s="813" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-      <c r="Q163" s="813"/>
+        <v>78</v>
+      </c>
+      <c r="P163" s="813" t="s">
+        <v>100</v>
+      </c>
+      <c r="Q163" s="813" t="s">
+        <v>390</v>
+      </c>
       <c r="R163" s="813" t="s">
         <v>33</v>
       </c>
       <c r="S163" s="814" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T163" s="815">
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:20">
       <c r="A164" s="816">
-        <v>4126134</v>
+        <v>4126101</v>
       </c>
       <c r="B164" s="817" t="s">
-        <v>488</v>
+        <v>479</v>
       </c>
       <c r="C164" s="817" t="s">
-        <v>489</v>
+        <v>480</v>
       </c>
       <c r="D164" s="818" t="s">
-        <v>490</v>
+        <v>478</v>
       </c>
       <c r="E164" s="817" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="F164" s="817" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G164" s="819">
         <v>25</v>
       </c>
       <c r="H164" s="817" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I164" s="819">
         <v>1</v>
       </c>
       <c r="J164" s="818" t="s">
-        <v>45</v>
+        <v>481</v>
       </c>
       <c r="K164" s="818" t="s">
-        <v>491</v>
-[...2 lines deleted...]
-      <c r="M164" s="818"/>
+        <v>481</v>
+      </c>
+      <c r="L164" s="818" t="s">
+        <v>118</v>
+      </c>
+      <c r="M164" s="818" t="s">
+        <v>482</v>
+      </c>
       <c r="N164" s="818" t="s">
-        <v>47</v>
+        <v>134</v>
       </c>
       <c r="O164" s="818" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="Q164" s="818"/>
+        <v>483</v>
+      </c>
+      <c r="P164" s="818" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q164" s="818" t="s">
+        <v>108</v>
+      </c>
       <c r="R164" s="818" t="s">
         <v>33</v>
       </c>
       <c r="S164" s="819" t="s">
         <v>34</v>
       </c>
       <c r="T164" s="820">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:20">
       <c r="A165" s="821">
-        <v>4126149</v>
+        <v>4126027</v>
       </c>
       <c r="B165" s="822" t="s">
-        <v>273</v>
+        <v>484</v>
       </c>
       <c r="C165" s="822" t="s">
-        <v>274</v>
+        <v>63</v>
       </c>
       <c r="D165" s="823" t="s">
-        <v>492</v>
+        <v>485</v>
       </c>
       <c r="E165" s="822" t="s">
-        <v>147</v>
+        <v>308</v>
       </c>
       <c r="F165" s="822" t="s">
         <v>24</v>
       </c>
       <c r="G165" s="824">
         <v>25</v>
       </c>
       <c r="H165" s="822" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I165" s="824">
         <v>1</v>
       </c>
       <c r="J165" s="823" t="s">
-        <v>45</v>
+        <v>420</v>
       </c>
       <c r="K165" s="823" t="s">
-        <v>46</v>
+        <v>486</v>
       </c>
       <c r="L165" s="823"/>
       <c r="M165" s="823"/>
       <c r="N165" s="823" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="O165" s="823" t="s">
-        <v>128</v>
-[...6 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="P165" s="823"/>
+      <c r="Q165" s="823"/>
       <c r="R165" s="823" t="s">
         <v>33</v>
       </c>
       <c r="S165" s="824" t="s">
         <v>42</v>
       </c>
       <c r="T165" s="825">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="166" spans="1:20">
       <c r="A166" s="826">
-        <v>4126184</v>
+        <v>4126148</v>
       </c>
       <c r="B166" s="827" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="C166" s="827" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="D166" s="828" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
       <c r="E166" s="827" t="s">
-        <v>147</v>
+        <v>236</v>
       </c>
       <c r="F166" s="827" t="s">
         <v>24</v>
       </c>
       <c r="G166" s="829">
         <v>25</v>
       </c>
       <c r="H166" s="827" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I166" s="829">
         <v>1</v>
       </c>
       <c r="J166" s="828" t="s">
+        <v>96</v>
+      </c>
+      <c r="K166" s="828" t="s">
+        <v>490</v>
+      </c>
+      <c r="L166" s="828"/>
+      <c r="M166" s="828"/>
+      <c r="N166" s="828" t="s">
+        <v>59</v>
+      </c>
+      <c r="O166" s="828" t="s">
+        <v>60</v>
+      </c>
+      <c r="P166" s="828" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q166" s="828" t="s">
         <v>92</v>
-      </c>
-[...19 lines deleted...]
-        <v>84</v>
       </c>
       <c r="R166" s="828" t="s">
         <v>33</v>
       </c>
       <c r="S166" s="829" t="s">
         <v>42</v>
       </c>
       <c r="T166" s="830">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:20">
       <c r="A167" s="831">
-        <v>4126143</v>
+        <v>4126106</v>
       </c>
       <c r="B167" s="832" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="C167" s="832" t="s">
-        <v>498</v>
+        <v>231</v>
       </c>
       <c r="D167" s="833" t="s">
-        <v>499</v>
+        <v>492</v>
       </c>
       <c r="E167" s="832" t="s">
-        <v>147</v>
+        <v>169</v>
       </c>
       <c r="F167" s="832" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G167" s="834">
         <v>25</v>
       </c>
       <c r="H167" s="832" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I167" s="834">
         <v>1</v>
       </c>
       <c r="J167" s="833" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="K167" s="833"/>
+        <v>105</v>
+      </c>
+      <c r="K167" s="833" t="s">
+        <v>106</v>
+      </c>
       <c r="L167" s="833"/>
       <c r="M167" s="833"/>
       <c r="N167" s="833" t="s">
-        <v>64</v>
+        <v>77</v>
       </c>
       <c r="O167" s="833" t="s">
-        <v>65</v>
+        <v>107</v>
       </c>
       <c r="P167" s="833"/>
       <c r="Q167" s="833"/>
       <c r="R167" s="833" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S167" s="834" t="s">
         <v>34</v>
       </c>
       <c r="T167" s="835">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:20">
       <c r="A168" s="836">
-        <v>4126193</v>
+        <v>4126065</v>
       </c>
       <c r="B168" s="837" t="s">
-        <v>500</v>
+        <v>493</v>
       </c>
       <c r="C168" s="837" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
       <c r="D168" s="838" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="E168" s="837" t="s">
-        <v>152</v>
+        <v>139</v>
       </c>
       <c r="F168" s="837" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G168" s="839">
         <v>25</v>
       </c>
       <c r="H168" s="837" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I168" s="839">
         <v>1</v>
       </c>
       <c r="J168" s="838" t="s">
-        <v>71</v>
+        <v>45</v>
       </c>
       <c r="K168" s="838" t="s">
-        <v>316</v>
-[...2 lines deleted...]
-      <c r="M168" s="838"/>
+        <v>147</v>
+      </c>
+      <c r="L168" s="838" t="s">
+        <v>111</v>
+      </c>
+      <c r="M168" s="838" t="s">
+        <v>457</v>
+      </c>
       <c r="N168" s="838" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="O168" s="838" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="P168" s="838" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="Q168" s="838" t="s">
-        <v>74</v>
+        <v>120</v>
       </c>
       <c r="R168" s="838" t="s">
         <v>33</v>
       </c>
       <c r="S168" s="839" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T168" s="840">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:20">
       <c r="A169" s="841">
-        <v>4126204</v>
+        <v>4126168</v>
       </c>
       <c r="B169" s="842" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="C169" s="842" t="s">
-        <v>285</v>
+        <v>497</v>
       </c>
       <c r="D169" s="843" t="s">
-        <v>503</v>
+        <v>495</v>
       </c>
       <c r="E169" s="842" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="F169" s="842" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G169" s="844">
         <v>25</v>
       </c>
       <c r="H169" s="842" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I169" s="844">
         <v>1</v>
       </c>
       <c r="J169" s="843" t="s">
-        <v>222</v>
+        <v>75</v>
       </c>
       <c r="K169" s="843" t="s">
-        <v>287</v>
+        <v>165</v>
       </c>
       <c r="L169" s="843"/>
       <c r="M169" s="843"/>
       <c r="N169" s="843" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="O169" s="843" t="s">
+        <v>69</v>
+      </c>
+      <c r="P169" s="843" t="s">
         <v>66</v>
       </c>
-      <c r="P169" s="843"/>
-      <c r="Q169" s="843"/>
+      <c r="Q169" s="843" t="s">
+        <v>70</v>
+      </c>
       <c r="R169" s="843" t="s">
         <v>33</v>
       </c>
       <c r="S169" s="844" t="s">
         <v>42</v>
       </c>
       <c r="T169" s="845">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:20">
       <c r="A170" s="846">
-        <v>4126090</v>
+        <v>4126221</v>
       </c>
       <c r="B170" s="847" t="s">
-        <v>504</v>
+        <v>209</v>
       </c>
       <c r="C170" s="847" t="s">
-        <v>505</v>
+        <v>210</v>
       </c>
       <c r="D170" s="848" t="s">
-        <v>503</v>
+        <v>495</v>
       </c>
       <c r="E170" s="847" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="F170" s="847" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G170" s="849">
         <v>25</v>
       </c>
       <c r="H170" s="847" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I170" s="849">
         <v>1</v>
       </c>
       <c r="J170" s="848" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="K170" s="848" t="s">
-        <v>93</v>
+        <v>212</v>
       </c>
       <c r="L170" s="848" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="M170" s="848" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="N170" s="848" t="s">
-        <v>96</v>
+        <v>134</v>
       </c>
       <c r="O170" s="848" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-      <c r="Q170" s="848"/>
+        <v>135</v>
+      </c>
+      <c r="P170" s="848" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q170" s="848" t="s">
+        <v>213</v>
+      </c>
       <c r="R170" s="848" t="s">
         <v>33</v>
       </c>
       <c r="S170" s="849" t="s">
         <v>42</v>
       </c>
       <c r="T170" s="850">
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:20">
       <c r="A171" s="851">
-        <v>4126130</v>
+        <v>4126173</v>
       </c>
       <c r="B171" s="852" t="s">
-        <v>129</v>
+        <v>498</v>
       </c>
       <c r="C171" s="852" t="s">
-        <v>130</v>
+        <v>499</v>
       </c>
       <c r="D171" s="853" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="E171" s="852" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="F171" s="852" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G171" s="854">
         <v>25</v>
       </c>
       <c r="H171" s="852" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I171" s="854">
         <v>1</v>
       </c>
       <c r="J171" s="853" t="s">
-        <v>71</v>
+        <v>455</v>
       </c>
       <c r="K171" s="853" t="s">
-        <v>133</v>
+        <v>456</v>
       </c>
       <c r="L171" s="853"/>
       <c r="M171" s="853"/>
       <c r="N171" s="853" t="s">
         <v>47</v>
       </c>
       <c r="O171" s="853" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-      <c r="Q171" s="853"/>
+        <v>48</v>
+      </c>
+      <c r="P171" s="853" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q171" s="853" t="s">
+        <v>41</v>
+      </c>
       <c r="R171" s="853" t="s">
         <v>33</v>
       </c>
       <c r="S171" s="854" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T171" s="855">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:20">
       <c r="A172" s="856">
-        <v>4126145</v>
+        <v>4126196</v>
       </c>
       <c r="B172" s="857" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="C172" s="857" t="s">
-        <v>51</v>
+        <v>502</v>
       </c>
       <c r="D172" s="858" t="s">
-        <v>508</v>
+        <v>503</v>
       </c>
       <c r="E172" s="857" t="s">
-        <v>147</v>
+        <v>504</v>
       </c>
       <c r="F172" s="857" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G172" s="859">
         <v>25</v>
       </c>
       <c r="H172" s="857" t="s">
-        <v>358</v>
+        <v>259</v>
       </c>
       <c r="I172" s="859">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J172" s="858" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="K172" s="858" t="s">
-        <v>55</v>
-[...6 lines deleted...]
-      </c>
+        <v>203</v>
+      </c>
+      <c r="L172" s="858"/>
+      <c r="M172" s="858"/>
       <c r="N172" s="858" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="O172" s="858" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="Q172" s="858"/>
+        <v>78</v>
+      </c>
+      <c r="P172" s="858" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q172" s="858" t="s">
+        <v>78</v>
+      </c>
       <c r="R172" s="858" t="s">
         <v>33</v>
       </c>
       <c r="S172" s="859" t="s">
         <v>42</v>
       </c>
       <c r="T172" s="860">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="173" spans="1:20">
       <c r="A173" s="861">
-        <v>4126095</v>
+        <v>4126016</v>
       </c>
       <c r="B173" s="862" t="s">
-        <v>268</v>
+        <v>505</v>
       </c>
       <c r="C173" s="862" t="s">
-        <v>269</v>
+        <v>122</v>
       </c>
       <c r="D173" s="863" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="E173" s="862" t="s">
-        <v>178</v>
+        <v>236</v>
       </c>
       <c r="F173" s="862" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G173" s="864">
         <v>25</v>
       </c>
       <c r="H173" s="862" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I173" s="864">
         <v>1</v>
       </c>
       <c r="J173" s="863" t="s">
-        <v>270</v>
+        <v>105</v>
       </c>
       <c r="K173" s="863" t="s">
-        <v>271</v>
-[...6 lines deleted...]
-      </c>
+        <v>335</v>
+      </c>
+      <c r="L173" s="863"/>
+      <c r="M173" s="863"/>
       <c r="N173" s="863" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="O173" s="863" t="s">
-        <v>231</v>
-[...6 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="P173" s="863"/>
+      <c r="Q173" s="863"/>
       <c r="R173" s="863" t="s">
-        <v>206</v>
+        <v>218</v>
       </c>
       <c r="S173" s="864" t="s">
         <v>34</v>
       </c>
       <c r="T173" s="865">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:20">
       <c r="A174" s="866">
-        <v>4126141</v>
+        <v>4126116</v>
       </c>
       <c r="B174" s="867" t="s">
+        <v>507</v>
+      </c>
+      <c r="C174" s="867"/>
+      <c r="D174" s="868" t="s">
+        <v>508</v>
+      </c>
+      <c r="E174" s="867" t="s">
         <v>509</v>
       </c>
-      <c r="C174" s="867" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F174" s="867" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G174" s="869">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H174" s="867" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I174" s="869">
         <v>1</v>
       </c>
       <c r="J174" s="868" t="s">
-        <v>71</v>
+        <v>105</v>
       </c>
       <c r="K174" s="868" t="s">
-        <v>72</v>
+        <v>320</v>
       </c>
       <c r="L174" s="868"/>
       <c r="M174" s="868"/>
       <c r="N174" s="868" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="O174" s="868" t="s">
-        <v>74</v>
+        <v>130</v>
       </c>
       <c r="P174" s="868"/>
       <c r="Q174" s="868"/>
       <c r="R174" s="868" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S174" s="869" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T174" s="870">
-        <v>4</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="175" spans="1:20">
       <c r="A175" s="871">
-        <v>4126166</v>
+        <v>4126067</v>
       </c>
       <c r="B175" s="872" t="s">
-        <v>320</v>
+        <v>510</v>
       </c>
       <c r="C175" s="872" t="s">
-        <v>229</v>
+        <v>511</v>
       </c>
       <c r="D175" s="873" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="E175" s="872" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="F175" s="872" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G175" s="874">
         <v>25</v>
       </c>
       <c r="H175" s="872" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I175" s="874">
         <v>1</v>
       </c>
       <c r="J175" s="873" t="s">
-        <v>92</v>
+        <v>105</v>
       </c>
       <c r="K175" s="873" t="s">
-        <v>230</v>
+        <v>106</v>
       </c>
       <c r="L175" s="873"/>
       <c r="M175" s="873"/>
       <c r="N175" s="873" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="O175" s="873" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-      <c r="Q175" s="873"/>
+        <v>107</v>
+      </c>
+      <c r="P175" s="873" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q175" s="873" t="s">
+        <v>108</v>
+      </c>
       <c r="R175" s="873" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S175" s="874" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T175" s="875">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:20">
       <c r="A176" s="876">
-        <v>4126124</v>
+        <v>4126161</v>
       </c>
       <c r="B176" s="877" t="s">
-        <v>511</v>
-[...1 lines deleted...]
-      <c r="C176" s="877"/>
+        <v>513</v>
+      </c>
+      <c r="C176" s="877" t="s">
+        <v>514</v>
+      </c>
       <c r="D176" s="878" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="E176" s="877" t="s">
-        <v>513</v>
+        <v>139</v>
       </c>
       <c r="F176" s="877" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G176" s="879">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H176" s="877" t="s">
-        <v>514</v>
+        <v>188</v>
       </c>
       <c r="I176" s="879">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="J176" s="878" t="s">
-        <v>27</v>
-[...7 lines deleted...]
-      </c>
+        <v>379</v>
+      </c>
+      <c r="K176" s="878" t="s">
+        <v>421</v>
+      </c>
+      <c r="L176" s="878"/>
+      <c r="M176" s="878"/>
       <c r="N176" s="878" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="O176" s="878" t="s">
-        <v>32</v>
-[...6 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="P176" s="878"/>
+      <c r="Q176" s="878"/>
       <c r="R176" s="878" t="s">
         <v>33</v>
       </c>
       <c r="S176" s="879" t="s">
         <v>42</v>
       </c>
-      <c r="T176" s="880" t="s">
-        <v>517</v>
+      <c r="T176" s="880">
+        <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:20">
       <c r="A177" s="881">
-        <v>4126060</v>
+        <v>4126174</v>
       </c>
       <c r="B177" s="882" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="C177" s="882" t="s">
-        <v>106</v>
+        <v>80</v>
       </c>
       <c r="D177" s="883" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="E177" s="882" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="F177" s="882" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G177" s="884">
         <v>25</v>
       </c>
       <c r="H177" s="882" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I177" s="884">
         <v>1</v>
       </c>
       <c r="J177" s="883" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="K177" s="883" t="s">
-        <v>230</v>
+        <v>517</v>
       </c>
       <c r="L177" s="883"/>
       <c r="M177" s="883"/>
       <c r="N177" s="883" t="s">
-        <v>96</v>
+        <v>68</v>
       </c>
       <c r="O177" s="883" t="s">
-        <v>109</v>
+        <v>518</v>
       </c>
       <c r="P177" s="883"/>
       <c r="Q177" s="883"/>
       <c r="R177" s="883" t="s">
         <v>33</v>
       </c>
       <c r="S177" s="884" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T177" s="885">
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:20">
       <c r="A178" s="886">
-        <v>4126096</v>
+        <v>4126118</v>
       </c>
       <c r="B178" s="887" t="s">
-        <v>520</v>
+        <v>251</v>
       </c>
       <c r="C178" s="887" t="s">
-        <v>100</v>
+        <v>252</v>
       </c>
       <c r="D178" s="888" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="E178" s="887" t="s">
-        <v>522</v>
+        <v>139</v>
       </c>
       <c r="F178" s="887" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G178" s="889">
         <v>25</v>
       </c>
       <c r="H178" s="887" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I178" s="889">
         <v>1</v>
       </c>
       <c r="J178" s="888" t="s">
-        <v>101</v>
+        <v>64</v>
       </c>
       <c r="K178" s="888" t="s">
-        <v>102</v>
+        <v>254</v>
       </c>
       <c r="L178" s="888"/>
       <c r="M178" s="888"/>
       <c r="N178" s="888" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="O178" s="888" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-      <c r="Q178" s="888"/>
+        <v>66</v>
+      </c>
+      <c r="P178" s="888" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q178" s="888" t="s">
+        <v>107</v>
+      </c>
       <c r="R178" s="888" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S178" s="889" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T178" s="890">
-        <v>6.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:20">
       <c r="A179" s="891">
-        <v>4126128</v>
+        <v>4126198</v>
       </c>
       <c r="B179" s="892" t="s">
-        <v>217</v>
+        <v>520</v>
       </c>
       <c r="C179" s="892" t="s">
+        <v>521</v>
+      </c>
+      <c r="D179" s="893" t="s">
+        <v>519</v>
+      </c>
+      <c r="E179" s="892" t="s">
+        <v>139</v>
+      </c>
+      <c r="F179" s="892" t="s">
+        <v>140</v>
+      </c>
+      <c r="G179" s="894">
+        <v>25</v>
+      </c>
+      <c r="H179" s="892" t="s">
+        <v>188</v>
+      </c>
+      <c r="I179" s="894">
+        <v>1</v>
+      </c>
+      <c r="J179" s="893" t="s">
         <v>91</v>
       </c>
-      <c r="D179" s="893" t="s">
-[...17 lines deleted...]
-      <c r="J179" s="893" t="s">
+      <c r="K179" s="893" t="s">
+        <v>91</v>
+      </c>
+      <c r="L179" s="893"/>
+      <c r="M179" s="893"/>
+      <c r="N179" s="893" t="s">
+        <v>68</v>
+      </c>
+      <c r="O179" s="893" t="s">
         <v>92</v>
       </c>
-      <c r="K179" s="893" t="s">
-[...15 lines deleted...]
-      <c r="Q179" s="893"/>
+      <c r="P179" s="893" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q179" s="893" t="s">
+        <v>92</v>
+      </c>
       <c r="R179" s="893" t="s">
         <v>33</v>
       </c>
       <c r="S179" s="894" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T179" s="895">
         <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:20">
       <c r="A180" s="896">
-        <v>4126043</v>
+        <v>4126039</v>
       </c>
       <c r="B180" s="897" t="s">
+        <v>522</v>
+      </c>
+      <c r="C180" s="897" t="s">
+        <v>223</v>
+      </c>
+      <c r="D180" s="898" t="s">
+        <v>523</v>
+      </c>
+      <c r="E180" s="897" t="s">
         <v>524</v>
       </c>
-      <c r="C180" s="897" t="s">
+      <c r="F180" s="897" t="s">
+        <v>140</v>
+      </c>
+      <c r="G180" s="899">
+        <v>25</v>
+      </c>
+      <c r="H180" s="897" t="s">
+        <v>259</v>
+      </c>
+      <c r="I180" s="899">
+        <v>2</v>
+      </c>
+      <c r="J180" s="898" t="s">
+        <v>96</v>
+      </c>
+      <c r="K180" s="898" t="s">
         <v>59</v>
       </c>
-      <c r="D180" s="898" t="s">
-[...24 lines deleted...]
-      <c r="M180" s="898"/>
+      <c r="L180" s="898" t="s">
+        <v>98</v>
+      </c>
+      <c r="M180" s="898" t="s">
+        <v>59</v>
+      </c>
       <c r="N180" s="898" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="O180" s="898" t="s">
-        <v>103</v>
-[...6 lines deleted...]
-      </c>
+        <v>227</v>
+      </c>
+      <c r="P180" s="898"/>
+      <c r="Q180" s="898"/>
       <c r="R180" s="898" t="s">
         <v>33</v>
       </c>
       <c r="S180" s="899" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T180" s="900">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="181" spans="1:20">
       <c r="A181" s="901">
-        <v>4126089</v>
+        <v>4126050</v>
       </c>
       <c r="B181" s="902" t="s">
+        <v>525</v>
+      </c>
+      <c r="C181" s="902" t="s">
+        <v>63</v>
+      </c>
+      <c r="D181" s="903" t="s">
         <v>526</v>
       </c>
-      <c r="C181" s="902" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E181" s="902" t="s">
-        <v>147</v>
+        <v>308</v>
       </c>
       <c r="F181" s="902" t="s">
         <v>24</v>
       </c>
       <c r="G181" s="904">
         <v>25</v>
       </c>
       <c r="H181" s="902" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I181" s="904">
         <v>1</v>
       </c>
       <c r="J181" s="903" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="K181" s="903"/>
+        <v>64</v>
+      </c>
+      <c r="K181" s="903" t="s">
+        <v>65</v>
+      </c>
       <c r="L181" s="903"/>
       <c r="M181" s="903"/>
       <c r="N181" s="903" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="O181" s="903" t="s">
-        <v>143</v>
-[...6 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="P181" s="903"/>
+      <c r="Q181" s="903"/>
       <c r="R181" s="903" t="s">
         <v>33</v>
       </c>
       <c r="S181" s="904" t="s">
         <v>42</v>
       </c>
       <c r="T181" s="905">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="182" spans="1:20">
       <c r="A182" s="906">
-        <v>4126094</v>
+        <v>4126031</v>
       </c>
       <c r="B182" s="907" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="C182" s="907" t="s">
-        <v>182</v>
+        <v>297</v>
       </c>
       <c r="D182" s="908" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="E182" s="907" t="s">
-        <v>178</v>
+        <v>236</v>
       </c>
       <c r="F182" s="907" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G182" s="909">
         <v>25</v>
       </c>
       <c r="H182" s="907" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I182" s="909">
         <v>1</v>
       </c>
       <c r="J182" s="908" t="s">
-        <v>441</v>
+        <v>75</v>
       </c>
       <c r="K182" s="908" t="s">
-        <v>442</v>
-[...6 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="L182" s="908"/>
+      <c r="M182" s="908"/>
       <c r="N182" s="908" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="O182" s="908" t="s">
-        <v>56</v>
+        <v>83</v>
       </c>
       <c r="P182" s="908"/>
       <c r="Q182" s="908"/>
       <c r="R182" s="908" t="s">
         <v>33</v>
       </c>
       <c r="S182" s="909" t="s">
         <v>42</v>
       </c>
       <c r="T182" s="910">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:20">
       <c r="A183" s="911">
-        <v>4126176</v>
+        <v>4126182</v>
       </c>
       <c r="B183" s="912" t="s">
+        <v>528</v>
+      </c>
+      <c r="C183" s="912" t="s">
         <v>529</v>
       </c>
-      <c r="C183" s="912" t="s">
+      <c r="D183" s="913" t="s">
         <v>530</v>
       </c>
-      <c r="D183" s="913" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E183" s="912" t="s">
-        <v>326</v>
+        <v>139</v>
       </c>
       <c r="F183" s="912" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G183" s="914">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H183" s="912" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I183" s="914">
         <v>1</v>
       </c>
       <c r="J183" s="913" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="K183" s="913" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="L183" s="913"/>
       <c r="M183" s="913"/>
       <c r="N183" s="913" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="O183" s="913" t="s">
-        <v>234</v>
+        <v>107</v>
       </c>
       <c r="P183" s="913"/>
       <c r="Q183" s="913"/>
       <c r="R183" s="913" t="s">
-        <v>206</v>
+        <v>218</v>
       </c>
       <c r="S183" s="914" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T183" s="915">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:20">
       <c r="A184" s="916">
-        <v>4126044</v>
+        <v>4126188</v>
       </c>
       <c r="B184" s="917" t="s">
         <v>531</v>
       </c>
       <c r="C184" s="917" t="s">
-        <v>21</v>
+        <v>352</v>
       </c>
       <c r="D184" s="918" t="s">
         <v>532</v>
       </c>
       <c r="E184" s="917" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="F184" s="917" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G184" s="919">
         <v>25</v>
       </c>
       <c r="H184" s="917" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I184" s="919">
         <v>1</v>
       </c>
       <c r="J184" s="918" t="s">
-        <v>226</v>
+        <v>64</v>
       </c>
       <c r="K184" s="918" t="s">
-        <v>223</v>
-[...6 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="L184" s="918"/>
+      <c r="M184" s="918"/>
       <c r="N184" s="918" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="O184" s="918" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="P184" s="918"/>
       <c r="Q184" s="918"/>
       <c r="R184" s="918" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S184" s="919" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T184" s="920">
         <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:20">
       <c r="A185" s="921">
-        <v>4126132</v>
+        <v>4126078</v>
       </c>
       <c r="B185" s="922" t="s">
-        <v>244</v>
+        <v>533</v>
       </c>
       <c r="C185" s="922" t="s">
-        <v>130</v>
+        <v>388</v>
       </c>
       <c r="D185" s="923" t="s">
         <v>532</v>
       </c>
       <c r="E185" s="922" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
       <c r="F185" s="922" t="s">
         <v>24</v>
       </c>
       <c r="G185" s="924">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H185" s="922" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I185" s="924">
         <v>1</v>
       </c>
       <c r="J185" s="923" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="K185" s="923" t="s">
-        <v>133</v>
+        <v>165</v>
       </c>
       <c r="L185" s="923"/>
       <c r="M185" s="923"/>
       <c r="N185" s="923" t="s">
         <v>47</v>
       </c>
       <c r="O185" s="923" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-      <c r="Q185" s="923"/>
+        <v>49</v>
+      </c>
+      <c r="P185" s="923" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q185" s="923" t="s">
+        <v>69</v>
+      </c>
       <c r="R185" s="923" t="s">
         <v>33</v>
       </c>
       <c r="S185" s="924" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T185" s="925">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:20">
       <c r="A186" s="926">
-        <v>4126201</v>
+        <v>4126098</v>
       </c>
       <c r="B186" s="927" t="s">
-        <v>362</v>
+        <v>534</v>
       </c>
       <c r="C186" s="927" t="s">
-        <v>363</v>
+        <v>256</v>
       </c>
       <c r="D186" s="928" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="E186" s="927" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="F186" s="927" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G186" s="929">
         <v>25</v>
       </c>
       <c r="H186" s="927" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I186" s="929">
         <v>1</v>
       </c>
       <c r="J186" s="928" t="s">
-        <v>71</v>
+        <v>45</v>
       </c>
       <c r="K186" s="928" t="s">
-        <v>316</v>
-[...6 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="L186" s="928"/>
+      <c r="M186" s="928"/>
       <c r="N186" s="928" t="s">
         <v>47</v>
       </c>
       <c r="O186" s="928" t="s">
-        <v>128</v>
+        <v>48</v>
       </c>
       <c r="P186" s="928" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="Q186" s="928" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="R186" s="928" t="s">
         <v>33</v>
       </c>
       <c r="S186" s="929" t="s">
         <v>42</v>
       </c>
       <c r="T186" s="930">
         <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:20">
       <c r="A187" s="931">
-        <v>4126058</v>
+        <v>4126081</v>
       </c>
       <c r="B187" s="932" t="s">
-        <v>207</v>
+        <v>536</v>
       </c>
       <c r="C187" s="932" t="s">
-        <v>192</v>
+        <v>388</v>
       </c>
       <c r="D187" s="933" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E187" s="932" t="s">
-        <v>147</v>
+        <v>236</v>
       </c>
       <c r="F187" s="932" t="s">
         <v>24</v>
       </c>
       <c r="G187" s="934">
         <v>25</v>
       </c>
       <c r="H187" s="932" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I187" s="934">
         <v>1</v>
       </c>
       <c r="J187" s="933" t="s">
-        <v>92</v>
+        <v>420</v>
       </c>
       <c r="K187" s="933" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-      <c r="M187" s="933"/>
+        <v>117</v>
+      </c>
+      <c r="L187" s="933" t="s">
+        <v>123</v>
+      </c>
+      <c r="M187" s="933" t="s">
+        <v>537</v>
+      </c>
       <c r="N187" s="933" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="O187" s="933" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-      <c r="Q187" s="933"/>
+        <v>120</v>
+      </c>
+      <c r="P187" s="933" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q187" s="933" t="s">
+        <v>130</v>
+      </c>
       <c r="R187" s="933" t="s">
         <v>33</v>
       </c>
       <c r="S187" s="934" t="s">
         <v>34</v>
       </c>
       <c r="T187" s="935">
         <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:20">
       <c r="A188" s="936">
-        <v>4326010</v>
+        <v>4326011</v>
       </c>
       <c r="B188" s="937" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C188" s="937" t="s">
         <v>21</v>
       </c>
       <c r="D188" s="938" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="E188" s="937" t="s">
         <v>23</v>
       </c>
       <c r="F188" s="937" t="s">
         <v>24</v>
       </c>
       <c r="G188" s="939" t="s">
         <v>25</v>
       </c>
       <c r="H188" s="937" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I188" s="939">
         <v>1</v>
       </c>
       <c r="J188" s="938" t="s">
         <v>45</v>
       </c>
       <c r="K188" s="938" t="s">
         <v>46</v>
       </c>
       <c r="L188" s="938" t="s">
-        <v>158</v>
+        <v>51</v>
       </c>
       <c r="M188" s="938" t="s">
-        <v>159</v>
+        <v>52</v>
       </c>
       <c r="N188" s="938" t="s">
         <v>47</v>
       </c>
       <c r="O188" s="938" t="s">
         <v>48</v>
       </c>
       <c r="P188" s="938" t="s">
         <v>31</v>
       </c>
       <c r="Q188" s="938" t="s">
-        <v>160</v>
+        <v>53</v>
       </c>
       <c r="R188" s="938" t="s">
         <v>33</v>
       </c>
       <c r="S188" s="939" t="s">
         <v>42</v>
       </c>
       <c r="T188" s="940">
         <v>4</v>
       </c>
     </row>
     <row r="189" spans="1:20">
       <c r="A189" s="941">
-        <v>4326046</v>
+        <v>4326047</v>
       </c>
       <c r="B189" s="942" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="C189" s="942" t="s">
         <v>44</v>
       </c>
       <c r="D189" s="943" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="E189" s="942" t="s">
         <v>23</v>
       </c>
       <c r="F189" s="942" t="s">
         <v>24</v>
       </c>
       <c r="G189" s="944" t="s">
         <v>25</v>
       </c>
       <c r="H189" s="942" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I189" s="944">
         <v>1</v>
       </c>
       <c r="J189" s="943" t="s">
         <v>45</v>
       </c>
       <c r="K189" s="943" t="s">
         <v>46</v>
       </c>
       <c r="L189" s="943"/>
       <c r="M189" s="943"/>
       <c r="N189" s="943" t="s">
         <v>47</v>
       </c>
       <c r="O189" s="943" t="s">
         <v>48</v>
       </c>
       <c r="P189" s="943" t="s">
         <v>47</v>
       </c>
       <c r="Q189" s="943" t="s">
         <v>49</v>
       </c>
       <c r="R189" s="943" t="s">
         <v>33</v>
       </c>
       <c r="S189" s="944" t="s">
         <v>34</v>
       </c>
       <c r="T189" s="945">
         <v>3</v>
       </c>
     </row>
     <row r="190" spans="1:20">
       <c r="A190" s="946">
-        <v>4326052</v>
+        <v>4326053</v>
       </c>
       <c r="B190" s="947" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="C190" s="947" t="s">
-        <v>130</v>
+        <v>175</v>
       </c>
       <c r="D190" s="948" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="E190" s="947" t="s">
         <v>23</v>
       </c>
       <c r="F190" s="947" t="s">
         <v>24</v>
       </c>
       <c r="G190" s="949" t="s">
         <v>25</v>
       </c>
       <c r="H190" s="947" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I190" s="949">
         <v>1</v>
       </c>
       <c r="J190" s="948" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="K190" s="948" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="L190" s="948" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="M190" s="948" t="s">
-        <v>346</v>
+        <v>176</v>
       </c>
       <c r="N190" s="948" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="O190" s="948" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-      <c r="Q190" s="948"/>
+        <v>108</v>
+      </c>
+      <c r="P190" s="948" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q190" s="948" t="s">
+        <v>61</v>
+      </c>
       <c r="R190" s="948" t="s">
         <v>33</v>
       </c>
       <c r="S190" s="949" t="s">
         <v>34</v>
       </c>
       <c r="T190" s="950">
         <v>3</v>
       </c>
     </row>
     <row r="191" spans="1:20">
       <c r="A191" s="951">
-        <v>4326058</v>
+        <v>4326059</v>
       </c>
       <c r="B191" s="952" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="C191" s="952" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D191" s="953" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="E191" s="952" t="s">
         <v>23</v>
       </c>
       <c r="F191" s="952" t="s">
         <v>24</v>
       </c>
       <c r="G191" s="954" t="s">
         <v>25</v>
       </c>
       <c r="H191" s="952" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I191" s="954">
         <v>1</v>
       </c>
       <c r="J191" s="953" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="K191" s="953" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="L191" s="953" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="M191" s="953" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="N191" s="953" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="O191" s="953" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="P191" s="953" t="s">
         <v>47</v>
       </c>
       <c r="Q191" s="953" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="R191" s="953" t="s">
         <v>33</v>
       </c>
       <c r="S191" s="954" t="s">
         <v>34</v>
       </c>
       <c r="T191" s="955">
         <v>4</v>
       </c>
     </row>
     <row r="192" spans="1:20">
       <c r="A192" s="956">
-        <v>4326004</v>
+        <v>4326005</v>
       </c>
       <c r="B192" s="957" t="s">
+        <v>543</v>
+      </c>
+      <c r="C192" s="957" t="s">
+        <v>63</v>
+      </c>
+      <c r="D192" s="958" t="s">
         <v>539</v>
-      </c>
-[...4 lines deleted...]
-        <v>535</v>
       </c>
       <c r="E192" s="957" t="s">
         <v>23</v>
       </c>
       <c r="F192" s="957" t="s">
         <v>24</v>
       </c>
       <c r="G192" s="959" t="s">
         <v>25</v>
       </c>
       <c r="H192" s="957" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I192" s="959">
         <v>1</v>
       </c>
       <c r="J192" s="958" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="K192" s="958" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="L192" s="958"/>
       <c r="M192" s="958"/>
       <c r="N192" s="958" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="O192" s="958" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="P192" s="958"/>
       <c r="Q192" s="958"/>
       <c r="R192" s="958" t="s">
         <v>33</v>
       </c>
       <c r="S192" s="959" t="s">
         <v>42</v>
       </c>
       <c r="T192" s="960">
         <v>4</v>
       </c>
     </row>
     <row r="193" spans="1:20">
       <c r="A193" s="961">
-        <v>4326016</v>
+        <v>4326017</v>
       </c>
       <c r="B193" s="962" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="C193" s="962" t="s">
         <v>21</v>
       </c>
       <c r="D193" s="963" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="E193" s="962" t="s">
         <v>23</v>
       </c>
       <c r="F193" s="962" t="s">
         <v>24</v>
       </c>
       <c r="G193" s="964" t="s">
         <v>25</v>
       </c>
       <c r="H193" s="962" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I193" s="964">
         <v>1</v>
       </c>
       <c r="J193" s="963" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="K193" s="963" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="L193" s="963"/>
       <c r="M193" s="963"/>
       <c r="N193" s="963" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="O193" s="963" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="P193" s="963" t="s">
         <v>47</v>
       </c>
       <c r="Q193" s="963" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="R193" s="963" t="s">
         <v>33</v>
       </c>
       <c r="S193" s="964" t="s">
         <v>42</v>
       </c>
       <c r="T193" s="965">
         <v>4</v>
       </c>
     </row>
     <row r="194" spans="1:20">
       <c r="A194" s="966">
-        <v>4326022</v>
+        <v>4326023</v>
       </c>
       <c r="B194" s="967" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="C194" s="967" t="s">
         <v>21</v>
       </c>
       <c r="D194" s="968" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="E194" s="967" t="s">
         <v>23</v>
       </c>
       <c r="F194" s="967" t="s">
         <v>24</v>
       </c>
       <c r="G194" s="969" t="s">
         <v>25</v>
       </c>
       <c r="H194" s="967" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I194" s="969">
         <v>1</v>
       </c>
       <c r="J194" s="968" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="K194" s="968" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="L194" s="968"/>
       <c r="M194" s="968"/>
       <c r="N194" s="968" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="O194" s="968" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="P194" s="968" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="Q194" s="968" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="R194" s="968" t="s">
         <v>33</v>
       </c>
       <c r="S194" s="969" t="s">
         <v>34</v>
       </c>
       <c r="T194" s="970">
         <v>4</v>
       </c>
     </row>
     <row r="195" spans="1:20">
       <c r="A195" s="971">
-        <v>4326028</v>
+        <v>4326029</v>
       </c>
       <c r="B195" s="972" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="C195" s="972" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="D195" s="973" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="E195" s="972" t="s">
         <v>23</v>
       </c>
       <c r="F195" s="972" t="s">
         <v>24</v>
       </c>
       <c r="G195" s="974" t="s">
         <v>25</v>
       </c>
       <c r="H195" s="972" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I195" s="974">
         <v>1</v>
       </c>
       <c r="J195" s="973" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="K195" s="973" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="L195" s="973" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="M195" s="973" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="N195" s="973" t="s">
         <v>47</v>
       </c>
       <c r="O195" s="973" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="P195" s="973"/>
       <c r="Q195" s="973"/>
       <c r="R195" s="973" t="s">
         <v>33</v>
       </c>
       <c r="S195" s="974" t="s">
         <v>42</v>
       </c>
       <c r="T195" s="975">
         <v>4</v>
       </c>
     </row>
     <row r="196" spans="1:20">
       <c r="A196" s="976">
-        <v>4326034</v>
+        <v>4326035</v>
       </c>
       <c r="B196" s="977" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="C196" s="977" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="D196" s="978" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="E196" s="977" t="s">
         <v>23</v>
       </c>
       <c r="F196" s="977" t="s">
         <v>24</v>
       </c>
       <c r="G196" s="979" t="s">
         <v>25</v>
       </c>
       <c r="H196" s="977" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I196" s="979">
         <v>1</v>
       </c>
       <c r="J196" s="978" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="K196" s="978"/>
       <c r="L196" s="978" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="M196" s="978" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="N196" s="978" t="s">
         <v>47</v>
       </c>
       <c r="O196" s="978" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="P196" s="978"/>
       <c r="Q196" s="978"/>
       <c r="R196" s="978" t="s">
         <v>33</v>
       </c>
       <c r="S196" s="979" t="s">
         <v>34</v>
       </c>
       <c r="T196" s="980">
         <v>4</v>
       </c>
     </row>
     <row r="197" spans="1:20">
       <c r="A197" s="981">
-        <v>4326088</v>
+        <v>4326089</v>
       </c>
       <c r="B197" s="982" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="C197" s="982" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="D197" s="983" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="E197" s="982" t="s">
         <v>23</v>
       </c>
       <c r="F197" s="982" t="s">
         <v>24</v>
       </c>
       <c r="G197" s="984" t="s">
         <v>25</v>
       </c>
       <c r="H197" s="982" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I197" s="984">
         <v>1</v>
       </c>
       <c r="J197" s="983" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="K197" s="983" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="L197" s="983"/>
       <c r="M197" s="983"/>
       <c r="N197" s="983" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="O197" s="983" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="P197" s="983"/>
       <c r="Q197" s="983"/>
       <c r="R197" s="983" t="s">
         <v>33</v>
       </c>
       <c r="S197" s="984" t="s">
         <v>34</v>
       </c>
       <c r="T197" s="985">
         <v>4</v>
       </c>
     </row>
     <row r="198" spans="1:20">
       <c r="A198" s="986">
-        <v>4326094</v>
+        <v>4126085</v>
       </c>
       <c r="B198" s="987" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="C198" s="987" t="s">
-        <v>86</v>
+        <v>550</v>
       </c>
       <c r="D198" s="988" t="s">
-        <v>535</v>
+        <v>551</v>
       </c>
       <c r="E198" s="987" t="s">
-        <v>23</v>
+        <v>236</v>
       </c>
       <c r="F198" s="987" t="s">
         <v>24</v>
       </c>
-      <c r="G198" s="989" t="s">
+      <c r="G198" s="989">
         <v>25</v>
       </c>
       <c r="H198" s="987" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I198" s="989">
         <v>1</v>
       </c>
       <c r="J198" s="988" t="s">
-        <v>87</v>
+        <v>481</v>
       </c>
       <c r="K198" s="988" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-      <c r="M198" s="988"/>
+        <v>481</v>
+      </c>
+      <c r="L198" s="988" t="s">
+        <v>552</v>
+      </c>
+      <c r="M198" s="988" t="s">
+        <v>553</v>
+      </c>
       <c r="N198" s="988" t="s">
-        <v>64</v>
+        <v>134</v>
       </c>
       <c r="O198" s="988" t="s">
-        <v>88</v>
-[...6 lines deleted...]
-      </c>
+        <v>483</v>
+      </c>
+      <c r="P198" s="988"/>
+      <c r="Q198" s="988"/>
       <c r="R198" s="988" t="s">
         <v>33</v>
       </c>
       <c r="S198" s="989" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T198" s="990">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:20">
       <c r="A199" s="991">
-        <v>4326076</v>
+        <v>4326095</v>
       </c>
       <c r="B199" s="992" t="s">
-        <v>546</v>
+        <v>554</v>
       </c>
       <c r="C199" s="992" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="D199" s="993" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="E199" s="992" t="s">
         <v>23</v>
       </c>
       <c r="F199" s="992" t="s">
         <v>24</v>
       </c>
       <c r="G199" s="994" t="s">
         <v>25</v>
       </c>
       <c r="H199" s="992" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I199" s="994">
         <v>1</v>
       </c>
       <c r="J199" s="993" t="s">
+        <v>91</v>
+      </c>
+      <c r="K199" s="993" t="s">
+        <v>91</v>
+      </c>
+      <c r="L199" s="993"/>
+      <c r="M199" s="993"/>
+      <c r="N199" s="993" t="s">
+        <v>68</v>
+      </c>
+      <c r="O199" s="993" t="s">
         <v>92</v>
       </c>
-      <c r="K199" s="993" t="s">
+      <c r="P199" s="993" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q199" s="993" t="s">
         <v>93</v>
       </c>
-      <c r="L199" s="993" t="s">
-[...12 lines deleted...]
-      <c r="Q199" s="993"/>
       <c r="R199" s="993" t="s">
         <v>33</v>
       </c>
       <c r="S199" s="994" t="s">
         <v>34</v>
       </c>
       <c r="T199" s="995">
         <v>4</v>
       </c>
     </row>
     <row r="200" spans="1:20">
       <c r="A200" s="996">
-        <v>4326082</v>
+        <v>4126064</v>
       </c>
       <c r="B200" s="997" t="s">
-        <v>547</v>
+        <v>555</v>
       </c>
       <c r="C200" s="997" t="s">
-        <v>91</v>
+        <v>205</v>
       </c>
       <c r="D200" s="998" t="s">
-        <v>535</v>
+        <v>551</v>
       </c>
       <c r="E200" s="997" t="s">
-        <v>23</v>
+        <v>236</v>
       </c>
       <c r="F200" s="997" t="s">
         <v>24</v>
       </c>
-      <c r="G200" s="999" t="s">
+      <c r="G200" s="999">
         <v>25</v>
       </c>
       <c r="H200" s="997" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I200" s="999">
         <v>1</v>
       </c>
       <c r="J200" s="998" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="K200" s="998" t="s">
-        <v>93</v>
+        <v>316</v>
       </c>
       <c r="L200" s="998" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="M200" s="998" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="N200" s="998" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="O200" s="998" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="P200" s="998"/>
       <c r="Q200" s="998"/>
       <c r="R200" s="998" t="s">
         <v>33</v>
       </c>
       <c r="S200" s="999" t="s">
         <v>42</v>
       </c>
       <c r="T200" s="1000">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:20">
       <c r="A201" s="1001">
-        <v>4326040</v>
+        <v>4326077</v>
       </c>
       <c r="B201" s="1002" t="s">
-        <v>548</v>
+        <v>556</v>
       </c>
       <c r="C201" s="1002" t="s">
-        <v>111</v>
+        <v>95</v>
       </c>
       <c r="D201" s="1003" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="E201" s="1002" t="s">
         <v>23</v>
       </c>
       <c r="F201" s="1002" t="s">
         <v>24</v>
       </c>
       <c r="G201" s="1004" t="s">
         <v>25</v>
       </c>
       <c r="H201" s="1002" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I201" s="1004">
         <v>1</v>
       </c>
       <c r="J201" s="1003" t="s">
+        <v>96</v>
+      </c>
+      <c r="K201" s="1003" t="s">
+        <v>97</v>
+      </c>
+      <c r="L201" s="1003" t="s">
+        <v>98</v>
+      </c>
+      <c r="M201" s="1003" t="s">
+        <v>59</v>
+      </c>
+      <c r="N201" s="1003" t="s">
+        <v>100</v>
+      </c>
+      <c r="O201" s="1003" t="s">
         <v>101</v>
       </c>
-      <c r="K201" s="1003" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="P201" s="1003"/>
+      <c r="Q201" s="1003"/>
       <c r="R201" s="1003" t="s">
         <v>33</v>
       </c>
       <c r="S201" s="1004" t="s">
         <v>34</v>
       </c>
       <c r="T201" s="1005">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="202" spans="1:20">
       <c r="A202" s="1006">
-        <v>4326064</v>
+        <v>4326083</v>
       </c>
       <c r="B202" s="1007" t="s">
-        <v>549</v>
+        <v>557</v>
       </c>
       <c r="C202" s="1007" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="D202" s="1008" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="E202" s="1007" t="s">
         <v>23</v>
       </c>
       <c r="F202" s="1007" t="s">
         <v>24</v>
       </c>
       <c r="G202" s="1009" t="s">
         <v>25</v>
       </c>
       <c r="H202" s="1007" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I202" s="1009">
         <v>1</v>
       </c>
       <c r="J202" s="1008" t="s">
+        <v>96</v>
+      </c>
+      <c r="K202" s="1008" t="s">
+        <v>97</v>
+      </c>
+      <c r="L202" s="1008" t="s">
+        <v>98</v>
+      </c>
+      <c r="M202" s="1008" t="s">
+        <v>99</v>
+      </c>
+      <c r="N202" s="1008" t="s">
+        <v>100</v>
+      </c>
+      <c r="O202" s="1008" t="s">
         <v>101</v>
-      </c>
-[...11 lines deleted...]
-        <v>109</v>
       </c>
       <c r="P202" s="1008"/>
       <c r="Q202" s="1008"/>
       <c r="R202" s="1008" t="s">
         <v>33</v>
       </c>
       <c r="S202" s="1009" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T202" s="1010">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="203" spans="1:20">
       <c r="A203" s="1011">
-        <v>4326070</v>
+        <v>4326041</v>
       </c>
       <c r="B203" s="1012" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="C203" s="1012" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D203" s="1013" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="E203" s="1012" t="s">
         <v>23</v>
       </c>
       <c r="F203" s="1012" t="s">
         <v>24</v>
       </c>
       <c r="G203" s="1014" t="s">
         <v>25</v>
       </c>
       <c r="H203" s="1012" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I203" s="1014">
         <v>1</v>
       </c>
       <c r="J203" s="1013" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="K203" s="1013" t="s">
-        <v>102</v>
+        <v>117</v>
       </c>
       <c r="L203" s="1013" t="s">
+        <v>118</v>
+      </c>
+      <c r="M203" s="1013" t="s">
         <v>119</v>
       </c>
-      <c r="M203" s="1013" t="s">
+      <c r="N203" s="1013" t="s">
+        <v>77</v>
+      </c>
+      <c r="O203" s="1013" t="s">
         <v>120</v>
       </c>
-      <c r="N203" s="1013" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P203" s="1013" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="Q203" s="1013" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="R203" s="1013" t="s">
         <v>33</v>
       </c>
       <c r="S203" s="1014" t="s">
         <v>34</v>
       </c>
       <c r="T203" s="1015">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:20">
       <c r="A204" s="1016">
-        <v>4326100</v>
+        <v>4326065</v>
       </c>
       <c r="B204" s="1017" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="C204" s="1017" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="D204" s="1018" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="E204" s="1017" t="s">
         <v>23</v>
       </c>
       <c r="F204" s="1017" t="s">
         <v>24</v>
       </c>
       <c r="G204" s="1019" t="s">
         <v>25</v>
       </c>
       <c r="H204" s="1017" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I204" s="1019">
         <v>1</v>
       </c>
       <c r="J204" s="1018" t="s">
-        <v>101</v>
-[...5 lines deleted...]
-      <c r="M204" s="1018"/>
+        <v>105</v>
+      </c>
+      <c r="K204" s="1018"/>
+      <c r="L204" s="1018" t="s">
+        <v>111</v>
+      </c>
+      <c r="M204" s="1018" t="s">
+        <v>112</v>
+      </c>
       <c r="N204" s="1018" t="s">
-        <v>73</v>
+        <v>100</v>
       </c>
       <c r="O204" s="1018" t="s">
-        <v>103</v>
-[...6 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="P204" s="1018"/>
+      <c r="Q204" s="1018"/>
       <c r="R204" s="1018" t="s">
         <v>33</v>
       </c>
       <c r="S204" s="1019" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T204" s="1020">
         <v>4</v>
       </c>
     </row>
     <row r="205" spans="1:20">
       <c r="A205" s="1021">
-        <v>4126108</v>
+        <v>4326071</v>
       </c>
       <c r="B205" s="1022" t="s">
-        <v>149</v>
+        <v>560</v>
       </c>
       <c r="C205" s="1022" t="s">
-        <v>150</v>
+        <v>122</v>
       </c>
       <c r="D205" s="1023" t="s">
-        <v>552</v>
+        <v>539</v>
       </c>
       <c r="E205" s="1022" t="s">
-        <v>152</v>
+        <v>23</v>
       </c>
       <c r="F205" s="1022" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G205" s="1024">
+        <v>24</v>
+      </c>
+      <c r="G205" s="1024" t="s">
         <v>25</v>
       </c>
       <c r="H205" s="1022" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I205" s="1024">
         <v>1</v>
       </c>
       <c r="J205" s="1023" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="K205" s="1023" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-      <c r="M205" s="1023"/>
+        <v>106</v>
+      </c>
+      <c r="L205" s="1023" t="s">
+        <v>123</v>
+      </c>
+      <c r="M205" s="1023" t="s">
+        <v>124</v>
+      </c>
       <c r="N205" s="1023" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="O205" s="1023" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-      <c r="Q205" s="1023"/>
+        <v>120</v>
+      </c>
+      <c r="P205" s="1023" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q205" s="1023" t="s">
+        <v>108</v>
+      </c>
       <c r="R205" s="1023" t="s">
         <v>33</v>
       </c>
       <c r="S205" s="1024" t="s">
         <v>34</v>
       </c>
       <c r="T205" s="1025">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="206" spans="1:20">
       <c r="A206" s="1026">
-        <v>4126063</v>
+        <v>4326101</v>
       </c>
       <c r="B206" s="1027" t="s">
-        <v>553</v>
+        <v>561</v>
       </c>
       <c r="C206" s="1027" t="s">
-        <v>290</v>
+        <v>104</v>
       </c>
       <c r="D206" s="1028" t="s">
-        <v>554</v>
+        <v>539</v>
       </c>
       <c r="E206" s="1027" t="s">
-        <v>147</v>
+        <v>23</v>
       </c>
       <c r="F206" s="1027" t="s">
         <v>24</v>
       </c>
-      <c r="G206" s="1029">
+      <c r="G206" s="1029" t="s">
         <v>25</v>
       </c>
       <c r="H206" s="1027" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I206" s="1029">
         <v>1</v>
       </c>
       <c r="J206" s="1028" t="s">
-        <v>92</v>
+        <v>105</v>
       </c>
       <c r="K206" s="1028" t="s">
-        <v>555</v>
-[...6 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="L206" s="1028"/>
+      <c r="M206" s="1028"/>
       <c r="N206" s="1028" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="O206" s="1028" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-      <c r="Q206" s="1028"/>
+        <v>107</v>
+      </c>
+      <c r="P206" s="1028" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q206" s="1028" t="s">
+        <v>108</v>
+      </c>
       <c r="R206" s="1028" t="s">
         <v>33</v>
       </c>
       <c r="S206" s="1029" t="s">
         <v>42</v>
       </c>
       <c r="T206" s="1030">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="207" spans="1:20">
       <c r="A207" s="1031">
-        <v>4126036</v>
+        <v>4126021</v>
       </c>
       <c r="B207" s="1032" t="s">
-        <v>298</v>
+        <v>562</v>
       </c>
       <c r="C207" s="1032" t="s">
-        <v>182</v>
+        <v>220</v>
       </c>
       <c r="D207" s="1033" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="E207" s="1032" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="F207" s="1032" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G207" s="1034">
         <v>25</v>
       </c>
       <c r="H207" s="1032" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I207" s="1034">
         <v>1</v>
       </c>
       <c r="J207" s="1033" t="s">
-        <v>300</v>
+        <v>157</v>
       </c>
       <c r="K207" s="1033" t="s">
-        <v>301</v>
-[...6 lines deleted...]
-      </c>
+        <v>564</v>
+      </c>
+      <c r="L207" s="1033"/>
+      <c r="M207" s="1033"/>
       <c r="N207" s="1033" t="s">
-        <v>55</v>
+        <v>31</v>
       </c>
       <c r="O207" s="1033" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-      <c r="Q207" s="1033"/>
+        <v>53</v>
+      </c>
+      <c r="P207" s="1033" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q207" s="1033" t="s">
+        <v>120</v>
+      </c>
       <c r="R207" s="1033" t="s">
         <v>33</v>
       </c>
       <c r="S207" s="1034" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T207" s="1035">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:20">
       <c r="A208" s="1036">
-        <v>4126025</v>
+        <v>4126041</v>
       </c>
       <c r="B208" s="1037" t="s">
-        <v>191</v>
+        <v>565</v>
       </c>
       <c r="C208" s="1037" t="s">
-        <v>192</v>
+        <v>63</v>
       </c>
       <c r="D208" s="1038" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="E208" s="1037" t="s">
-        <v>178</v>
+        <v>308</v>
       </c>
       <c r="F208" s="1037" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G208" s="1039">
         <v>25</v>
       </c>
       <c r="H208" s="1037" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I208" s="1039">
         <v>1</v>
       </c>
       <c r="J208" s="1038" t="s">
-        <v>194</v>
+        <v>420</v>
       </c>
       <c r="K208" s="1038" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="L208" s="1038" t="s">
+        <v>486</v>
+      </c>
+      <c r="L208" s="1038"/>
+      <c r="M208" s="1038"/>
+      <c r="N208" s="1038" t="s">
+        <v>77</v>
+      </c>
+      <c r="O208" s="1038" t="s">
         <v>107</v>
       </c>
-      <c r="M208" s="1038" t="s">
-[...9 lines deleted...]
-      <c r="Q208" s="1038"/>
+      <c r="P208" s="1038" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q208" s="1038" t="s">
+        <v>66</v>
+      </c>
       <c r="R208" s="1038" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S208" s="1039" t="s">
         <v>42</v>
       </c>
       <c r="T208" s="1040">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="209" spans="1:20">
       <c r="A209" s="1041">
-        <v>4126136</v>
+        <v>4126137</v>
       </c>
       <c r="B209" s="1042" t="s">
-        <v>558</v>
+        <v>566</v>
       </c>
       <c r="C209" s="1042" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="D209" s="1043" t="s">
-        <v>557</v>
+        <v>567</v>
       </c>
       <c r="E209" s="1042" t="s">
-        <v>132</v>
+        <v>236</v>
       </c>
       <c r="F209" s="1042" t="s">
         <v>24</v>
       </c>
       <c r="G209" s="1044">
         <v>25</v>
       </c>
       <c r="H209" s="1042" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I209" s="1044">
         <v>1</v>
       </c>
       <c r="J209" s="1043" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="K209" s="1043" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="L209" s="1043" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="M209" s="1043" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="N209" s="1043" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="O209" s="1043" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="P209" s="1043"/>
       <c r="Q209" s="1043"/>
       <c r="R209" s="1043" t="s">
         <v>33</v>
       </c>
       <c r="S209" s="1044" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T209" s="1045">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:20">
       <c r="A210" s="1046">
-        <v>4126159</v>
+        <v>4126212</v>
       </c>
       <c r="B210" s="1047" t="s">
-        <v>559</v>
+        <v>568</v>
       </c>
       <c r="C210" s="1047" t="s">
-        <v>405</v>
+        <v>311</v>
       </c>
       <c r="D210" s="1048" t="s">
-        <v>560</v>
+        <v>567</v>
       </c>
       <c r="E210" s="1047" t="s">
-        <v>561</v>
+        <v>139</v>
       </c>
       <c r="F210" s="1047" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G210" s="1049">
         <v>25</v>
       </c>
       <c r="H210" s="1047" t="s">
-        <v>408</v>
+        <v>188</v>
       </c>
       <c r="I210" s="1049">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J210" s="1048" t="s">
-        <v>194</v>
+        <v>105</v>
       </c>
       <c r="K210" s="1048" t="s">
-        <v>562</v>
-[...1 lines deleted...]
-      <c r="L210" s="1048" t="s">
+        <v>320</v>
+      </c>
+      <c r="L210" s="1048"/>
+      <c r="M210" s="1048"/>
+      <c r="N210" s="1048" t="s">
         <v>77</v>
       </c>
-      <c r="M210" s="1048" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O210" s="1048" t="s">
-        <v>79</v>
+        <v>120</v>
       </c>
       <c r="P210" s="1048"/>
       <c r="Q210" s="1048"/>
       <c r="R210" s="1048" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S210" s="1049" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T210" s="1050">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:20">
       <c r="A211" s="1051">
-        <v>4126125</v>
+        <v>4126048</v>
       </c>
       <c r="B211" s="1052" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="C211" s="1052" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="D211" s="1053" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="E211" s="1052" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="F211" s="1052" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G211" s="1054">
         <v>25</v>
       </c>
       <c r="H211" s="1052" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I211" s="1054">
         <v>1</v>
       </c>
       <c r="J211" s="1053" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K211" s="1053" t="s">
-        <v>62</v>
-[...6 lines deleted...]
-      </c>
+        <v>572</v>
+      </c>
+      <c r="L211" s="1053"/>
+      <c r="M211" s="1053"/>
       <c r="N211" s="1053" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="O211" s="1053" t="s">
-        <v>62</v>
-[...6 lines deleted...]
-      </c>
+        <v>518</v>
+      </c>
+      <c r="P211" s="1053"/>
+      <c r="Q211" s="1053"/>
       <c r="R211" s="1053" t="s">
         <v>33</v>
       </c>
       <c r="S211" s="1054" t="s">
         <v>42</v>
       </c>
       <c r="T211" s="1055">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:20">
       <c r="A212" s="1056">
-        <v>4126046</v>
+        <v>4126073</v>
       </c>
       <c r="B212" s="1057" t="s">
-        <v>567</v>
+        <v>163</v>
       </c>
       <c r="C212" s="1057" t="s">
-        <v>21</v>
+        <v>160</v>
       </c>
       <c r="D212" s="1058" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="E212" s="1057" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="F212" s="1057" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G212" s="1059">
         <v>25</v>
       </c>
       <c r="H212" s="1057" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I212" s="1059">
         <v>1</v>
       </c>
       <c r="J212" s="1058" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K212" s="1058" t="s">
-        <v>569</v>
+        <v>165</v>
       </c>
       <c r="L212" s="1058" t="s">
-        <v>39</v>
+        <v>81</v>
       </c>
       <c r="M212" s="1058" t="s">
-        <v>570</v>
+        <v>82</v>
       </c>
       <c r="N212" s="1058" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="O212" s="1058" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-      <c r="Q212" s="1058"/>
+        <v>49</v>
+      </c>
+      <c r="P212" s="1058" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q212" s="1058" t="s">
+        <v>135</v>
+      </c>
       <c r="R212" s="1058" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S212" s="1059" t="s">
         <v>42</v>
       </c>
       <c r="T212" s="1060">
         <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:20">
       <c r="A213" s="1061">
-        <v>4126146</v>
+        <v>4126169</v>
       </c>
       <c r="B213" s="1062" t="s">
-        <v>197</v>
+        <v>573</v>
       </c>
       <c r="C213" s="1062" t="s">
-        <v>51</v>
+        <v>80</v>
       </c>
       <c r="D213" s="1063" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E213" s="1062" t="s">
-        <v>199</v>
+        <v>139</v>
       </c>
       <c r="F213" s="1062" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G213" s="1064">
         <v>25</v>
       </c>
       <c r="H213" s="1062" t="s">
-        <v>403</v>
+        <v>188</v>
       </c>
       <c r="I213" s="1064">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J213" s="1063" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="K213" s="1063" t="s">
-        <v>200</v>
-[...6 lines deleted...]
-      </c>
+        <v>212</v>
+      </c>
+      <c r="L213" s="1063"/>
+      <c r="M213" s="1063"/>
       <c r="N213" s="1063" t="s">
         <v>47</v>
       </c>
       <c r="O213" s="1063" t="s">
-        <v>57</v>
+        <v>265</v>
       </c>
       <c r="P213" s="1063"/>
       <c r="Q213" s="1063"/>
       <c r="R213" s="1063" t="s">
         <v>33</v>
       </c>
       <c r="S213" s="1064" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T213" s="1065">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:20">
       <c r="A214" s="1066">
-        <v>4126101</v>
+        <v>4126206</v>
       </c>
       <c r="B214" s="1067" t="s">
-        <v>279</v>
+        <v>327</v>
       </c>
       <c r="C214" s="1067" t="s">
-        <v>280</v>
+        <v>328</v>
       </c>
       <c r="D214" s="1068" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="E214" s="1067" t="s">
-        <v>178</v>
+        <v>236</v>
       </c>
       <c r="F214" s="1067" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G214" s="1069">
         <v>25</v>
       </c>
       <c r="H214" s="1067" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I214" s="1069">
         <v>1</v>
       </c>
       <c r="J214" s="1068" t="s">
-        <v>281</v>
+        <v>56</v>
       </c>
       <c r="K214" s="1068" t="s">
-        <v>281</v>
+        <v>56</v>
       </c>
       <c r="L214" s="1068" t="s">
-        <v>114</v>
+        <v>81</v>
       </c>
       <c r="M214" s="1068" t="s">
-        <v>282</v>
+        <v>87</v>
       </c>
       <c r="N214" s="1068" t="s">
-        <v>126</v>
+        <v>47</v>
       </c>
       <c r="O214" s="1068" t="s">
-        <v>283</v>
+        <v>61</v>
       </c>
       <c r="P214" s="1068" t="s">
-        <v>104</v>
+        <v>47</v>
       </c>
       <c r="Q214" s="1068" t="s">
-        <v>104</v>
+        <v>88</v>
       </c>
       <c r="R214" s="1068" t="s">
         <v>33</v>
       </c>
       <c r="S214" s="1069" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T214" s="1070">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:20">
       <c r="A215" s="1071">
-        <v>4126027</v>
+        <v>4126164</v>
       </c>
       <c r="B215" s="1072" t="s">
-        <v>224</v>
+        <v>576</v>
       </c>
       <c r="C215" s="1072" t="s">
-        <v>59</v>
+        <v>137</v>
       </c>
       <c r="D215" s="1073" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="E215" s="1072" t="s">
-        <v>225</v>
+        <v>139</v>
       </c>
       <c r="F215" s="1072" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G215" s="1074">
         <v>25</v>
       </c>
       <c r="H215" s="1072" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I215" s="1074">
         <v>1</v>
       </c>
       <c r="J215" s="1073" t="s">
-        <v>226</v>
+        <v>96</v>
       </c>
       <c r="K215" s="1073" t="s">
-        <v>227</v>
+        <v>141</v>
       </c>
       <c r="L215" s="1073"/>
       <c r="M215" s="1073"/>
       <c r="N215" s="1073" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
       <c r="O215" s="1073" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-      <c r="Q215" s="1073"/>
+        <v>41</v>
+      </c>
+      <c r="P215" s="1073" t="s">
+        <v>100</v>
+      </c>
+      <c r="Q215" s="1073" t="s">
+        <v>390</v>
+      </c>
       <c r="R215" s="1073" t="s">
         <v>33</v>
       </c>
       <c r="S215" s="1074" t="s">
         <v>42</v>
       </c>
       <c r="T215" s="1075">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:20">
       <c r="A216" s="1076">
-        <v>4126148</v>
+        <v>4126218</v>
       </c>
       <c r="B216" s="1077" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="C216" s="1077" t="s">
-        <v>248</v>
+        <v>477</v>
       </c>
       <c r="D216" s="1078" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="E216" s="1077" t="s">
-        <v>147</v>
+        <v>473</v>
       </c>
       <c r="F216" s="1077" t="s">
         <v>24</v>
       </c>
       <c r="G216" s="1079">
         <v>25</v>
       </c>
       <c r="H216" s="1077" t="s">
-        <v>358</v>
+        <v>259</v>
       </c>
       <c r="I216" s="1079">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J216" s="1078" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="K216" s="1078" t="s">
-        <v>576</v>
-[...2 lines deleted...]
-      <c r="M216" s="1078"/>
+        <v>212</v>
+      </c>
+      <c r="L216" s="1078" t="s">
+        <v>81</v>
+      </c>
+      <c r="M216" s="1078" t="s">
+        <v>176</v>
+      </c>
       <c r="N216" s="1078" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="O216" s="1078" t="s">
-        <v>231</v>
+        <v>78</v>
       </c>
       <c r="P216" s="1078"/>
       <c r="Q216" s="1078"/>
       <c r="R216" s="1078" t="s">
         <v>33</v>
       </c>
       <c r="S216" s="1079" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T216" s="1080">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="217" spans="1:20">
       <c r="A217" s="1081">
-        <v>4126106</v>
+        <v>4126083</v>
       </c>
       <c r="B217" s="1082" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="C217" s="1082" t="s">
-        <v>150</v>
+        <v>110</v>
       </c>
       <c r="D217" s="1083" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="E217" s="1082" t="s">
-        <v>152</v>
+        <v>236</v>
       </c>
       <c r="F217" s="1082" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G217" s="1084">
         <v>25</v>
       </c>
       <c r="H217" s="1082" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I217" s="1084">
         <v>1</v>
       </c>
       <c r="J217" s="1083" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="K217" s="1083" t="s">
-        <v>102</v>
+        <v>117</v>
       </c>
       <c r="L217" s="1083"/>
       <c r="M217" s="1083"/>
       <c r="N217" s="1083" t="s">
-        <v>73</v>
+        <v>100</v>
       </c>
       <c r="O217" s="1083" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="P217" s="1083"/>
       <c r="Q217" s="1083"/>
       <c r="R217" s="1083" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S217" s="1084" t="s">
         <v>34</v>
       </c>
       <c r="T217" s="1085">
         <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:20">
       <c r="A218" s="1086">
-        <v>4126065</v>
+        <v>4126022</v>
       </c>
       <c r="B218" s="1087" t="s">
-        <v>235</v>
+        <v>582</v>
       </c>
       <c r="C218" s="1087" t="s">
-        <v>236</v>
+        <v>115</v>
       </c>
       <c r="D218" s="1088" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="E218" s="1087" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="F218" s="1087" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G218" s="1089">
         <v>25</v>
       </c>
       <c r="H218" s="1087" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I218" s="1089">
         <v>1</v>
       </c>
       <c r="J218" s="1088" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="K218" s="1088" t="s">
-        <v>238</v>
-[...1 lines deleted...]
-      <c r="L218" s="1088" t="s">
+        <v>421</v>
+      </c>
+      <c r="L218" s="1088"/>
+      <c r="M218" s="1088"/>
+      <c r="N218" s="1088" t="s">
+        <v>77</v>
+      </c>
+      <c r="O218" s="1088" t="s">
         <v>107</v>
       </c>
-      <c r="M218" s="1088" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="P218" s="1088"/>
+      <c r="Q218" s="1088"/>
       <c r="R218" s="1088" t="s">
         <v>33</v>
       </c>
       <c r="S218" s="1089" t="s">
         <v>34</v>
       </c>
       <c r="T218" s="1090">
         <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:20">
       <c r="A219" s="1091">
-        <v>4126168</v>
+        <v>4126213</v>
       </c>
       <c r="B219" s="1092" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="C219" s="1092" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="D219" s="1093" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="E219" s="1092" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="F219" s="1092" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G219" s="1094">
         <v>25</v>
       </c>
       <c r="H219" s="1092" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I219" s="1094">
         <v>1</v>
       </c>
       <c r="J219" s="1093" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="K219" s="1093" t="s">
-        <v>316</v>
+        <v>97</v>
       </c>
       <c r="L219" s="1093"/>
       <c r="M219" s="1093"/>
       <c r="N219" s="1093" t="s">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="O219" s="1093" t="s">
-        <v>65</v>
-[...6 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="P219" s="1093"/>
+      <c r="Q219" s="1093"/>
       <c r="R219" s="1093" t="s">
         <v>33</v>
       </c>
       <c r="S219" s="1094" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T219" s="1095">
         <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:20">
       <c r="A220" s="1096">
-        <v>4126173</v>
+        <v>4126111</v>
       </c>
       <c r="B220" s="1097" t="s">
-        <v>582</v>
-[...3 lines deleted...]
-      </c>
+        <v>586</v>
+      </c>
+      <c r="C220" s="1097"/>
       <c r="D220" s="1098" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="E220" s="1097" t="s">
-        <v>178</v>
+        <v>588</v>
       </c>
       <c r="F220" s="1097" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G220" s="1099">
         <v>25</v>
       </c>
       <c r="H220" s="1097" t="s">
-        <v>358</v>
+        <v>589</v>
       </c>
       <c r="I220" s="1099">
-        <v>1</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="J220" s="1098"/>
+      <c r="K220" s="1098"/>
       <c r="L220" s="1098"/>
       <c r="M220" s="1098"/>
       <c r="N220" s="1098" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="O220" s="1098" t="s">
-        <v>48</v>
-[...6 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="P220" s="1098"/>
+      <c r="Q220" s="1098"/>
       <c r="R220" s="1098" t="s">
         <v>33</v>
       </c>
       <c r="S220" s="1099" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="T220" s="1100"/>
     </row>
     <row r="221" spans="1:20">
       <c r="A221" s="1101">
-        <v>4126196</v>
+        <v>4126202</v>
       </c>
       <c r="B221" s="1102" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="C221" s="1102" t="s">
+        <v>591</v>
+      </c>
+      <c r="D221" s="1103" t="s">
+        <v>592</v>
+      </c>
+      <c r="E221" s="1102" t="s">
+        <v>139</v>
+      </c>
+      <c r="F221" s="1102" t="s">
+        <v>140</v>
+      </c>
+      <c r="G221" s="1104">
+        <v>25</v>
+      </c>
+      <c r="H221" s="1102" t="s">
         <v>188</v>
       </c>
-      <c r="D221" s="1103" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I221" s="1104">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J221" s="1103" t="s">
-        <v>71</v>
+        <v>455</v>
       </c>
       <c r="K221" s="1103" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-      <c r="M221" s="1103"/>
+        <v>456</v>
+      </c>
+      <c r="L221" s="1103" t="s">
+        <v>51</v>
+      </c>
+      <c r="M221" s="1103" t="s">
+        <v>148</v>
+      </c>
       <c r="N221" s="1103" t="s">
-        <v>73</v>
+        <v>108</v>
       </c>
       <c r="O221" s="1103" t="s">
-        <v>74</v>
+        <v>108</v>
       </c>
       <c r="P221" s="1103" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="Q221" s="1103" t="s">
-        <v>74</v>
+        <v>48</v>
       </c>
       <c r="R221" s="1103" t="s">
         <v>33</v>
       </c>
       <c r="S221" s="1104" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>310</v>
+        <v>34</v>
+      </c>
+      <c r="T221" s="1105">
+        <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:20">
       <c r="A222" s="1106">
-        <v>4126016</v>
+        <v>4126154</v>
       </c>
       <c r="B222" s="1107" t="s">
-        <v>588</v>
+        <v>273</v>
       </c>
       <c r="C222" s="1107" t="s">
-        <v>118</v>
+        <v>175</v>
       </c>
       <c r="D222" s="1108" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="E222" s="1107" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="F222" s="1107" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G222" s="1109">
         <v>25</v>
       </c>
       <c r="H222" s="1107" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I222" s="1109">
         <v>1</v>
       </c>
       <c r="J222" s="1108" t="s">
-        <v>101</v>
+        <v>56</v>
       </c>
       <c r="K222" s="1108" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-      <c r="M222" s="1108"/>
+        <v>56</v>
+      </c>
+      <c r="L222" s="1108" t="s">
+        <v>81</v>
+      </c>
+      <c r="M222" s="1108" t="s">
+        <v>176</v>
+      </c>
       <c r="N222" s="1108" t="s">
-        <v>73</v>
+        <v>108</v>
       </c>
       <c r="O222" s="1108" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-      <c r="Q222" s="1108"/>
+        <v>108</v>
+      </c>
+      <c r="P222" s="1108" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q222" s="1108" t="s">
+        <v>69</v>
+      </c>
       <c r="R222" s="1108" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S222" s="1109" t="s">
         <v>34</v>
       </c>
       <c r="T222" s="1110">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:20">
       <c r="A223" s="1111">
-        <v>4126116</v>
+        <v>4126114</v>
       </c>
       <c r="B223" s="1112" t="s">
-        <v>590</v>
-[...1 lines deleted...]
-      <c r="C223" s="1112"/>
+        <v>594</v>
+      </c>
+      <c r="C223" s="1112" t="s">
+        <v>231</v>
+      </c>
       <c r="D223" s="1113" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="E223" s="1112" t="s">
-        <v>592</v>
+        <v>169</v>
       </c>
       <c r="F223" s="1112" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G223" s="1114">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H223" s="1112" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I223" s="1114">
         <v>1</v>
       </c>
       <c r="J223" s="1113" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="K223" s="1113" t="s">
-        <v>297</v>
+        <v>320</v>
       </c>
       <c r="L223" s="1113"/>
       <c r="M223" s="1113"/>
       <c r="N223" s="1113" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="O223" s="1113" t="s">
-        <v>234</v>
+        <v>107</v>
       </c>
       <c r="P223" s="1113"/>
       <c r="Q223" s="1113"/>
       <c r="R223" s="1113" t="s">
-        <v>206</v>
+        <v>218</v>
       </c>
       <c r="S223" s="1114" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T223" s="1115">
-        <v>11.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:20">
       <c r="A224" s="1116">
-        <v>4126067</v>
+        <v>4126156</v>
       </c>
       <c r="B224" s="1117" t="s">
-        <v>311</v>
+        <v>294</v>
       </c>
       <c r="C224" s="1117" t="s">
-        <v>312</v>
+        <v>175</v>
       </c>
       <c r="D224" s="1118" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="E224" s="1117" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="F224" s="1117" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G224" s="1119">
         <v>25</v>
       </c>
       <c r="H224" s="1117" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I224" s="1119">
         <v>1</v>
       </c>
       <c r="J224" s="1118" t="s">
-        <v>101</v>
+        <v>75</v>
       </c>
       <c r="K224" s="1118" t="s">
-        <v>102</v>
+        <v>295</v>
       </c>
       <c r="L224" s="1118"/>
       <c r="M224" s="1118"/>
       <c r="N224" s="1118" t="s">
-        <v>73</v>
+        <v>108</v>
       </c>
       <c r="O224" s="1118" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="P224" s="1118" t="s">
-        <v>104</v>
+        <v>68</v>
       </c>
       <c r="Q224" s="1118" t="s">
-        <v>104</v>
+        <v>69</v>
       </c>
       <c r="R224" s="1118" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S224" s="1119" t="s">
         <v>34</v>
       </c>
       <c r="T224" s="1120">
         <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:20">
       <c r="A225" s="1121">
-        <v>4126161</v>
+        <v>4126100</v>
       </c>
       <c r="B225" s="1122" t="s">
-        <v>219</v>
+        <v>255</v>
       </c>
       <c r="C225" s="1122" t="s">
-        <v>220</v>
+        <v>256</v>
       </c>
       <c r="D225" s="1123" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="E225" s="1122" t="s">
-        <v>178</v>
+        <v>258</v>
       </c>
       <c r="F225" s="1122" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G225" s="1124">
         <v>25</v>
       </c>
       <c r="H225" s="1122" t="s">
-        <v>358</v>
+        <v>259</v>
       </c>
       <c r="I225" s="1124">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J225" s="1123" t="s">
-        <v>222</v>
+        <v>64</v>
       </c>
       <c r="K225" s="1123" t="s">
-        <v>223</v>
+        <v>66</v>
       </c>
       <c r="L225" s="1123"/>
       <c r="M225" s="1123"/>
       <c r="N225" s="1123" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="O225" s="1123" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-      <c r="Q225" s="1123"/>
+        <v>66</v>
+      </c>
+      <c r="P225" s="1123" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q225" s="1123" t="s">
+        <v>108</v>
+      </c>
       <c r="R225" s="1123" t="s">
         <v>33</v>
       </c>
       <c r="S225" s="1124" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T225" s="1125">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="226" spans="1:20">
       <c r="A226" s="1126">
-        <v>4126174</v>
+        <v>4126219</v>
       </c>
       <c r="B226" s="1127" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="C226" s="1127" t="s">
-        <v>76</v>
+        <v>368</v>
       </c>
       <c r="D226" s="1128" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="E226" s="1127" t="s">
-        <v>178</v>
+        <v>207</v>
       </c>
       <c r="F226" s="1127" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G226" s="1129">
         <v>25</v>
       </c>
       <c r="H226" s="1127" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I226" s="1129">
         <v>1</v>
       </c>
       <c r="J226" s="1128" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="K226" s="1128" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-      <c r="M226" s="1128"/>
+        <v>59</v>
+      </c>
+      <c r="L226" s="1128" t="s">
+        <v>98</v>
+      </c>
+      <c r="M226" s="1128" t="s">
+        <v>59</v>
+      </c>
       <c r="N226" s="1128" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="O226" s="1128" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-      <c r="Q226" s="1128"/>
+        <v>227</v>
+      </c>
+      <c r="P226" s="1128" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q226" s="1128" t="s">
+        <v>135</v>
+      </c>
       <c r="R226" s="1128" t="s">
         <v>33</v>
       </c>
       <c r="S226" s="1129" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T226" s="1130">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="227" spans="1:20">
       <c r="A227" s="1131">
-        <v>4126118</v>
+        <v>4126056</v>
       </c>
       <c r="B227" s="1132" t="s">
-        <v>276</v>
+        <v>599</v>
       </c>
       <c r="C227" s="1132" t="s">
-        <v>277</v>
+        <v>600</v>
       </c>
       <c r="D227" s="1133" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="E227" s="1132" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="F227" s="1132" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G227" s="1134">
         <v>25</v>
       </c>
       <c r="H227" s="1132" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I227" s="1134">
         <v>1</v>
       </c>
       <c r="J227" s="1133" t="s">
-        <v>60</v>
+        <v>91</v>
       </c>
       <c r="K227" s="1133" t="s">
-        <v>278</v>
+        <v>91</v>
       </c>
       <c r="L227" s="1133"/>
       <c r="M227" s="1133"/>
       <c r="N227" s="1133" t="s">
-        <v>62</v>
+        <v>108</v>
       </c>
       <c r="O227" s="1133" t="s">
-        <v>62</v>
+        <v>108</v>
       </c>
       <c r="P227" s="1133" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="Q227" s="1133" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="R227" s="1133" t="s">
         <v>33</v>
       </c>
       <c r="S227" s="1134" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T227" s="1135">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:20">
       <c r="A228" s="1136">
-        <v>4126198</v>
+        <v>4126183</v>
       </c>
       <c r="B228" s="1137" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="C228" s="1137" t="s">
-        <v>598</v>
+        <v>55</v>
       </c>
       <c r="D228" s="1138" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="E228" s="1137" t="s">
-        <v>178</v>
+        <v>473</v>
       </c>
       <c r="F228" s="1137" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G228" s="1139">
         <v>25</v>
       </c>
       <c r="H228" s="1137" t="s">
-        <v>358</v>
+        <v>259</v>
       </c>
       <c r="I228" s="1139">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J228" s="1138" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="K228" s="1138" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="L228" s="1138"/>
       <c r="M228" s="1138"/>
       <c r="N228" s="1138" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="O228" s="1138" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="P228" s="1138" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="Q228" s="1138" t="s">
-        <v>88</v>
+        <v>61</v>
       </c>
       <c r="R228" s="1138" t="s">
         <v>33</v>
       </c>
       <c r="S228" s="1139" t="s">
         <v>42</v>
       </c>
       <c r="T228" s="1140">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="229" spans="1:20">
       <c r="A229" s="1141">
-        <v>4126039</v>
+        <v>4126093</v>
       </c>
       <c r="B229" s="1142" t="s">
-        <v>181</v>
+        <v>222</v>
       </c>
       <c r="C229" s="1142" t="s">
-        <v>182</v>
+        <v>223</v>
       </c>
       <c r="D229" s="1143" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="E229" s="1142" t="s">
-        <v>184</v>
+        <v>139</v>
       </c>
       <c r="F229" s="1142" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G229" s="1144">
         <v>25</v>
       </c>
       <c r="H229" s="1142" t="s">
-        <v>403</v>
+        <v>188</v>
       </c>
       <c r="I229" s="1144">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J229" s="1143" t="s">
-        <v>92</v>
+        <v>225</v>
       </c>
       <c r="K229" s="1143" t="s">
-        <v>55</v>
+        <v>226</v>
       </c>
       <c r="L229" s="1143" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="M229" s="1143" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="N229" s="1143" t="s">
-        <v>55</v>
+        <v>108</v>
       </c>
       <c r="O229" s="1143" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-      <c r="Q229" s="1143"/>
+        <v>108</v>
+      </c>
+      <c r="P229" s="1143" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q229" s="1143" t="s">
+        <v>227</v>
+      </c>
       <c r="R229" s="1143" t="s">
         <v>33</v>
       </c>
       <c r="S229" s="1144" t="s">
         <v>34</v>
       </c>
       <c r="T229" s="1145">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:20">
       <c r="A230" s="1146">
-        <v>4126050</v>
+        <v>4126038</v>
       </c>
       <c r="B230" s="1147" t="s">
-        <v>303</v>
+        <v>605</v>
       </c>
       <c r="C230" s="1147" t="s">
-        <v>59</v>
+        <v>234</v>
       </c>
       <c r="D230" s="1148" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="E230" s="1147" t="s">
-        <v>225</v>
+        <v>607</v>
       </c>
       <c r="F230" s="1147" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G230" s="1149">
         <v>25</v>
       </c>
       <c r="H230" s="1147" t="s">
-        <v>358</v>
+        <v>334</v>
       </c>
       <c r="I230" s="1149">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J230" s="1148" t="s">
-        <v>60</v>
+        <v>608</v>
       </c>
       <c r="K230" s="1148" t="s">
-        <v>61</v>
+        <v>609</v>
       </c>
       <c r="L230" s="1148"/>
       <c r="M230" s="1148"/>
       <c r="N230" s="1148" t="s">
-        <v>62</v>
+        <v>108</v>
       </c>
       <c r="O230" s="1148" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-      <c r="Q230" s="1148"/>
+        <v>108</v>
+      </c>
+      <c r="P230" s="1148" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q230" s="1148" t="s">
+        <v>69</v>
+      </c>
       <c r="R230" s="1148" t="s">
         <v>33</v>
       </c>
       <c r="S230" s="1149" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T230" s="1150">
-        <v>7</v>
+        <v>18</v>
       </c>
     </row>
     <row r="231" spans="1:20">
       <c r="A231" s="1151">
-        <v>4126031</v>
+        <v>4126210</v>
       </c>
       <c r="B231" s="1152" t="s">
-        <v>601</v>
+        <v>610</v>
       </c>
       <c r="C231" s="1152" t="s">
-        <v>146</v>
+        <v>377</v>
       </c>
       <c r="D231" s="1153" t="s">
-        <v>600</v>
+        <v>611</v>
       </c>
       <c r="E231" s="1152" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="F231" s="1152" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G231" s="1154">
         <v>25</v>
       </c>
       <c r="H231" s="1152" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I231" s="1154">
         <v>1</v>
       </c>
       <c r="J231" s="1153" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="K231" s="1153" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="L231" s="1153"/>
       <c r="M231" s="1153"/>
       <c r="N231" s="1153" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="O231" s="1153" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="P231" s="1153"/>
       <c r="Q231" s="1153"/>
       <c r="R231" s="1153" t="s">
         <v>33</v>
       </c>
       <c r="S231" s="1154" t="s">
         <v>42</v>
       </c>
       <c r="T231" s="1155">
         <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:20">
       <c r="A232" s="1156">
-        <v>4126182</v>
+        <v>4126160</v>
       </c>
       <c r="B232" s="1157" t="s">
-        <v>602</v>
+        <v>459</v>
       </c>
       <c r="C232" s="1157" t="s">
-        <v>603</v>
+        <v>261</v>
       </c>
       <c r="D232" s="1158" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
       <c r="E232" s="1157" t="s">
-        <v>178</v>
+        <v>461</v>
       </c>
       <c r="F232" s="1157" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G232" s="1159">
         <v>25</v>
       </c>
       <c r="H232" s="1157" t="s">
-        <v>358</v>
+        <v>264</v>
       </c>
       <c r="I232" s="1159">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J232" s="1158" t="s">
-        <v>101</v>
+        <v>455</v>
       </c>
       <c r="K232" s="1158" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-      <c r="M232" s="1158"/>
+        <v>462</v>
+      </c>
+      <c r="L232" s="1158" t="s">
+        <v>81</v>
+      </c>
+      <c r="M232" s="1158" t="s">
+        <v>463</v>
+      </c>
       <c r="N232" s="1158" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="O232" s="1158" t="s">
-        <v>103</v>
+        <v>83</v>
       </c>
       <c r="P232" s="1158"/>
       <c r="Q232" s="1158"/>
       <c r="R232" s="1158" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S232" s="1159" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T232" s="1160">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="233" spans="1:20">
       <c r="A233" s="1161">
-        <v>4126078</v>
+        <v>4126014</v>
       </c>
       <c r="B233" s="1162" t="s">
-        <v>605</v>
+        <v>306</v>
       </c>
       <c r="C233" s="1162" t="s">
-        <v>269</v>
+        <v>307</v>
       </c>
       <c r="D233" s="1163" t="s">
-        <v>606</v>
+        <v>613</v>
       </c>
       <c r="E233" s="1162" t="s">
-        <v>147</v>
+        <v>308</v>
       </c>
       <c r="F233" s="1162" t="s">
         <v>24</v>
       </c>
       <c r="G233" s="1164">
         <v>25</v>
       </c>
       <c r="H233" s="1162" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I233" s="1164">
         <v>1</v>
       </c>
       <c r="J233" s="1163" t="s">
-        <v>71</v>
+        <v>105</v>
       </c>
       <c r="K233" s="1163" t="s">
-        <v>316</v>
-[...2 lines deleted...]
-      <c r="M233" s="1163"/>
+        <v>106</v>
+      </c>
+      <c r="L233" s="1163" t="s">
+        <v>123</v>
+      </c>
+      <c r="M233" s="1163" t="s">
+        <v>309</v>
+      </c>
       <c r="N233" s="1163" t="s">
-        <v>47</v>
+        <v>77</v>
       </c>
       <c r="O233" s="1163" t="s">
-        <v>49</v>
+        <v>107</v>
       </c>
       <c r="P233" s="1163"/>
       <c r="Q233" s="1163"/>
       <c r="R233" s="1163" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S233" s="1164" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T233" s="1165">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="234" spans="1:20">
       <c r="A234" s="1166">
-        <v>4126098</v>
+        <v>4126189</v>
       </c>
       <c r="B234" s="1167" t="s">
-        <v>607</v>
+        <v>614</v>
       </c>
       <c r="C234" s="1167" t="s">
-        <v>401</v>
+        <v>352</v>
       </c>
       <c r="D234" s="1168" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="E234" s="1167" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="F234" s="1167" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G234" s="1169">
         <v>25</v>
       </c>
       <c r="H234" s="1167" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I234" s="1169">
         <v>1</v>
       </c>
       <c r="J234" s="1168" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="K234" s="1168" t="s">
-        <v>46</v>
+        <v>66</v>
       </c>
       <c r="L234" s="1168"/>
       <c r="M234" s="1168"/>
       <c r="N234" s="1168" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="O234" s="1168" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="P234" s="1168"/>
       <c r="Q234" s="1168"/>
       <c r="R234" s="1168" t="s">
         <v>33</v>
       </c>
       <c r="S234" s="1169" t="s">
         <v>42</v>
       </c>
       <c r="T234" s="1170">
         <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:20">
       <c r="A235" s="1171">
-        <v>4126081</v>
+        <v>4126053</v>
       </c>
       <c r="B235" s="1172" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
       <c r="C235" s="1172" t="s">
-        <v>269</v>
+        <v>21</v>
       </c>
       <c r="D235" s="1173" t="s">
+        <v>617</v>
+      </c>
+      <c r="E235" s="1172" t="s">
+        <v>139</v>
+      </c>
+      <c r="F235" s="1172" t="s">
+        <v>140</v>
+      </c>
+      <c r="G235" s="1174">
+        <v>25</v>
+      </c>
+      <c r="H235" s="1172" t="s">
+        <v>188</v>
+      </c>
+      <c r="I235" s="1174">
+        <v>1</v>
+      </c>
+      <c r="J235" s="1173" t="s">
         <v>608</v>
       </c>
-      <c r="E235" s="1172" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K235" s="1173" t="s">
-        <v>113</v>
-[...6 lines deleted...]
-      </c>
+        <v>618</v>
+      </c>
+      <c r="L235" s="1173"/>
+      <c r="M235" s="1173"/>
       <c r="N235" s="1173" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="O235" s="1173" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-      <c r="Q235" s="1173"/>
+        <v>48</v>
+      </c>
+      <c r="P235" s="1173" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q235" s="1173" t="s">
+        <v>66</v>
+      </c>
       <c r="R235" s="1173" t="s">
         <v>33</v>
       </c>
       <c r="S235" s="1174" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T235" s="1175">
         <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:20">
       <c r="A236" s="1176">
-        <v>4326011</v>
+        <v>4126208</v>
       </c>
       <c r="B236" s="1177" t="s">
-        <v>610</v>
+        <v>452</v>
       </c>
       <c r="C236" s="1177" t="s">
-        <v>21</v>
+        <v>328</v>
       </c>
       <c r="D236" s="1178" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="E236" s="1177" t="s">
-        <v>23</v>
+        <v>236</v>
       </c>
       <c r="F236" s="1177" t="s">
         <v>24</v>
       </c>
-      <c r="G236" s="1179" t="s">
+      <c r="G236" s="1179">
         <v>25</v>
       </c>
       <c r="H236" s="1177" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I236" s="1179">
         <v>1</v>
       </c>
       <c r="J236" s="1178" t="s">
-        <v>45</v>
+        <v>75</v>
       </c>
       <c r="K236" s="1178" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="L236" s="1178" t="s">
-        <v>158</v>
+        <v>98</v>
       </c>
       <c r="M236" s="1178" t="s">
-        <v>159</v>
+        <v>59</v>
       </c>
       <c r="N236" s="1178" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="O236" s="1178" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="P236" s="1178" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="Q236" s="1178" t="s">
-        <v>160</v>
+        <v>60</v>
       </c>
       <c r="R236" s="1178" t="s">
         <v>33</v>
       </c>
       <c r="S236" s="1179" t="s">
         <v>42</v>
       </c>
       <c r="T236" s="1180">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:20">
       <c r="A237" s="1181">
-        <v>4326047</v>
+        <v>4126123</v>
       </c>
       <c r="B237" s="1182" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="C237" s="1182" t="s">
-        <v>44</v>
+        <v>331</v>
       </c>
       <c r="D237" s="1183" t="s">
-        <v>611</v>
+        <v>620</v>
       </c>
       <c r="E237" s="1182" t="s">
-        <v>23</v>
+        <v>621</v>
       </c>
       <c r="F237" s="1182" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>140</v>
+      </c>
+      <c r="G237" s="1184">
+        <v>20</v>
       </c>
       <c r="H237" s="1182" t="s">
-        <v>343</v>
+        <v>334</v>
       </c>
       <c r="I237" s="1184">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J237" s="1183" t="s">
-        <v>45</v>
+        <v>105</v>
       </c>
       <c r="K237" s="1183" t="s">
-        <v>46</v>
+        <v>335</v>
       </c>
       <c r="L237" s="1183"/>
       <c r="M237" s="1183"/>
       <c r="N237" s="1183" t="s">
-        <v>47</v>
+        <v>77</v>
       </c>
       <c r="O237" s="1183" t="s">
-        <v>48</v>
-[...6 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="P237" s="1183"/>
+      <c r="Q237" s="1183"/>
       <c r="R237" s="1183" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S237" s="1184" t="s">
         <v>34</v>
       </c>
       <c r="T237" s="1185">
-        <v>3</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="238" spans="1:20">
       <c r="A238" s="1186">
-        <v>4326053</v>
+        <v>4126077</v>
       </c>
       <c r="B238" s="1187" t="s">
-        <v>613</v>
+        <v>243</v>
       </c>
       <c r="C238" s="1187" t="s">
-        <v>130</v>
+        <v>244</v>
       </c>
       <c r="D238" s="1188" t="s">
-        <v>611</v>
+        <v>622</v>
       </c>
       <c r="E238" s="1187" t="s">
-        <v>23</v>
+        <v>207</v>
       </c>
       <c r="F238" s="1187" t="s">
         <v>24</v>
       </c>
-      <c r="G238" s="1189" t="s">
+      <c r="G238" s="1189">
         <v>25</v>
       </c>
       <c r="H238" s="1187" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I238" s="1189">
         <v>1</v>
       </c>
       <c r="J238" s="1188" t="s">
-        <v>52</v>
+        <v>75</v>
       </c>
       <c r="K238" s="1188" t="s">
-        <v>52</v>
+        <v>86</v>
       </c>
       <c r="L238" s="1188" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="M238" s="1188" t="s">
-        <v>346</v>
+        <v>87</v>
       </c>
       <c r="N238" s="1188" t="s">
-        <v>104</v>
+        <v>47</v>
       </c>
       <c r="O238" s="1188" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-      <c r="Q238" s="1188"/>
+        <v>88</v>
+      </c>
+      <c r="P238" s="1188" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q238" s="1188" t="s">
+        <v>61</v>
+      </c>
       <c r="R238" s="1188" t="s">
         <v>33</v>
       </c>
       <c r="S238" s="1189" t="s">
         <v>34</v>
       </c>
       <c r="T238" s="1190">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="239" spans="1:20">
       <c r="A239" s="1191">
-        <v>4326059</v>
+        <v>4126107</v>
       </c>
       <c r="B239" s="1192" t="s">
-        <v>614</v>
+        <v>623</v>
       </c>
       <c r="C239" s="1192" t="s">
-        <v>51</v>
+        <v>231</v>
       </c>
       <c r="D239" s="1193" t="s">
-        <v>611</v>
+        <v>622</v>
       </c>
       <c r="E239" s="1192" t="s">
-        <v>23</v>
+        <v>169</v>
       </c>
       <c r="F239" s="1192" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G239" s="1194" t="s">
+        <v>140</v>
+      </c>
+      <c r="G239" s="1194">
         <v>25</v>
       </c>
       <c r="H239" s="1192" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I239" s="1194">
         <v>1</v>
       </c>
       <c r="J239" s="1193" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="K239" s="1193" t="s">
-        <v>52</v>
-[...6 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="L239" s="1193"/>
+      <c r="M239" s="1193"/>
       <c r="N239" s="1193" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="O239" s="1193" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="P239" s="1193"/>
+      <c r="Q239" s="1193"/>
       <c r="R239" s="1193" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S239" s="1194" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T239" s="1195">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:20">
       <c r="A240" s="1196">
-        <v>4326005</v>
+        <v>4126033</v>
       </c>
       <c r="B240" s="1197" t="s">
-        <v>615</v>
+        <v>624</v>
       </c>
       <c r="C240" s="1197" t="s">
-        <v>59</v>
+        <v>234</v>
       </c>
       <c r="D240" s="1198" t="s">
-        <v>611</v>
+        <v>625</v>
       </c>
       <c r="E240" s="1197" t="s">
-        <v>23</v>
+        <v>236</v>
       </c>
       <c r="F240" s="1197" t="s">
         <v>24</v>
       </c>
-      <c r="G240" s="1199" t="s">
+      <c r="G240" s="1199">
         <v>25</v>
       </c>
       <c r="H240" s="1197" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I240" s="1199">
         <v>1</v>
       </c>
       <c r="J240" s="1198" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="K240" s="1198" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="L240" s="1198"/>
       <c r="M240" s="1198"/>
       <c r="N240" s="1198" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="O240" s="1198" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="P240" s="1198"/>
       <c r="Q240" s="1198"/>
       <c r="R240" s="1198" t="s">
         <v>33</v>
       </c>
       <c r="S240" s="1199" t="s">
         <v>42</v>
       </c>
       <c r="T240" s="1200">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:20">
       <c r="A241" s="1201">
-        <v>4326017</v>
+        <v>4126023</v>
       </c>
       <c r="B241" s="1202" t="s">
-        <v>616</v>
+        <v>626</v>
       </c>
       <c r="C241" s="1202" t="s">
-        <v>21</v>
+        <v>627</v>
       </c>
       <c r="D241" s="1203" t="s">
-        <v>611</v>
+        <v>625</v>
       </c>
       <c r="E241" s="1202" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="F241" s="1202" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G241" s="1204" t="s">
+        <v>140</v>
+      </c>
+      <c r="G241" s="1204">
         <v>25</v>
       </c>
       <c r="H241" s="1202" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I241" s="1204">
         <v>1</v>
       </c>
       <c r="J241" s="1203" t="s">
-        <v>60</v>
+        <v>216</v>
       </c>
       <c r="K241" s="1203" t="s">
-        <v>62</v>
+        <v>335</v>
       </c>
       <c r="L241" s="1203"/>
       <c r="M241" s="1203"/>
       <c r="N241" s="1203" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="O241" s="1203" t="s">
-        <v>66</v>
-[...6 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="P241" s="1203"/>
+      <c r="Q241" s="1203"/>
       <c r="R241" s="1203" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S241" s="1204" t="s">
         <v>42</v>
       </c>
       <c r="T241" s="1205">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:20">
       <c r="A242" s="1206">
-        <v>4326023</v>
+        <v>4126097</v>
       </c>
       <c r="B242" s="1207" t="s">
-        <v>617</v>
+        <v>628</v>
       </c>
       <c r="C242" s="1207" t="s">
-        <v>21</v>
+        <v>256</v>
       </c>
       <c r="D242" s="1208" t="s">
-        <v>611</v>
+        <v>629</v>
       </c>
       <c r="E242" s="1207" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="F242" s="1207" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G242" s="1209" t="s">
+        <v>140</v>
+      </c>
+      <c r="G242" s="1209">
         <v>25</v>
       </c>
       <c r="H242" s="1207" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I242" s="1209">
         <v>1</v>
       </c>
       <c r="J242" s="1208" t="s">
-        <v>60</v>
+        <v>420</v>
       </c>
       <c r="K242" s="1208" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-      <c r="M242" s="1208"/>
+        <v>630</v>
+      </c>
+      <c r="L242" s="1208" t="s">
+        <v>123</v>
+      </c>
+      <c r="M242" s="1208" t="s">
+        <v>389</v>
+      </c>
       <c r="N242" s="1208" t="s">
-        <v>64</v>
+        <v>77</v>
       </c>
       <c r="O242" s="1208" t="s">
-        <v>65</v>
-[...6 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="P242" s="1208"/>
+      <c r="Q242" s="1208"/>
       <c r="R242" s="1208" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S242" s="1209" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T242" s="1210">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:20">
       <c r="A243" s="1211">
-        <v>4326029</v>
+        <v>4126062</v>
       </c>
       <c r="B243" s="1212" t="s">
-        <v>618</v>
+        <v>631</v>
       </c>
       <c r="C243" s="1212" t="s">
-        <v>81</v>
+        <v>205</v>
       </c>
       <c r="D243" s="1213" t="s">
-        <v>611</v>
+        <v>629</v>
       </c>
       <c r="E243" s="1212" t="s">
-        <v>23</v>
+        <v>236</v>
       </c>
       <c r="F243" s="1212" t="s">
         <v>24</v>
       </c>
-      <c r="G243" s="1214" t="s">
+      <c r="G243" s="1214">
         <v>25</v>
       </c>
       <c r="H243" s="1212" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I243" s="1214">
         <v>1</v>
       </c>
       <c r="J243" s="1213" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="K243" s="1213" t="s">
-        <v>82</v>
+        <v>316</v>
       </c>
       <c r="L243" s="1213" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="M243" s="1213" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="N243" s="1213" t="s">
-        <v>47</v>
+        <v>134</v>
       </c>
       <c r="O243" s="1213" t="s">
-        <v>84</v>
+        <v>135</v>
       </c>
       <c r="P243" s="1213"/>
       <c r="Q243" s="1213"/>
       <c r="R243" s="1213" t="s">
         <v>33</v>
       </c>
       <c r="S243" s="1214" t="s">
         <v>42</v>
       </c>
       <c r="T243" s="1215">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:20">
       <c r="A244" s="1216">
-        <v>4326035</v>
+        <v>4126018</v>
       </c>
       <c r="B244" s="1217" t="s">
-        <v>619</v>
+        <v>266</v>
       </c>
       <c r="C244" s="1217" t="s">
-        <v>76</v>
+        <v>267</v>
       </c>
       <c r="D244" s="1218" t="s">
-        <v>611</v>
+        <v>632</v>
       </c>
       <c r="E244" s="1217" t="s">
-        <v>23</v>
+        <v>236</v>
       </c>
       <c r="F244" s="1217" t="s">
         <v>24</v>
       </c>
-      <c r="G244" s="1219" t="s">
+      <c r="G244" s="1219">
         <v>25</v>
       </c>
       <c r="H244" s="1217" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I244" s="1219">
         <v>1</v>
       </c>
       <c r="J244" s="1218" t="s">
-        <v>71</v>
-[...7 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="K244" s="1218" t="s">
+        <v>269</v>
+      </c>
+      <c r="L244" s="1218"/>
+      <c r="M244" s="1218"/>
       <c r="N244" s="1218" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="O244" s="1218" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-      <c r="Q244" s="1218"/>
+        <v>69</v>
+      </c>
+      <c r="P244" s="1218" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q244" s="1218" t="s">
+        <v>108</v>
+      </c>
       <c r="R244" s="1218" t="s">
         <v>33</v>
       </c>
       <c r="S244" s="1219" t="s">
         <v>34</v>
       </c>
       <c r="T244" s="1220">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:20">
       <c r="A245" s="1221">
-        <v>4326089</v>
+        <v>4126080</v>
       </c>
       <c r="B245" s="1222" t="s">
-        <v>620</v>
+        <v>633</v>
       </c>
       <c r="C245" s="1222" t="s">
-        <v>70</v>
+        <v>388</v>
       </c>
       <c r="D245" s="1223" t="s">
-        <v>611</v>
+        <v>634</v>
       </c>
       <c r="E245" s="1222" t="s">
-        <v>23</v>
+        <v>236</v>
       </c>
       <c r="F245" s="1222" t="s">
         <v>24</v>
       </c>
-      <c r="G245" s="1224" t="s">
+      <c r="G245" s="1224">
         <v>25</v>
       </c>
       <c r="H245" s="1222" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I245" s="1224">
         <v>1</v>
       </c>
       <c r="J245" s="1223" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="K245" s="1223" t="s">
-        <v>72</v>
+        <v>635</v>
       </c>
       <c r="L245" s="1223"/>
       <c r="M245" s="1223"/>
       <c r="N245" s="1223" t="s">
-        <v>73</v>
+        <v>31</v>
       </c>
       <c r="O245" s="1223" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-      <c r="Q245" s="1223"/>
+        <v>53</v>
+      </c>
+      <c r="P245" s="1223" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q245" s="1223" t="s">
+        <v>49</v>
+      </c>
       <c r="R245" s="1223" t="s">
         <v>33</v>
       </c>
       <c r="S245" s="1224" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T245" s="1225">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="246" spans="1:20">
       <c r="A246" s="1226">
-        <v>4126085</v>
+        <v>4126179</v>
       </c>
       <c r="B246" s="1227" t="s">
-        <v>621</v>
+        <v>317</v>
       </c>
       <c r="C246" s="1227" t="s">
-        <v>622</v>
+        <v>318</v>
       </c>
       <c r="D246" s="1228" t="s">
-        <v>623</v>
+        <v>636</v>
       </c>
       <c r="E246" s="1227" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="F246" s="1227" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G246" s="1229">
         <v>25</v>
       </c>
       <c r="H246" s="1227" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I246" s="1229">
         <v>1</v>
       </c>
       <c r="J246" s="1228" t="s">
-        <v>281</v>
+        <v>96</v>
       </c>
       <c r="K246" s="1228" t="s">
-        <v>281</v>
-[...6 lines deleted...]
-      </c>
+        <v>320</v>
+      </c>
+      <c r="L246" s="1228"/>
+      <c r="M246" s="1228"/>
       <c r="N246" s="1228" t="s">
-        <v>126</v>
+        <v>77</v>
       </c>
       <c r="O246" s="1228" t="s">
-        <v>283</v>
+        <v>130</v>
       </c>
       <c r="P246" s="1228"/>
       <c r="Q246" s="1228"/>
       <c r="R246" s="1228" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S246" s="1229" t="s">
         <v>42</v>
       </c>
       <c r="T246" s="1230">
         <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:20">
       <c r="A247" s="1231">
-        <v>4326095</v>
+        <v>4126195</v>
       </c>
       <c r="B247" s="1232" t="s">
-        <v>626</v>
+        <v>637</v>
       </c>
       <c r="C247" s="1232" t="s">
-        <v>86</v>
+        <v>137</v>
       </c>
       <c r="D247" s="1233" t="s">
-        <v>611</v>
+        <v>638</v>
       </c>
       <c r="E247" s="1232" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="F247" s="1232" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G247" s="1234" t="s">
+        <v>140</v>
+      </c>
+      <c r="G247" s="1234">
         <v>25</v>
       </c>
       <c r="H247" s="1232" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I247" s="1234">
         <v>1</v>
       </c>
       <c r="J247" s="1233" t="s">
-        <v>87</v>
+        <v>45</v>
       </c>
       <c r="K247" s="1233" t="s">
-        <v>87</v>
+        <v>46</v>
       </c>
       <c r="L247" s="1233"/>
       <c r="M247" s="1233"/>
       <c r="N247" s="1233" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="O247" s="1233" t="s">
-        <v>88</v>
+        <v>48</v>
       </c>
       <c r="P247" s="1233" t="s">
-        <v>64</v>
+        <v>31</v>
       </c>
       <c r="Q247" s="1233" t="s">
-        <v>89</v>
+        <v>41</v>
       </c>
       <c r="R247" s="1233" t="s">
         <v>33</v>
       </c>
       <c r="S247" s="1234" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T247" s="1235">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:20">
       <c r="A248" s="1236">
-        <v>4126064</v>
+        <v>4126054</v>
       </c>
       <c r="B248" s="1237" t="s">
-        <v>289</v>
+        <v>639</v>
       </c>
       <c r="C248" s="1237" t="s">
-        <v>290</v>
+        <v>21</v>
       </c>
       <c r="D248" s="1238" t="s">
-        <v>623</v>
+        <v>640</v>
       </c>
       <c r="E248" s="1237" t="s">
-        <v>147</v>
+        <v>236</v>
       </c>
       <c r="F248" s="1237" t="s">
         <v>24</v>
       </c>
       <c r="G248" s="1239">
         <v>25</v>
       </c>
       <c r="H248" s="1237" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I248" s="1239">
         <v>1</v>
       </c>
       <c r="J248" s="1238" t="s">
-        <v>92</v>
+        <v>64</v>
       </c>
       <c r="K248" s="1238" t="s">
-        <v>292</v>
-[...6 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="L248" s="1238"/>
+      <c r="M248" s="1238"/>
       <c r="N248" s="1238" t="s">
-        <v>96</v>
+        <v>66</v>
       </c>
       <c r="O248" s="1238" t="s">
-        <v>97</v>
+        <v>66</v>
       </c>
       <c r="P248" s="1238"/>
       <c r="Q248" s="1238"/>
       <c r="R248" s="1238" t="s">
         <v>33</v>
       </c>
       <c r="S248" s="1239" t="s">
         <v>42</v>
       </c>
       <c r="T248" s="1240">
         <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:20">
       <c r="A249" s="1241">
-        <v>4326077</v>
+        <v>4126103</v>
       </c>
       <c r="B249" s="1242" t="s">
-        <v>627</v>
+        <v>641</v>
       </c>
       <c r="C249" s="1242" t="s">
-        <v>91</v>
+        <v>357</v>
       </c>
       <c r="D249" s="1243" t="s">
-        <v>611</v>
+        <v>642</v>
       </c>
       <c r="E249" s="1242" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="F249" s="1242" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G249" s="1244" t="s">
+        <v>140</v>
+      </c>
+      <c r="G249" s="1244">
         <v>25</v>
       </c>
       <c r="H249" s="1242" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I249" s="1244">
         <v>1</v>
       </c>
       <c r="J249" s="1243" t="s">
-        <v>92</v>
+        <v>64</v>
       </c>
       <c r="K249" s="1243" t="s">
-        <v>93</v>
-[...6 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="L249" s="1243"/>
+      <c r="M249" s="1243"/>
       <c r="N249" s="1243" t="s">
-        <v>96</v>
+        <v>66</v>
       </c>
       <c r="O249" s="1243" t="s">
-        <v>97</v>
+        <v>70</v>
       </c>
       <c r="P249" s="1243"/>
       <c r="Q249" s="1243"/>
       <c r="R249" s="1243" t="s">
         <v>33</v>
       </c>
       <c r="S249" s="1244" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T249" s="1245">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:20">
       <c r="A250" s="1246">
-        <v>4326083</v>
+        <v>4326012</v>
       </c>
       <c r="B250" s="1247" t="s">
-        <v>628</v>
+        <v>643</v>
       </c>
       <c r="C250" s="1247" t="s">
-        <v>91</v>
+        <v>21</v>
       </c>
       <c r="D250" s="1248" t="s">
-        <v>611</v>
+        <v>644</v>
       </c>
       <c r="E250" s="1247" t="s">
         <v>23</v>
       </c>
       <c r="F250" s="1247" t="s">
         <v>24</v>
       </c>
       <c r="G250" s="1249" t="s">
         <v>25</v>
       </c>
       <c r="H250" s="1247" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I250" s="1249">
         <v>1</v>
       </c>
       <c r="J250" s="1248" t="s">
-        <v>92</v>
+        <v>45</v>
       </c>
       <c r="K250" s="1248" t="s">
-        <v>93</v>
+        <v>46</v>
       </c>
       <c r="L250" s="1248" t="s">
-        <v>94</v>
+        <v>51</v>
       </c>
       <c r="M250" s="1248" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="N250" s="1248" t="s">
-        <v>96</v>
+        <v>47</v>
       </c>
       <c r="O250" s="1248" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-      <c r="Q250" s="1248"/>
+        <v>48</v>
+      </c>
+      <c r="P250" s="1248" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q250" s="1248" t="s">
+        <v>53</v>
+      </c>
       <c r="R250" s="1248" t="s">
         <v>33</v>
       </c>
       <c r="S250" s="1249" t="s">
         <v>42</v>
       </c>
       <c r="T250" s="1250">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="251" spans="1:20">
       <c r="A251" s="1251">
-        <v>4326041</v>
+        <v>4326048</v>
       </c>
       <c r="B251" s="1252" t="s">
-        <v>629</v>
+        <v>645</v>
       </c>
       <c r="C251" s="1252" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="D251" s="1253" t="s">
-        <v>611</v>
+        <v>644</v>
       </c>
       <c r="E251" s="1252" t="s">
         <v>23</v>
       </c>
       <c r="F251" s="1252" t="s">
         <v>24</v>
       </c>
       <c r="G251" s="1254" t="s">
         <v>25</v>
       </c>
       <c r="H251" s="1252" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I251" s="1254">
         <v>1</v>
       </c>
       <c r="J251" s="1253" t="s">
-        <v>101</v>
+        <v>45</v>
       </c>
       <c r="K251" s="1253" t="s">
-        <v>113</v>
-[...6 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="L251" s="1253"/>
+      <c r="M251" s="1253"/>
       <c r="N251" s="1253" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="O251" s="1253" t="s">
-        <v>116</v>
+        <v>48</v>
       </c>
       <c r="P251" s="1253" t="s">
-        <v>104</v>
+        <v>47</v>
       </c>
       <c r="Q251" s="1253" t="s">
-        <v>104</v>
+        <v>49</v>
       </c>
       <c r="R251" s="1253" t="s">
         <v>33</v>
       </c>
       <c r="S251" s="1254" t="s">
         <v>34</v>
       </c>
       <c r="T251" s="1255">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="252" spans="1:20">
       <c r="A252" s="1256">
-        <v>4326065</v>
+        <v>4326054</v>
       </c>
       <c r="B252" s="1257" t="s">
-        <v>630</v>
+        <v>646</v>
       </c>
       <c r="C252" s="1257" t="s">
-        <v>106</v>
+        <v>175</v>
       </c>
       <c r="D252" s="1258" t="s">
-        <v>611</v>
+        <v>644</v>
       </c>
       <c r="E252" s="1257" t="s">
         <v>23</v>
       </c>
       <c r="F252" s="1257" t="s">
         <v>24</v>
       </c>
       <c r="G252" s="1259" t="s">
         <v>25</v>
       </c>
       <c r="H252" s="1257" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I252" s="1259">
         <v>1</v>
       </c>
       <c r="J252" s="1258" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="K252" s="1258"/>
+        <v>56</v>
+      </c>
+      <c r="K252" s="1258" t="s">
+        <v>56</v>
+      </c>
       <c r="L252" s="1258" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="M252" s="1258" t="s">
+        <v>176</v>
+      </c>
+      <c r="N252" s="1258" t="s">
         <v>108</v>
       </c>
-      <c r="N252" s="1258" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O252" s="1258" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-      <c r="Q252" s="1258"/>
+        <v>108</v>
+      </c>
+      <c r="P252" s="1258" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q252" s="1258" t="s">
+        <v>61</v>
+      </c>
       <c r="R252" s="1258" t="s">
         <v>33</v>
       </c>
       <c r="S252" s="1259" t="s">
         <v>34</v>
       </c>
       <c r="T252" s="1260">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="253" spans="1:20">
       <c r="A253" s="1261">
-        <v>4326071</v>
+        <v>4326060</v>
       </c>
       <c r="B253" s="1262" t="s">
-        <v>631</v>
+        <v>647</v>
       </c>
       <c r="C253" s="1262" t="s">
-        <v>118</v>
+        <v>55</v>
       </c>
       <c r="D253" s="1263" t="s">
-        <v>611</v>
+        <v>644</v>
       </c>
       <c r="E253" s="1262" t="s">
         <v>23</v>
       </c>
       <c r="F253" s="1262" t="s">
         <v>24</v>
       </c>
       <c r="G253" s="1264" t="s">
         <v>25</v>
       </c>
       <c r="H253" s="1262" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I253" s="1264">
         <v>1</v>
       </c>
       <c r="J253" s="1263" t="s">
-        <v>101</v>
+        <v>56</v>
       </c>
       <c r="K253" s="1263" t="s">
-        <v>102</v>
+        <v>56</v>
       </c>
       <c r="L253" s="1263" t="s">
-        <v>119</v>
+        <v>57</v>
       </c>
       <c r="M253" s="1263" t="s">
-        <v>120</v>
+        <v>58</v>
       </c>
       <c r="N253" s="1263" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="O253" s="1263" t="s">
-        <v>116</v>
+        <v>60</v>
       </c>
       <c r="P253" s="1263" t="s">
-        <v>104</v>
+        <v>47</v>
       </c>
       <c r="Q253" s="1263" t="s">
-        <v>104</v>
+        <v>61</v>
       </c>
       <c r="R253" s="1263" t="s">
         <v>33</v>
       </c>
       <c r="S253" s="1264" t="s">
         <v>34</v>
       </c>
       <c r="T253" s="1265">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="254" spans="1:20">
       <c r="A254" s="1266">
-        <v>4326101</v>
+        <v>4326006</v>
       </c>
       <c r="B254" s="1267" t="s">
-        <v>632</v>
+        <v>648</v>
       </c>
       <c r="C254" s="1267" t="s">
-        <v>100</v>
+        <v>63</v>
       </c>
       <c r="D254" s="1268" t="s">
-        <v>611</v>
+        <v>644</v>
       </c>
       <c r="E254" s="1267" t="s">
         <v>23</v>
       </c>
       <c r="F254" s="1267" t="s">
         <v>24</v>
       </c>
       <c r="G254" s="1269" t="s">
         <v>25</v>
       </c>
       <c r="H254" s="1267" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I254" s="1269">
         <v>1</v>
       </c>
       <c r="J254" s="1268" t="s">
-        <v>101</v>
+        <v>64</v>
       </c>
       <c r="K254" s="1268" t="s">
-        <v>102</v>
+        <v>65</v>
       </c>
       <c r="L254" s="1268"/>
       <c r="M254" s="1268"/>
       <c r="N254" s="1268" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="O254" s="1268" t="s">
-        <v>103</v>
-[...6 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="P254" s="1268"/>
+      <c r="Q254" s="1268"/>
       <c r="R254" s="1268" t="s">
         <v>33</v>
       </c>
       <c r="S254" s="1269" t="s">
         <v>42</v>
       </c>
       <c r="T254" s="1270">
         <v>4</v>
       </c>
     </row>
     <row r="255" spans="1:20">
       <c r="A255" s="1271">
-        <v>4126021</v>
+        <v>4326018</v>
       </c>
       <c r="B255" s="1272" t="s">
-        <v>175</v>
+        <v>649</v>
       </c>
       <c r="C255" s="1272" t="s">
-        <v>176</v>
+        <v>21</v>
       </c>
       <c r="D255" s="1273" t="s">
-        <v>633</v>
+        <v>644</v>
       </c>
       <c r="E255" s="1272" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F255" s="1272" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G255" s="1274">
+        <v>24</v>
+      </c>
+      <c r="G255" s="1274" t="s">
         <v>25</v>
       </c>
       <c r="H255" s="1272" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I255" s="1274">
         <v>1</v>
       </c>
       <c r="J255" s="1273" t="s">
-        <v>179</v>
+        <v>64</v>
       </c>
       <c r="K255" s="1273" t="s">
-        <v>180</v>
+        <v>66</v>
       </c>
       <c r="L255" s="1273"/>
       <c r="M255" s="1273"/>
       <c r="N255" s="1273" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
       <c r="O255" s="1273" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-      <c r="Q255" s="1273"/>
+        <v>70</v>
+      </c>
+      <c r="P255" s="1273" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q255" s="1273" t="s">
+        <v>72</v>
+      </c>
       <c r="R255" s="1273" t="s">
         <v>33</v>
       </c>
       <c r="S255" s="1274" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T255" s="1275">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="256" spans="1:20">
       <c r="A256" s="1276">
-        <v>4126041</v>
+        <v>4326024</v>
       </c>
       <c r="B256" s="1277" t="s">
-        <v>634</v>
+        <v>650</v>
       </c>
       <c r="C256" s="1277" t="s">
-        <v>59</v>
+        <v>21</v>
       </c>
       <c r="D256" s="1278" t="s">
-        <v>633</v>
+        <v>644</v>
       </c>
       <c r="E256" s="1277" t="s">
-        <v>225</v>
+        <v>23</v>
       </c>
       <c r="F256" s="1277" t="s">
         <v>24</v>
       </c>
-      <c r="G256" s="1279">
+      <c r="G256" s="1279" t="s">
         <v>25</v>
       </c>
       <c r="H256" s="1277" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I256" s="1279">
         <v>1</v>
       </c>
       <c r="J256" s="1278" t="s">
-        <v>226</v>
+        <v>64</v>
       </c>
       <c r="K256" s="1278" t="s">
-        <v>227</v>
+        <v>66</v>
       </c>
       <c r="L256" s="1278"/>
       <c r="M256" s="1278"/>
       <c r="N256" s="1278" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="O256" s="1278" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-      <c r="Q256" s="1278"/>
+        <v>69</v>
+      </c>
+      <c r="P256" s="1278" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q256" s="1278" t="s">
+        <v>70</v>
+      </c>
       <c r="R256" s="1278" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S256" s="1279" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T256" s="1280">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="257" spans="1:20">
       <c r="A257" s="1281">
-        <v>4126137</v>
+        <v>4326030</v>
       </c>
       <c r="B257" s="1282" t="s">
-        <v>635</v>
+        <v>651</v>
       </c>
       <c r="C257" s="1282" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="D257" s="1283" t="s">
-        <v>636</v>
+        <v>644</v>
       </c>
       <c r="E257" s="1282" t="s">
-        <v>147</v>
+        <v>23</v>
       </c>
       <c r="F257" s="1282" t="s">
         <v>24</v>
       </c>
-      <c r="G257" s="1284">
+      <c r="G257" s="1284" t="s">
         <v>25</v>
       </c>
       <c r="H257" s="1282" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I257" s="1284">
         <v>1</v>
       </c>
       <c r="J257" s="1283" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="K257" s="1283" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="L257" s="1283" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="M257" s="1283" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="N257" s="1283" t="s">
-        <v>96</v>
+        <v>47</v>
       </c>
       <c r="O257" s="1283" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="P257" s="1283"/>
       <c r="Q257" s="1283"/>
       <c r="R257" s="1283" t="s">
         <v>33</v>
       </c>
       <c r="S257" s="1284" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T257" s="1285">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="258" spans="1:20">
       <c r="A258" s="1286">
-        <v>4126048</v>
+        <v>4326036</v>
       </c>
       <c r="B258" s="1287" t="s">
-        <v>637</v>
+        <v>652</v>
       </c>
       <c r="C258" s="1287" t="s">
-        <v>638</v>
+        <v>80</v>
       </c>
       <c r="D258" s="1288" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="E258" s="1287" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F258" s="1287" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G258" s="1289">
+        <v>24</v>
+      </c>
+      <c r="G258" s="1289" t="s">
         <v>25</v>
       </c>
       <c r="H258" s="1287" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I258" s="1289">
         <v>1</v>
       </c>
       <c r="J258" s="1288" t="s">
-        <v>71</v>
-[...5 lines deleted...]
-      <c r="M258" s="1288"/>
+        <v>75</v>
+      </c>
+      <c r="K258" s="1288"/>
+      <c r="L258" s="1288" t="s">
+        <v>81</v>
+      </c>
+      <c r="M258" s="1288" t="s">
+        <v>82</v>
+      </c>
       <c r="N258" s="1288" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="O258" s="1288" t="s">
-        <v>241</v>
+        <v>83</v>
       </c>
       <c r="P258" s="1288"/>
       <c r="Q258" s="1288"/>
       <c r="R258" s="1288" t="s">
         <v>33</v>
       </c>
       <c r="S258" s="1289" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T258" s="1290">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="259" spans="1:20">
       <c r="A259" s="1291">
-        <v>4126073</v>
+        <v>4326090</v>
       </c>
       <c r="B259" s="1292" t="s">
-        <v>336</v>
+        <v>653</v>
       </c>
       <c r="C259" s="1292" t="s">
-        <v>192</v>
+        <v>74</v>
       </c>
       <c r="D259" s="1293" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="E259" s="1292" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F259" s="1292" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G259" s="1294">
+        <v>24</v>
+      </c>
+      <c r="G259" s="1294" t="s">
         <v>25</v>
       </c>
       <c r="H259" s="1292" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I259" s="1294">
         <v>1</v>
       </c>
       <c r="J259" s="1293" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="K259" s="1293" t="s">
-        <v>316</v>
-[...1 lines deleted...]
-      <c r="L259" s="1293" t="s">
+        <v>76</v>
+      </c>
+      <c r="L259" s="1293"/>
+      <c r="M259" s="1293"/>
+      <c r="N259" s="1293" t="s">
         <v>77</v>
       </c>
-      <c r="M259" s="1293" t="s">
+      <c r="O259" s="1293" t="s">
         <v>78</v>
       </c>
-      <c r="N259" s="1293" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="P259" s="1293"/>
+      <c r="Q259" s="1293"/>
       <c r="R259" s="1293" t="s">
         <v>33</v>
       </c>
       <c r="S259" s="1294" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T259" s="1295">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="260" spans="1:20">
       <c r="A260" s="1296">
-        <v>4126169</v>
+        <v>4326096</v>
       </c>
       <c r="B260" s="1297" t="s">
-        <v>641</v>
+        <v>654</v>
       </c>
       <c r="C260" s="1297" t="s">
-        <v>76</v>
+        <v>90</v>
       </c>
       <c r="D260" s="1298" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="E260" s="1297" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F260" s="1297" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G260" s="1299">
+        <v>24</v>
+      </c>
+      <c r="G260" s="1299" t="s">
         <v>25</v>
       </c>
       <c r="H260" s="1297" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I260" s="1299">
         <v>1</v>
       </c>
       <c r="J260" s="1298" t="s">
-        <v>71</v>
+        <v>91</v>
       </c>
       <c r="K260" s="1298" t="s">
-        <v>212</v>
+        <v>91</v>
       </c>
       <c r="L260" s="1298"/>
       <c r="M260" s="1298"/>
       <c r="N260" s="1298" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="O260" s="1298" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-      <c r="Q260" s="1298"/>
+        <v>92</v>
+      </c>
+      <c r="P260" s="1298" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q260" s="1298" t="s">
+        <v>93</v>
+      </c>
       <c r="R260" s="1298" t="s">
         <v>33</v>
       </c>
       <c r="S260" s="1299" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T260" s="1300">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="261" spans="1:20">
       <c r="A261" s="1301">
-        <v>4126164</v>
+        <v>4326078</v>
       </c>
       <c r="B261" s="1302" t="s">
-        <v>228</v>
+        <v>655</v>
       </c>
       <c r="C261" s="1302" t="s">
-        <v>229</v>
+        <v>95</v>
       </c>
       <c r="D261" s="1303" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="E261" s="1302" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F261" s="1302" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G261" s="1304">
+        <v>24</v>
+      </c>
+      <c r="G261" s="1304" t="s">
         <v>25</v>
       </c>
       <c r="H261" s="1302" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I261" s="1304">
         <v>1</v>
       </c>
       <c r="J261" s="1303" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="K261" s="1303" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-      <c r="M261" s="1303"/>
+        <v>97</v>
+      </c>
+      <c r="L261" s="1303" t="s">
+        <v>98</v>
+      </c>
+      <c r="M261" s="1303" t="s">
+        <v>59</v>
+      </c>
       <c r="N261" s="1303" t="s">
-        <v>31</v>
+        <v>100</v>
       </c>
       <c r="O261" s="1303" t="s">
-        <v>41</v>
-[...6 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="P261" s="1303"/>
+      <c r="Q261" s="1303"/>
       <c r="R261" s="1303" t="s">
         <v>33</v>
       </c>
       <c r="S261" s="1304" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T261" s="1305">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="262" spans="1:20">
       <c r="A262" s="1306">
-        <v>4126083</v>
+        <v>4326084</v>
       </c>
       <c r="B262" s="1307" t="s">
+        <v>656</v>
+      </c>
+      <c r="C262" s="1307" t="s">
+        <v>95</v>
+      </c>
+      <c r="D262" s="1308" t="s">
         <v>644</v>
       </c>
-      <c r="C262" s="1307" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E262" s="1307" t="s">
-        <v>147</v>
+        <v>23</v>
       </c>
       <c r="F262" s="1307" t="s">
         <v>24</v>
       </c>
-      <c r="G262" s="1309">
+      <c r="G262" s="1309" t="s">
         <v>25</v>
       </c>
       <c r="H262" s="1307" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I262" s="1309">
         <v>1</v>
       </c>
       <c r="J262" s="1308" t="s">
+        <v>96</v>
+      </c>
+      <c r="K262" s="1308" t="s">
+        <v>97</v>
+      </c>
+      <c r="L262" s="1308" t="s">
+        <v>98</v>
+      </c>
+      <c r="M262" s="1308" t="s">
+        <v>99</v>
+      </c>
+      <c r="N262" s="1308" t="s">
+        <v>100</v>
+      </c>
+      <c r="O262" s="1308" t="s">
         <v>101</v>
-      </c>
-[...9 lines deleted...]
-        <v>109</v>
       </c>
       <c r="P262" s="1308"/>
       <c r="Q262" s="1308"/>
       <c r="R262" s="1308" t="s">
         <v>33</v>
       </c>
       <c r="S262" s="1309" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T262" s="1310">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="263" spans="1:20">
       <c r="A263" s="1311">
-        <v>4126022</v>
+        <v>4326042</v>
       </c>
       <c r="B263" s="1312" t="s">
-        <v>646</v>
+        <v>657</v>
       </c>
       <c r="C263" s="1312" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="D263" s="1313" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="E263" s="1312" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F263" s="1312" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G263" s="1314">
+        <v>24</v>
+      </c>
+      <c r="G263" s="1314" t="s">
         <v>25</v>
       </c>
       <c r="H263" s="1312" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I263" s="1314">
         <v>1</v>
       </c>
       <c r="J263" s="1313" t="s">
-        <v>60</v>
+        <v>105</v>
       </c>
       <c r="K263" s="1313" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-      <c r="M263" s="1313"/>
+        <v>117</v>
+      </c>
+      <c r="L263" s="1313" t="s">
+        <v>118</v>
+      </c>
+      <c r="M263" s="1313" t="s">
+        <v>119</v>
+      </c>
       <c r="N263" s="1313" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="O263" s="1313" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-      <c r="Q263" s="1313"/>
+        <v>120</v>
+      </c>
+      <c r="P263" s="1313" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q263" s="1313" t="s">
+        <v>108</v>
+      </c>
       <c r="R263" s="1313" t="s">
         <v>33</v>
       </c>
       <c r="S263" s="1314" t="s">
         <v>34</v>
       </c>
       <c r="T263" s="1315">
         <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:20">
       <c r="A264" s="1316">
-        <v>4126111</v>
+        <v>4326066</v>
       </c>
       <c r="B264" s="1317" t="s">
-        <v>648</v>
-[...1 lines deleted...]
-      <c r="C264" s="1317"/>
+        <v>658</v>
+      </c>
+      <c r="C264" s="1317" t="s">
+        <v>110</v>
+      </c>
       <c r="D264" s="1318" t="s">
-        <v>649</v>
+        <v>644</v>
       </c>
       <c r="E264" s="1317" t="s">
-        <v>650</v>
+        <v>23</v>
       </c>
       <c r="F264" s="1317" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G264" s="1319">
+        <v>24</v>
+      </c>
+      <c r="G264" s="1319" t="s">
         <v>25</v>
       </c>
       <c r="H264" s="1317" t="s">
-        <v>651</v>
+        <v>172</v>
       </c>
       <c r="I264" s="1319">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J264" s="1318"/>
+        <v>1</v>
+      </c>
+      <c r="J264" s="1318" t="s">
+        <v>105</v>
+      </c>
       <c r="K264" s="1318"/>
-      <c r="L264" s="1318"/>
-      <c r="M264" s="1318"/>
+      <c r="L264" s="1318" t="s">
+        <v>111</v>
+      </c>
+      <c r="M264" s="1318" t="s">
+        <v>112</v>
+      </c>
       <c r="N264" s="1318" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="O264" s="1318" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="P264" s="1318"/>
       <c r="Q264" s="1318"/>
       <c r="R264" s="1318" t="s">
         <v>33</v>
       </c>
       <c r="S264" s="1319" t="s">
         <v>34</v>
       </c>
-      <c r="T264" s="1320"/>
+      <c r="T264" s="1320">
+        <v>4</v>
+      </c>
     </row>
     <row r="265" spans="1:20">
       <c r="A265" s="1321">
-        <v>4126202</v>
+        <v>4326072</v>
       </c>
       <c r="B265" s="1322" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="C265" s="1322" t="s">
-        <v>653</v>
+        <v>122</v>
       </c>
       <c r="D265" s="1323" t="s">
-        <v>654</v>
+        <v>644</v>
       </c>
       <c r="E265" s="1322" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F265" s="1322" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G265" s="1324">
+        <v>24</v>
+      </c>
+      <c r="G265" s="1324" t="s">
         <v>25</v>
       </c>
       <c r="H265" s="1322" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I265" s="1324">
         <v>1</v>
       </c>
       <c r="J265" s="1323" t="s">
-        <v>194</v>
+        <v>105</v>
       </c>
       <c r="K265" s="1323" t="s">
-        <v>195</v>
+        <v>106</v>
       </c>
       <c r="L265" s="1323" t="s">
-        <v>158</v>
+        <v>123</v>
       </c>
       <c r="M265" s="1323" t="s">
-        <v>655</v>
+        <v>124</v>
       </c>
       <c r="N265" s="1323" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="O265" s="1323" t="s">
-        <v>104</v>
+        <v>120</v>
       </c>
       <c r="P265" s="1323" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="Q265" s="1323" t="s">
-        <v>48</v>
+        <v>108</v>
       </c>
       <c r="R265" s="1323" t="s">
         <v>33</v>
       </c>
       <c r="S265" s="1324" t="s">
         <v>34</v>
       </c>
       <c r="T265" s="1325">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="266" spans="1:20">
       <c r="A266" s="1326">
-        <v>4126154</v>
+        <v>4326102</v>
       </c>
       <c r="B266" s="1327" t="s">
-        <v>416</v>
+        <v>660</v>
       </c>
       <c r="C266" s="1327" t="s">
-        <v>130</v>
+        <v>104</v>
       </c>
       <c r="D266" s="1328" t="s">
-        <v>656</v>
+        <v>644</v>
       </c>
       <c r="E266" s="1327" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="F266" s="1327" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G266" s="1329">
+        <v>24</v>
+      </c>
+      <c r="G266" s="1329" t="s">
         <v>25</v>
       </c>
       <c r="H266" s="1327" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I266" s="1329">
         <v>1</v>
       </c>
       <c r="J266" s="1328" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="K266" s="1328" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="L266" s="1328" t="s">
+        <v>106</v>
+      </c>
+      <c r="L266" s="1328"/>
+      <c r="M266" s="1328"/>
+      <c r="N266" s="1328" t="s">
         <v>77</v>
       </c>
-      <c r="M266" s="1328" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O266" s="1328" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="P266" s="1328" t="s">
-        <v>64</v>
+        <v>108</v>
       </c>
       <c r="Q266" s="1328" t="s">
-        <v>65</v>
+        <v>108</v>
       </c>
       <c r="R266" s="1328" t="s">
         <v>33</v>
       </c>
       <c r="S266" s="1329" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T266" s="1330">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="267" spans="1:20">
       <c r="A267" s="1331">
-        <v>4126114</v>
+        <v>4126091</v>
       </c>
       <c r="B267" s="1332" t="s">
-        <v>657</v>
+        <v>381</v>
       </c>
       <c r="C267" s="1332" t="s">
-        <v>150</v>
+        <v>382</v>
       </c>
       <c r="D267" s="1333" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="E267" s="1332" t="s">
-        <v>152</v>
+        <v>236</v>
       </c>
       <c r="F267" s="1332" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G267" s="1334">
         <v>25</v>
       </c>
       <c r="H267" s="1332" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I267" s="1334">
         <v>1</v>
       </c>
       <c r="J267" s="1333" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="K267" s="1333" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-      <c r="M267" s="1333"/>
+        <v>97</v>
+      </c>
+      <c r="L267" s="1333" t="s">
+        <v>98</v>
+      </c>
+      <c r="M267" s="1333" t="s">
+        <v>99</v>
+      </c>
       <c r="N267" s="1333" t="s">
-        <v>73</v>
+        <v>100</v>
       </c>
       <c r="O267" s="1333" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="P267" s="1333"/>
       <c r="Q267" s="1333"/>
       <c r="R267" s="1333" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S267" s="1334" t="s">
         <v>42</v>
       </c>
       <c r="T267" s="1335">
         <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:20">
       <c r="A268" s="1336">
-        <v>4126156</v>
+        <v>4126142</v>
       </c>
       <c r="B268" s="1337" t="s">
-        <v>436</v>
+        <v>391</v>
       </c>
       <c r="C268" s="1337" t="s">
-        <v>130</v>
+        <v>74</v>
       </c>
       <c r="D268" s="1338" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="E268" s="1337" t="s">
-        <v>178</v>
+        <v>207</v>
       </c>
       <c r="F268" s="1337" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G268" s="1339">
         <v>25</v>
       </c>
       <c r="H268" s="1337" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I268" s="1339">
         <v>1</v>
       </c>
       <c r="J268" s="1338" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="K268" s="1338" t="s">
-        <v>133</v>
+        <v>76</v>
       </c>
       <c r="L268" s="1338"/>
       <c r="M268" s="1338"/>
       <c r="N268" s="1338" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="O268" s="1338" t="s">
-        <v>104</v>
-[...6 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="P268" s="1338"/>
+      <c r="Q268" s="1338"/>
       <c r="R268" s="1338" t="s">
         <v>33</v>
       </c>
       <c r="S268" s="1339" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T268" s="1340">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="269" spans="1:20">
       <c r="A269" s="1341">
-        <v>4126100</v>
+        <v>4126070</v>
       </c>
       <c r="B269" s="1342" t="s">
-        <v>400</v>
+        <v>663</v>
       </c>
       <c r="C269" s="1342" t="s">
-        <v>401</v>
+        <v>311</v>
       </c>
       <c r="D269" s="1343" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="E269" s="1342" t="s">
-        <v>307</v>
+        <v>139</v>
       </c>
       <c r="F269" s="1342" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G269" s="1344">
         <v>25</v>
       </c>
       <c r="H269" s="1342" t="s">
-        <v>403</v>
+        <v>188</v>
       </c>
       <c r="I269" s="1344">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J269" s="1343" t="s">
-        <v>60</v>
+        <v>105</v>
       </c>
       <c r="K269" s="1343" t="s">
-        <v>62</v>
+        <v>106</v>
       </c>
       <c r="L269" s="1343"/>
       <c r="M269" s="1343"/>
       <c r="N269" s="1343" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="O269" s="1343" t="s">
-        <v>62</v>
-[...6 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="P269" s="1343"/>
+      <c r="Q269" s="1343"/>
       <c r="R269" s="1343" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S269" s="1344" t="s">
         <v>34</v>
       </c>
       <c r="T269" s="1345">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:20">
       <c r="A270" s="1346">
-        <v>4126056</v>
+        <v>4126163</v>
       </c>
       <c r="B270" s="1347" t="s">
-        <v>660</v>
+        <v>283</v>
       </c>
       <c r="C270" s="1347" t="s">
-        <v>661</v>
+        <v>137</v>
       </c>
       <c r="D270" s="1348" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="E270" s="1347" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="F270" s="1347" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G270" s="1349">
         <v>25</v>
       </c>
       <c r="H270" s="1347" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I270" s="1349">
         <v>1</v>
       </c>
       <c r="J270" s="1348" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="K270" s="1348" t="s">
-        <v>87</v>
+        <v>284</v>
       </c>
       <c r="L270" s="1348"/>
       <c r="M270" s="1348"/>
       <c r="N270" s="1348" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="O270" s="1348" t="s">
-        <v>104</v>
-[...6 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="P270" s="1348"/>
+      <c r="Q270" s="1348"/>
       <c r="R270" s="1348" t="s">
         <v>33</v>
       </c>
       <c r="S270" s="1349" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T270" s="1350">
         <v>6</v>
       </c>
     </row>
     <row r="271" spans="1:20">
       <c r="A271" s="1351">
-        <v>4126183</v>
+        <v>4126020</v>
       </c>
       <c r="B271" s="1352" t="s">
-        <v>663</v>
+        <v>349</v>
       </c>
       <c r="C271" s="1352" t="s">
-        <v>51</v>
+        <v>267</v>
       </c>
       <c r="D271" s="1353" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="E271" s="1352" t="s">
-        <v>199</v>
+        <v>236</v>
       </c>
       <c r="F271" s="1352" t="s">
         <v>24</v>
       </c>
       <c r="G271" s="1354">
         <v>25</v>
       </c>
       <c r="H271" s="1352" t="s">
-        <v>403</v>
+        <v>188</v>
       </c>
       <c r="I271" s="1354">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J271" s="1353" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="K271" s="1353"/>
       <c r="L271" s="1353"/>
       <c r="M271" s="1353"/>
       <c r="N271" s="1353" t="s">
-        <v>64</v>
+        <v>77</v>
       </c>
       <c r="O271" s="1353" t="s">
-        <v>88</v>
-[...6 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="P271" s="1353"/>
+      <c r="Q271" s="1353"/>
       <c r="R271" s="1353" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S271" s="1354" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T271" s="1355">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:20">
       <c r="A272" s="1356">
-        <v>4126093</v>
+        <v>4126120</v>
       </c>
       <c r="B272" s="1357" t="s">
-        <v>377</v>
+        <v>321</v>
       </c>
       <c r="C272" s="1357" t="s">
-        <v>182</v>
+        <v>307</v>
       </c>
       <c r="D272" s="1358" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="E272" s="1357" t="s">
-        <v>178</v>
+        <v>323</v>
       </c>
       <c r="F272" s="1357" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G272" s="1359">
         <v>25</v>
       </c>
       <c r="H272" s="1357" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I272" s="1359">
         <v>1</v>
       </c>
       <c r="J272" s="1358" t="s">
-        <v>300</v>
+        <v>324</v>
       </c>
       <c r="K272" s="1358" t="s">
-        <v>379</v>
+        <v>325</v>
       </c>
       <c r="L272" s="1358" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="M272" s="1358" t="s">
-        <v>55</v>
+        <v>326</v>
       </c>
       <c r="N272" s="1358" t="s">
-        <v>104</v>
+        <v>68</v>
       </c>
       <c r="O272" s="1358" t="s">
-        <v>104</v>
-[...6 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="P272" s="1358"/>
+      <c r="Q272" s="1358"/>
       <c r="R272" s="1358" t="s">
         <v>33</v>
       </c>
       <c r="S272" s="1359" t="s">
         <v>34</v>
       </c>
       <c r="T272" s="1360">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="273" spans="1:20">
       <c r="A273" s="1361">
-        <v>4126038</v>
+        <v>4126055</v>
       </c>
       <c r="B273" s="1362" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C273" s="1362" t="s">
-        <v>385</v>
+        <v>122</v>
       </c>
       <c r="D273" s="1363" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="E273" s="1362" t="s">
-        <v>668</v>
+        <v>139</v>
       </c>
       <c r="F273" s="1362" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G273" s="1364">
         <v>25</v>
       </c>
       <c r="H273" s="1362" t="s">
-        <v>467</v>
+        <v>188</v>
       </c>
       <c r="I273" s="1364">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J273" s="1363" t="s">
-        <v>669</v>
+        <v>105</v>
       </c>
       <c r="K273" s="1363" t="s">
-        <v>670</v>
+        <v>106</v>
       </c>
       <c r="L273" s="1363"/>
       <c r="M273" s="1363"/>
       <c r="N273" s="1363" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="O273" s="1363" t="s">
-        <v>104</v>
-[...6 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="P273" s="1363"/>
+      <c r="Q273" s="1363"/>
       <c r="R273" s="1363" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S273" s="1364" t="s">
         <v>34</v>
       </c>
       <c r="T273" s="1365">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:20">
       <c r="A274" s="1366">
-        <v>4126160</v>
+        <v>4126181</v>
       </c>
       <c r="B274" s="1367" t="s">
-        <v>559</v>
+        <v>669</v>
       </c>
       <c r="C274" s="1367" t="s">
-        <v>405</v>
+        <v>223</v>
       </c>
       <c r="D274" s="1368" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="E274" s="1367" t="s">
-        <v>561</v>
+        <v>139</v>
       </c>
       <c r="F274" s="1367" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G274" s="1369">
         <v>25</v>
       </c>
       <c r="H274" s="1367" t="s">
-        <v>408</v>
+        <v>188</v>
       </c>
       <c r="I274" s="1369">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J274" s="1368" t="s">
-        <v>194</v>
+        <v>301</v>
       </c>
       <c r="K274" s="1368" t="s">
-        <v>562</v>
+        <v>302</v>
       </c>
       <c r="L274" s="1368" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="M274" s="1368" t="s">
-        <v>563</v>
+        <v>59</v>
       </c>
       <c r="N274" s="1368" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="O274" s="1368" t="s">
-        <v>79</v>
+        <v>60</v>
       </c>
       <c r="P274" s="1368"/>
       <c r="Q274" s="1368"/>
       <c r="R274" s="1368" t="s">
         <v>33</v>
       </c>
       <c r="S274" s="1369" t="s">
         <v>42</v>
       </c>
       <c r="T274" s="1370">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:20">
       <c r="A275" s="1371">
-        <v>4126014</v>
+        <v>4126082</v>
       </c>
       <c r="B275" s="1372" t="s">
-        <v>446</v>
+        <v>671</v>
       </c>
       <c r="C275" s="1372" t="s">
-        <v>447</v>
+        <v>104</v>
       </c>
       <c r="D275" s="1373" t="s">
+        <v>670</v>
+      </c>
+      <c r="E275" s="1372" t="s">
         <v>672</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="F275" s="1372" t="s">
         <v>24</v>
       </c>
       <c r="G275" s="1374">
         <v>25</v>
       </c>
       <c r="H275" s="1372" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I275" s="1374">
         <v>1</v>
       </c>
       <c r="J275" s="1373" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="K275" s="1373" t="s">
-        <v>102</v>
-[...6 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="L275" s="1373"/>
+      <c r="M275" s="1373"/>
       <c r="N275" s="1373" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="O275" s="1373" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="P275" s="1373"/>
       <c r="Q275" s="1373"/>
       <c r="R275" s="1373" t="s">
-        <v>206</v>
+        <v>218</v>
       </c>
       <c r="S275" s="1374" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T275" s="1375">
-        <v>7</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="276" spans="1:20">
       <c r="A276" s="1376">
-        <v>4126053</v>
+        <v>4126110</v>
       </c>
       <c r="B276" s="1377" t="s">
+        <v>313</v>
+      </c>
+      <c r="C276" s="1377" t="s">
+        <v>95</v>
+      </c>
+      <c r="D276" s="1378" t="s">
         <v>673</v>
       </c>
-      <c r="C276" s="1377" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E276" s="1377" t="s">
-        <v>178</v>
+        <v>315</v>
       </c>
       <c r="F276" s="1377" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G276" s="1379">
         <v>25</v>
       </c>
       <c r="H276" s="1377" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I276" s="1379">
         <v>1</v>
       </c>
       <c r="J276" s="1378" t="s">
-        <v>669</v>
+        <v>96</v>
       </c>
       <c r="K276" s="1378" t="s">
-        <v>675</v>
+        <v>316</v>
       </c>
       <c r="L276" s="1378"/>
       <c r="M276" s="1378"/>
       <c r="N276" s="1378" t="s">
-        <v>47</v>
+        <v>100</v>
       </c>
       <c r="O276" s="1378" t="s">
-        <v>48</v>
+        <v>101</v>
       </c>
       <c r="P276" s="1378"/>
       <c r="Q276" s="1378"/>
       <c r="R276" s="1378" t="s">
         <v>33</v>
       </c>
       <c r="S276" s="1379" t="s">
         <v>42</v>
       </c>
       <c r="T276" s="1380">
-        <v>6</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="277" spans="1:20">
       <c r="A277" s="1381">
-        <v>4126123</v>
+        <v>4126209</v>
       </c>
       <c r="B277" s="1382" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="C277" s="1382" t="s">
-        <v>464</v>
+        <v>231</v>
       </c>
       <c r="D277" s="1383" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="E277" s="1382" t="s">
-        <v>678</v>
+        <v>258</v>
       </c>
       <c r="F277" s="1382" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G277" s="1384">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H277" s="1382" t="s">
-        <v>467</v>
+        <v>259</v>
       </c>
       <c r="I277" s="1384">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J277" s="1383" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="K277" s="1383" t="s">
-        <v>468</v>
+        <v>106</v>
       </c>
       <c r="L277" s="1383"/>
       <c r="M277" s="1383"/>
       <c r="N277" s="1383" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="O277" s="1383" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-      <c r="Q277" s="1383"/>
+        <v>107</v>
+      </c>
+      <c r="P277" s="1383" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q277" s="1383" t="s">
+        <v>107</v>
+      </c>
       <c r="R277" s="1383" t="s">
-        <v>206</v>
+        <v>218</v>
       </c>
       <c r="S277" s="1384" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>469</v>
+        <v>42</v>
+      </c>
+      <c r="T277" s="1385">
+        <v>12</v>
       </c>
     </row>
     <row r="278" spans="1:20">
       <c r="A278" s="1386">
-        <v>4126077</v>
+        <v>4126075</v>
       </c>
       <c r="B278" s="1387" t="s">
-        <v>393</v>
+        <v>159</v>
       </c>
       <c r="C278" s="1387" t="s">
-        <v>394</v>
+        <v>160</v>
       </c>
       <c r="D278" s="1388" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="E278" s="1387" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="F278" s="1387" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G278" s="1389">
         <v>25</v>
       </c>
       <c r="H278" s="1387" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I278" s="1389">
         <v>1</v>
       </c>
       <c r="J278" s="1388" t="s">
-        <v>71</v>
+        <v>105</v>
       </c>
       <c r="K278" s="1388" t="s">
-        <v>82</v>
+        <v>106</v>
       </c>
       <c r="L278" s="1388" t="s">
+        <v>161</v>
+      </c>
+      <c r="M278" s="1388" t="s">
+        <v>162</v>
+      </c>
+      <c r="N278" s="1388" t="s">
         <v>77</v>
       </c>
-      <c r="M278" s="1388" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O278" s="1388" t="s">
-        <v>84</v>
+        <v>107</v>
       </c>
       <c r="P278" s="1388" t="s">
-        <v>47</v>
+        <v>134</v>
       </c>
       <c r="Q278" s="1388" t="s">
-        <v>57</v>
+        <v>135</v>
       </c>
       <c r="R278" s="1388" t="s">
         <v>33</v>
       </c>
       <c r="S278" s="1389" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T278" s="1390">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="279" spans="1:20">
       <c r="A279" s="1391">
-        <v>4126107</v>
+        <v>4126152</v>
       </c>
       <c r="B279" s="1392" t="s">
-        <v>680</v>
+        <v>338</v>
       </c>
       <c r="C279" s="1392" t="s">
-        <v>150</v>
+        <v>339</v>
       </c>
       <c r="D279" s="1393" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="E279" s="1392" t="s">
-        <v>152</v>
+        <v>236</v>
       </c>
       <c r="F279" s="1392" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G279" s="1394">
         <v>25</v>
       </c>
       <c r="H279" s="1392" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I279" s="1394">
         <v>1</v>
       </c>
       <c r="J279" s="1393" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="K279" s="1393" t="s">
-        <v>102</v>
+        <v>59</v>
       </c>
       <c r="L279" s="1393"/>
       <c r="M279" s="1393"/>
       <c r="N279" s="1393" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="O279" s="1393" t="s">
-        <v>103</v>
+        <v>341</v>
       </c>
       <c r="P279" s="1393"/>
       <c r="Q279" s="1393"/>
       <c r="R279" s="1393" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S279" s="1394" t="s">
         <v>42</v>
       </c>
       <c r="T279" s="1395">
         <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:20">
       <c r="A280" s="1396">
-        <v>4126033</v>
+        <v>4126059</v>
       </c>
       <c r="B280" s="1397" t="s">
-        <v>681</v>
+        <v>424</v>
       </c>
       <c r="C280" s="1397" t="s">
-        <v>385</v>
+        <v>160</v>
       </c>
       <c r="D280" s="1398" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="E280" s="1397" t="s">
-        <v>147</v>
+        <v>236</v>
       </c>
       <c r="F280" s="1397" t="s">
         <v>24</v>
       </c>
       <c r="G280" s="1399">
         <v>25</v>
       </c>
       <c r="H280" s="1397" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I280" s="1399">
         <v>1</v>
       </c>
       <c r="J280" s="1398" t="s">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="K280" s="1398" t="s">
-        <v>62</v>
+        <v>97</v>
       </c>
       <c r="L280" s="1398"/>
       <c r="M280" s="1398"/>
       <c r="N280" s="1398" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="O280" s="1398" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="P280" s="1398"/>
       <c r="Q280" s="1398"/>
       <c r="R280" s="1398" t="s">
         <v>33</v>
       </c>
       <c r="S280" s="1399" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T280" s="1400">
         <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:20">
       <c r="A281" s="1401">
-        <v>4126023</v>
+        <v>4126061</v>
       </c>
       <c r="B281" s="1402" t="s">
-        <v>683</v>
+        <v>399</v>
       </c>
       <c r="C281" s="1402" t="s">
-        <v>684</v>
+        <v>110</v>
       </c>
       <c r="D281" s="1403" t="s">
-        <v>682</v>
+        <v>679</v>
       </c>
       <c r="E281" s="1402" t="s">
-        <v>178</v>
+        <v>236</v>
       </c>
       <c r="F281" s="1402" t="s">
+        <v>24</v>
+      </c>
+      <c r="G281" s="1404">
+        <v>25</v>
+      </c>
+      <c r="H281" s="1402" t="s">
+        <v>188</v>
+      </c>
+      <c r="I281" s="1404">
+        <v>1</v>
+      </c>
+      <c r="J281" s="1403" t="s">
+        <v>96</v>
+      </c>
+      <c r="K281" s="1403" t="s">
         <v>141</v>
-      </c>
-[...13 lines deleted...]
-        <v>468</v>
       </c>
       <c r="L281" s="1403"/>
       <c r="M281" s="1403"/>
       <c r="N281" s="1403" t="s">
-        <v>73</v>
+        <v>100</v>
       </c>
       <c r="O281" s="1403" t="s">
-        <v>234</v>
+        <v>113</v>
       </c>
       <c r="P281" s="1403"/>
       <c r="Q281" s="1403"/>
       <c r="R281" s="1403" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S281" s="1404" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T281" s="1405">
         <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:20">
       <c r="A282" s="1406">
-        <v>4126097</v>
+        <v>4126084</v>
       </c>
       <c r="B282" s="1407" t="s">
+        <v>680</v>
+      </c>
+      <c r="C282" s="1407" t="s">
+        <v>550</v>
+      </c>
+      <c r="D282" s="1408" t="s">
+        <v>681</v>
+      </c>
+      <c r="E282" s="1407" t="s">
+        <v>236</v>
+      </c>
+      <c r="F282" s="1407" t="s">
+        <v>24</v>
+      </c>
+      <c r="G282" s="1409">
+        <v>25</v>
+      </c>
+      <c r="H282" s="1407" t="s">
+        <v>188</v>
+      </c>
+      <c r="I282" s="1409">
+        <v>1</v>
+      </c>
+      <c r="J282" s="1408" t="s">
+        <v>682</v>
+      </c>
+      <c r="K282" s="1408" t="s">
+        <v>683</v>
+      </c>
+      <c r="L282" s="1408" t="s">
+        <v>684</v>
+      </c>
+      <c r="M282" s="1408" t="s">
         <v>685</v>
       </c>
-      <c r="C282" s="1407" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="N282" s="1408" t="s">
-        <v>73</v>
+        <v>134</v>
       </c>
       <c r="O282" s="1408" t="s">
-        <v>234</v>
+        <v>483</v>
       </c>
       <c r="P282" s="1408"/>
       <c r="Q282" s="1408"/>
       <c r="R282" s="1408" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S282" s="1409" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T282" s="1410">
         <v>6</v>
       </c>
     </row>
     <row r="283" spans="1:20">
       <c r="A283" s="1411">
-        <v>4126062</v>
+        <v>4126042</v>
       </c>
       <c r="B283" s="1412" t="s">
-        <v>688</v>
+        <v>565</v>
       </c>
       <c r="C283" s="1412" t="s">
-        <v>290</v>
+        <v>63</v>
       </c>
       <c r="D283" s="1413" t="s">
         <v>686</v>
       </c>
       <c r="E283" s="1412" t="s">
-        <v>147</v>
+        <v>308</v>
       </c>
       <c r="F283" s="1412" t="s">
         <v>24</v>
       </c>
       <c r="G283" s="1414">
         <v>25</v>
       </c>
       <c r="H283" s="1412" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I283" s="1414">
         <v>1</v>
       </c>
       <c r="J283" s="1413" t="s">
-        <v>92</v>
+        <v>420</v>
       </c>
       <c r="K283" s="1413" t="s">
-        <v>292</v>
-[...6 lines deleted...]
-      </c>
+        <v>486</v>
+      </c>
+      <c r="L283" s="1413"/>
+      <c r="M283" s="1413"/>
       <c r="N283" s="1413" t="s">
-        <v>126</v>
+        <v>77</v>
       </c>
       <c r="O283" s="1413" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-      <c r="Q283" s="1413"/>
+        <v>107</v>
+      </c>
+      <c r="P283" s="1413" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q283" s="1413" t="s">
+        <v>66</v>
+      </c>
       <c r="R283" s="1413" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S283" s="1414" t="s">
         <v>42</v>
       </c>
       <c r="T283" s="1415">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="284" spans="1:20">
       <c r="A284" s="1416">
-        <v>4126018</v>
+        <v>4126045</v>
       </c>
       <c r="B284" s="1417" t="s">
-        <v>409</v>
+        <v>418</v>
       </c>
       <c r="C284" s="1417" t="s">
-        <v>410</v>
+        <v>21</v>
       </c>
       <c r="D284" s="1418" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="E284" s="1417" t="s">
-        <v>147</v>
+        <v>236</v>
       </c>
       <c r="F284" s="1417" t="s">
         <v>24</v>
       </c>
       <c r="G284" s="1419">
         <v>25</v>
       </c>
       <c r="H284" s="1417" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I284" s="1419">
         <v>1</v>
       </c>
       <c r="J284" s="1418" t="s">
-        <v>45</v>
+        <v>420</v>
       </c>
       <c r="K284" s="1418" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-      <c r="M284" s="1418"/>
+        <v>421</v>
+      </c>
+      <c r="L284" s="1418" t="s">
+        <v>123</v>
+      </c>
+      <c r="M284" s="1418" t="s">
+        <v>124</v>
+      </c>
       <c r="N284" s="1418" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="O284" s="1418" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P284" s="1418" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="Q284" s="1418" t="s">
-        <v>104</v>
+        <v>130</v>
       </c>
       <c r="R284" s="1418" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S284" s="1419" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T284" s="1420">
         <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:20">
       <c r="A285" s="1421">
-        <v>4126080</v>
+        <v>4126131</v>
       </c>
       <c r="B285" s="1422" t="s">
-        <v>690</v>
+        <v>383</v>
       </c>
       <c r="C285" s="1422" t="s">
-        <v>269</v>
+        <v>175</v>
       </c>
       <c r="D285" s="1423" t="s">
-        <v>691</v>
+        <v>687</v>
       </c>
       <c r="E285" s="1422" t="s">
-        <v>147</v>
+        <v>207</v>
       </c>
       <c r="F285" s="1422" t="s">
         <v>24</v>
       </c>
       <c r="G285" s="1424">
         <v>25</v>
       </c>
       <c r="H285" s="1422" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I285" s="1424">
         <v>1</v>
       </c>
       <c r="J285" s="1423" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K285" s="1423" t="s">
-        <v>692</v>
+        <v>295</v>
       </c>
       <c r="L285" s="1423"/>
       <c r="M285" s="1423"/>
       <c r="N285" s="1423" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="O285" s="1423" t="s">
-        <v>160</v>
+        <v>49</v>
       </c>
       <c r="P285" s="1423" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="Q285" s="1423" t="s">
-        <v>49</v>
+        <v>69</v>
       </c>
       <c r="R285" s="1423" t="s">
         <v>33</v>
       </c>
       <c r="S285" s="1424" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T285" s="1425">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="286" spans="1:20">
       <c r="A286" s="1426">
-        <v>4126179</v>
+        <v>4126138</v>
       </c>
       <c r="B286" s="1427" t="s">
-        <v>460</v>
+        <v>688</v>
       </c>
       <c r="C286" s="1427" t="s">
-        <v>461</v>
+        <v>689</v>
       </c>
       <c r="D286" s="1428" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="E286" s="1427" t="s">
-        <v>178</v>
+        <v>236</v>
       </c>
       <c r="F286" s="1427" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G286" s="1429">
         <v>25</v>
       </c>
       <c r="H286" s="1427" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I286" s="1429">
         <v>1</v>
       </c>
       <c r="J286" s="1428" t="s">
-        <v>92</v>
+        <v>324</v>
       </c>
       <c r="K286" s="1428" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-      <c r="M286" s="1428"/>
+        <v>165</v>
+      </c>
+      <c r="L286" s="1428" t="s">
+        <v>29</v>
+      </c>
+      <c r="M286" s="1428" t="s">
+        <v>691</v>
+      </c>
       <c r="N286" s="1428" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="O286" s="1428" t="s">
-        <v>234</v>
+        <v>49</v>
       </c>
       <c r="P286" s="1428"/>
       <c r="Q286" s="1428"/>
       <c r="R286" s="1428" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S286" s="1429" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T286" s="1430">
         <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:20">
       <c r="A287" s="1431">
-        <v>4126195</v>
+        <v>4126079</v>
       </c>
       <c r="B287" s="1432" t="s">
-        <v>694</v>
+        <v>533</v>
       </c>
       <c r="C287" s="1432" t="s">
-        <v>229</v>
+        <v>388</v>
       </c>
       <c r="D287" s="1433" t="s">
-        <v>695</v>
+        <v>690</v>
       </c>
       <c r="E287" s="1432" t="s">
-        <v>178</v>
+        <v>236</v>
       </c>
       <c r="F287" s="1432" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G287" s="1434">
         <v>25</v>
       </c>
       <c r="H287" s="1432" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I287" s="1434">
         <v>1</v>
       </c>
       <c r="J287" s="1433" t="s">
-        <v>45</v>
+        <v>75</v>
       </c>
       <c r="K287" s="1433" t="s">
-        <v>46</v>
+        <v>165</v>
       </c>
       <c r="L287" s="1433"/>
       <c r="M287" s="1433"/>
       <c r="N287" s="1433" t="s">
         <v>47</v>
       </c>
       <c r="O287" s="1433" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="P287" s="1433" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="Q287" s="1433" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="R287" s="1433" t="s">
         <v>33</v>
       </c>
       <c r="S287" s="1434" t="s">
         <v>42</v>
       </c>
       <c r="T287" s="1435">
         <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:20">
       <c r="A288" s="1436">
-        <v>4126054</v>
+        <v>4126030</v>
       </c>
       <c r="B288" s="1437" t="s">
-        <v>696</v>
+        <v>354</v>
       </c>
       <c r="C288" s="1437" t="s">
-        <v>21</v>
+        <v>297</v>
       </c>
       <c r="D288" s="1438" t="s">
-        <v>697</v>
+        <v>692</v>
       </c>
       <c r="E288" s="1437" t="s">
-        <v>147</v>
+        <v>236</v>
       </c>
       <c r="F288" s="1437" t="s">
         <v>24</v>
       </c>
       <c r="G288" s="1439">
         <v>25</v>
       </c>
       <c r="H288" s="1437" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I288" s="1439">
         <v>1</v>
       </c>
       <c r="J288" s="1438" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="K288" s="1438" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="L288" s="1438"/>
       <c r="M288" s="1438"/>
       <c r="N288" s="1438" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="O288" s="1438" t="s">
-        <v>62</v>
+        <v>265</v>
       </c>
       <c r="P288" s="1438"/>
       <c r="Q288" s="1438"/>
       <c r="R288" s="1438" t="s">
         <v>33</v>
       </c>
       <c r="S288" s="1439" t="s">
         <v>42</v>
       </c>
-      <c r="T288" s="1440" t="s">
-        <v>698</v>
+      <c r="T288" s="1440">
+        <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:20">
       <c r="A289" s="1441">
-        <v>4126103</v>
+        <v>4126203</v>
       </c>
       <c r="B289" s="1442" t="s">
-        <v>699</v>
+        <v>693</v>
       </c>
       <c r="C289" s="1442" t="s">
-        <v>486</v>
+        <v>361</v>
       </c>
       <c r="D289" s="1443" t="s">
-        <v>700</v>
+        <v>694</v>
       </c>
       <c r="E289" s="1442" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="F289" s="1442" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G289" s="1444">
         <v>25</v>
       </c>
       <c r="H289" s="1442" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I289" s="1444">
         <v>1</v>
       </c>
       <c r="J289" s="1443" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="K289" s="1443" t="s">
-        <v>62</v>
+        <v>363</v>
       </c>
       <c r="L289" s="1443"/>
       <c r="M289" s="1443"/>
       <c r="N289" s="1443" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="O289" s="1443" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="P289" s="1443"/>
       <c r="Q289" s="1443"/>
       <c r="R289" s="1443" t="s">
         <v>33</v>
       </c>
       <c r="S289" s="1444" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T289" s="1445">
         <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:20">
       <c r="A290" s="1446">
-        <v>4326012</v>
+        <v>4326013</v>
       </c>
       <c r="B290" s="1447" t="s">
-        <v>701</v>
+        <v>695</v>
       </c>
       <c r="C290" s="1447" t="s">
         <v>21</v>
       </c>
       <c r="D290" s="1448" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
       <c r="E290" s="1447" t="s">
         <v>23</v>
       </c>
       <c r="F290" s="1447" t="s">
         <v>24</v>
       </c>
       <c r="G290" s="1449" t="s">
         <v>25</v>
       </c>
       <c r="H290" s="1447" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I290" s="1449">
         <v>1</v>
       </c>
       <c r="J290" s="1448" t="s">
         <v>45</v>
       </c>
       <c r="K290" s="1448" t="s">
         <v>46</v>
       </c>
       <c r="L290" s="1448" t="s">
-        <v>158</v>
+        <v>51</v>
       </c>
       <c r="M290" s="1448" t="s">
-        <v>159</v>
+        <v>52</v>
       </c>
       <c r="N290" s="1448" t="s">
         <v>47</v>
       </c>
       <c r="O290" s="1448" t="s">
         <v>48</v>
       </c>
       <c r="P290" s="1448" t="s">
         <v>31</v>
       </c>
       <c r="Q290" s="1448" t="s">
-        <v>160</v>
+        <v>53</v>
       </c>
       <c r="R290" s="1448" t="s">
         <v>33</v>
       </c>
       <c r="S290" s="1449" t="s">
         <v>42</v>
       </c>
       <c r="T290" s="1450">
         <v>4</v>
       </c>
     </row>
     <row r="291" spans="1:20">
       <c r="A291" s="1451">
-        <v>4326048</v>
+        <v>4326049</v>
       </c>
       <c r="B291" s="1452" t="s">
-        <v>703</v>
+        <v>697</v>
       </c>
       <c r="C291" s="1452" t="s">
         <v>44</v>
       </c>
       <c r="D291" s="1453" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
       <c r="E291" s="1452" t="s">
         <v>23</v>
       </c>
       <c r="F291" s="1452" t="s">
         <v>24</v>
       </c>
       <c r="G291" s="1454" t="s">
         <v>25</v>
       </c>
       <c r="H291" s="1452" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I291" s="1454">
         <v>1</v>
       </c>
       <c r="J291" s="1453" t="s">
         <v>45</v>
       </c>
       <c r="K291" s="1453" t="s">
         <v>46</v>
       </c>
       <c r="L291" s="1453"/>
       <c r="M291" s="1453"/>
       <c r="N291" s="1453" t="s">
         <v>47</v>
       </c>
       <c r="O291" s="1453" t="s">
         <v>48</v>
       </c>
       <c r="P291" s="1453" t="s">
         <v>47</v>
       </c>
       <c r="Q291" s="1453" t="s">
         <v>49</v>
       </c>
       <c r="R291" s="1453" t="s">
         <v>33</v>
       </c>
       <c r="S291" s="1454" t="s">
         <v>34</v>
       </c>
       <c r="T291" s="1455">
         <v>3</v>
       </c>
     </row>
     <row r="292" spans="1:20">
       <c r="A292" s="1456">
-        <v>4126120</v>
+        <v>4326055</v>
       </c>
       <c r="B292" s="1457" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="C292" s="1457" t="s">
-        <v>447</v>
+        <v>175</v>
       </c>
       <c r="D292" s="1458" t="s">
-        <v>705</v>
+        <v>696</v>
       </c>
       <c r="E292" s="1457" t="s">
-        <v>453</v>
+        <v>23</v>
       </c>
       <c r="F292" s="1457" t="s">
         <v>24</v>
       </c>
-      <c r="G292" s="1459">
+      <c r="G292" s="1459" t="s">
         <v>25</v>
       </c>
       <c r="H292" s="1457" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I292" s="1459">
         <v>1</v>
       </c>
       <c r="J292" s="1458" t="s">
-        <v>454</v>
+        <v>56</v>
       </c>
       <c r="K292" s="1458" t="s">
-        <v>455</v>
+        <v>56</v>
       </c>
       <c r="L292" s="1458" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="M292" s="1458" t="s">
-        <v>456</v>
+        <v>176</v>
       </c>
       <c r="N292" s="1458" t="s">
-        <v>64</v>
+        <v>108</v>
       </c>
       <c r="O292" s="1458" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-      <c r="Q292" s="1458"/>
+        <v>108</v>
+      </c>
+      <c r="P292" s="1458" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q292" s="1458" t="s">
+        <v>61</v>
+      </c>
       <c r="R292" s="1458" t="s">
         <v>33</v>
       </c>
       <c r="S292" s="1459" t="s">
         <v>34</v>
       </c>
       <c r="T292" s="1460">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="293" spans="1:20">
       <c r="A293" s="1461">
-        <v>4326054</v>
+        <v>4326061</v>
       </c>
       <c r="B293" s="1462" t="s">
-        <v>706</v>
+        <v>699</v>
       </c>
       <c r="C293" s="1462" t="s">
-        <v>130</v>
+        <v>55</v>
       </c>
       <c r="D293" s="1463" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
       <c r="E293" s="1462" t="s">
         <v>23</v>
       </c>
       <c r="F293" s="1462" t="s">
         <v>24</v>
       </c>
       <c r="G293" s="1464" t="s">
         <v>25</v>
       </c>
       <c r="H293" s="1462" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I293" s="1464">
         <v>1</v>
       </c>
       <c r="J293" s="1463" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="K293" s="1463" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="L293" s="1463" t="s">
-        <v>77</v>
+        <v>57</v>
       </c>
       <c r="M293" s="1463" t="s">
-        <v>346</v>
+        <v>58</v>
       </c>
       <c r="N293" s="1463" t="s">
-        <v>104</v>
+        <v>59</v>
       </c>
       <c r="O293" s="1463" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-      <c r="Q293" s="1463"/>
+        <v>60</v>
+      </c>
+      <c r="P293" s="1463" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q293" s="1463" t="s">
+        <v>61</v>
+      </c>
       <c r="R293" s="1463" t="s">
         <v>33</v>
       </c>
       <c r="S293" s="1464" t="s">
         <v>34</v>
       </c>
       <c r="T293" s="1465">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="294" spans="1:20">
       <c r="A294" s="1466">
-        <v>4326060</v>
+        <v>4326007</v>
       </c>
       <c r="B294" s="1467" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="C294" s="1467" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="D294" s="1468" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
       <c r="E294" s="1467" t="s">
         <v>23</v>
       </c>
       <c r="F294" s="1467" t="s">
         <v>24</v>
       </c>
       <c r="G294" s="1469" t="s">
         <v>25</v>
       </c>
       <c r="H294" s="1467" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I294" s="1469">
         <v>1</v>
       </c>
       <c r="J294" s="1468" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="K294" s="1468" t="s">
-        <v>52</v>
-[...6 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="L294" s="1468"/>
+      <c r="M294" s="1468"/>
       <c r="N294" s="1468" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="O294" s="1468" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="P294" s="1468"/>
+      <c r="Q294" s="1468"/>
       <c r="R294" s="1468" t="s">
         <v>33</v>
       </c>
       <c r="S294" s="1469" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T294" s="1470">
         <v>4</v>
       </c>
     </row>
     <row r="295" spans="1:20">
       <c r="A295" s="1471">
-        <v>4326006</v>
+        <v>4326019</v>
       </c>
       <c r="B295" s="1472" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="C295" s="1472" t="s">
-        <v>59</v>
+        <v>21</v>
       </c>
       <c r="D295" s="1473" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
       <c r="E295" s="1472" t="s">
         <v>23</v>
       </c>
       <c r="F295" s="1472" t="s">
         <v>24</v>
       </c>
       <c r="G295" s="1474" t="s">
         <v>25</v>
       </c>
       <c r="H295" s="1472" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I295" s="1474">
         <v>1</v>
       </c>
       <c r="J295" s="1473" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="K295" s="1473" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="L295" s="1473"/>
       <c r="M295" s="1473"/>
       <c r="N295" s="1473" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="O295" s="1473" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-      <c r="Q295" s="1473"/>
+        <v>70</v>
+      </c>
+      <c r="P295" s="1473" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q295" s="1473" t="s">
+        <v>72</v>
+      </c>
       <c r="R295" s="1473" t="s">
         <v>33</v>
       </c>
       <c r="S295" s="1474" t="s">
         <v>42</v>
       </c>
       <c r="T295" s="1475">
         <v>4</v>
       </c>
     </row>
     <row r="296" spans="1:20">
       <c r="A296" s="1476">
-        <v>4326018</v>
+        <v>4326025</v>
       </c>
       <c r="B296" s="1477" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
       <c r="C296" s="1477" t="s">
         <v>21</v>
       </c>
       <c r="D296" s="1478" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
       <c r="E296" s="1477" t="s">
         <v>23</v>
       </c>
       <c r="F296" s="1477" t="s">
         <v>24</v>
       </c>
       <c r="G296" s="1479" t="s">
         <v>25</v>
       </c>
       <c r="H296" s="1477" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I296" s="1479">
         <v>1</v>
       </c>
       <c r="J296" s="1478" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="K296" s="1478" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="L296" s="1478"/>
       <c r="M296" s="1478"/>
       <c r="N296" s="1478" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="O296" s="1478" t="s">
+        <v>69</v>
+      </c>
+      <c r="P296" s="1478" t="s">
         <v>66</v>
       </c>
-      <c r="P296" s="1478" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q296" s="1478" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="R296" s="1478" t="s">
         <v>33</v>
       </c>
       <c r="S296" s="1479" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T296" s="1480">
         <v>4</v>
       </c>
     </row>
     <row r="297" spans="1:20">
       <c r="A297" s="1481">
-        <v>4326024</v>
+        <v>4326031</v>
       </c>
       <c r="B297" s="1482" t="s">
-        <v>710</v>
+        <v>703</v>
       </c>
       <c r="C297" s="1482" t="s">
-        <v>21</v>
+        <v>85</v>
       </c>
       <c r="D297" s="1483" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
       <c r="E297" s="1482" t="s">
         <v>23</v>
       </c>
       <c r="F297" s="1482" t="s">
         <v>24</v>
       </c>
       <c r="G297" s="1484" t="s">
         <v>25</v>
       </c>
       <c r="H297" s="1482" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I297" s="1484">
         <v>1</v>
       </c>
       <c r="J297" s="1483" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K297" s="1483" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-      <c r="M297" s="1483"/>
+        <v>86</v>
+      </c>
+      <c r="L297" s="1483" t="s">
+        <v>81</v>
+      </c>
+      <c r="M297" s="1483" t="s">
+        <v>87</v>
+      </c>
       <c r="N297" s="1483" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="O297" s="1483" t="s">
-        <v>65</v>
-[...6 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="P297" s="1483"/>
+      <c r="Q297" s="1483"/>
       <c r="R297" s="1483" t="s">
         <v>33</v>
       </c>
       <c r="S297" s="1484" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T297" s="1485">
         <v>4</v>
       </c>
     </row>
     <row r="298" spans="1:20">
       <c r="A298" s="1486">
-        <v>4326030</v>
+        <v>4326037</v>
       </c>
       <c r="B298" s="1487" t="s">
-        <v>711</v>
+        <v>704</v>
       </c>
       <c r="C298" s="1487" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D298" s="1488" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
       <c r="E298" s="1487" t="s">
         <v>23</v>
       </c>
       <c r="F298" s="1487" t="s">
         <v>24</v>
       </c>
       <c r="G298" s="1489" t="s">
         <v>25</v>
       </c>
       <c r="H298" s="1487" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I298" s="1489">
         <v>1</v>
       </c>
       <c r="J298" s="1488" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="K298" s="1488" t="s">
+        <v>75</v>
+      </c>
+      <c r="K298" s="1488"/>
+      <c r="L298" s="1488" t="s">
+        <v>81</v>
+      </c>
+      <c r="M298" s="1488" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
       <c r="N298" s="1488" t="s">
         <v>47</v>
       </c>
       <c r="O298" s="1488" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="P298" s="1488"/>
       <c r="Q298" s="1488"/>
       <c r="R298" s="1488" t="s">
         <v>33</v>
       </c>
       <c r="S298" s="1489" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T298" s="1490">
         <v>4</v>
       </c>
     </row>
     <row r="299" spans="1:20">
       <c r="A299" s="1491">
-        <v>4326036</v>
+        <v>4326091</v>
       </c>
       <c r="B299" s="1492" t="s">
-        <v>712</v>
+        <v>705</v>
       </c>
       <c r="C299" s="1492" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="D299" s="1493" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
       <c r="E299" s="1492" t="s">
         <v>23</v>
       </c>
       <c r="F299" s="1492" t="s">
         <v>24</v>
       </c>
       <c r="G299" s="1494" t="s">
         <v>25</v>
       </c>
       <c r="H299" s="1492" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I299" s="1494">
         <v>1</v>
       </c>
       <c r="J299" s="1493" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-      <c r="L299" s="1493" t="s">
+        <v>75</v>
+      </c>
+      <c r="K299" s="1493" t="s">
+        <v>76</v>
+      </c>
+      <c r="L299" s="1493"/>
+      <c r="M299" s="1493"/>
+      <c r="N299" s="1493" t="s">
         <v>77</v>
       </c>
-      <c r="M299" s="1493" t="s">
+      <c r="O299" s="1493" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
       <c r="P299" s="1493"/>
       <c r="Q299" s="1493"/>
       <c r="R299" s="1493" t="s">
         <v>33</v>
       </c>
       <c r="S299" s="1494" t="s">
         <v>34</v>
       </c>
       <c r="T299" s="1495">
         <v>4</v>
       </c>
     </row>
     <row r="300" spans="1:20">
       <c r="A300" s="1496">
-        <v>4326090</v>
+        <v>4326097</v>
       </c>
       <c r="B300" s="1497" t="s">
-        <v>713</v>
+        <v>706</v>
       </c>
       <c r="C300" s="1497" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="D300" s="1498" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
       <c r="E300" s="1497" t="s">
         <v>23</v>
       </c>
       <c r="F300" s="1497" t="s">
         <v>24</v>
       </c>
       <c r="G300" s="1499" t="s">
         <v>25</v>
       </c>
       <c r="H300" s="1497" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I300" s="1499">
         <v>1</v>
       </c>
       <c r="J300" s="1498" t="s">
-        <v>71</v>
+        <v>91</v>
       </c>
       <c r="K300" s="1498" t="s">
-        <v>72</v>
+        <v>91</v>
       </c>
       <c r="L300" s="1498"/>
       <c r="M300" s="1498"/>
       <c r="N300" s="1498" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="O300" s="1498" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-      <c r="Q300" s="1498"/>
+        <v>92</v>
+      </c>
+      <c r="P300" s="1498" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q300" s="1498" t="s">
+        <v>93</v>
+      </c>
       <c r="R300" s="1498" t="s">
         <v>33</v>
       </c>
       <c r="S300" s="1499" t="s">
         <v>34</v>
       </c>
       <c r="T300" s="1500">
         <v>4</v>
       </c>
     </row>
     <row r="301" spans="1:20">
       <c r="A301" s="1501">
-        <v>4326096</v>
+        <v>4326079</v>
       </c>
       <c r="B301" s="1502" t="s">
-        <v>714</v>
+        <v>707</v>
       </c>
       <c r="C301" s="1502" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="D301" s="1503" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
       <c r="E301" s="1502" t="s">
         <v>23</v>
       </c>
       <c r="F301" s="1502" t="s">
         <v>24</v>
       </c>
       <c r="G301" s="1504" t="s">
         <v>25</v>
       </c>
       <c r="H301" s="1502" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I301" s="1504">
         <v>1</v>
       </c>
       <c r="J301" s="1503" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="K301" s="1503" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-      <c r="M301" s="1503"/>
+        <v>97</v>
+      </c>
+      <c r="L301" s="1503" t="s">
+        <v>98</v>
+      </c>
+      <c r="M301" s="1503" t="s">
+        <v>59</v>
+      </c>
       <c r="N301" s="1503" t="s">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="O301" s="1503" t="s">
-        <v>88</v>
-[...6 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="P301" s="1503"/>
+      <c r="Q301" s="1503"/>
       <c r="R301" s="1503" t="s">
         <v>33</v>
       </c>
       <c r="S301" s="1504" t="s">
         <v>34</v>
       </c>
       <c r="T301" s="1505">
         <v>4</v>
       </c>
     </row>
     <row r="302" spans="1:20">
       <c r="A302" s="1506">
-        <v>4326078</v>
+        <v>4326085</v>
       </c>
       <c r="B302" s="1507" t="s">
-        <v>715</v>
+        <v>708</v>
       </c>
       <c r="C302" s="1507" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="D302" s="1508" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
       <c r="E302" s="1507" t="s">
         <v>23</v>
       </c>
       <c r="F302" s="1507" t="s">
         <v>24</v>
       </c>
       <c r="G302" s="1509" t="s">
         <v>25</v>
       </c>
       <c r="H302" s="1507" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I302" s="1509">
         <v>1</v>
       </c>
       <c r="J302" s="1508" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="K302" s="1508" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="L302" s="1508" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="M302" s="1508" t="s">
-        <v>55</v>
+        <v>99</v>
       </c>
       <c r="N302" s="1508" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="O302" s="1508" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="P302" s="1508"/>
       <c r="Q302" s="1508"/>
       <c r="R302" s="1508" t="s">
         <v>33</v>
       </c>
       <c r="S302" s="1509" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T302" s="1510">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="303" spans="1:20">
       <c r="A303" s="1511">
-        <v>4326084</v>
+        <v>4326043</v>
       </c>
       <c r="B303" s="1512" t="s">
-        <v>716</v>
+        <v>709</v>
       </c>
       <c r="C303" s="1512" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="D303" s="1513" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
       <c r="E303" s="1512" t="s">
         <v>23</v>
       </c>
       <c r="F303" s="1512" t="s">
         <v>24</v>
       </c>
       <c r="G303" s="1514" t="s">
         <v>25</v>
       </c>
       <c r="H303" s="1512" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I303" s="1514">
         <v>1</v>
       </c>
       <c r="J303" s="1513" t="s">
-        <v>92</v>
+        <v>105</v>
       </c>
       <c r="K303" s="1513" t="s">
-        <v>93</v>
+        <v>117</v>
       </c>
       <c r="L303" s="1513" t="s">
-        <v>94</v>
+        <v>118</v>
       </c>
       <c r="M303" s="1513" t="s">
-        <v>95</v>
+        <v>119</v>
       </c>
       <c r="N303" s="1513" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="O303" s="1513" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-      <c r="Q303" s="1513"/>
+        <v>120</v>
+      </c>
+      <c r="P303" s="1513" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q303" s="1513" t="s">
+        <v>108</v>
+      </c>
       <c r="R303" s="1513" t="s">
         <v>33</v>
       </c>
       <c r="S303" s="1514" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T303" s="1515">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:20">
       <c r="A304" s="1516">
-        <v>4326042</v>
+        <v>4326067</v>
       </c>
       <c r="B304" s="1517" t="s">
-        <v>717</v>
+        <v>710</v>
       </c>
       <c r="C304" s="1517" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D304" s="1518" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
       <c r="E304" s="1517" t="s">
         <v>23</v>
       </c>
       <c r="F304" s="1517" t="s">
         <v>24</v>
       </c>
       <c r="G304" s="1519" t="s">
         <v>25</v>
       </c>
       <c r="H304" s="1517" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I304" s="1519">
         <v>1</v>
       </c>
       <c r="J304" s="1518" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="K304" s="1518" t="s">
+        <v>105</v>
+      </c>
+      <c r="K304" s="1518"/>
+      <c r="L304" s="1518" t="s">
+        <v>111</v>
+      </c>
+      <c r="M304" s="1518" t="s">
+        <v>112</v>
+      </c>
+      <c r="N304" s="1518" t="s">
+        <v>100</v>
+      </c>
+      <c r="O304" s="1518" t="s">
         <v>113</v>
       </c>
-      <c r="L304" s="1518" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="P304" s="1518"/>
+      <c r="Q304" s="1518"/>
       <c r="R304" s="1518" t="s">
         <v>33</v>
       </c>
       <c r="S304" s="1519" t="s">
         <v>34</v>
       </c>
       <c r="T304" s="1520">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="305" spans="1:20">
       <c r="A305" s="1521">
-        <v>4326066</v>
+        <v>4326073</v>
       </c>
       <c r="B305" s="1522" t="s">
-        <v>718</v>
+        <v>711</v>
       </c>
       <c r="C305" s="1522" t="s">
-        <v>106</v>
+        <v>122</v>
       </c>
       <c r="D305" s="1523" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
       <c r="E305" s="1522" t="s">
         <v>23</v>
       </c>
       <c r="F305" s="1522" t="s">
         <v>24</v>
       </c>
       <c r="G305" s="1524" t="s">
         <v>25</v>
       </c>
       <c r="H305" s="1522" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I305" s="1524">
         <v>1</v>
       </c>
       <c r="J305" s="1523" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="K305" s="1523"/>
+        <v>105</v>
+      </c>
+      <c r="K305" s="1523" t="s">
+        <v>106</v>
+      </c>
       <c r="L305" s="1523" t="s">
-        <v>107</v>
+        <v>123</v>
       </c>
       <c r="M305" s="1523" t="s">
+        <v>124</v>
+      </c>
+      <c r="N305" s="1523" t="s">
+        <v>77</v>
+      </c>
+      <c r="O305" s="1523" t="s">
+        <v>120</v>
+      </c>
+      <c r="P305" s="1523" t="s">
         <v>108</v>
       </c>
-      <c r="N305" s="1523" t="s">
-[...6 lines deleted...]
-      <c r="Q305" s="1523"/>
+      <c r="Q305" s="1523" t="s">
+        <v>108</v>
+      </c>
       <c r="R305" s="1523" t="s">
         <v>33</v>
       </c>
       <c r="S305" s="1524" t="s">
         <v>34</v>
       </c>
       <c r="T305" s="1525">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="306" spans="1:20">
       <c r="A306" s="1526">
-        <v>4326072</v>
+        <v>4326103</v>
       </c>
       <c r="B306" s="1527" t="s">
-        <v>719</v>
+        <v>712</v>
       </c>
       <c r="C306" s="1527" t="s">
-        <v>118</v>
+        <v>104</v>
       </c>
       <c r="D306" s="1528" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
       <c r="E306" s="1527" t="s">
         <v>23</v>
       </c>
       <c r="F306" s="1527" t="s">
         <v>24</v>
       </c>
       <c r="G306" s="1529" t="s">
         <v>25</v>
       </c>
       <c r="H306" s="1527" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I306" s="1529">
         <v>1</v>
       </c>
       <c r="J306" s="1528" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="K306" s="1528" t="s">
-        <v>102</v>
-[...6 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="L306" s="1528"/>
+      <c r="M306" s="1528"/>
       <c r="N306" s="1528" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="O306" s="1528" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="P306" s="1528" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="Q306" s="1528" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="R306" s="1528" t="s">
         <v>33</v>
       </c>
       <c r="S306" s="1529" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T306" s="1530">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="307" spans="1:20">
       <c r="A307" s="1531">
-        <v>4326102</v>
+        <v>4126133</v>
       </c>
       <c r="B307" s="1532" t="s">
-        <v>720</v>
+        <v>422</v>
       </c>
       <c r="C307" s="1532" t="s">
-        <v>100</v>
+        <v>175</v>
       </c>
       <c r="D307" s="1533" t="s">
-        <v>702</v>
+        <v>713</v>
       </c>
       <c r="E307" s="1532" t="s">
-        <v>23</v>
+        <v>423</v>
       </c>
       <c r="F307" s="1532" t="s">
         <v>24</v>
       </c>
-      <c r="G307" s="1534" t="s">
-        <v>25</v>
+      <c r="G307" s="1534">
+        <v>20</v>
       </c>
       <c r="H307" s="1532" t="s">
-        <v>343</v>
+        <v>172</v>
       </c>
       <c r="I307" s="1534">
         <v>1</v>
       </c>
       <c r="J307" s="1533" t="s">
-        <v>101</v>
+        <v>75</v>
       </c>
       <c r="K307" s="1533" t="s">
-        <v>102</v>
+        <v>295</v>
       </c>
       <c r="L307" s="1533"/>
       <c r="M307" s="1533"/>
       <c r="N307" s="1533" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="O307" s="1533" t="s">
-        <v>103</v>
+        <v>69</v>
       </c>
       <c r="P307" s="1533" t="s">
-        <v>104</v>
+        <v>47</v>
       </c>
       <c r="Q307" s="1533" t="s">
-        <v>104</v>
+        <v>61</v>
       </c>
       <c r="R307" s="1533" t="s">
         <v>33</v>
       </c>
       <c r="S307" s="1534" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T307" s="1535">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="308" spans="1:20">
       <c r="A308" s="1536">
-        <v>4126091</v>
+        <v>4126088</v>
       </c>
       <c r="B308" s="1537" t="s">
-        <v>504</v>
+        <v>714</v>
       </c>
       <c r="C308" s="1537" t="s">
-        <v>505</v>
+        <v>715</v>
       </c>
       <c r="D308" s="1538" t="s">
-        <v>721</v>
+        <v>716</v>
       </c>
       <c r="E308" s="1537" t="s">
-        <v>147</v>
+        <v>717</v>
       </c>
       <c r="F308" s="1537" t="s">
         <v>24</v>
       </c>
       <c r="G308" s="1539">
         <v>25</v>
       </c>
       <c r="H308" s="1537" t="s">
-        <v>358</v>
+        <v>259</v>
       </c>
       <c r="I308" s="1539">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J308" s="1538" t="s">
-        <v>92</v>
+        <v>481</v>
       </c>
       <c r="K308" s="1538" t="s">
-        <v>93</v>
+        <v>481</v>
       </c>
       <c r="L308" s="1538" t="s">
-        <v>94</v>
+        <v>684</v>
       </c>
       <c r="M308" s="1538" t="s">
-        <v>95</v>
+        <v>718</v>
       </c>
       <c r="N308" s="1538" t="s">
-        <v>96</v>
+        <v>134</v>
       </c>
       <c r="O308" s="1538" t="s">
-        <v>97</v>
+        <v>483</v>
       </c>
       <c r="P308" s="1538"/>
       <c r="Q308" s="1538"/>
       <c r="R308" s="1538" t="s">
         <v>33</v>
       </c>
       <c r="S308" s="1539" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T308" s="1540">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="309" spans="1:20">
       <c r="A309" s="1541">
-        <v>4126142</v>
+        <v>4126040</v>
       </c>
       <c r="B309" s="1542" t="s">
-        <v>509</v>
+        <v>522</v>
       </c>
       <c r="C309" s="1542" t="s">
-        <v>70</v>
+        <v>223</v>
       </c>
       <c r="D309" s="1543" t="s">
-        <v>722</v>
+        <v>716</v>
       </c>
       <c r="E309" s="1542" t="s">
-        <v>132</v>
+        <v>524</v>
       </c>
       <c r="F309" s="1542" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G309" s="1544">
         <v>25</v>
       </c>
       <c r="H309" s="1542" t="s">
-        <v>343</v>
+        <v>259</v>
       </c>
       <c r="I309" s="1544">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J309" s="1543" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="K309" s="1543" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-      <c r="M309" s="1543"/>
+        <v>59</v>
+      </c>
+      <c r="L309" s="1543" t="s">
+        <v>98</v>
+      </c>
+      <c r="M309" s="1543" t="s">
+        <v>59</v>
+      </c>
       <c r="N309" s="1543" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="O309" s="1543" t="s">
-        <v>74</v>
+        <v>227</v>
       </c>
       <c r="P309" s="1543"/>
       <c r="Q309" s="1543"/>
       <c r="R309" s="1543" t="s">
         <v>33</v>
       </c>
       <c r="S309" s="1544" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T309" s="1545">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="310" spans="1:20">
       <c r="A310" s="1546">
-        <v>4126070</v>
+        <v>4126026</v>
       </c>
       <c r="B310" s="1547" t="s">
-        <v>723</v>
+        <v>453</v>
       </c>
       <c r="C310" s="1547" t="s">
-        <v>233</v>
+        <v>160</v>
       </c>
       <c r="D310" s="1548" t="s">
-        <v>724</v>
+        <v>719</v>
       </c>
       <c r="E310" s="1547" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="F310" s="1547" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G310" s="1549">
         <v>25</v>
       </c>
       <c r="H310" s="1547" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I310" s="1549">
         <v>1</v>
       </c>
       <c r="J310" s="1548" t="s">
-        <v>101</v>
+        <v>455</v>
       </c>
       <c r="K310" s="1548" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-      <c r="M310" s="1548"/>
+        <v>456</v>
+      </c>
+      <c r="L310" s="1548" t="s">
+        <v>111</v>
+      </c>
+      <c r="M310" s="1548" t="s">
+        <v>457</v>
+      </c>
       <c r="N310" s="1548" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="O310" s="1548" t="s">
-        <v>234</v>
+        <v>49</v>
       </c>
       <c r="P310" s="1548"/>
       <c r="Q310" s="1548"/>
       <c r="R310" s="1548" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S310" s="1549" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T310" s="1550">
         <v>6</v>
       </c>
     </row>
     <row r="311" spans="1:20">
       <c r="A311" s="1551">
-        <v>4126163</v>
+        <v>4126147</v>
       </c>
       <c r="B311" s="1552" t="s">
-        <v>426</v>
+        <v>471</v>
       </c>
       <c r="C311" s="1552" t="s">
-        <v>229</v>
+        <v>55</v>
       </c>
       <c r="D311" s="1553" t="s">
-        <v>725</v>
+        <v>720</v>
       </c>
       <c r="E311" s="1552" t="s">
-        <v>178</v>
+        <v>473</v>
       </c>
       <c r="F311" s="1552" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G311" s="1554">
         <v>25</v>
       </c>
       <c r="H311" s="1552" t="s">
-        <v>358</v>
+        <v>259</v>
       </c>
       <c r="I311" s="1554">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J311" s="1553" t="s">
+        <v>75</v>
+      </c>
+      <c r="K311" s="1553" t="s">
+        <v>474</v>
+      </c>
+      <c r="L311" s="1553" t="s">
+        <v>81</v>
+      </c>
+      <c r="M311" s="1553" t="s">
+        <v>475</v>
+      </c>
+      <c r="N311" s="1553" t="s">
+        <v>47</v>
+      </c>
+      <c r="O311" s="1553" t="s">
+        <v>61</v>
+      </c>
+      <c r="P311" s="1553" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q311" s="1553" t="s">
         <v>92</v>
       </c>
-      <c r="K311" s="1553" t="s">
-[...11 lines deleted...]
-      <c r="Q311" s="1553"/>
       <c r="R311" s="1553" t="s">
         <v>33</v>
       </c>
       <c r="S311" s="1554" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T311" s="1555">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="312" spans="1:20">
       <c r="A312" s="1556">
-        <v>4126020</v>
+        <v>4126113</v>
       </c>
       <c r="B312" s="1557" t="s">
-        <v>481</v>
+        <v>721</v>
       </c>
       <c r="C312" s="1557" t="s">
-        <v>410</v>
+        <v>231</v>
       </c>
       <c r="D312" s="1558" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="E312" s="1557" t="s">
-        <v>147</v>
+        <v>169</v>
       </c>
       <c r="F312" s="1557" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G312" s="1559">
         <v>25</v>
       </c>
       <c r="H312" s="1557" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I312" s="1559">
         <v>1</v>
       </c>
       <c r="J312" s="1558" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="K312" s="1558"/>
+        <v>105</v>
+      </c>
+      <c r="K312" s="1558" t="s">
+        <v>106</v>
+      </c>
       <c r="L312" s="1558"/>
       <c r="M312" s="1558"/>
       <c r="N312" s="1558" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="O312" s="1558" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="P312" s="1558"/>
       <c r="Q312" s="1558"/>
       <c r="R312" s="1558" t="s">
-        <v>206</v>
+        <v>218</v>
       </c>
       <c r="S312" s="1559" t="s">
         <v>34</v>
       </c>
       <c r="T312" s="1560">
         <v>6</v>
       </c>
     </row>
     <row r="313" spans="1:20">
       <c r="A313" s="1561">
-        <v>4126055</v>
+        <v>4126185</v>
       </c>
       <c r="B313" s="1562" t="s">
-        <v>726</v>
+        <v>367</v>
       </c>
       <c r="C313" s="1562" t="s">
-        <v>118</v>
+        <v>368</v>
       </c>
       <c r="D313" s="1563" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="E313" s="1562" t="s">
-        <v>178</v>
+        <v>236</v>
       </c>
       <c r="F313" s="1562" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G313" s="1564">
         <v>25</v>
       </c>
       <c r="H313" s="1562" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I313" s="1564">
         <v>1</v>
       </c>
       <c r="J313" s="1563" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="K313" s="1563" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-      <c r="M313" s="1563"/>
+        <v>59</v>
+      </c>
+      <c r="L313" s="1563" t="s">
+        <v>57</v>
+      </c>
+      <c r="M313" s="1563" t="s">
+        <v>370</v>
+      </c>
       <c r="N313" s="1563" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="O313" s="1563" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-      <c r="Q313" s="1563"/>
+        <v>227</v>
+      </c>
+      <c r="P313" s="1563" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q313" s="1563" t="s">
+        <v>88</v>
+      </c>
       <c r="R313" s="1563" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S313" s="1564" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T313" s="1565">
         <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:20">
       <c r="A314" s="1566">
-        <v>4126181</v>
+        <v>4126192</v>
       </c>
       <c r="B314" s="1567" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
       <c r="C314" s="1567" t="s">
-        <v>182</v>
+        <v>297</v>
       </c>
       <c r="D314" s="1568" t="s">
-        <v>729</v>
+        <v>725</v>
       </c>
       <c r="E314" s="1567" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="F314" s="1567" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G314" s="1569">
         <v>25</v>
       </c>
       <c r="H314" s="1567" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I314" s="1569">
         <v>1</v>
       </c>
       <c r="J314" s="1568" t="s">
-        <v>441</v>
+        <v>75</v>
       </c>
       <c r="K314" s="1568" t="s">
-        <v>442</v>
+        <v>406</v>
       </c>
       <c r="L314" s="1568" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="M314" s="1568" t="s">
-        <v>55</v>
+        <v>176</v>
       </c>
       <c r="N314" s="1568" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="O314" s="1568" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="Q314" s="1568"/>
+        <v>93</v>
+      </c>
+      <c r="P314" s="1568" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q314" s="1568" t="s">
+        <v>265</v>
+      </c>
       <c r="R314" s="1568" t="s">
         <v>33</v>
       </c>
       <c r="S314" s="1569" t="s">
         <v>42</v>
       </c>
       <c r="T314" s="1570">
         <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:20">
       <c r="A315" s="1571">
-        <v>4126082</v>
+        <v>4126028</v>
       </c>
       <c r="B315" s="1572" t="s">
-        <v>730</v>
+        <v>484</v>
       </c>
       <c r="C315" s="1572" t="s">
-        <v>100</v>
+        <v>63</v>
       </c>
       <c r="D315" s="1573" t="s">
-        <v>729</v>
+        <v>726</v>
       </c>
       <c r="E315" s="1572" t="s">
-        <v>731</v>
+        <v>308</v>
       </c>
       <c r="F315" s="1572" t="s">
         <v>24</v>
       </c>
       <c r="G315" s="1574">
         <v>25</v>
       </c>
       <c r="H315" s="1572" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I315" s="1574">
         <v>1</v>
       </c>
       <c r="J315" s="1573" t="s">
-        <v>101</v>
+        <v>420</v>
       </c>
       <c r="K315" s="1573" t="s">
-        <v>102</v>
+        <v>486</v>
       </c>
       <c r="L315" s="1573"/>
       <c r="M315" s="1573"/>
       <c r="N315" s="1573" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="O315" s="1573" t="s">
-        <v>103</v>
+        <v>66</v>
       </c>
       <c r="P315" s="1573"/>
       <c r="Q315" s="1573"/>
       <c r="R315" s="1573" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S315" s="1574" t="s">
         <v>42</v>
       </c>
       <c r="T315" s="1575">
-        <v>6.5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="316" spans="1:20">
       <c r="A316" s="1576">
-        <v>4126110</v>
+        <v>4126127</v>
       </c>
       <c r="B316" s="1577" t="s">
-        <v>457</v>
+        <v>727</v>
       </c>
       <c r="C316" s="1577" t="s">
-        <v>91</v>
+        <v>311</v>
       </c>
       <c r="D316" s="1578" t="s">
-        <v>732</v>
+        <v>726</v>
       </c>
       <c r="E316" s="1577" t="s">
-        <v>459</v>
+        <v>139</v>
       </c>
       <c r="F316" s="1577" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G316" s="1579">
         <v>25</v>
       </c>
       <c r="H316" s="1577" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I316" s="1579">
         <v>1</v>
       </c>
       <c r="J316" s="1578" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="K316" s="1578"/>
       <c r="L316" s="1578"/>
       <c r="M316" s="1578"/>
       <c r="N316" s="1578" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="O316" s="1578" t="s">
-        <v>97</v>
+        <v>130</v>
       </c>
       <c r="P316" s="1578"/>
       <c r="Q316" s="1578"/>
       <c r="R316" s="1578" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S316" s="1579" t="s">
         <v>42</v>
       </c>
       <c r="T316" s="1580">
-        <v>5.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:20">
       <c r="A317" s="1581">
-        <v>4126075</v>
+        <v>4126066</v>
       </c>
       <c r="B317" s="1582" t="s">
-        <v>334</v>
+        <v>493</v>
       </c>
       <c r="C317" s="1582" t="s">
-        <v>192</v>
+        <v>494</v>
       </c>
       <c r="D317" s="1583" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
       <c r="E317" s="1582" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
       <c r="F317" s="1582" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G317" s="1584">
         <v>25</v>
       </c>
       <c r="H317" s="1582" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I317" s="1584">
         <v>1</v>
       </c>
       <c r="J317" s="1583" t="s">
-        <v>101</v>
+        <v>45</v>
       </c>
       <c r="K317" s="1583" t="s">
-        <v>102</v>
+        <v>147</v>
       </c>
       <c r="L317" s="1583" t="s">
-        <v>308</v>
+        <v>111</v>
       </c>
       <c r="M317" s="1583" t="s">
-        <v>335</v>
+        <v>457</v>
       </c>
       <c r="N317" s="1583" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="O317" s="1583" t="s">
-        <v>103</v>
+        <v>72</v>
       </c>
       <c r="P317" s="1583" t="s">
-        <v>126</v>
+        <v>77</v>
       </c>
       <c r="Q317" s="1583" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="R317" s="1583" t="s">
         <v>33</v>
       </c>
       <c r="S317" s="1584" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T317" s="1585">
         <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:20">
       <c r="A318" s="1586">
-        <v>4126152</v>
+        <v>4126140</v>
       </c>
       <c r="B318" s="1587" t="s">
-        <v>471</v>
+        <v>336</v>
       </c>
       <c r="C318" s="1587" t="s">
-        <v>472</v>
+        <v>74</v>
       </c>
       <c r="D318" s="1588" t="s">
-        <v>734</v>
+        <v>729</v>
       </c>
       <c r="E318" s="1587" t="s">
-        <v>147</v>
+        <v>236</v>
       </c>
       <c r="F318" s="1587" t="s">
         <v>24</v>
       </c>
       <c r="G318" s="1589">
         <v>25</v>
       </c>
       <c r="H318" s="1587" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I318" s="1589">
         <v>1</v>
       </c>
       <c r="J318" s="1588" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="K318" s="1588" t="s">
-        <v>55</v>
+        <v>76</v>
       </c>
       <c r="L318" s="1588"/>
       <c r="M318" s="1588"/>
       <c r="N318" s="1588" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="O318" s="1588" t="s">
-        <v>302</v>
+        <v>78</v>
       </c>
       <c r="P318" s="1588"/>
       <c r="Q318" s="1588"/>
       <c r="R318" s="1588" t="s">
         <v>33</v>
       </c>
       <c r="S318" s="1589" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T318" s="1590">
         <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:20">
       <c r="A319" s="1591">
-        <v>4126059</v>
+        <v>4126047</v>
       </c>
       <c r="B319" s="1592" t="s">
-        <v>207</v>
+        <v>730</v>
       </c>
       <c r="C319" s="1592" t="s">
-        <v>192</v>
+        <v>21</v>
       </c>
       <c r="D319" s="1593" t="s">
-        <v>735</v>
+        <v>731</v>
       </c>
       <c r="E319" s="1592" t="s">
-        <v>147</v>
+        <v>732</v>
       </c>
       <c r="F319" s="1592" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G319" s="1594">
         <v>25</v>
       </c>
       <c r="H319" s="1592" t="s">
-        <v>358</v>
+        <v>334</v>
       </c>
       <c r="I319" s="1594">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J319" s="1593" t="s">
-        <v>92</v>
+        <v>64</v>
       </c>
       <c r="K319" s="1593" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-      <c r="M319" s="1593"/>
+        <v>66</v>
+      </c>
+      <c r="L319" s="1593" t="s">
+        <v>123</v>
+      </c>
+      <c r="M319" s="1593" t="s">
+        <v>537</v>
+      </c>
       <c r="N319" s="1593" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="O319" s="1593" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-      <c r="Q319" s="1593"/>
+        <v>66</v>
+      </c>
+      <c r="P319" s="1593" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q319" s="1593" t="s">
+        <v>32</v>
+      </c>
       <c r="R319" s="1593" t="s">
         <v>33</v>
       </c>
       <c r="S319" s="1594" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T319" s="1595">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="320" spans="1:20">
       <c r="A320" s="1596">
-        <v>4126061</v>
+        <v>4126129</v>
       </c>
       <c r="B320" s="1597" t="s">
-        <v>518</v>
+        <v>407</v>
       </c>
       <c r="C320" s="1597" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="D320" s="1598" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
       <c r="E320" s="1597" t="s">
-        <v>147</v>
+        <v>169</v>
       </c>
       <c r="F320" s="1597" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G320" s="1599">
         <v>25</v>
       </c>
       <c r="H320" s="1597" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I320" s="1599">
         <v>1</v>
       </c>
       <c r="J320" s="1598" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="K320" s="1598" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-      <c r="M320" s="1598"/>
+        <v>408</v>
+      </c>
+      <c r="L320" s="1598" t="s">
+        <v>98</v>
+      </c>
+      <c r="M320" s="1598" t="s">
+        <v>99</v>
+      </c>
       <c r="N320" s="1598" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="O320" s="1598" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="P320" s="1598"/>
       <c r="Q320" s="1598"/>
       <c r="R320" s="1598" t="s">
         <v>33</v>
       </c>
       <c r="S320" s="1599" t="s">
         <v>34</v>
       </c>
       <c r="T320" s="1600">
         <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:20">
       <c r="A321" s="1601">
-        <v>4126084</v>
+        <v>4126220</v>
       </c>
       <c r="B321" s="1602" t="s">
-        <v>737</v>
+        <v>734</v>
       </c>
       <c r="C321" s="1602" t="s">
-        <v>622</v>
+        <v>297</v>
       </c>
       <c r="D321" s="1603" t="s">
-        <v>738</v>
+        <v>733</v>
       </c>
       <c r="E321" s="1602" t="s">
-        <v>147</v>
+        <v>236</v>
       </c>
       <c r="F321" s="1602" t="s">
         <v>24</v>
       </c>
       <c r="G321" s="1604">
         <v>25</v>
       </c>
       <c r="H321" s="1602" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I321" s="1604">
         <v>1</v>
       </c>
       <c r="J321" s="1603" t="s">
-        <v>739</v>
+        <v>96</v>
       </c>
       <c r="K321" s="1603" t="s">
-        <v>740</v>
-[...6 lines deleted...]
-      </c>
+        <v>284</v>
+      </c>
+      <c r="L321" s="1603"/>
+      <c r="M321" s="1603"/>
       <c r="N321" s="1603" t="s">
-        <v>126</v>
+        <v>31</v>
       </c>
       <c r="O321" s="1603" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-      <c r="Q321" s="1603"/>
+        <v>41</v>
+      </c>
+      <c r="P321" s="1603" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q321" s="1603" t="s">
+        <v>130</v>
+      </c>
       <c r="R321" s="1603" t="s">
         <v>33</v>
       </c>
       <c r="S321" s="1604" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T321" s="1605">
         <v>6</v>
       </c>
     </row>
     <row r="322" spans="1:20">
       <c r="A322" s="1606">
-        <v>4126042</v>
+        <v>4126119</v>
       </c>
       <c r="B322" s="1607" t="s">
-        <v>634</v>
+        <v>251</v>
       </c>
       <c r="C322" s="1607" t="s">
-        <v>59</v>
+        <v>252</v>
       </c>
       <c r="D322" s="1608" t="s">
-        <v>743</v>
+        <v>735</v>
       </c>
       <c r="E322" s="1607" t="s">
-        <v>225</v>
+        <v>139</v>
       </c>
       <c r="F322" s="1607" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G322" s="1609">
         <v>25</v>
       </c>
       <c r="H322" s="1607" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I322" s="1609">
         <v>1</v>
       </c>
       <c r="J322" s="1608" t="s">
-        <v>226</v>
+        <v>64</v>
       </c>
       <c r="K322" s="1608" t="s">
-        <v>227</v>
+        <v>254</v>
       </c>
       <c r="L322" s="1608"/>
       <c r="M322" s="1608"/>
       <c r="N322" s="1608" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="O322" s="1608" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-      <c r="Q322" s="1608"/>
+        <v>66</v>
+      </c>
+      <c r="P322" s="1608" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q322" s="1608" t="s">
+        <v>107</v>
+      </c>
       <c r="R322" s="1608" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="S322" s="1609" t="s">
         <v>42</v>
       </c>
       <c r="T322" s="1610">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:20">
       <c r="A323" s="1611">
-        <v>4126045</v>
+        <v>4126068</v>
       </c>
       <c r="B323" s="1612" t="s">
-        <v>531</v>
+        <v>510</v>
       </c>
       <c r="C323" s="1612" t="s">
-        <v>21</v>
+        <v>511</v>
       </c>
       <c r="D323" s="1613" t="s">
-        <v>744</v>
+        <v>735</v>
       </c>
       <c r="E323" s="1612" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="F323" s="1612" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G323" s="1614">
         <v>25</v>
       </c>
       <c r="H323" s="1612" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I323" s="1614">
         <v>1</v>
       </c>
       <c r="J323" s="1613" t="s">
-        <v>226</v>
+        <v>105</v>
       </c>
       <c r="K323" s="1613" t="s">
-        <v>223</v>
-[...6 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="L323" s="1613"/>
+      <c r="M323" s="1613"/>
       <c r="N323" s="1613" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="O323" s="1613" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-      <c r="Q323" s="1613"/>
+        <v>107</v>
+      </c>
+      <c r="P323" s="1613" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q323" s="1613" t="s">
+        <v>108</v>
+      </c>
       <c r="R323" s="1613" t="s">
-        <v>206</v>
+        <v>218</v>
       </c>
       <c r="S323" s="1614" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T323" s="1615">
         <v>6</v>
       </c>
     </row>
     <row r="324" spans="1:20">
       <c r="A324" s="1616">
-        <v>4126131</v>
+        <v>4126165</v>
       </c>
       <c r="B324" s="1617" t="s">
-        <v>129</v>
+        <v>576</v>
       </c>
       <c r="C324" s="1617" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="D324" s="1618" t="s">
-        <v>744</v>
+        <v>736</v>
       </c>
       <c r="E324" s="1617" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="F324" s="1617" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G324" s="1619">
         <v>25</v>
       </c>
       <c r="H324" s="1617" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I324" s="1619">
         <v>1</v>
       </c>
       <c r="J324" s="1618" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="K324" s="1618" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="L324" s="1618"/>
       <c r="M324" s="1618"/>
       <c r="N324" s="1618" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="O324" s="1618" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-      <c r="Q324" s="1618"/>
+        <v>41</v>
+      </c>
+      <c r="P324" s="1618" t="s">
+        <v>100</v>
+      </c>
+      <c r="Q324" s="1618" t="s">
+        <v>390</v>
+      </c>
       <c r="R324" s="1618" t="s">
         <v>33</v>
       </c>
       <c r="S324" s="1619" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T324" s="1620">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="325" spans="1:20">
       <c r="A325" s="1621">
-        <v>4126138</v>
+        <v>4126144</v>
       </c>
       <c r="B325" s="1622" t="s">
-        <v>745</v>
+        <v>371</v>
       </c>
       <c r="C325" s="1622" t="s">
-        <v>746</v>
+        <v>372</v>
       </c>
       <c r="D325" s="1623" t="s">
-        <v>747</v>
+        <v>737</v>
       </c>
       <c r="E325" s="1622" t="s">
-        <v>147</v>
+        <v>236</v>
       </c>
       <c r="F325" s="1622" t="s">
         <v>24</v>
       </c>
       <c r="G325" s="1624">
         <v>25</v>
       </c>
       <c r="H325" s="1622" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I325" s="1624">
         <v>1</v>
       </c>
       <c r="J325" s="1623" t="s">
-        <v>454</v>
-[...9 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="K325" s="1623"/>
+      <c r="L325" s="1623"/>
+      <c r="M325" s="1623"/>
       <c r="N325" s="1623" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="O325" s="1623" t="s">
-        <v>49</v>
+        <v>69</v>
       </c>
       <c r="P325" s="1623"/>
       <c r="Q325" s="1623"/>
       <c r="R325" s="1623" t="s">
         <v>33</v>
       </c>
       <c r="S325" s="1624" t="s">
         <v>34</v>
       </c>
       <c r="T325" s="1625">
         <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:20">
       <c r="A326" s="1626">
-        <v>4126079</v>
+        <v>4126150</v>
       </c>
       <c r="B326" s="1627" t="s">
-        <v>605</v>
+        <v>364</v>
       </c>
       <c r="C326" s="1627" t="s">
-        <v>269</v>
+        <v>365</v>
       </c>
       <c r="D326" s="1628" t="s">
-        <v>747</v>
+        <v>738</v>
       </c>
       <c r="E326" s="1627" t="s">
-        <v>147</v>
+        <v>236</v>
       </c>
       <c r="F326" s="1627" t="s">
         <v>24</v>
       </c>
       <c r="G326" s="1629">
         <v>25</v>
       </c>
       <c r="H326" s="1627" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I326" s="1629">
         <v>1</v>
       </c>
       <c r="J326" s="1628" t="s">
-        <v>71</v>
+        <v>45</v>
       </c>
       <c r="K326" s="1628" t="s">
-        <v>316</v>
+        <v>46</v>
       </c>
       <c r="L326" s="1628"/>
       <c r="M326" s="1628"/>
       <c r="N326" s="1628" t="s">
         <v>47</v>
       </c>
       <c r="O326" s="1628" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-      <c r="Q326" s="1628"/>
+        <v>197</v>
+      </c>
+      <c r="P326" s="1628" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q326" s="1628" t="s">
+        <v>135</v>
+      </c>
       <c r="R326" s="1628" t="s">
         <v>33</v>
       </c>
       <c r="S326" s="1629" t="s">
         <v>42</v>
       </c>
       <c r="T326" s="1630">
         <v>6</v>
       </c>
     </row>
     <row r="327" spans="1:20">
       <c r="A327" s="1631">
-        <v>4126030</v>
+        <v>4126177</v>
       </c>
       <c r="B327" s="1632" t="s">
-        <v>145</v>
+        <v>416</v>
       </c>
       <c r="C327" s="1632" t="s">
-        <v>146</v>
+        <v>417</v>
       </c>
       <c r="D327" s="1633" t="s">
-        <v>749</v>
+        <v>738</v>
       </c>
       <c r="E327" s="1632" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F327" s="1632" t="s">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="G327" s="1634">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="H327" s="1632" t="s">
-        <v>358</v>
+        <v>172</v>
       </c>
       <c r="I327" s="1634">
         <v>1</v>
       </c>
       <c r="J327" s="1633" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="K327" s="1633" t="s">
-        <v>52</v>
+        <v>117</v>
       </c>
       <c r="L327" s="1633"/>
       <c r="M327" s="1633"/>
       <c r="N327" s="1633" t="s">
-        <v>47</v>
+        <v>77</v>
       </c>
       <c r="O327" s="1633" t="s">
-        <v>148</v>
+        <v>130</v>
       </c>
       <c r="P327" s="1633"/>
       <c r="Q327" s="1633"/>
       <c r="R327" s="1633" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S327" s="1634" t="s">
         <v>42</v>
       </c>
       <c r="T327" s="1635">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="328" spans="1:20">
       <c r="A328" s="1636">
-        <v>4126203</v>
+        <v>4126051</v>
       </c>
       <c r="B328" s="1637" t="s">
-        <v>750</v>
+        <v>525</v>
       </c>
       <c r="C328" s="1637" t="s">
-        <v>489</v>
+        <v>63</v>
       </c>
       <c r="D328" s="1638" t="s">
-        <v>751</v>
+        <v>739</v>
       </c>
       <c r="E328" s="1637" t="s">
-        <v>178</v>
+        <v>308</v>
       </c>
       <c r="F328" s="1637" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="G328" s="1639">
         <v>25</v>
       </c>
       <c r="H328" s="1637" t="s">
-        <v>358</v>
+        <v>188</v>
       </c>
       <c r="I328" s="1639">
         <v>1</v>
       </c>
       <c r="J328" s="1638" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="K328" s="1638" t="s">
-        <v>491</v>
+        <v>65</v>
       </c>
       <c r="L328" s="1638"/>
       <c r="M328" s="1638"/>
       <c r="N328" s="1638" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="O328" s="1638" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="P328" s="1638"/>
       <c r="Q328" s="1638"/>
       <c r="R328" s="1638" t="s">
         <v>33</v>
       </c>
       <c r="S328" s="1639" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T328" s="1640">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="329" spans="1:20">
       <c r="A329" s="1641">
-        <v>4326013</v>
+        <v>4126071</v>
       </c>
       <c r="B329" s="1642" t="s">
-        <v>752</v>
+        <v>740</v>
       </c>
       <c r="C329" s="1642" t="s">
-        <v>21</v>
+        <v>311</v>
       </c>
       <c r="D329" s="1643" t="s">
-        <v>753</v>
+        <v>739</v>
       </c>
       <c r="E329" s="1642" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="F329" s="1642" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G329" s="1644" t="s">
+        <v>140</v>
+      </c>
+      <c r="G329" s="1644">
         <v>25</v>
       </c>
       <c r="H329" s="1642" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I329" s="1644">
         <v>1</v>
       </c>
       <c r="J329" s="1643" t="s">
-        <v>45</v>
+        <v>96</v>
       </c>
       <c r="K329" s="1643" t="s">
-        <v>46</v>
-[...6 lines deleted...]
-      </c>
+        <v>320</v>
+      </c>
+      <c r="L329" s="1643"/>
+      <c r="M329" s="1643"/>
       <c r="N329" s="1643" t="s">
-        <v>47</v>
+        <v>77</v>
       </c>
       <c r="O329" s="1643" t="s">
-        <v>48</v>
-[...6 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="P329" s="1643"/>
+      <c r="Q329" s="1643"/>
       <c r="R329" s="1643" t="s">
         <v>33</v>
       </c>
       <c r="S329" s="1644" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="T329" s="1645">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="330" spans="1:20">
       <c r="A330" s="1646">
-        <v>4326049</v>
+        <v>4126191</v>
       </c>
       <c r="B330" s="1647" t="s">
-        <v>754</v>
+        <v>741</v>
       </c>
       <c r="C330" s="1647" t="s">
-        <v>44</v>
+        <v>742</v>
       </c>
       <c r="D330" s="1648" t="s">
-        <v>753</v>
+        <v>743</v>
       </c>
       <c r="E330" s="1647" t="s">
-        <v>23</v>
+        <v>744</v>
       </c>
       <c r="F330" s="1647" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G330" s="1649" t="s">
+        <v>140</v>
+      </c>
+      <c r="G330" s="1649">
         <v>25</v>
       </c>
       <c r="H330" s="1647" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I330" s="1649">
         <v>1</v>
       </c>
       <c r="J330" s="1648" t="s">
-        <v>45</v>
+        <v>745</v>
       </c>
       <c r="K330" s="1648" t="s">
-        <v>46</v>
+        <v>66</v>
       </c>
       <c r="L330" s="1648"/>
       <c r="M330" s="1648"/>
       <c r="N330" s="1648" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="O330" s="1648" t="s">
-        <v>48</v>
-[...6 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="P330" s="1648"/>
+      <c r="Q330" s="1648"/>
       <c r="R330" s="1648" t="s">
         <v>33</v>
       </c>
       <c r="S330" s="1649" t="s">
         <v>34</v>
       </c>
       <c r="T330" s="1650">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="331" spans="1:20">
       <c r="A331" s="1651">
-        <v>4326055</v>
+        <v>4126190</v>
       </c>
       <c r="B331" s="1652" t="s">
-        <v>755</v>
+        <v>746</v>
       </c>
       <c r="C331" s="1652" t="s">
-        <v>130</v>
+        <v>352</v>
       </c>
       <c r="D331" s="1653" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="E331" s="1652" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="F331" s="1652" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G331" s="1654" t="s">
+        <v>140</v>
+      </c>
+      <c r="G331" s="1654">
         <v>25</v>
       </c>
       <c r="H331" s="1652" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I331" s="1654">
         <v>1</v>
       </c>
       <c r="J331" s="1653" t="s">
-        <v>52</v>
+        <v>75</v>
       </c>
       <c r="K331" s="1653" t="s">
-        <v>52</v>
+        <v>165</v>
       </c>
       <c r="L331" s="1653" t="s">
-        <v>77</v>
+        <v>118</v>
       </c>
       <c r="M331" s="1653" t="s">
-        <v>346</v>
+        <v>748</v>
       </c>
       <c r="N331" s="1653" t="s">
-        <v>104</v>
+        <v>134</v>
       </c>
       <c r="O331" s="1653" t="s">
-        <v>104</v>
+        <v>213</v>
       </c>
       <c r="P331" s="1653"/>
       <c r="Q331" s="1653"/>
       <c r="R331" s="1653" t="s">
         <v>33</v>
       </c>
       <c r="S331" s="1654" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T331" s="1655">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="332" spans="1:20">
       <c r="A332" s="1656">
-        <v>4326061</v>
+        <v>4126170</v>
       </c>
       <c r="B332" s="1657" t="s">
-        <v>756</v>
+        <v>573</v>
       </c>
       <c r="C332" s="1657" t="s">
-        <v>51</v>
+        <v>80</v>
       </c>
       <c r="D332" s="1658" t="s">
-        <v>753</v>
+        <v>749</v>
       </c>
       <c r="E332" s="1657" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="F332" s="1657" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G332" s="1659" t="s">
+        <v>140</v>
+      </c>
+      <c r="G332" s="1659">
         <v>25</v>
       </c>
       <c r="H332" s="1657" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I332" s="1659">
         <v>1</v>
       </c>
       <c r="J332" s="1658" t="s">
-        <v>52</v>
+        <v>75</v>
       </c>
       <c r="K332" s="1658" t="s">
-        <v>52</v>
-[...6 lines deleted...]
-      </c>
+        <v>212</v>
+      </c>
+      <c r="L332" s="1658"/>
+      <c r="M332" s="1658"/>
       <c r="N332" s="1658" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="O332" s="1658" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>265</v>
+      </c>
+      <c r="P332" s="1658"/>
+      <c r="Q332" s="1658"/>
       <c r="R332" s="1658" t="s">
         <v>33</v>
       </c>
       <c r="S332" s="1659" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T332" s="1660">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="333" spans="1:20">
       <c r="A333" s="1661">
-        <v>4326007</v>
+        <v>4126037</v>
       </c>
       <c r="B333" s="1662" t="s">
-        <v>757</v>
+        <v>449</v>
       </c>
       <c r="C333" s="1662" t="s">
+        <v>223</v>
+      </c>
+      <c r="D333" s="1663" t="s">
+        <v>750</v>
+      </c>
+      <c r="E333" s="1662" t="s">
+        <v>139</v>
+      </c>
+      <c r="F333" s="1662" t="s">
+        <v>140</v>
+      </c>
+      <c r="G333" s="1664">
+        <v>25</v>
+      </c>
+      <c r="H333" s="1662" t="s">
+        <v>188</v>
+      </c>
+      <c r="I333" s="1664">
+        <v>1</v>
+      </c>
+      <c r="J333" s="1663" t="s">
+        <v>225</v>
+      </c>
+      <c r="K333" s="1663" t="s">
+        <v>451</v>
+      </c>
+      <c r="L333" s="1663" t="s">
+        <v>98</v>
+      </c>
+      <c r="M333" s="1663" t="s">
         <v>59</v>
       </c>
-      <c r="D333" s="1663" t="s">
-[...24 lines deleted...]
-      <c r="M333" s="1663"/>
       <c r="N333" s="1663" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="O333" s="1663" t="s">
-        <v>62</v>
+        <v>341</v>
       </c>
       <c r="P333" s="1663"/>
       <c r="Q333" s="1663"/>
       <c r="R333" s="1663" t="s">
         <v>33</v>
       </c>
       <c r="S333" s="1664" t="s">
         <v>42</v>
       </c>
       <c r="T333" s="1665">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="334" spans="1:20">
       <c r="A334" s="1666">
-        <v>4326019</v>
+        <v>4126180</v>
       </c>
       <c r="B334" s="1667" t="s">
-        <v>758</v>
+        <v>751</v>
       </c>
       <c r="C334" s="1667" t="s">
-        <v>21</v>
+        <v>318</v>
       </c>
       <c r="D334" s="1668" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="E334" s="1667" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="F334" s="1667" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G334" s="1669" t="s">
+        <v>140</v>
+      </c>
+      <c r="G334" s="1669">
         <v>25</v>
       </c>
       <c r="H334" s="1667" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I334" s="1669">
         <v>1</v>
       </c>
       <c r="J334" s="1668" t="s">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="K334" s="1668" t="s">
-        <v>62</v>
+        <v>320</v>
       </c>
       <c r="L334" s="1668"/>
       <c r="M334" s="1668"/>
       <c r="N334" s="1668" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="O334" s="1668" t="s">
-        <v>66</v>
+        <v>130</v>
       </c>
       <c r="P334" s="1668" t="s">
-        <v>47</v>
+        <v>77</v>
       </c>
       <c r="Q334" s="1668" t="s">
-        <v>68</v>
+        <v>120</v>
       </c>
       <c r="R334" s="1668" t="s">
         <v>33</v>
       </c>
       <c r="S334" s="1669" t="s">
         <v>42</v>
       </c>
       <c r="T334" s="1670">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="335" spans="1:20">
       <c r="A335" s="1671">
-        <v>4326025</v>
+        <v>4126214</v>
       </c>
       <c r="B335" s="1672" t="s">
-        <v>759</v>
+        <v>753</v>
       </c>
       <c r="C335" s="1672" t="s">
-        <v>21</v>
+        <v>754</v>
       </c>
       <c r="D335" s="1673" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="E335" s="1672" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="F335" s="1672" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G335" s="1674" t="s">
+        <v>140</v>
+      </c>
+      <c r="G335" s="1674">
         <v>25</v>
       </c>
       <c r="H335" s="1672" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I335" s="1674">
         <v>1</v>
       </c>
       <c r="J335" s="1673" t="s">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="K335" s="1673" t="s">
-        <v>62</v>
+        <v>320</v>
       </c>
       <c r="L335" s="1673"/>
       <c r="M335" s="1673"/>
       <c r="N335" s="1673" t="s">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="O335" s="1673" t="s">
-        <v>65</v>
+        <v>390</v>
       </c>
       <c r="P335" s="1673" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="Q335" s="1673" t="s">
         <v>66</v>
       </c>
       <c r="R335" s="1673" t="s">
         <v>33</v>
       </c>
       <c r="S335" s="1674" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="T335" s="1675">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="336" spans="1:20">
       <c r="A336" s="1676">
-        <v>4326031</v>
+        <v>4126211</v>
       </c>
       <c r="B336" s="1677" t="s">
-        <v>760</v>
+        <v>756</v>
       </c>
       <c r="C336" s="1677" t="s">
-        <v>81</v>
+        <v>231</v>
       </c>
       <c r="D336" s="1678" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="E336" s="1677" t="s">
-        <v>23</v>
+        <v>169</v>
       </c>
       <c r="F336" s="1677" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G336" s="1679" t="s">
+        <v>140</v>
+      </c>
+      <c r="G336" s="1679">
         <v>25</v>
       </c>
       <c r="H336" s="1677" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="I336" s="1679">
         <v>1</v>
       </c>
       <c r="J336" s="1678" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="K336" s="1678" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="L336" s="1678" t="s">
+        <v>320</v>
+      </c>
+      <c r="L336" s="1678"/>
+      <c r="M336" s="1678"/>
+      <c r="N336" s="1678" t="s">
         <v>77</v>
       </c>
-      <c r="M336" s="1678" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O336" s="1678" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-      <c r="Q336" s="1678"/>
+        <v>107</v>
+      </c>
+      <c r="P336" s="1678" t="s">
+        <v>100</v>
+      </c>
+      <c r="Q336" s="1678" t="s">
+        <v>390</v>
+      </c>
       <c r="R336" s="1678" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="S336" s="1679" t="s">
         <v>42</v>
       </c>
       <c r="T336" s="1680">
-        <v>4</v>
-[...1836 lines deleted...]
-      <c r="T368" s="1840">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.2362204724409449" right="0.2755905511811024" top="0.5905511811023623" bottom="0.5905511811023623" header="0.3149606299212598" footer="0.3149606299212598"/>
   <pageSetup paperSize="8" orientation="landscape" scale="33" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;CJUAS　オープンセミナー一覧表&amp;R&amp;D</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>